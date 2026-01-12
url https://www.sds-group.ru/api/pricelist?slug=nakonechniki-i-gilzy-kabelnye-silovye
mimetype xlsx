--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -8,1597 +8,1573 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1008" uniqueCount="519">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="992" uniqueCount="511">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники и гильзы кабельные силовые</t>
   </si>
   <si>
     <t>1.1 Наконечники кабельные медные луженые под опрессовку (ТМЛ/ТМЛ-Р/ТМЛо) РФ</t>
   </si>
   <si>
+    <t>07-5302</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5307</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–5–5 (10мм² - Ø5мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–8–5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–6–6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5318</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–9 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5335</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–12–19 (150мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–16–19 (150мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5339</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 185–16–21 (185мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 240–16–24 (240мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–5 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–10 (35мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–6–4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–6–5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–8–6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16-8-6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5307-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-5-5 (10мм² - Ø 5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-8-5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5327-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–10–15 (95мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5301</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 16-8-6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+    <t>07-5302-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5322-4</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309-2</t>
-[...14 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+    <t>07-5306-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6-6-4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 25 шт) REXANT</t>
   </si>
   <si>
     <t>07-5300-6</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5302-2</t>
-[...140 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+    <t>07-5328-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5327</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–10–15 (95 мм² - Ø 10 мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5304-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309-5</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5305-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5307-5</t>
-[...2 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 10-5-5 (10мм² - Ø 5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+    <t>07-5308-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-6-5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5310-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 16-6-6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5316-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5314-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5315-5</t>
-[...20 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 95–10–15 (95мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+    <t>07-5319-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5331-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 20шт) REXANT</t>
   </si>
   <si>
-    <t>07-5326-5</t>
-[...310 lines deleted...]
-  <si>
     <t>1.2 Наконечники кабельные медные луженые под опрессовку</t>
   </si>
   <si>
+    <t>08-2117</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø10.5 мм, 50 мм² , ТМЛ (DIN) 50-10</t>
+  </si>
+  <si>
+    <t>08-2102</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT HK, ø3.5 мм, 2.5 мм², ТМЛ (DIN) 2.5-4</t>
+  </si>
+  <si>
+    <t>08-0066</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø13 мм, 120 мм², ТМЛ (DIN) 120-12</t>
+  </si>
+  <si>
+    <t>08-0067</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø13 мм, 150 мм², ТМЛ (DIN) 150-12</t>
+  </si>
+  <si>
+    <t>08-2118</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 50 мм², ТМЛ (DIN) 50-8</t>
+  </si>
+  <si>
     <t>08-2103</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø5.2 мм, 2.5 мм², ТМЛ (DIN) 2.5-5</t>
   </si>
   <si>
+    <t>08-1013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 25 мм², ТМЛ (DIN) 25-8</t>
+  </si>
+  <si>
+    <t>08-1008</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø6.5 мм, 10 мм², ТМЛ (DIN) 10-6</t>
+  </si>
+  <si>
     <t>08-2121</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК,  ø5.2 мм, 4 мм², ТМЛ (DIN) 4-5</t>
   </si>
   <si>
-    <t>08-2118</t>
-[...8 lines deleted...]
-    <t>Наконечник кольцевой REXANT НК, ø10.5 мм, 35 мм², ТМЛ (DIN) 35-10</t>
+    <t>08-0068</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø10.5 мм, 70 мм², ТМЛ (DIN) 70-10</t>
   </si>
   <si>
     <t>08-2131</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø5.2 мм, 6 мм², ТМЛ (DIN) 6-5</t>
   </si>
   <si>
+    <t>08-1009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø10 мм, 10 мм², ТМЛ (DIN) 10-10</t>
+  </si>
+  <si>
+    <t>08-1011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø10.5 мм, 25 мм², ТМЛ (DIN) 25-10</t>
+  </si>
+  <si>
     <t>08-2115</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 35 мм², ТМЛ (DIN) 35-8</t>
   </si>
   <si>
-    <t>08-1013</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5324-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5323-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-1</t>
-[...20 lines deleted...]
-    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5327-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5311-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5308-1</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5310-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5313-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5320-1</t>
-[...2 lines deleted...]
-    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5323-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5324-1</t>
-[...44 lines deleted...]
-    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5315-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5319-3</t>
-[...106 lines deleted...]
-  <si>
     <t>1.4 Наконечники кабельные алюминиевые под опрессовку</t>
   </si>
   <si>
+    <t>07-4411-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 16-14 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4413-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 25-15 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4411</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый НША 16-14 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-4404</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 70-10-12 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4408</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 185-16-19 (в упак.10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
     <t>07-4402</t>
   </si>
   <si>
     <t>Наконечник алюминиевый ТА 35-10-8 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4411-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4414</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый НША 35-20 (в упак. 30 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-4400</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 16-8-5,4 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4401</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 25-8-7 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4415</t>
   </si>
   <si>
     <t>Наконечник алюминиевый ТА 95-12-13 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4414-1</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый луженый НШАЛ 35-20 (в упак. 30 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4401</t>
-[...28 lines deleted...]
-  <si>
     <t>07-4410</t>
   </si>
   <si>
     <t>Наконечник алюминиевый ТА 240-20-20 (в упак. 10 шт.) REXANT (под заказ)</t>
   </si>
   <si>
     <t>1.5 Наконечники кабельные алюмо-медные под опрессовку</t>
   </si>
   <si>
+    <t>07-8453</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 50-10-9 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-8451</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 70-10-12 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-8456</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 25-8-7 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-8454</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 35-10-8 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8453</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
   </si>
   <si>
+    <t>07-8463</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-5,5х14 (16мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8461</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 10-5,5х13 (10мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8464</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8467</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 50-7х20 (50мм² - Ø7мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-8460</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 6-5,5х12 (6мм² - Ø5,5мм) (в упак.50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8462</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 10-7х13 (10мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8464</t>
-[...2 lines deleted...]
-    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+    <t>07-8465</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 25-7х15 (25мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8466</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 35-7х20 (35мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8467</t>
-[...22 lines deleted...]
-  <si>
     <t>1.7 Гильзы кабельные медные луженые под опрессовку (ГМЛ) РФ</t>
   </si>
   <si>
+    <t>07-5366</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-9 (35мм² - Ø9мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5353-2</t>
   </si>
   <si>
     <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5356-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø10мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5360</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 95-15 (95 мм² - Ø 15 мм) ГОСТ 23469.3-79 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø 10мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5351</t>
   </si>
   <si>
     <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5355</t>
-[...100 lines deleted...]
-  <si>
     <t>1.8 Гильзы кабельные медные луженые под опрессовку</t>
   </si>
   <si>
+    <t>08-0712</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм² (ГМЛ (DIN) 1,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0722</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 1,5-2,5мм² (ГМЛ (DIN) 2,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0713</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-21мм, 10мм² (ГМЛ (DIN) 10) REXANT</t>
+  </si>
+  <si>
+    <t>08-0714</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-26мм, 16мм² (ГМЛ (DIN) 16) REXANT</t>
+  </si>
+  <si>
+    <t>08-0716</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-32мм, 35мм² (ГМЛ (DIN) 35) REXANT</t>
+  </si>
+  <si>
+    <t>06-0429-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм,² (ГМЛ (DIN) 1,5 / BN1.25, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>08-0742</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 4-6мм² (ГМЛ (DIN) 6) REXANT</t>
+  </si>
+  <si>
     <t>08-0728</t>
   </si>
   <si>
     <t>Соединительная гильза L-15мм, 2,5-4мм² (ГМЛ (DIN) 4) REXANT</t>
   </si>
   <si>
-    <t>08-0712</t>
-[...49 lines deleted...]
-  <si>
     <t>1.9 Гильзы кабельные медные под опрессовку (ГМ)</t>
   </si>
   <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5357-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5367-4</t>
   </si>
   <si>
     <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
   </si>
   <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5352-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5353-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5354-3</t>
-[...88 lines deleted...]
-  <si>
     <t>1.10 Наконечники кабельные с контактными болтами</t>
   </si>
   <si>
     <t>07-4116</t>
   </si>
   <si>
     <t>Наконечник болтовой 1НБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4117</t>
-[...4 lines deleted...]
-  <si>
     <t>1.11 Гильзы соединительные кабельные с контактными болтами</t>
   </si>
   <si>
     <t>07-4123</t>
   </si>
   <si>
     <t>Соединитель болтовой 2СБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-4121</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-2-005 (70-120) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4122</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-3-005 (150-240) (в упак. 3 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4120</t>
   </si>
   <si>
     <t>Соединитель болтовой 4СБ-1-005 (25-50) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4121</t>
-[...10 lines deleted...]
-  <si>
     <t>1.12 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
   </si>
   <si>
+    <t>07-5359-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 70-12 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5357-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 35-8 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5358-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 50-9 (50мм² - Ø9мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 16-5,4 (16мм² - Ø5,4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5356-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 25-7 (25мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5358-7</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5361-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 120-14 (120мм² - Ø14мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>1.13 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
   </si>
   <si>
+    <t>07-4132</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ угловой (90°) 25-8-8 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4130</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 10-6-5 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4132</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4131</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 16-8-6 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>1.14 Шайбы медно-алюминиевые</t>
   </si>
   <si>
+    <t>07-4153</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 40/17 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4151</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 24/11 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-4154</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 40/21 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4150</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 17/8,5 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4152</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 28/13 (в упак. 100 шт.) REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Шайба алюмомедная ШАМ 17/8,5 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4151-1</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 24/11 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4152-1</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 28/13 (в упак. 10 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1995,56 +1971,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95-mm-10-mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-2-5-mm-tml-din-2-5-5.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-4-mm-tml-din-4-5.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-35-mm-tml-din-35-10.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-6-mm-tml-din-6-5.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-35-mm-tml-din-35-8.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-25-mm-tml-din-25-8.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-25-mm-tml-din-25-10.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-50-mm-tml-din-50-10.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-3-5-mm-2-5-mm-tml-din-2-5-4.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-70-mm-tml-din-70-10.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-6-5-mm-10-mm-tml-din-10-6.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-mm-10-mm-tml-din-10-10.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-25-8-7-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-150-19-150mm-19mm-gost-23469-3-79-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32mm-35mm-gml-din-35-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-29mm-25mm-gml-din-25-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-2nb-1-005-25-50-v-upak-20-sht-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95-mm-10-mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-50-mm-tml-din-50-10" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-3-5-mm-2-5-mm-tml-din-2-5-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-2-5-mm-tml-din-2-5-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-25-mm-tml-din-25-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-6-5-mm-10-mm-tml-din-10-6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-4-mm-tml-din-4-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-70-mm-tml-din-70-10" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-6-mm-tml-din-6-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-mm-10-mm-tml-din-10-10" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-25-mm-tml-din-25-10" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-35-mm-tml-din-35-8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32mm-35mm-gml-din-35-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I262"/>
+  <dimension ref="A1:I258"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2076,7362 +2052,7246 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>16.78</v>
+        <v>20.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1060</v>
+        <v>2410</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>54</v>
+        <v>53.96</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>1100</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>135.87</v>
+        <v>54.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>1455</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>36.66</v>
+        <v>64.82</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3540</v>
+        <v>620</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>139.14</v>
+        <v>123.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>33.18</v>
+        <v>140.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>13.56</v>
+        <v>139.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>13.55</v>
+        <v>141.97</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>898</v>
+        <v>90</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>12.55</v>
+        <v>159.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>13.89</v>
+        <v>195.89</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2600</v>
+        <v>40</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>15.02</v>
+        <v>493.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>17.64</v>
+        <v>635.67</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>17.63</v>
+        <v>670.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>38.37</v>
+        <v>18.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1000</v>
+        <v>440</v>
       </c>
       <c r="G17" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>101.34</v>
+        <v>792.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>107.11</v>
+        <v>1362.92</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>34.05</v>
+        <v>15.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>78.87</v>
+        <v>316.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H21" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>43.04</v>
+        <v>19.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>42.02</v>
+        <v>12.76</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>42.62</v>
+        <v>62.28</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G24" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>46.78</v>
+        <v>18.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>40</v>
+        <v>1700</v>
       </c>
       <c r="G25" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>61.24</v>
+        <v>18.27</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>61.68</v>
+        <v>134.65</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G27" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>61.23</v>
+        <v>141.15</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>61.68</v>
+        <v>169.68</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2305</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>62.37</v>
+        <v>18.83</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>400</v>
+        <v>1420</v>
       </c>
       <c r="G30" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>81.59</v>
+        <v>34.63</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>80.63</v>
+        <v>41.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>67.2</v>
+        <v>33.74</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>905</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>17.52</v>
+        <v>43.77</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>714</v>
+        <v>1100</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>17.55</v>
+        <v>44.87</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>4400</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>3500</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>45.4</v>
+        <v>65.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>19.53</v>
+        <v>69.15</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>1150</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H37" s="3">
-        <v>3500</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>17.96</v>
+        <v>63.43</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>3500</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>19.67</v>
+        <v>91.48</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H39" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>44.98</v>
+        <v>118.96</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>53.62</v>
+        <v>84.22</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1900</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>1100</v>
+        <v>800</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>110.31</v>
+        <v>75.76</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>79.33</v>
+        <v>21.06</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>82.71</v>
+        <v>29.67</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>66.08</v>
+        <v>54.71</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H45" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>138.79</v>
+        <v>64.99</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>1674</v>
       </c>
       <c r="G46" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H46" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>276.46</v>
+        <v>95.13</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>387.85</v>
+        <v>123.84</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>710</v>
       </c>
       <c r="G48" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>158.9</v>
+        <v>123.17</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G49" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>126.09</v>
+        <v>112.19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H50" s="3">
         <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>18.45</v>
+        <v>153.78</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H51" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>27.78</v>
+        <v>57.66</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>53.25</v>
+        <v>14.44</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G53" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>47.44</v>
+        <v>14.13</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>245</v>
+        <v>100</v>
       </c>
       <c r="G54" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>82.49</v>
+        <v>15.03</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>81.7</v>
+        <v>17.36</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>109.86</v>
+        <v>17.97</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>25</v>
+        <v>800</v>
       </c>
       <c r="G57" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>125.39</v>
+        <v>18.38</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>142.65</v>
+        <v>48.7</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>440</v>
+        <v>1195</v>
       </c>
       <c r="G59" s="3">
         <v>5</v>
       </c>
       <c r="H59" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>135.86</v>
+        <v>62.27</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>17.54</v>
+        <v>71.76</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>360</v>
+        <v>1700</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H61" s="3">
         <v>1000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>431.82</v>
+        <v>82</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>276.73</v>
+        <v>116.88</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>742.51</v>
+        <v>17.83</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="G64" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>625.04</v>
+        <v>48.03</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G65" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>47.23</v>
+        <v>48.48</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>52.92</v>
+        <v>87.36</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>794</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>108.38</v>
+        <v>84.12</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>250</v>
+        <v>700</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>124.24</v>
+        <v>169.68</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>440.06</v>
+        <v>295.22</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>19.72</v>
+        <v>108.93</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>970</v>
+        <v>1400</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>127.26</v>
+        <v>79.54</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>139.14</v>
+        <v>141.51</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>50</v>
       </c>
       <c r="H73" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>17.08</v>
+        <v>20.43</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>4300</v>
+        <v>70</v>
       </c>
       <c r="G74" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>126.09</v>
+        <v>14.47</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>250</v>
+        <v>540</v>
       </c>
       <c r="G75" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>158.9</v>
+        <v>15.19</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>437.13</v>
+        <v>43.02</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H77" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>111.4</v>
+        <v>52.45</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>1885</v>
       </c>
       <c r="G78" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H78" s="3">
         <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>283.35</v>
+        <v>152.34</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>695</v>
       </c>
       <c r="G79" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H79" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>16.7</v>
+        <v>22.25</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>16.69</v>
+        <v>466.79</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H81" s="3">
-        <v>4000</v>
+        <v>120</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>17.21</v>
+        <v>14.48</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>1010</v>
       </c>
       <c r="G82" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>66.51</v>
+        <v>302.58</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G83" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H83" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>47.23</v>
+        <v>21.67</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>66.5</v>
+        <v>222.14</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
         <v>0</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H85" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>17.67</v>
+        <v>22.85</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G86" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>13.52</v>
+        <v>94.97</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1600</v>
+        <v>595</v>
       </c>
       <c r="G87" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>14.78</v>
+        <v>91.61</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>14.94</v>
+        <v>179.43</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="G89" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H89" s="3">
         <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>14.78</v>
+        <v>500.64</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H90" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>627.7</v>
+        <v>17.82</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C92" s="3">
-        <v>47.36</v>
+        <v>18.74</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C93" s="3">
-        <v>160.03</v>
+        <v>22.4</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C94" s="3">
-        <v>159.51</v>
+        <v>50.43</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C95" s="3">
-        <v>74.11</v>
+        <v>57.26</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1010</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C96" s="3">
-        <v>218.43</v>
+        <v>88.75</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
         <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C97" s="3">
-        <v>17.59</v>
+        <v>128.23</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H97" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C98" s="3">
-        <v>1276.32</v>
+        <v>129.42</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C99" s="3">
-        <v>107.8</v>
+        <v>141.51</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
         <v>0</v>
       </c>
       <c r="G99" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="3">
-        <v>124.25</v>
+        <v>449.67</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H100" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>8.3</v>
+        <v>45.77</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>24000</v>
+        <v>1200</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>12.1</v>
+        <v>4.93</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
         <v>24000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>58.57</v>
+        <v>201.58</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H104" s="3">
-        <v>1200</v>
+        <v>600</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C105" s="3">
-        <v>31.46</v>
+        <v>264.12</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H105" s="3">
-        <v>2400</v>
+        <v>300</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C106" s="3">
-        <v>9.88</v>
+        <v>48.25</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
         <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>12000</v>
+        <v>1200</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C107" s="3">
-        <v>32.45</v>
+        <v>8.44</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>2400</v>
+        <v>24000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C108" s="3">
-        <v>27.31</v>
+        <v>22.5</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
         <v>2400</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C109" s="3">
-        <v>28.13</v>
+        <v>11.31</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
         <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
-        <v>3600</v>
+        <v>9600</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C110" s="3">
-        <v>49.86</v>
+        <v>12.31</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
         <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>1200</v>
+        <v>24000</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C111" s="3">
-        <v>4.85</v>
+        <v>87.08</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>24000</v>
+        <v>1200</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C112" s="3">
-        <v>219.62</v>
+        <v>10.05</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>600</v>
+        <v>12000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C113" s="3">
-        <v>320.62</v>
+        <v>12.14</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>300</v>
+        <v>4800</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C114" s="3">
-        <v>85.62</v>
+        <v>28.61</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
         <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>1200</v>
+        <v>3600</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C115" s="3">
-        <v>11.12</v>
+        <v>33</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
         <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>9600</v>
+        <v>2400</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
+      <c r="A116" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C116" s="3">
-[...22 lines deleted...]
-      <c r="A117" s="2" t="s">
+      <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="B117" s="2"/>
-[...6 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="C117" s="3">
+        <v>151.66</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>40</v>
+      </c>
+      <c r="G117" s="3">
+        <v>5</v>
+      </c>
+      <c r="H117" s="3">
+        <v>50</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>124.58</v>
+        <v>144.44</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>140</v>
+        <v>400</v>
       </c>
       <c r="G118" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>48.46</v>
+        <v>133.82</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>440</v>
+        <v>380</v>
       </c>
       <c r="G119" s="3">
         <v>5</v>
       </c>
       <c r="H119" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>143.76</v>
+        <v>128.1</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>200</v>
+        <v>270</v>
       </c>
       <c r="G120" s="3">
         <v>5</v>
       </c>
       <c r="H120" s="3">
         <v>50</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>60.85</v>
+        <v>86.33</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>575</v>
+        <v>720</v>
       </c>
       <c r="G121" s="3">
         <v>5</v>
       </c>
       <c r="H121" s="3">
         <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>99.77</v>
+        <v>76.02</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>1090</v>
+        <v>260</v>
       </c>
       <c r="G122" s="3">
         <v>5</v>
       </c>
       <c r="H122" s="3">
         <v>500</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C123" s="3">
-        <v>48.41</v>
+        <v>79.78</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G123" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>42.1</v>
+        <v>120.39</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>850</v>
       </c>
       <c r="G124" s="3">
         <v>5</v>
       </c>
       <c r="H124" s="3">
         <v>500</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>42.19</v>
+        <v>176.54</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>615</v>
+        <v>795</v>
       </c>
       <c r="G125" s="3">
         <v>5</v>
       </c>
       <c r="H125" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>613.98</v>
+        <v>61.58</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H126" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>18.04</v>
+        <v>151.66</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>675</v>
       </c>
       <c r="G127" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H127" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>48.47</v>
+        <v>116.46</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G128" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H128" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>60.3</v>
+        <v>132.45</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G129" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H129" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>103.87</v>
+        <v>151.66</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>1750</v>
+        <v>405</v>
       </c>
       <c r="G130" s="3">
+        <v>5</v>
+      </c>
+      <c r="H130" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>114.25</v>
+        <v>176.56</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>140</v>
+        <v>175</v>
       </c>
       <c r="G131" s="3">
         <v>5</v>
       </c>
       <c r="H131" s="3">
         <v>50</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>124.58</v>
+        <v>168.13</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="G132" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H132" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C133" s="3">
-        <v>124.58</v>
+        <v>21.66</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>50</v>
+        <v>3500</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C134" s="3">
-        <v>143.77</v>
+        <v>128.97</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G134" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C135" s="3">
-        <v>124.58</v>
+        <v>20.95</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>350</v>
+        <v>3110</v>
       </c>
       <c r="G135" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H135" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C136" s="3">
-        <v>18.05</v>
+        <v>48.18</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G136" s="3">
         <v>100</v>
       </c>
       <c r="H136" s="3">
-        <v>3500</v>
+        <v>1300</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C137" s="3">
-        <v>18.05</v>
+        <v>99.12</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>340</v>
       </c>
       <c r="G137" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H137" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C138" s="3">
-        <v>42.19</v>
+        <v>140.3</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="G138" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H138" s="3">
-        <v>1300</v>
+        <v>250</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C139" s="3">
-        <v>114.24</v>
+        <v>415.7</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="G139" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H139" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C140" s="3">
-        <v>64.83</v>
+        <v>624.42</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="G140" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>700</v>
+        <v>90</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C141" s="3">
-        <v>73.67</v>
+        <v>1227.19</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H141" s="3">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C142" s="3">
-        <v>114.25</v>
+        <v>48.06</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="G142" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C143" s="3">
-        <v>1096.98</v>
+        <v>144.44</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="G143" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C144" s="3">
-        <v>65.2</v>
+        <v>168.13</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>35</v>
+        <v>2975</v>
       </c>
       <c r="G144" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H144" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C145" s="3">
-        <v>77.35</v>
+        <v>21.48</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>20</v>
+        <v>4000</v>
       </c>
       <c r="G145" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C146" s="3">
-        <v>19.62</v>
+        <v>133.61</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G146" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H146" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C147" s="3">
-        <v>114.25</v>
+        <v>290.66</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>285</v>
+        <v>2100</v>
       </c>
       <c r="G147" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H147" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C148" s="3">
-        <v>99.68</v>
+        <v>52.71</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>975</v>
+        <v>100</v>
       </c>
       <c r="G148" s="3">
         <v>5</v>
       </c>
       <c r="H148" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C149" s="3">
-        <v>124.58</v>
+        <v>19.26</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="G149" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C150" s="3">
-        <v>143.76</v>
+        <v>53.95</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>775</v>
+        <v>415</v>
       </c>
       <c r="G150" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H150" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C151" s="3">
-        <v>143.76</v>
+        <v>61</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>1300</v>
+        <v>205</v>
       </c>
       <c r="G151" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H151" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C152" s="3">
-        <v>124.58</v>
+        <v>55.21</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C153" s="3">
-        <v>42.3</v>
+        <v>68.68</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>0</v>
+        <v>10900</v>
       </c>
       <c r="G153" s="3">
         <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C154" s="3">
-        <v>48.47</v>
+        <v>110.92</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>1100</v>
+        <v>400</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C155" s="3">
-        <v>103.87</v>
+        <v>110.92</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>100</v>
+        <v>2200</v>
       </c>
       <c r="G155" s="3">
         <v>50</v>
       </c>
       <c r="H155" s="3">
         <v>400</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C156" s="3">
-        <v>103.87</v>
+        <v>144.44</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>195</v>
+        <v>600</v>
       </c>
       <c r="G156" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C157" s="3">
-        <v>114.24</v>
+        <v>55.21</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G157" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>200</v>
+        <v>1100</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C158" s="3">
-        <v>408.75</v>
+        <v>86.16</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H158" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
+      <c r="A159" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C159" s="3">
-[...22 lines deleted...]
-      <c r="A160" s="2" t="s">
+      <c r="B160" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B160" s="2"/>
-[...6 lines deleted...]
-      <c r="I160" s="2"/>
+      <c r="C160" s="3">
+        <v>32.82</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F160" s="3">
+        <v>0</v>
+      </c>
+      <c r="G160" s="3">
+        <v>50</v>
+      </c>
+      <c r="H160" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I160" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>27.54</v>
+        <v>50.81</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>1750</v>
+        <v>1100</v>
       </c>
       <c r="G161" s="3">
         <v>50</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C162" s="3">
-        <v>29.42</v>
+        <v>28.01</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
         <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C163" s="3">
-        <v>32.27</v>
+        <v>62.15</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H163" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C164" s="3">
-        <v>64.64</v>
+        <v>145.64</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>120</v>
+        <v>3870</v>
       </c>
       <c r="G164" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>600</v>
+        <v>170</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C165" s="3">
-        <v>65.7</v>
+        <v>37.52</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H165" s="3">
         <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C166" s="3">
-        <v>79.71</v>
+        <v>65.74</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>30</v>
       </c>
       <c r="H166" s="3">
         <v>600</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C167" s="3">
-        <v>27.84</v>
+        <v>23.43</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
+        <v>0</v>
+      </c>
+      <c r="G167" s="3">
+        <v>100</v>
+      </c>
+      <c r="H167" s="3">
         <v>600</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C168" s="3">
-        <v>21.94</v>
+        <v>29.73</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>6000</v>
+        <v>2900</v>
       </c>
       <c r="G168" s="3">
         <v>100</v>
       </c>
       <c r="H168" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C169" s="3">
-        <v>48.31</v>
+        <v>70.83</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>2950</v>
       </c>
       <c r="G169" s="3">
         <v>25</v>
       </c>
       <c r="H169" s="3">
         <v>1</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C170" s="3">
-        <v>47.58</v>
+        <v>81.07</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>1150</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H170" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C171" s="3">
-        <v>149.37</v>
+        <v>178.08</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="3" t="s">
+      <c r="A172" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="B172" s="3" t="s">
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2"/>
+      <c r="G172" s="2"/>
+      <c r="H172" s="2"/>
+      <c r="I172" s="2"/>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C172" s="3">
-[...22 lines deleted...]
-      <c r="A173" s="2" t="s">
+      <c r="B173" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B173" s="2"/>
-[...6 lines deleted...]
-      <c r="I173" s="2"/>
+      <c r="C173" s="3">
+        <v>102.16</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F173" s="3">
+        <v>0</v>
+      </c>
+      <c r="G173" s="3">
+        <v>50</v>
+      </c>
+      <c r="H173" s="3">
+        <v>450</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C174" s="3">
-        <v>130.85</v>
+        <v>133.07</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>350</v>
+        <v>75</v>
       </c>
       <c r="G174" s="3">
         <v>25</v>
       </c>
       <c r="H174" s="3">
         <v>450</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C175" s="3">
-        <v>67.23</v>
+        <v>42.09</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H175" s="3">
         <v>1</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C176" s="3">
-        <v>100.45</v>
+        <v>68.37</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>450</v>
+        <v>1</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
+      <c r="A177" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C177" s="3">
-[...22 lines deleted...]
-      <c r="A178" s="2" t="s">
+      <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B178" s="2"/>
-[...6 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="C178" s="3">
+        <v>44</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" s="3">
+        <v>0</v>
+      </c>
+      <c r="G178" s="3">
+        <v>50</v>
+      </c>
+      <c r="H178" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I178" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>19.17</v>
+        <v>37.07</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>3500</v>
+        <v>1800</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>35.79</v>
+        <v>43.92</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
         <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>50</v>
       </c>
       <c r="H180" s="3">
-        <v>1800</v>
+        <v>50</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C181" s="3">
-        <v>43.19</v>
+        <v>174.99</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H181" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C182" s="3">
-        <v>117.46</v>
+        <v>19.5</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>3300</v>
       </c>
       <c r="G182" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H182" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C183" s="3">
-        <v>172.06</v>
+        <v>36.4</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
         <v>0</v>
       </c>
       <c r="G183" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>800</v>
+        <v>1800</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C184" s="3">
-        <v>68.16</v>
+        <v>69.32</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>25</v>
       </c>
       <c r="H184" s="3">
         <v>1200</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C185" s="3">
-        <v>36.45</v>
+        <v>119.46</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
         <v>0</v>
       </c>
       <c r="G185" s="3">
+        <v>25</v>
+      </c>
+      <c r="H185" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B186" s="2"/>
+      <c r="C186" s="2"/>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2"/>
+      <c r="F186" s="2"/>
+      <c r="G186" s="2"/>
+      <c r="H186" s="2"/>
+      <c r="I186" s="2"/>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C187" s="3">
+        <v>107.44</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F187" s="3">
+        <v>400</v>
+      </c>
+      <c r="G187" s="3">
         <v>50</v>
       </c>
-      <c r="H185" s="3">
-[...46 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="H187" s="3">
+        <v>300</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>20.69</v>
+        <v>47.44</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
         <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>100</v>
       </c>
       <c r="H188" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>14.94</v>
+        <v>14.89</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>27200</v>
       </c>
       <c r="G189" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H189" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="3">
-        <v>45.45</v>
+        <v>129.04</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H190" s="3">
         <v>500</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="3">
-        <v>22.08</v>
+        <v>43.66</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H191" s="3">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="3">
-        <v>20.7</v>
+        <v>50.99</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H192" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="3">
-        <v>40.12</v>
+        <v>133.3</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G193" s="3">
         <v>5</v>
       </c>
       <c r="H193" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="3">
-        <v>72.17</v>
+        <v>23.78</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H194" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="3">
-        <v>102.31</v>
+        <v>73.39</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>5</v>
+        <v>500</v>
       </c>
       <c r="G195" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H195" s="3">
-        <v>250</v>
+        <v>800</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="3">
-        <v>12.41</v>
+        <v>104.03</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
         <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H196" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="3">
-        <v>39.2</v>
+        <v>25.93</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
         <v>0</v>
       </c>
       <c r="G197" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H197" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="3">
-        <v>100.61</v>
+        <v>24.98</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H198" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="3">
-        <v>102.29</v>
+        <v>146.36</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H199" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="3">
-        <v>126.88</v>
+        <v>53.38</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
         <v>0</v>
       </c>
       <c r="G200" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H200" s="3">
         <v>500</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="3">
-        <v>45.16</v>
+        <v>92.48</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H201" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="3">
-        <v>18.31</v>
+        <v>114.72</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H202" s="3">
-        <v>4000</v>
+        <v>250</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="3">
-        <v>314.94</v>
+        <v>20.48</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="3">
-        <v>177.67</v>
+        <v>19.15</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>9340</v>
       </c>
       <c r="G204" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H204" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B206" s="3" t="s">
+      <c r="C206" s="3">
+        <v>7.76</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F206" s="3">
+        <v>74000</v>
+      </c>
+      <c r="G206" s="3">
+        <v>100</v>
+      </c>
+      <c r="H206" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I206" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C206" s="3">
-[...22 lines deleted...]
-      <c r="A207" s="2" t="s">
+      <c r="B207" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B207" s="2"/>
-[...6 lines deleted...]
-      <c r="I207" s="2"/>
+      <c r="C207" s="3">
+        <v>8.92</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F207" s="3">
+        <v>48100</v>
+      </c>
+      <c r="G207" s="3">
+        <v>100</v>
+      </c>
+      <c r="H207" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I207" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C208" s="3">
-        <v>13.42</v>
+        <v>25.7</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>14500</v>
+        <v>9450</v>
       </c>
       <c r="G208" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H208" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C209" s="3">
-        <v>7.27</v>
+        <v>46.21</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>199600</v>
+        <v>900</v>
       </c>
       <c r="G209" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H209" s="3">
-        <v>20000</v>
+        <v>1600</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C210" s="3">
-        <v>12.63</v>
+        <v>71.54</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>15600</v>
+        <v>0</v>
       </c>
       <c r="G210" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H210" s="3">
-        <v>20000</v>
+        <v>400</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C211" s="3">
-        <v>8.77</v>
+        <v>122.72</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>14</v>
+        <v>422</v>
       </c>
       <c r="F211" s="3">
-        <v>81500</v>
+        <v>57</v>
       </c>
       <c r="G211" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C212" s="3">
-        <v>24.07</v>
+        <v>13.49</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
-        <v>15300</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H212" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C213" s="3">
-        <v>70.34</v>
+        <v>14.33</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>0</v>
+        <v>15700</v>
       </c>
       <c r="G213" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H213" s="3">
-        <v>400</v>
+        <v>20000</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A214" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B214" s="3" t="s">
+      <c r="A214" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="C214" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B214" s="2"/>
+      <c r="C214" s="2"/>
+      <c r="D214" s="2"/>
+      <c r="E214" s="2"/>
+      <c r="F214" s="2"/>
+      <c r="G214" s="2"/>
+      <c r="H214" s="2"/>
+      <c r="I214" s="2"/>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C215" s="3">
-        <v>27.23</v>
+        <v>717.69</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="G215" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C216" s="3">
-        <v>120.67</v>
+        <v>106.58</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" s="3">
+        <v>495</v>
+      </c>
+      <c r="G216" s="3">
+        <v>5</v>
+      </c>
+      <c r="H216" s="3">
+        <v>250</v>
+      </c>
+      <c r="I216" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="F216" s="3">
-[...13 lines deleted...]
-      <c r="A217" s="2" t="s">
+      <c r="B217" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B217" s="2"/>
-[...6 lines deleted...]
-      <c r="I217" s="2"/>
+      <c r="C217" s="3">
+        <v>36.69</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F217" s="3">
+        <v>0</v>
+      </c>
+      <c r="G217" s="3">
+        <v>100</v>
+      </c>
+      <c r="H217" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I217" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C218" s="3">
-        <v>978.88</v>
+        <v>13.92</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>60</v>
+        <v>5600</v>
       </c>
       <c r="G218" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H218" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C219" s="3">
-        <v>19.86</v>
+        <v>101.51</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>1100</v>
+        <v>2100</v>
       </c>
       <c r="G219" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H219" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C220" s="3">
-        <v>21.65</v>
+        <v>81.35</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>1380</v>
+        <v>1215</v>
       </c>
       <c r="G220" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H220" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C221" s="3">
-        <v>36.08</v>
+        <v>74.46</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G221" s="3">
         <v>100</v>
       </c>
       <c r="H221" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C222" s="3">
-        <v>15.39</v>
+        <v>43.49</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
         <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>100</v>
       </c>
       <c r="H222" s="3">
-        <v>4000</v>
+        <v>1300</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C223" s="3">
-        <v>41.45</v>
+        <v>19.25</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G223" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H223" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>447</v>
       </c>
       <c r="C224" s="3">
-        <v>35.45</v>
+        <v>145.1</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G224" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H224" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C225" s="3">
-        <v>95.06</v>
+        <v>397.84</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>190</v>
+        <v>90</v>
       </c>
       <c r="G225" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H225" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C226" s="3">
-        <v>72.55</v>
+        <v>23.27</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>285</v>
+        <v>15900</v>
       </c>
       <c r="G226" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H226" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C227" s="3">
-        <v>11.85</v>
+        <v>551.09</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>3400</v>
+        <v>190</v>
       </c>
       <c r="G227" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H227" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C228" s="3">
-        <v>95.06</v>
+        <v>39.75</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>1700</v>
+        <v>2995</v>
       </c>
       <c r="G228" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H228" s="3">
         <v>500</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C229" s="3">
-        <v>69.73</v>
+        <v>1144.85</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G229" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H229" s="3">
-        <v>800</v>
+        <v>5</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>458</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>459</v>
       </c>
       <c r="C230" s="3">
-        <v>40.73</v>
+        <v>49.57</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>1795</v>
       </c>
       <c r="G230" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H230" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>461</v>
       </c>
       <c r="C231" s="3">
-        <v>18.6</v>
+        <v>22.22</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H231" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C232" s="3">
-        <v>142.67</v>
+        <v>22.02</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
         <v>0</v>
       </c>
       <c r="G232" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="I232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A233" s="3" t="s">
+      <c r="A233" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B233" s="2"/>
+      <c r="C233" s="2"/>
+      <c r="D233" s="2"/>
+      <c r="E233" s="2"/>
+      <c r="F233" s="2"/>
+      <c r="G233" s="2"/>
+      <c r="H233" s="2"/>
+      <c r="I233" s="2"/>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B234" s="3" t="s">
+      <c r="C234" s="3">
+        <v>168.44</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F234" s="3">
+        <v>0</v>
+      </c>
+      <c r="G234" s="3">
+        <v>20</v>
+      </c>
+      <c r="H234" s="3">
+        <v>500</v>
+      </c>
+      <c r="I234" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="C234" s="3">
-[...22 lines deleted...]
-      <c r="A235" s="3" t="s">
+      <c r="B235" s="2"/>
+      <c r="C235" s="2"/>
+      <c r="D235" s="2"/>
+      <c r="E235" s="2"/>
+      <c r="F235" s="2"/>
+      <c r="G235" s="2"/>
+      <c r="H235" s="2"/>
+      <c r="I235" s="2"/>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A236" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B235" s="3" t="s">
+      <c r="B236" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="C235" s="3">
-[...32 lines deleted...]
-      <c r="I236" s="2"/>
+      <c r="C236" s="3">
+        <v>232.43</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F236" s="3">
+        <v>0</v>
+      </c>
+      <c r="G236" s="3">
+        <v>20</v>
+      </c>
+      <c r="H236" s="3">
+        <v>210</v>
+      </c>
+      <c r="I236" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>165.62</v>
+        <v>645.88</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
         <v>0</v>
       </c>
       <c r="G237" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H237" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="B238" s="3" t="s">
+      <c r="C238" s="3">
+        <v>1036.63</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" s="3">
+        <v>0</v>
+      </c>
+      <c r="G238" s="3">
+        <v>3</v>
+      </c>
+      <c r="H238" s="3">
+        <v>200</v>
+      </c>
+      <c r="I238" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="C238" s="3">
-[...22 lines deleted...]
-      <c r="A239" s="2" t="s">
+      <c r="B239" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="B239" s="2"/>
-[...6 lines deleted...]
-      <c r="I239" s="2"/>
+      <c r="C239" s="3">
+        <v>369.45</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F239" s="3">
+        <v>0</v>
+      </c>
+      <c r="G239" s="3">
+        <v>5</v>
+      </c>
+      <c r="H239" s="3">
+        <v>200</v>
+      </c>
+      <c r="I239" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A240" s="3" t="s">
+      <c r="A240" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B240" s="2"/>
+      <c r="C240" s="2"/>
+      <c r="D240" s="2"/>
+      <c r="E240" s="2"/>
+      <c r="F240" s="2"/>
+      <c r="G240" s="2"/>
+      <c r="H240" s="2"/>
+      <c r="I240" s="2"/>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>363.27</v>
+        <v>62.09</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
         <v>0</v>
       </c>
       <c r="G241" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H241" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>635.08</v>
+        <v>38.51</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H242" s="3">
         <v>1</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B243" s="3" t="s">
+      <c r="C243" s="3">
+        <v>51.35</v>
+      </c>
+      <c r="D243" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F243" s="3">
+        <v>2500</v>
+      </c>
+      <c r="G243" s="3">
+        <v>50</v>
+      </c>
+      <c r="H243" s="3">
+        <v>1</v>
+      </c>
+      <c r="I243" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="C243" s="3">
-[...22 lines deleted...]
-      <c r="A244" s="2" t="s">
+      <c r="B244" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B244" s="2"/>
-[...6 lines deleted...]
-      <c r="I244" s="2"/>
+      <c r="C244" s="3">
+        <v>23.42</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F244" s="3">
+        <v>0</v>
+      </c>
+      <c r="G244" s="3">
+        <v>100</v>
+      </c>
+      <c r="H244" s="3">
+        <v>100</v>
+      </c>
+      <c r="I244" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C245" s="3">
-        <v>29.94</v>
+        <v>27.88</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>500</v>
+        <v>3800</v>
       </c>
       <c r="G245" s="3">
         <v>50</v>
       </c>
       <c r="H245" s="3">
         <v>1</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C246" s="3">
-        <v>19.94</v>
+        <v>107.64</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G246" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H246" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A247" s="3" t="s">
+      <c r="A247" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="B247" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B247" s="2"/>
+      <c r="C247" s="2"/>
+      <c r="D247" s="2"/>
+      <c r="E247" s="2"/>
+      <c r="F247" s="2"/>
+      <c r="G247" s="2"/>
+      <c r="H247" s="2"/>
+      <c r="I247" s="2"/>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B248" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" s="3">
-        <v>23.03</v>
+        <v>153.12</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="3">
         <v>0</v>
       </c>
       <c r="G248" s="3">
         <v>100</v>
       </c>
       <c r="H248" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B249" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="B249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="3">
-        <v>48.46</v>
+        <v>72.62</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
         <v>0</v>
       </c>
       <c r="G249" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H249" s="3">
         <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="B250" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="3">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="3">
         <v>0</v>
       </c>
       <c r="G250" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H250" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B251" s="2"/>
       <c r="C251" s="2"/>
       <c r="D251" s="2"/>
       <c r="E251" s="2"/>
       <c r="F251" s="2"/>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
       <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B252" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="3">
-        <v>71.41</v>
+        <v>250.82</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G252" s="3">
         <v>100</v>
       </c>
       <c r="H252" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B253" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="3">
-        <v>150.56</v>
+        <v>149.42</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
         <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>100</v>
       </c>
       <c r="H253" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B254" s="3" t="s">
+      <c r="C254" s="3">
+        <v>101.28</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F254" s="3">
+        <v>0</v>
+      </c>
+      <c r="G254" s="3">
+        <v>100</v>
+      </c>
+      <c r="H254" s="3">
+        <v>1</v>
+      </c>
+      <c r="I254" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A255" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="C254" s="3">
-[...22 lines deleted...]
-      <c r="A255" s="2" t="s">
+      <c r="B255" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B255" s="2"/>
-[...6 lines deleted...]
-      <c r="I255" s="2"/>
+      <c r="C255" s="3">
+        <v>63.85</v>
+      </c>
+      <c r="D255" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F255" s="3">
+        <v>0</v>
+      </c>
+      <c r="G255" s="3">
+        <v>100</v>
+      </c>
+      <c r="H255" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I255" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C256" s="3">
-        <v>112.55</v>
+        <v>153.59</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>100</v>
       </c>
       <c r="H256" s="3">
         <v>2500</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C257" s="3">
-        <v>117.62</v>
+        <v>108.87</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>500</v>
+        <v>1060</v>
       </c>
       <c r="G257" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H257" s="3">
-        <v>2500</v>
+        <v>1</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C258" s="3">
-        <v>193.89</v>
+        <v>170.51</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="G258" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
-[...114 lines deleted...]
-      <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A101:I101"/>
-    <mergeCell ref="A117:I117"/>
-[...8 lines deleted...]
-    <mergeCell ref="A244:I244"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A186:I186"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A214:I214"/>
+    <mergeCell ref="A233:I233"/>
+    <mergeCell ref="A235:I235"/>
+    <mergeCell ref="A240:I240"/>
+    <mergeCell ref="A247:I247"/>
     <mergeCell ref="A251:I251"/>
-    <mergeCell ref="A255:I255"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -9501,185 +9361,181 @@
     <hyperlink ref="D90" r:id="rId87"/>
     <hyperlink ref="D91" r:id="rId88"/>
     <hyperlink ref="D92" r:id="rId89"/>
     <hyperlink ref="D93" r:id="rId90"/>
     <hyperlink ref="D94" r:id="rId91"/>
     <hyperlink ref="D95" r:id="rId92"/>
     <hyperlink ref="D96" r:id="rId93"/>
     <hyperlink ref="D97" r:id="rId94"/>
     <hyperlink ref="D98" r:id="rId95"/>
     <hyperlink ref="D99" r:id="rId96"/>
     <hyperlink ref="D100" r:id="rId97"/>
     <hyperlink ref="D102" r:id="rId98"/>
     <hyperlink ref="D103" r:id="rId99"/>
     <hyperlink ref="D104" r:id="rId100"/>
     <hyperlink ref="D105" r:id="rId101"/>
     <hyperlink ref="D106" r:id="rId102"/>
     <hyperlink ref="D107" r:id="rId103"/>
     <hyperlink ref="D108" r:id="rId104"/>
     <hyperlink ref="D109" r:id="rId105"/>
     <hyperlink ref="D110" r:id="rId106"/>
     <hyperlink ref="D111" r:id="rId107"/>
     <hyperlink ref="D112" r:id="rId108"/>
     <hyperlink ref="D113" r:id="rId109"/>
     <hyperlink ref="D114" r:id="rId110"/>
     <hyperlink ref="D115" r:id="rId111"/>
-    <hyperlink ref="D116" r:id="rId112"/>
+    <hyperlink ref="D117" r:id="rId112"/>
     <hyperlink ref="D118" r:id="rId113"/>
     <hyperlink ref="D119" r:id="rId114"/>
     <hyperlink ref="D120" r:id="rId115"/>
     <hyperlink ref="D121" r:id="rId116"/>
     <hyperlink ref="D122" r:id="rId117"/>
     <hyperlink ref="D123" r:id="rId118"/>
     <hyperlink ref="D124" r:id="rId119"/>
     <hyperlink ref="D125" r:id="rId120"/>
     <hyperlink ref="D126" r:id="rId121"/>
     <hyperlink ref="D127" r:id="rId122"/>
     <hyperlink ref="D128" r:id="rId123"/>
     <hyperlink ref="D129" r:id="rId124"/>
     <hyperlink ref="D130" r:id="rId125"/>
     <hyperlink ref="D131" r:id="rId126"/>
     <hyperlink ref="D132" r:id="rId127"/>
     <hyperlink ref="D133" r:id="rId128"/>
     <hyperlink ref="D134" r:id="rId129"/>
     <hyperlink ref="D135" r:id="rId130"/>
     <hyperlink ref="D136" r:id="rId131"/>
     <hyperlink ref="D137" r:id="rId132"/>
     <hyperlink ref="D138" r:id="rId133"/>
     <hyperlink ref="D139" r:id="rId134"/>
     <hyperlink ref="D140" r:id="rId135"/>
     <hyperlink ref="D141" r:id="rId136"/>
     <hyperlink ref="D142" r:id="rId137"/>
     <hyperlink ref="D143" r:id="rId138"/>
     <hyperlink ref="D144" r:id="rId139"/>
     <hyperlink ref="D145" r:id="rId140"/>
     <hyperlink ref="D146" r:id="rId141"/>
     <hyperlink ref="D147" r:id="rId142"/>
     <hyperlink ref="D148" r:id="rId143"/>
     <hyperlink ref="D149" r:id="rId144"/>
     <hyperlink ref="D150" r:id="rId145"/>
     <hyperlink ref="D151" r:id="rId146"/>
     <hyperlink ref="D152" r:id="rId147"/>
     <hyperlink ref="D153" r:id="rId148"/>
     <hyperlink ref="D154" r:id="rId149"/>
     <hyperlink ref="D155" r:id="rId150"/>
     <hyperlink ref="D156" r:id="rId151"/>
     <hyperlink ref="D157" r:id="rId152"/>
     <hyperlink ref="D158" r:id="rId153"/>
-    <hyperlink ref="D159" r:id="rId154"/>
+    <hyperlink ref="D160" r:id="rId154"/>
     <hyperlink ref="D161" r:id="rId155"/>
     <hyperlink ref="D162" r:id="rId156"/>
     <hyperlink ref="D163" r:id="rId157"/>
     <hyperlink ref="D164" r:id="rId158"/>
     <hyperlink ref="D165" r:id="rId159"/>
     <hyperlink ref="D166" r:id="rId160"/>
     <hyperlink ref="D167" r:id="rId161"/>
     <hyperlink ref="D168" r:id="rId162"/>
     <hyperlink ref="D169" r:id="rId163"/>
     <hyperlink ref="D170" r:id="rId164"/>
     <hyperlink ref="D171" r:id="rId165"/>
-    <hyperlink ref="D172" r:id="rId166"/>
+    <hyperlink ref="D173" r:id="rId166"/>
     <hyperlink ref="D174" r:id="rId167"/>
     <hyperlink ref="D175" r:id="rId168"/>
     <hyperlink ref="D176" r:id="rId169"/>
-    <hyperlink ref="D177" r:id="rId170"/>
+    <hyperlink ref="D178" r:id="rId170"/>
     <hyperlink ref="D179" r:id="rId171"/>
     <hyperlink ref="D180" r:id="rId172"/>
     <hyperlink ref="D181" r:id="rId173"/>
     <hyperlink ref="D182" r:id="rId174"/>
     <hyperlink ref="D183" r:id="rId175"/>
     <hyperlink ref="D184" r:id="rId176"/>
     <hyperlink ref="D185" r:id="rId177"/>
-    <hyperlink ref="D186" r:id="rId178"/>
+    <hyperlink ref="D187" r:id="rId178"/>
     <hyperlink ref="D188" r:id="rId179"/>
     <hyperlink ref="D189" r:id="rId180"/>
     <hyperlink ref="D190" r:id="rId181"/>
     <hyperlink ref="D191" r:id="rId182"/>
     <hyperlink ref="D192" r:id="rId183"/>
     <hyperlink ref="D193" r:id="rId184"/>
     <hyperlink ref="D194" r:id="rId185"/>
     <hyperlink ref="D195" r:id="rId186"/>
     <hyperlink ref="D196" r:id="rId187"/>
     <hyperlink ref="D197" r:id="rId188"/>
     <hyperlink ref="D198" r:id="rId189"/>
     <hyperlink ref="D199" r:id="rId190"/>
     <hyperlink ref="D200" r:id="rId191"/>
     <hyperlink ref="D201" r:id="rId192"/>
     <hyperlink ref="D202" r:id="rId193"/>
     <hyperlink ref="D203" r:id="rId194"/>
     <hyperlink ref="D204" r:id="rId195"/>
-    <hyperlink ref="D205" r:id="rId196"/>
-    <hyperlink ref="D206" r:id="rId197"/>
+    <hyperlink ref="D206" r:id="rId196"/>
+    <hyperlink ref="D207" r:id="rId197"/>
     <hyperlink ref="D208" r:id="rId198"/>
     <hyperlink ref="D209" r:id="rId199"/>
     <hyperlink ref="D210" r:id="rId200"/>
     <hyperlink ref="D211" r:id="rId201"/>
     <hyperlink ref="D212" r:id="rId202"/>
     <hyperlink ref="D213" r:id="rId203"/>
-    <hyperlink ref="D214" r:id="rId204"/>
-[...1 lines deleted...]
-    <hyperlink ref="D216" r:id="rId206"/>
+    <hyperlink ref="D215" r:id="rId204"/>
+    <hyperlink ref="D216" r:id="rId205"/>
+    <hyperlink ref="D217" r:id="rId206"/>
     <hyperlink ref="D218" r:id="rId207"/>
     <hyperlink ref="D219" r:id="rId208"/>
     <hyperlink ref="D220" r:id="rId209"/>
     <hyperlink ref="D221" r:id="rId210"/>
     <hyperlink ref="D222" r:id="rId211"/>
     <hyperlink ref="D223" r:id="rId212"/>
     <hyperlink ref="D224" r:id="rId213"/>
     <hyperlink ref="D225" r:id="rId214"/>
     <hyperlink ref="D226" r:id="rId215"/>
     <hyperlink ref="D227" r:id="rId216"/>
     <hyperlink ref="D228" r:id="rId217"/>
     <hyperlink ref="D229" r:id="rId218"/>
     <hyperlink ref="D230" r:id="rId219"/>
     <hyperlink ref="D231" r:id="rId220"/>
     <hyperlink ref="D232" r:id="rId221"/>
-    <hyperlink ref="D233" r:id="rId222"/>
-[...7 lines deleted...]
-    <hyperlink ref="D243" r:id="rId230"/>
+    <hyperlink ref="D234" r:id="rId222"/>
+    <hyperlink ref="D236" r:id="rId223"/>
+    <hyperlink ref="D237" r:id="rId224"/>
+    <hyperlink ref="D238" r:id="rId225"/>
+    <hyperlink ref="D239" r:id="rId226"/>
+    <hyperlink ref="D241" r:id="rId227"/>
+    <hyperlink ref="D242" r:id="rId228"/>
+    <hyperlink ref="D243" r:id="rId229"/>
+    <hyperlink ref="D244" r:id="rId230"/>
     <hyperlink ref="D245" r:id="rId231"/>
     <hyperlink ref="D246" r:id="rId232"/>
-    <hyperlink ref="D247" r:id="rId233"/>
-[...5 lines deleted...]
-    <hyperlink ref="D254" r:id="rId239"/>
+    <hyperlink ref="D248" r:id="rId233"/>
+    <hyperlink ref="D249" r:id="rId234"/>
+    <hyperlink ref="D250" r:id="rId235"/>
+    <hyperlink ref="D252" r:id="rId236"/>
+    <hyperlink ref="D253" r:id="rId237"/>
+    <hyperlink ref="D254" r:id="rId238"/>
+    <hyperlink ref="D255" r:id="rId239"/>
     <hyperlink ref="D256" r:id="rId240"/>
     <hyperlink ref="D257" r:id="rId241"/>
     <hyperlink ref="D258" r:id="rId242"/>
-    <hyperlink ref="D259" r:id="rId243"/>
-[...2 lines deleted...]
-    <hyperlink ref="D262" r:id="rId246"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>