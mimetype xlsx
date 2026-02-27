--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -8,1585 +8,1474 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="992" uniqueCount="511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="919" uniqueCount="474">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники и гильзы кабельные силовые</t>
   </si>
   <si>
     <t>1.1 Наконечники кабельные медные луженые под опрессовку (ТМЛ/ТМЛ-Р/ТМЛо) РФ</t>
   </si>
   <si>
+    <t>07-5300-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5307-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-5-5 (10мм² - Ø 5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 25 шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–8–5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5339</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 185–16–21 (185мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–5 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–10 (35мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-8-5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16-6-6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 20шт) REXANT</t>
+  </si>
+  <si>
     <t>07-5302</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>07-5304</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–8–6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5335</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–12–19 (150мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5307</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 10–5–5 (10мм² - Ø5мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5310</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 16–6–6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5318</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–12–9 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5319</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5320</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5321</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5323</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5326</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5321-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5332</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5335</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5336</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 150–16–19 (150мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5300-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5343</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 240–16–24 (240мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5304-6</t>
-[...26 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+    <t>07-5308</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–6–5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6-6-4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
   </si>
   <si>
     <t>07-5300</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5303-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5321-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5323-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5326-5</t>
-[...86 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+    <t>07-5312-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5306</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 6–6–4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5308</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5317</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5324</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5311-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 16-8-6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5300-4</t>
-[...64 lines deleted...]
-  <si>
     <t>07-5301-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5307-5</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5327-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 95–10–15 (95мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5323-6</t>
-[...88 lines deleted...]
-  <si>
     <t>07-5303</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5312</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5331</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5302-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5304-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5305-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5308-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 10-6-5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-5</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5320-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5324-5</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Наконечники кабельные медные луженые под опрессовку</t>
   </si>
   <si>
-    <t>08-2117</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0066</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК,  ø13 мм, 120 мм², ТМЛ (DIN) 120-12</t>
   </si>
   <si>
     <t>08-0067</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø13 мм, 150 мм², ТМЛ (DIN) 150-12</t>
   </si>
   <si>
     <t>08-2118</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 50 мм², ТМЛ (DIN) 50-8</t>
   </si>
   <si>
-    <t>08-2103</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5313-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5324-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5324-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
     <t>07-5321-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5320-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5314-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
     <t>07-5313-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5314-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5326-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5323-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5317-1</t>
-[...106 lines deleted...]
-  <si>
     <t>07-5321-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
   </si>
   <si>
     <t>07-5327-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309-1</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5310-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5313-2</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5323-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5311-3</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Наконечники кабельные алюминиевые под опрессовку</t>
   </si>
   <si>
+    <t>07-4411</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый НША 16-14 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4402</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 35-10-8 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый НША 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4410</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 240-20-20 (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-4400</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 16-8-5,4 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4408</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 185-16-19 (в упак.10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-4404</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 70-10-12 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4411-1</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый луженый НШАЛ 16-14 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4413-1</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый луженый НШАЛ 25-15 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4411</t>
-[...34 lines deleted...]
-  <si>
     <t>07-4401</t>
   </si>
   <si>
     <t>Наконечник алюминиевый ТА 25-8-7 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4415</t>
   </si>
   <si>
     <t>Наконечник алюминиевый ТА 95-12-13 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4414-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Наконечники кабельные алюмо-медные под опрессовку</t>
   </si>
   <si>
     <t>07-8453</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 50-10-9 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8451</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 70-10-12 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8456</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8454</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 35-10-8 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>1.6 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
+    <t>1.6 Гильзы кабельные медные луженые под опрессовку (ГМЛ) РФ</t>
+  </si>
+  <si>
+    <t>07-5353-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø 10мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5366</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-9 (35мм² - Ø9мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5360</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 95-15 (95 мм² - Ø 15 мм) ГОСТ 23469.3-79 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø10мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Гильзы кабельные медные луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>08-0728</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 2,5-4мм² (ГМЛ (DIN) 4) REXANT</t>
+  </si>
+  <si>
+    <t>08-0713</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-21мм, 10мм² (ГМЛ (DIN) 10) REXANT</t>
+  </si>
+  <si>
+    <t>08-0712</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм² (ГМЛ (DIN) 1,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0722</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 1,5-2,5мм² (ГМЛ (DIN) 2,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0714</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-26мм, 16мм² (ГМЛ (DIN) 16) REXANT</t>
+  </si>
+  <si>
+    <t>06-0429-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм,² (ГМЛ (DIN) 1,5 / BN1.25, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>08-0742</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 4-6мм² (ГМЛ (DIN) 6) REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Гильзы кабельные медные под опрессовку (ГМ)</t>
+  </si>
+  <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5367-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>1.9 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>07-8462</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 10-7х13 (10мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8463</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 16-5,5х14 (16мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-8464</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8466</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 35-7х20 (35мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8460</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 6-5,5х12 (6мм² - Ø5,5мм) (в упак.50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-8461</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 10-5,5х13 (10мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8464</t>
-[...2 lines deleted...]
-    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+    <t>07-8465</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 25-7х15 (25мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8467</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 50-7х20 (50мм² - Ø7мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8460</t>
-[...308 lines deleted...]
-    <t>1.11 Гильзы соединительные кабельные с контактными болтами</t>
+    <t>1.10 Гильзы соединительные кабельные с контактными болтами</t>
+  </si>
+  <si>
+    <t>07-4120</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-1-005 (25-50) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4123</t>
   </si>
   <si>
     <t>Соединитель болтовой 2СБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4121</t>
   </si>
   <si>
     <t>Соединитель болтовой 4СБ-2-005 (70-120) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4122</t>
   </si>
   <si>
     <t>Соединитель болтовой 4СБ-3-005 (150-240) (в упак. 3 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4120</t>
-[...5 lines deleted...]
-    <t>1.12 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
+    <t>1.11 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
+  </si>
+  <si>
+    <t>07-5355-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 16-5,4 (16мм² - Ø5,4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 25-7 (25мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 120-14 (120мм² - Ø14мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5359-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 70-12 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5357-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 35-8 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5358-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 50-9 (50мм² - Ø9мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5355-7</t>
-[...17 lines deleted...]
-    <t>1.13 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
+    <t>1.12 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
   </si>
   <si>
     <t>07-4132</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 25-8-8 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4130</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4131</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 16-8-6 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>1.14 Шайбы медно-алюминиевые</t>
+    <t>1.13 Шайбы медно-алюминиевые</t>
+  </si>
+  <si>
+    <t>07-4151-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 24/11 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4152-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 28/13 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4153</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 40/17 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4151</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 24/11 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4154</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 40/21 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4150</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4152</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 28/13 (в упак. 100 шт.) REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Шайба алюмомедная ШАМ 28/13 (в упак. 10 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1971,56 +1860,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95-mm-10-mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-50-mm-tml-din-50-10" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-3-5-mm-2-5-mm-tml-din-2-5-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-2-5-mm-tml-din-2-5-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-25-mm-tml-din-25-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-6-5-mm-10-mm-tml-din-10-6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-4-mm-tml-din-4-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-70-mm-tml-din-70-10" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-6-mm-tml-din-6-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-mm-10-mm-tml-din-10-10" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-25-mm-tml-din-25-10" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-35-mm-tml-din-35-8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32mm-35mm-gml-din-35-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2411-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2813-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-4017-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2411-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-4021-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2813-v-upak-100-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I258"/>
+  <dimension ref="A1:I239"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2052,7246 +1941,6710 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>20.66</v>
+        <v>18.71</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2410</v>
+        <v>40</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>53.96</v>
+        <v>48.03</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>54.62</v>
+        <v>88.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1455</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>64.82</v>
+        <v>84.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>123.18</v>
+        <v>128.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>140.59</v>
+        <v>141.51</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>139.3</v>
+        <v>169.68</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>141.97</v>
+        <v>169.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>90</v>
+        <v>1200</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>159.94</v>
+        <v>466.79</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H12" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>195.89</v>
+        <v>20.43</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G13" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>493.41</v>
+        <v>54.62</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>790</v>
       </c>
       <c r="G14" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>635.67</v>
+        <v>94.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="G15" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>670.29</v>
+        <v>91.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>18.71</v>
+        <v>159.94</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>440</v>
+        <v>900</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
         <v>792.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>2</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1362.92</v>
+        <v>79.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>15.28</v>
+        <v>14.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>4500</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>316.2</v>
+        <v>18.83</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>920</v>
       </c>
       <c r="G21" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>19.77</v>
+        <v>41.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>12.76</v>
+        <v>65.86</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>62.28</v>
+        <v>62.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>18.24</v>
+        <v>118.96</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>18.27</v>
+        <v>302.58</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H26" s="3">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>134.65</v>
+        <v>75.76</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>141.15</v>
+        <v>141.51</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>169.68</v>
+        <v>152.34</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H29" s="3">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>18.83</v>
+        <v>14.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1420</v>
+        <v>760</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>34.63</v>
+        <v>12.76</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>41.1</v>
+        <v>14.47</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>33.74</v>
+        <v>14.13</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>43.77</v>
+        <v>15.19</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>44.87</v>
+        <v>17.36</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4400</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>65.86</v>
+        <v>15.28</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>69.15</v>
+        <v>17.97</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1150</v>
+        <v>200</v>
       </c>
       <c r="G37" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>63.43</v>
+        <v>19.77</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1500</v>
+        <v>3</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>91.48</v>
+        <v>18.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H39" s="3">
         <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>118.96</v>
+        <v>43.02</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H40" s="3">
         <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>84.22</v>
+        <v>34.63</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1900</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>75.76</v>
+        <v>33.74</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>21.06</v>
+        <v>52.45</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>610</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>29.67</v>
+        <v>43.77</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>54.71</v>
+        <v>48.7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>5</v>
       </c>
       <c r="H45" s="3">
         <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>64.99</v>
+        <v>44.87</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1674</v>
+        <v>2300</v>
       </c>
       <c r="G46" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>95.13</v>
+        <v>62.28</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>123.84</v>
+        <v>69.15</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>5</v>
       </c>
       <c r="H48" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>123.17</v>
+        <v>71.76</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>112.19</v>
+        <v>63.43</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>153.78</v>
+        <v>91.48</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>5</v>
       </c>
       <c r="H51" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>57.66</v>
+        <v>82</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>1100</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>14.44</v>
+        <v>84.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>5600</v>
+        <v>4800</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>14.13</v>
+        <v>116.88</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>15.03</v>
+        <v>108.93</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>17.36</v>
+        <v>17.82</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>17.97</v>
+        <v>48.48</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>18.38</v>
+        <v>57.26</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>48.7</v>
+        <v>449.67</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1195</v>
+        <v>180</v>
       </c>
       <c r="G59" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>62.27</v>
+        <v>20.66</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>1520</v>
       </c>
       <c r="G60" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>71.76</v>
+        <v>21.67</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
         <v>1000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>82</v>
+        <v>21.06</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>116.88</v>
+        <v>64.99</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G63" s="3">
         <v>5</v>
       </c>
       <c r="H63" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>17.83</v>
+        <v>95.13</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H64" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>48.03</v>
+        <v>123.84</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H65" s="3">
-        <v>1300</v>
+        <v>250</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>48.48</v>
+        <v>153.78</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H66" s="3">
-        <v>1300</v>
+        <v>250</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>87.36</v>
+        <v>316.2</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H67" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>84.12</v>
+        <v>635.67</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H68" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>169.68</v>
+        <v>53.96</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="G69" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H69" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>295.22</v>
+        <v>64.82</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H70" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>108.93</v>
+        <v>123.18</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>79.54</v>
+        <v>140.59</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H72" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>141.51</v>
+        <v>139.3</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G73" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>20.43</v>
+        <v>141.97</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H74" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>14.47</v>
+        <v>195.89</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>540</v>
+        <v>400</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>15.19</v>
+        <v>134.65</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>43.02</v>
+        <v>493.41</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G77" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>52.45</v>
+        <v>670.29</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1885</v>
+        <v>2</v>
       </c>
       <c r="G78" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H78" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>152.34</v>
+        <v>1362.92</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>695</v>
+        <v>2</v>
       </c>
       <c r="G79" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>22.25</v>
+        <v>54.71</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G80" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H80" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>466.79</v>
+        <v>179.43</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="H81" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>14.48</v>
+        <v>22.25</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1010</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>302.58</v>
+        <v>18.24</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>50</v>
+        <v>1400</v>
       </c>
       <c r="G83" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>21.67</v>
+        <v>18.27</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>222.14</v>
+        <v>141.15</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G85" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>22.85</v>
+        <v>87.36</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1690</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>94.97</v>
+        <v>29.67</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>91.61</v>
+        <v>123.17</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>5</v>
       </c>
       <c r="H88" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>179.43</v>
+        <v>112.19</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>500.64</v>
+        <v>57.66</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G90" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>1100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>17.82</v>
+        <v>17.83</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>100</v>
       </c>
       <c r="H91" s="3">
         <v>4000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C92" s="3">
-        <v>18.74</v>
+        <v>295.22</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H92" s="3">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C93" s="3">
-        <v>22.4</v>
+        <v>22.85</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C94" s="3">
-        <v>50.43</v>
+        <v>500.64</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H94" s="3">
-        <v>1300</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C95" s="3">
-        <v>57.26</v>
+        <v>18.74</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>1100</v>
+        <v>3500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C96" s="3">
-        <v>88.75</v>
+        <v>22.4</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
         <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>700</v>
+        <v>3500</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C97" s="3">
-        <v>128.23</v>
+        <v>50.43</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C98" s="3">
         <v>129.42</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G98" s="3">
         <v>50</v>
       </c>
       <c r="H98" s="3">
         <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
+      <c r="A99" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="C100" s="3">
+        <v>201.58</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>0</v>
+      </c>
+      <c r="G100" s="3">
+        <v>50</v>
+      </c>
+      <c r="H100" s="3">
+        <v>600</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C100" s="3">
-[...22 lines deleted...]
-      <c r="A101" s="2" t="s">
+      <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B101" s="2"/>
-[...6 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="C101" s="3">
+        <v>264.12</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="3">
+        <v>0</v>
+      </c>
+      <c r="G101" s="3">
+        <v>25</v>
+      </c>
+      <c r="H101" s="3">
+        <v>300</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>45.77</v>
+        <v>48.25</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
         <v>1200</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>201.58</v>
+        <v>68.68</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>264.12</v>
+        <v>110.92</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H105" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>48.25</v>
+        <v>110.92</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H106" s="3">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>8.44</v>
+        <v>128.1</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H107" s="3">
-        <v>24000</v>
+        <v>50</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>22.5</v>
+        <v>151.66</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="G108" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H108" s="3">
-        <v>2400</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>11.31</v>
+        <v>144.44</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
         <v>0</v>
       </c>
       <c r="G109" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H109" s="3">
-        <v>9600</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>12.31</v>
+        <v>176.56</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
         <v>0</v>
       </c>
       <c r="G110" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H110" s="3">
-        <v>24000</v>
+        <v>50</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>87.08</v>
+        <v>168.13</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H111" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>10.05</v>
+        <v>48.06</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>12000</v>
+        <v>1300</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>12.14</v>
+        <v>86.16</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>4800</v>
+        <v>700</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>28.61</v>
+        <v>128.97</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
         <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>3600</v>
+        <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3">
+        <v>19.26</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>410</v>
+      </c>
+      <c r="G115" s="3">
+        <v>10</v>
+      </c>
+      <c r="H115" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C115" s="3">
-[...22 lines deleted...]
-      <c r="A116" s="2" t="s">
+      <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B116" s="2"/>
-[...6 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="C116" s="3">
+        <v>53.95</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>2885</v>
+      </c>
+      <c r="G116" s="3">
+        <v>5</v>
+      </c>
+      <c r="H116" s="3">
+        <v>500</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>151.66</v>
+        <v>52.71</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>40</v>
+        <v>215</v>
       </c>
       <c r="G117" s="3">
         <v>5</v>
       </c>
       <c r="H117" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>144.44</v>
+        <v>61</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H118" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>133.82</v>
+        <v>21.48</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>250</v>
+        <v>3500</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>128.1</v>
+        <v>132.45</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="G120" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>86.33</v>
+        <v>151.66</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>5</v>
       </c>
       <c r="H121" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>76.02</v>
+        <v>144.44</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G122" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C123" s="3">
-        <v>79.78</v>
+        <v>48.18</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1600</v>
+        <v>4400</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>700</v>
+        <v>1300</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>120.39</v>
+        <v>20.95</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>850</v>
+        <v>2620</v>
       </c>
       <c r="G124" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>176.54</v>
+        <v>99.12</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>795</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>5</v>
       </c>
       <c r="H125" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>61.58</v>
+        <v>140.3</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
         <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>5</v>
       </c>
       <c r="H126" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>151.66</v>
+        <v>61.58</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>5</v>
       </c>
       <c r="H127" s="3">
         <v>500</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>116.46</v>
+        <v>55.21</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>290</v>
+        <v>600</v>
       </c>
       <c r="G128" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>50</v>
+        <v>1100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>132.45</v>
+        <v>116.46</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="G129" s="3">
+        <v>5</v>
+      </c>
+      <c r="H129" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>151.66</v>
+        <v>168.13</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>405</v>
+        <v>350</v>
       </c>
       <c r="G130" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>176.56</v>
+        <v>21.66</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>175</v>
+        <v>2900</v>
       </c>
       <c r="G131" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>50</v>
+        <v>3500</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>168.13</v>
+        <v>133.82</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H132" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C133" s="3">
-        <v>21.66</v>
+        <v>86.33</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>810</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H133" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C134" s="3">
-        <v>128.97</v>
+        <v>415.7</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C135" s="3">
-        <v>20.95</v>
+        <v>624.42</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>3110</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>10</v>
       </c>
       <c r="H135" s="3">
-        <v>1000</v>
+        <v>90</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C136" s="3">
-        <v>48.18</v>
+        <v>1227.19</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>2400</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H136" s="3">
-        <v>1300</v>
+        <v>50</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C137" s="3">
-        <v>99.12</v>
+        <v>76.02</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>5</v>
       </c>
       <c r="H137" s="3">
         <v>500</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C138" s="3">
-        <v>140.3</v>
+        <v>79.78</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>325</v>
+        <v>500</v>
       </c>
       <c r="G138" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>250</v>
+        <v>700</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C139" s="3">
-        <v>415.7</v>
+        <v>120.39</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1200</v>
+        <v>1140</v>
       </c>
       <c r="G139" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H139" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C140" s="3">
-        <v>624.42</v>
+        <v>176.54</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>360</v>
+        <v>5</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H140" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C141" s="3">
-        <v>1227.19</v>
+        <v>151.66</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>5</v>
       </c>
       <c r="H141" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C142" s="3">
-        <v>48.06</v>
+        <v>133.61</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>1400</v>
+        <v>850</v>
       </c>
       <c r="G142" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C143" s="3">
-        <v>144.44</v>
+        <v>290.66</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I143" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C144" s="3">
-        <v>168.13</v>
+        <v>55.21</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>2975</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C145" s="3">
-        <v>21.48</v>
+        <v>144.44</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>3500</v>
+        <v>400</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="3" t="s">
+      <c r="A146" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>290.66</v>
+        <v>28.01</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H147" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>52.71</v>
+        <v>37.52</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>19.26</v>
+        <v>65.74</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>1360</v>
+        <v>450</v>
       </c>
       <c r="G149" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="H149" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>53.95</v>
+        <v>81.07</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="H150" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>61</v>
+        <v>178.08</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>205</v>
+        <v>900</v>
       </c>
       <c r="G151" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>55.21</v>
+        <v>23.43</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>2300</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>68.68</v>
+        <v>145.64</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>10900</v>
+        <v>2680</v>
       </c>
       <c r="G153" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>1000</v>
+        <v>170</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>110.92</v>
+        <v>62.15</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
         <v>0</v>
       </c>
       <c r="G154" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H154" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>110.92</v>
+        <v>32.82</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>50</v>
       </c>
       <c r="H155" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>144.44</v>
+        <v>50.81</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>600</v>
+        <v>550</v>
       </c>
       <c r="G156" s="3">
         <v>50</v>
       </c>
       <c r="H156" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>55.21</v>
+        <v>29.73</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>1100</v>
+        <v>400</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>86.16</v>
+        <v>70.83</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H158" s="3">
-        <v>700</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B159" s="2"/>
       <c r="C159" s="2"/>
       <c r="D159" s="2"/>
       <c r="E159" s="2"/>
       <c r="F159" s="2"/>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
       <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>32.82</v>
+        <v>102.16</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G160" s="3">
         <v>50</v>
       </c>
       <c r="H160" s="3">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>50.81</v>
+        <v>133.07</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H161" s="3">
-        <v>800</v>
+        <v>450</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>28.01</v>
+        <v>68.37</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A163" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C164" s="3">
-        <v>145.64</v>
+        <v>23.78</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>3870</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H164" s="3">
-        <v>170</v>
+        <v>3000</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C165" s="3">
-        <v>37.52</v>
+        <v>19.15</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H165" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C166" s="3">
-        <v>65.74</v>
+        <v>53.38</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
         <v>0</v>
       </c>
       <c r="G166" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="H166" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C167" s="3">
-        <v>23.43</v>
+        <v>92.48</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>1015</v>
       </c>
       <c r="G167" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H167" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C168" s="3">
-        <v>29.73</v>
+        <v>114.72</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>2900</v>
+        <v>20</v>
       </c>
       <c r="G168" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H168" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C169" s="3">
-        <v>70.83</v>
+        <v>107.44</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>2950</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C170" s="3">
-        <v>81.07</v>
+        <v>20.48</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
         <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="H170" s="3">
-        <v>600</v>
+        <v>4000</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C171" s="3">
+        <v>47.44</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F171" s="3">
+        <v>0</v>
+      </c>
+      <c r="G171" s="3">
+        <v>100</v>
+      </c>
+      <c r="H171" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="B172" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C171" s="3">
-[...11 lines deleted...]
-      <c r="G171" s="3">
+      <c r="C172" s="3">
+        <v>24.98</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F172" s="3">
+        <v>0</v>
+      </c>
+      <c r="G172" s="3">
         <v>10</v>
       </c>
-      <c r="H171" s="3">
-[...17 lines deleted...]
-      <c r="I172" s="2"/>
+      <c r="H172" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I172" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="3">
-        <v>102.16</v>
+        <v>146.36</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H173" s="3">
-        <v>450</v>
+        <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>133.07</v>
+        <v>25.93</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>450</v>
+        <v>1000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>42.09</v>
+        <v>73.39</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G175" s="3">
         <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>1</v>
+        <v>800</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>68.37</v>
+        <v>104.03</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="2" t="s">
+      <c r="A177" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B177" s="2"/>
-[...6 lines deleted...]
-      <c r="I177" s="2"/>
+      <c r="C177" s="3">
+        <v>14.89</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F177" s="3">
+        <v>19000</v>
+      </c>
+      <c r="G177" s="3">
+        <v>100</v>
+      </c>
+      <c r="H177" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I177" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>44</v>
+        <v>129.04</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>50</v>
       </c>
       <c r="H178" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>37.07</v>
+        <v>43.66</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>1800</v>
+        <v>1300</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>43.92</v>
+        <v>50.99</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
         <v>0</v>
       </c>
       <c r="G180" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H180" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C181" s="3">
-        <v>174.99</v>
+        <v>133.3</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>294</v>
       </c>
       <c r="G181" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H181" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="3" t="s">
+      <c r="A182" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="3">
-        <v>36.4</v>
+        <v>14.33</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>0</v>
+        <v>19800</v>
       </c>
       <c r="G183" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H183" s="3">
-        <v>1800</v>
+        <v>20000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>69.32</v>
+        <v>25.7</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="G184" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H184" s="3">
-        <v>1200</v>
+        <v>4000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="C185" s="3">
+        <v>7.76</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F185" s="3">
+        <v>23400</v>
+      </c>
+      <c r="G185" s="3">
+        <v>100</v>
+      </c>
+      <c r="H185" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="C185" s="3">
-[...22 lines deleted...]
-      <c r="A186" s="2" t="s">
+      <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B186" s="2"/>
-[...6 lines deleted...]
-      <c r="I186" s="2"/>
+      <c r="C186" s="3">
+        <v>8.92</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F186" s="3">
+        <v>25800</v>
+      </c>
+      <c r="G186" s="3">
+        <v>100</v>
+      </c>
+      <c r="H186" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I186" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>107.44</v>
+        <v>46.21</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>400</v>
+        <v>6200</v>
       </c>
       <c r="G187" s="3">
         <v>50</v>
       </c>
       <c r="H187" s="3">
-        <v>300</v>
+        <v>1600</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>47.44</v>
+        <v>122.72</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F188" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G188" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C189" s="3">
-        <v>14.89</v>
+        <v>13.49</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>27200</v>
+        <v>36900</v>
       </c>
       <c r="G189" s="3">
         <v>100</v>
       </c>
       <c r="H189" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B190" s="3" t="s">
+      <c r="A190" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="C190" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="3">
-        <v>43.66</v>
+        <v>101.51</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H191" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="3">
-        <v>50.99</v>
+        <v>13.92</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G192" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H192" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="3">
-        <v>133.3</v>
+        <v>22.22</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>345</v>
+        <v>130</v>
       </c>
       <c r="G193" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H193" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="3">
-        <v>23.78</v>
+        <v>22.02</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>8420</v>
       </c>
       <c r="G194" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H194" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="3">
-        <v>73.39</v>
+        <v>49.57</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
+        <v>1240</v>
+      </c>
+      <c r="G195" s="3">
+        <v>5</v>
+      </c>
+      <c r="H195" s="3">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>800</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="3">
-        <v>104.03</v>
+        <v>145.1</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
         <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H196" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I196" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="3">
-        <v>25.93</v>
+        <v>39.75</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>0</v>
+        <v>1775</v>
       </c>
       <c r="G197" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H197" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="3">
-        <v>24.98</v>
+        <v>717.69</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G198" s="3">
         <v>10</v>
       </c>
       <c r="H198" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="3">
-        <v>146.36</v>
+        <v>397.84</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="G199" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H199" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="3">
-        <v>53.38</v>
+        <v>106.58</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G200" s="3">
         <v>5</v>
       </c>
       <c r="H200" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="3">
-        <v>92.48</v>
+        <v>551.09</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H201" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="3">
-        <v>114.72</v>
+        <v>74.46</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H202" s="3">
-        <v>250</v>
+        <v>800</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="3">
-        <v>20.48</v>
+        <v>43.49</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>4000</v>
+        <v>1300</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="3">
-        <v>19.15</v>
+        <v>36.69</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>9340</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H204" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="2" t="s">
+      <c r="A205" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B205" s="2"/>
-[...6 lines deleted...]
-      <c r="I205" s="2"/>
+      <c r="B205" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C205" s="3">
+        <v>81.35</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F205" s="3">
+        <v>540</v>
+      </c>
+      <c r="G205" s="3">
+        <v>5</v>
+      </c>
+      <c r="H205" s="3">
+        <v>500</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C206" s="3">
-        <v>7.76</v>
+        <v>19.25</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>74000</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C207" s="3">
-        <v>8.92</v>
+        <v>23.27</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>48100</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
-        <v>10000</v>
+        <v>3000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C208" s="3">
-        <v>25.7</v>
+        <v>1144.85</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>9450</v>
+        <v>5</v>
       </c>
       <c r="G208" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H208" s="3">
-        <v>4000</v>
+        <v>5</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A209" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B209" s="3" t="s">
+      <c r="A209" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="C209" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B209" s="2"/>
+      <c r="C209" s="2"/>
+      <c r="D209" s="2"/>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2"/>
+      <c r="G209" s="2"/>
+      <c r="H209" s="2"/>
+      <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C210" s="3">
-        <v>71.54</v>
+        <v>36.4</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G210" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H210" s="3">
-        <v>400</v>
+        <v>1800</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C211" s="3">
-        <v>122.72</v>
+        <v>44</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>422</v>
+        <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H211" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I211" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B212" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="3">
-        <v>13.49</v>
+        <v>43.92</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="G212" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H212" s="3">
-        <v>20000</v>
+        <v>50</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B213" s="3" t="s">
+      <c r="C213" s="3">
+        <v>119.46</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F213" s="3">
+        <v>125</v>
+      </c>
+      <c r="G213" s="3">
+        <v>25</v>
+      </c>
+      <c r="H213" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="C213" s="3">
-[...22 lines deleted...]
-      <c r="A214" s="2" t="s">
+      <c r="B214" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B214" s="2"/>
-[...6 lines deleted...]
-      <c r="I214" s="2"/>
+      <c r="C214" s="3">
+        <v>19.5</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F214" s="3">
+        <v>0</v>
+      </c>
+      <c r="G214" s="3">
+        <v>50</v>
+      </c>
+      <c r="H214" s="3">
+        <v>3500</v>
+      </c>
+      <c r="I214" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C215" s="3">
-        <v>717.69</v>
+        <v>37.07</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H215" s="3">
-        <v>10</v>
+        <v>1800</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C216" s="3">
-        <v>106.58</v>
+        <v>69.32</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H216" s="3">
-        <v>250</v>
+        <v>1200</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C217" s="3">
-        <v>36.69</v>
+        <v>174.99</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G217" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A218" s="3" t="s">
+      <c r="A218" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B218" s="2"/>
+      <c r="C218" s="2"/>
+      <c r="D218" s="2"/>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2"/>
+      <c r="G218" s="2"/>
+      <c r="H218" s="2"/>
+      <c r="I218" s="2"/>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>101.51</v>
+        <v>369.45</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H219" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>81.35</v>
+        <v>232.43</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>1215</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H220" s="3">
-        <v>500</v>
+        <v>210</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>74.46</v>
+        <v>645.88</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H221" s="3">
-        <v>800</v>
+        <v>1</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="B222" s="3" t="s">
+      <c r="C222" s="3">
+        <v>1036.63</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F222" s="3">
+        <v>0</v>
+      </c>
+      <c r="G222" s="3">
+        <v>3</v>
+      </c>
+      <c r="H222" s="3">
+        <v>200</v>
+      </c>
+      <c r="I222" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="C222" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C224" s="3">
-        <v>145.1</v>
+        <v>23.42</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H224" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C225" s="3">
-        <v>397.84</v>
+        <v>27.88</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H225" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C226" s="3">
-        <v>23.27</v>
+        <v>107.64</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>15900</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H226" s="3">
-        <v>3000</v>
+        <v>25</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C227" s="3">
-        <v>551.09</v>
+        <v>62.09</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H227" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C228" s="3">
-        <v>39.75</v>
+        <v>38.51</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>2995</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H228" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C229" s="3">
+        <v>51.35</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" s="3">
+        <v>0</v>
+      </c>
+      <c r="G229" s="3">
+        <v>50</v>
+      </c>
+      <c r="H229" s="3">
+        <v>1</v>
+      </c>
+      <c r="I229" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B230" s="2"/>
+      <c r="C230" s="2"/>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+      <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C231" s="3">
-        <v>22.22</v>
+        <v>153.12</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H231" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C232" s="3">
-        <v>22.02</v>
+        <v>106</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
         <v>0</v>
       </c>
       <c r="G232" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H232" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="B233" s="2"/>
       <c r="C233" s="2"/>
       <c r="D233" s="2"/>
       <c r="E233" s="2"/>
       <c r="F233" s="2"/>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
       <c r="I233" s="2"/>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C234" s="3">
+        <v>108.87</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F234" s="3">
+        <v>810</v>
+      </c>
+      <c r="G234" s="3">
+        <v>10</v>
+      </c>
+      <c r="H234" s="3">
+        <v>100</v>
+      </c>
+      <c r="I234" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="B234" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I235" s="2"/>
+      <c r="C235" s="3">
+        <v>170.51</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" s="3">
+        <v>170</v>
+      </c>
+      <c r="G235" s="3">
+        <v>10</v>
+      </c>
+      <c r="H235" s="3">
+        <v>100</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C236" s="3">
-        <v>232.43</v>
+        <v>250.82</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
         <v>0</v>
       </c>
       <c r="G236" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H236" s="3">
-        <v>210</v>
+        <v>500</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C237" s="3">
-        <v>645.88</v>
+        <v>149.42</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
         <v>0</v>
       </c>
       <c r="G237" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H237" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C238" s="3">
-        <v>1036.63</v>
+        <v>101.28</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
         <v>0</v>
       </c>
       <c r="G238" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="H238" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C239" s="3">
-        <v>369.45</v>
+        <v>153.59</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>0</v>
+        <v>2200</v>
       </c>
       <c r="G239" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H239" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="240" spans="1:9" x14ac:dyDescent="0.25">
-[...501 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="14">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A101:I101"/>
-    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A146:I146"/>
     <mergeCell ref="A159:I159"/>
-    <mergeCell ref="A172:I172"/>
-[...3 lines deleted...]
-    <mergeCell ref="A214:I214"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A209:I209"/>
+    <mergeCell ref="A218:I218"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A230:I230"/>
     <mergeCell ref="A233:I233"/>
-    <mergeCell ref="A235:I235"/>
-[...2 lines deleted...]
-    <mergeCell ref="A251:I251"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -9345,197 +8698,179 @@
     <hyperlink ref="D74" r:id="rId71"/>
     <hyperlink ref="D75" r:id="rId72"/>
     <hyperlink ref="D76" r:id="rId73"/>
     <hyperlink ref="D77" r:id="rId74"/>
     <hyperlink ref="D78" r:id="rId75"/>
     <hyperlink ref="D79" r:id="rId76"/>
     <hyperlink ref="D80" r:id="rId77"/>
     <hyperlink ref="D81" r:id="rId78"/>
     <hyperlink ref="D82" r:id="rId79"/>
     <hyperlink ref="D83" r:id="rId80"/>
     <hyperlink ref="D84" r:id="rId81"/>
     <hyperlink ref="D85" r:id="rId82"/>
     <hyperlink ref="D86" r:id="rId83"/>
     <hyperlink ref="D87" r:id="rId84"/>
     <hyperlink ref="D88" r:id="rId85"/>
     <hyperlink ref="D89" r:id="rId86"/>
     <hyperlink ref="D90" r:id="rId87"/>
     <hyperlink ref="D91" r:id="rId88"/>
     <hyperlink ref="D92" r:id="rId89"/>
     <hyperlink ref="D93" r:id="rId90"/>
     <hyperlink ref="D94" r:id="rId91"/>
     <hyperlink ref="D95" r:id="rId92"/>
     <hyperlink ref="D96" r:id="rId93"/>
     <hyperlink ref="D97" r:id="rId94"/>
     <hyperlink ref="D98" r:id="rId95"/>
-    <hyperlink ref="D99" r:id="rId96"/>
-    <hyperlink ref="D100" r:id="rId97"/>
+    <hyperlink ref="D100" r:id="rId96"/>
+    <hyperlink ref="D101" r:id="rId97"/>
     <hyperlink ref="D102" r:id="rId98"/>
-    <hyperlink ref="D103" r:id="rId99"/>
-[...11 lines deleted...]
-    <hyperlink ref="D115" r:id="rId111"/>
+    <hyperlink ref="D104" r:id="rId99"/>
+    <hyperlink ref="D105" r:id="rId100"/>
+    <hyperlink ref="D106" r:id="rId101"/>
+    <hyperlink ref="D107" r:id="rId102"/>
+    <hyperlink ref="D108" r:id="rId103"/>
+    <hyperlink ref="D109" r:id="rId104"/>
+    <hyperlink ref="D110" r:id="rId105"/>
+    <hyperlink ref="D111" r:id="rId106"/>
+    <hyperlink ref="D112" r:id="rId107"/>
+    <hyperlink ref="D113" r:id="rId108"/>
+    <hyperlink ref="D114" r:id="rId109"/>
+    <hyperlink ref="D115" r:id="rId110"/>
+    <hyperlink ref="D116" r:id="rId111"/>
     <hyperlink ref="D117" r:id="rId112"/>
     <hyperlink ref="D118" r:id="rId113"/>
     <hyperlink ref="D119" r:id="rId114"/>
     <hyperlink ref="D120" r:id="rId115"/>
     <hyperlink ref="D121" r:id="rId116"/>
     <hyperlink ref="D122" r:id="rId117"/>
     <hyperlink ref="D123" r:id="rId118"/>
     <hyperlink ref="D124" r:id="rId119"/>
     <hyperlink ref="D125" r:id="rId120"/>
     <hyperlink ref="D126" r:id="rId121"/>
     <hyperlink ref="D127" r:id="rId122"/>
     <hyperlink ref="D128" r:id="rId123"/>
     <hyperlink ref="D129" r:id="rId124"/>
     <hyperlink ref="D130" r:id="rId125"/>
     <hyperlink ref="D131" r:id="rId126"/>
     <hyperlink ref="D132" r:id="rId127"/>
     <hyperlink ref="D133" r:id="rId128"/>
     <hyperlink ref="D134" r:id="rId129"/>
     <hyperlink ref="D135" r:id="rId130"/>
     <hyperlink ref="D136" r:id="rId131"/>
     <hyperlink ref="D137" r:id="rId132"/>
     <hyperlink ref="D138" r:id="rId133"/>
     <hyperlink ref="D139" r:id="rId134"/>
     <hyperlink ref="D140" r:id="rId135"/>
     <hyperlink ref="D141" r:id="rId136"/>
     <hyperlink ref="D142" r:id="rId137"/>
     <hyperlink ref="D143" r:id="rId138"/>
     <hyperlink ref="D144" r:id="rId139"/>
     <hyperlink ref="D145" r:id="rId140"/>
-    <hyperlink ref="D146" r:id="rId141"/>
-[...27 lines deleted...]
-    <hyperlink ref="D176" r:id="rId169"/>
+    <hyperlink ref="D147" r:id="rId141"/>
+    <hyperlink ref="D148" r:id="rId142"/>
+    <hyperlink ref="D149" r:id="rId143"/>
+    <hyperlink ref="D150" r:id="rId144"/>
+    <hyperlink ref="D151" r:id="rId145"/>
+    <hyperlink ref="D152" r:id="rId146"/>
+    <hyperlink ref="D153" r:id="rId147"/>
+    <hyperlink ref="D154" r:id="rId148"/>
+    <hyperlink ref="D155" r:id="rId149"/>
+    <hyperlink ref="D156" r:id="rId150"/>
+    <hyperlink ref="D157" r:id="rId151"/>
+    <hyperlink ref="D158" r:id="rId152"/>
+    <hyperlink ref="D160" r:id="rId153"/>
+    <hyperlink ref="D161" r:id="rId154"/>
+    <hyperlink ref="D162" r:id="rId155"/>
+    <hyperlink ref="D164" r:id="rId156"/>
+    <hyperlink ref="D165" r:id="rId157"/>
+    <hyperlink ref="D166" r:id="rId158"/>
+    <hyperlink ref="D167" r:id="rId159"/>
+    <hyperlink ref="D168" r:id="rId160"/>
+    <hyperlink ref="D169" r:id="rId161"/>
+    <hyperlink ref="D170" r:id="rId162"/>
+    <hyperlink ref="D171" r:id="rId163"/>
+    <hyperlink ref="D172" r:id="rId164"/>
+    <hyperlink ref="D173" r:id="rId165"/>
+    <hyperlink ref="D174" r:id="rId166"/>
+    <hyperlink ref="D175" r:id="rId167"/>
+    <hyperlink ref="D176" r:id="rId168"/>
+    <hyperlink ref="D177" r:id="rId169"/>
     <hyperlink ref="D178" r:id="rId170"/>
     <hyperlink ref="D179" r:id="rId171"/>
     <hyperlink ref="D180" r:id="rId172"/>
     <hyperlink ref="D181" r:id="rId173"/>
-    <hyperlink ref="D182" r:id="rId174"/>
-[...2 lines deleted...]
-    <hyperlink ref="D185" r:id="rId177"/>
+    <hyperlink ref="D183" r:id="rId174"/>
+    <hyperlink ref="D184" r:id="rId175"/>
+    <hyperlink ref="D185" r:id="rId176"/>
+    <hyperlink ref="D186" r:id="rId177"/>
     <hyperlink ref="D187" r:id="rId178"/>
     <hyperlink ref="D188" r:id="rId179"/>
     <hyperlink ref="D189" r:id="rId180"/>
-    <hyperlink ref="D190" r:id="rId181"/>
-[...13 lines deleted...]
-    <hyperlink ref="D204" r:id="rId195"/>
+    <hyperlink ref="D191" r:id="rId181"/>
+    <hyperlink ref="D192" r:id="rId182"/>
+    <hyperlink ref="D193" r:id="rId183"/>
+    <hyperlink ref="D194" r:id="rId184"/>
+    <hyperlink ref="D195" r:id="rId185"/>
+    <hyperlink ref="D196" r:id="rId186"/>
+    <hyperlink ref="D197" r:id="rId187"/>
+    <hyperlink ref="D198" r:id="rId188"/>
+    <hyperlink ref="D199" r:id="rId189"/>
+    <hyperlink ref="D200" r:id="rId190"/>
+    <hyperlink ref="D201" r:id="rId191"/>
+    <hyperlink ref="D202" r:id="rId192"/>
+    <hyperlink ref="D203" r:id="rId193"/>
+    <hyperlink ref="D204" r:id="rId194"/>
+    <hyperlink ref="D205" r:id="rId195"/>
     <hyperlink ref="D206" r:id="rId196"/>
     <hyperlink ref="D207" r:id="rId197"/>
     <hyperlink ref="D208" r:id="rId198"/>
-    <hyperlink ref="D209" r:id="rId199"/>
-[...3 lines deleted...]
-    <hyperlink ref="D213" r:id="rId203"/>
+    <hyperlink ref="D210" r:id="rId199"/>
+    <hyperlink ref="D211" r:id="rId200"/>
+    <hyperlink ref="D212" r:id="rId201"/>
+    <hyperlink ref="D213" r:id="rId202"/>
+    <hyperlink ref="D214" r:id="rId203"/>
     <hyperlink ref="D215" r:id="rId204"/>
     <hyperlink ref="D216" r:id="rId205"/>
     <hyperlink ref="D217" r:id="rId206"/>
-    <hyperlink ref="D218" r:id="rId207"/>
-[...34 lines deleted...]
-    <hyperlink ref="D258" r:id="rId242"/>
+    <hyperlink ref="D219" r:id="rId207"/>
+    <hyperlink ref="D220" r:id="rId208"/>
+    <hyperlink ref="D221" r:id="rId209"/>
+    <hyperlink ref="D222" r:id="rId210"/>
+    <hyperlink ref="D224" r:id="rId211"/>
+    <hyperlink ref="D225" r:id="rId212"/>
+    <hyperlink ref="D226" r:id="rId213"/>
+    <hyperlink ref="D227" r:id="rId214"/>
+    <hyperlink ref="D228" r:id="rId215"/>
+    <hyperlink ref="D229" r:id="rId216"/>
+    <hyperlink ref="D231" r:id="rId217"/>
+    <hyperlink ref="D232" r:id="rId218"/>
+    <hyperlink ref="D234" r:id="rId219"/>
+    <hyperlink ref="D235" r:id="rId220"/>
+    <hyperlink ref="D236" r:id="rId221"/>
+    <hyperlink ref="D237" r:id="rId222"/>
+    <hyperlink ref="D238" r:id="rId223"/>
+    <hyperlink ref="D239" r:id="rId224"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>