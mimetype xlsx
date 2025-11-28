--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -8,1348 +8,1360 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="848" uniqueCount="436">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники и гильзы кабельные слаботочные</t>
   </si>
   <si>
-    <t>1.1 Разъемы изолированные</t>
+    <t>1.1 Термоусаживаемые гильзы под пайку</t>
+  </si>
+  <si>
+    <t>08-0753</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 2.5 термоусаживаемая под пайку L-40 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0752</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0754</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 6.0 термоусаживаемая под пайку L-40 мм 4.0-6.0 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0751</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 0.34 термоусаживаемая под пайку L-26 мм 0.25-0.34 мм² белая REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Наконечники изолированные</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0132-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2810</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-0831</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0011-10</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1828</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-2801</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0822</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0114-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0133-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0403-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8 / Е 0,5-8 / E0508) белый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0404-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0407-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0422-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Разъемы изолированные</t>
   </si>
   <si>
     <t>08-0311-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0351-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>06-0395-A</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...8 lines deleted...]
-    <t>шт</t>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
   </si>
   <si>
     <t>08-0314</t>
   </si>
   <si>
     <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
   </si>
   <si>
-    <t>08-0354</t>
-[...2 lines deleted...]
-    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная  REXANT</t>
+  </si>
+  <si>
+    <t>08-0351</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0211</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0561</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0271</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт.  REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0651</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
   </si>
   <si>
     <t>08-0951</t>
   </si>
   <si>
     <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
   </si>
   <si>
-    <t>06-0383-A</t>
-[...2 lines deleted...]
-    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт.  REXANT</t>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0414</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0386-A</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0385-A</t>
-[...16 lines deleted...]
-  <si>
     <t>06-0389-A</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
   </si>
   <si>
-    <t>06-0387-A</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0392-A</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0393-A</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0391-A</t>
-[...251 lines deleted...]
-    <t>1.2 Разъемы неизолированные</t>
+    <t>1.4 Наконечники неизолированные</t>
+  </si>
+  <si>
+    <t>08-1730</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
+    <t>06-0423-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1708</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-1725</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
+  </si>
+  <si>
+    <t>08-1705</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1718</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-1750</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-0076</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0171</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-1740</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-0805</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0074</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>1.5 Разъемы неизолированные</t>
+  </si>
+  <si>
+    <t>08-0920</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0910</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 4.8 мм 0.75-1.5 мм² (РП-п 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0919</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)) REXANT</t>
   </si>
   <si>
     <t>08-0921</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) REXANT</t>
   </si>
   <si>
-    <t>08-0919</t>
-[...14 lines deleted...]
-    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
+    <t>06-0396-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм, 0.75-1.5 мм², (РП-п 1.5-(6.3) L = 25,5 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0397-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0400-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0909</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 2.8 мм 0.75-1.5 мм² (РП-п 1.5-(2.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0912</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0911</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 25,5 мм) REXANT</t>
+  </si>
+  <si>
+    <t>08-0913</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) REXANT</t>
   </si>
   <si>
     <t>08-0955</t>
   </si>
   <si>
     <t>Клемма плоская штекер 1.5 мм 0.5-1 мм² (РП-п 1.0-(1.5)) REXANT</t>
   </si>
   <si>
+    <t>06-0398-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0399-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>06-0401-A</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0397-A</t>
-[...34 lines deleted...]
-  <si>
     <t>08-0900</t>
   </si>
   <si>
     <t>Изолятор для плоской клеммы  (L - 26 мм) REXANT</t>
   </si>
   <si>
-    <t>06-0396-A</t>
-[...707 lines deleted...]
-    <t>1.5 Гильзы изолированные</t>
+    <t>1.6 Гильзы изолированные</t>
+  </si>
+  <si>
+    <t>06-0428-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0735</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-32 мм 6-10 мм² (ГСИ 10/ГСИ 6,0-10,0) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0724</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 1.5-2.5 мм² (ГСИ-т 2.5/ГСИ-т 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0711</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0717</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 0.5-1.5 мм² (ГСИ(н) 1.5/ГСИ-н 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0723</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 1.5-2.5 мм² (ГСИ(н) 2.5/ГСИ-н 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0733</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0732</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 4-6 мм² (ГСИ(н) 6.0/ГСИ-н 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>06-0430-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная, в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0431-A</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0430-A</t>
-[...44 lines deleted...]
-    <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
+    <t>08-0718</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная REXANT</t>
   </si>
   <si>
     <t>08-0725</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 2.5-4 мм² (ГСИ 4.0/ГСИ 2,5-4,0) черная REXANT</t>
   </si>
   <si>
     <t>08-0721</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя REXANT</t>
   </si>
   <si>
-    <t>08-0711</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0731</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
-  </si>
-[...25 lines deleted...]
-    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1734,56 +1746,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10-.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v-.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6-.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak-.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak-.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rex.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexa.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rex.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10-gsi-6-0-10-0-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5-gsi-t-1-5-2-5-si.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsi-n-6-0-gsi-n-4-0-6-0-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rex.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zhelta.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0-gsi-2-5-4-0-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rex.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexa.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-re.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rex.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousajivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sup2-sinyaya-rexant-15775" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousajivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-sup2-krasnaya-rexant-15774" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousajivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-sup2-jeltaya-rexant-15772" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousajivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-sup2-belaya-rexant-15773" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5mm-sup2-nki-1-5-10-krasniy-v-upak-10-sht-rexant-18179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-v-upak-10-sht-rexant-18174" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-e-1-0-8-e1008-krasniy-v-upak-10-sht-rexant-18010" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-ngi2-10-14-krasniy-rexant-3844" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-10-mm-sup2-nshvi-10-18-slonovaya-kost-rexant-3838" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-25-mm-sup2-nshvi-25-16-cherniy-rexant-1638" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-4-6-mm-sup2-nvi-6-0-6-nvi-5-5-6-jeltiy-rexant-1313" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-jeltiy-rexant-1629" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-0-5-1-5-mm-sup2-nvi-1-5-5-nvi-1-25-5-krasniy-rexant-1305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12mm-2h4mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-21027" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-20-mm-50-mm-sup2-nshvi-50-20-olivkoviy-rexant-6639" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-v-upak-10-sht-rexant-18006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-rexant-1308" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-rexant-1309" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2-5-mm-sup2-nshvi-2-5-12-siniy-rexant-1632" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-0-5-1-5-mm-sup2-nvi-1-5-4-nvi-1-25-4-krasniy-rexant-1304" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-4-6-mm-sup2-nvi-6-0-5-nvi-5-5-5-jeltiy-rexant-1312" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant-28828" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-10-mm-2h2-5-mm-sup2-nshvi-2-2-5-10-ngi2-2-5-10-seriy-rexant-3846" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-gi2-10-14-krasniy-rexant-21029" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-1-5-2-5-mm-sup2-nki-2-5-10-siniy-rexant-1297" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-rexant-1635" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-cherniy-rexant-1630" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6-mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-rexant-1300" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2h4-mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-3847" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-rexant-1636" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-t-1-5-4-nki-t1-25-4-krasniy-rexant-7967" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-10sht-up-rexant-28833" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-siniy-rexant-1628" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-rexant-1303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-e-1-5-8-e1508-cherniy-v-upak-10-sht-rexant-18011" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5mm-sup2-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant-18177" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-4-6-mm-sup2-nki-6-0-5-nki5-5-5-jeltiy-rexant-1299" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-0-75-mm-sup2-nshvi-0-75-18-siniy-rexant-3836" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-6-mm-sup2-nshvi-6-0-18-zeleniy-rexant-3840" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-7-mm-0-5-1-5-mm-sup2-nki-1-5-3-5-krasniy-rexant-1285" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-0-5-1-5-mm-sup2-nki-1-5-5-nki-1-25-5-krasniy-rexant-1287" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5mm-sup2-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant-18185" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5mm-sup2-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant-18178" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-16-mm-sup2-nshvi-16-18-slonovaya-kost-rexant-3839" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-rexant-1284" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5-mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-rexant-1289" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5-mm-sup2-nki-2-5-8-nki2-8-siniy-rexant-1296" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-v-upak-10-sht-rexant-18009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5-mm-sup2-nki-2-5-4-nki2-4-siniy-rexant-1292" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant-28830" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-10sht-up-rexant-28831" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-5-mm-sup2-nshvi-2-0-5-8-ngi2-0-5-8-beliy-rexant-3841" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-75-mm-sup2-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rexant-3842" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-4-mm-sup2-nshvi-4-0-18-seriy-rexant-1634" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5-mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-rexant-1288" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-1-5-2-5-mm-sup2-nki-2-5-3-nki2-3-siniy-rexant-1291" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-2-5-6-nki2-6-siniy-rexant-1295" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-4-6-mm-sup2-nki-6-0-4-nki5-5-4-jeltiy-rexant-1298" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-4-6-mm-sup2-nki-6-0-8-nki5-5-8-jeltiy-rexant-1301" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-e-4-0-9-e4009-seriy-v-upak-10-sht-rexant-18019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-mm-sup2-nshvi-2-1-0-8-ngi2-1-0-8-krasniy-rexant-7953" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-10sht-up-rexant-28827" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant-28829" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-3848" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-t-2-5-6-nki-t2-6-siniy-rexant-7968" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-4-6-mm-sup2-nki-t-6-0-6-nki-t5-5-6-jeltiy-rexant-7969" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-8-4-mm-4-6-mm-sup2-nki-t-6-0-8-nki-t5-5-8-jeltiy-rexant-7970" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-e-0-5-8-e0508-beliy-v-upak-10-sht-rexant-18005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant-18007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant-18012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-v-upak-10-sht-rexant-18008" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-v-upak-10-sht-rexant-18181" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-v-upak-10-sht-rexant-18176" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5mm-1-5-2-5mm-sup2-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant-18180" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-v-upak-10-sht-rexant-18182" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-1-21028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-5-mm-sup2-nshvi-2-1-5-8-ngi2-1-5-8-cherniy-rexant-3843" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h16-mm-sup2-nshvi-2-16-14-ngi2-16-14-slonovaya-kost-rexant-3845" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-1-5-mm-sup2-nshvi-1-5-18-cherniy-rexant-3837" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-siniy-rexant-1631" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-2-5-mm-sup2-nshvi-2-5-18-siniy-rexant-3213" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-16-mm-sup2-nshvi-16-12-slonovaya-kost-rexant-1637" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-beliy-rexant-1627" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-35-mm-sup2-nshvi-35-16-krasniy-rexant-1639" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-seriy-rexant-1633" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-rexant-1286" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5-mm-sup2-nki-1-5-10-krasniy-rexant-1290" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5-mm-sup2-nki-2-5-5-nki2-5-siniy-rexant-1294" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-4-6-mm-sup2-nki-6-0-10-nki5-5-10-jeltiy-rexant-1302" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-rexant-1306" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-1-5-2-5-mm-sup2-nvi-2-5-3-siniy-rexant-1307" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-rexant-1310" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-rexant-1311" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-8-4-mm-4-6-mm-sup2-nvi-6-0-8-jeltiy-rexant-1314" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-10sht-up-rexant-28835" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-10sht-up-rexant-28832" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1323" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshi-p-2-5-4-rship-2-5-4-siniy-rexant-1341" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1329" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-sup2-jeltiy-rexant-9237" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-6635" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-8725" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-rexant-1318" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-6641" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-8721" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-sup2-siniy-rexant-8724" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-siniy-v-upak-10-sht-rexant-18119" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18114" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18132" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-sup2-rexant-6640" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-6634" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-sup2-krasniy-rexant-8722" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-8723" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1325" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-rexant-1331" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1333" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshi-m-1-5-4-rshim-1-25-5-4-krasniy-rexant-1345" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshpi-p-1-5-4-rshipp-1-25-4-krasniy-rexant-1343" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rexant-1349" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasniy-v-upak-10-sht-rexant-18131" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18120" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-v-upak-10-sht-rexant-18115" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18124" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-5-mm-4-6-mm-sup2-rshi-m-6-0-5-rshim-5-5-6-4-jeltiy-rexant-6642" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18127" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1319" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1320" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-rexant-1321" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1330" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1335" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1336" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshpi-p-2-5-4-rshipp-2-5-4-siniy-rexant-1344" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-sup2-rexant-6760" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-sup2-rp-p-1-5-6-3-kolodka-rexant-13479" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-sup2-rp-m-1-5-6-3-kolodka-rexant-13485" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-sup2-rexant-6643" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-sup2-rexant-6644" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1322" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1324" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1326" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1328" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1332" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1334" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshi-p-1-5-4-rship-1-25-4-krasniy-rexant-1340" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-5-mm-4-6-mm-sup2-rshi-p-6-0-5-rship5-5-4-jeltiy-rexant-1342" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant-1346" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshpi-m-1-5-4-rshimp-1-25-5-4-krasniy-rexant-1348" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18134" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-sup2-v-upak-10-sht-rexant-18135" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18121" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18128" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18116" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-25-15-rexant-20399" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2mm-1-0-1-5mm-sup2-nk-8-1-0-1-5-v-upak-10-sht-18184" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-6-0-12-rexant-20405" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-6-mm-0-75-mm-sup2-nshv-0-75-6-ng-0-75-6-rexant-3849" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8mm-sup2-nk-5-0-5-0-8-v-upakovke-10-sht-18175" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-2-5-12-rexant-20406" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-35-20-rexant-20401" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2-mm-1-0-1-5-mm-sup2-nk-8-1-0-1-5-3209" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-16-13-rexant-20404" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-1-5-12-rexant-20400" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-10-12-rexant-20402" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-70-25-rexant-20407" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-95-25-rexant-20408" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-4-3-mm-0-5-0-8-mm-sup2-nk-4-0-5-0-8-7957" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-4-5-mm-1-1-5-mm-sup2-nv-1-5-4-7954" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8mm-sup2-nk-6-0-5-0-8-v-upak-10-sht-18183" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-5-5-mm-1-1-5-mm-sup2-nv-1-5-5-7955" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-6-5-mm-1-1-5-mm-sup2-nv-1-5-6-7956" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-50-20-rexant-20403" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-1-5-mm-sup2-nshv-1-5-8-ng-1-5-7-rexant-3850" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-2-5-mm-sup2-nshv-2-5-8-ng-2-5-7-rexant-3851" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-9-mm-4-mm-sup2-nshv-4-0-9-ng-4-0-9-rexant-3852" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-3-5-mm-0-5-0-8-mm-sup2-nk-3-0-5-0-8-3206" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8-mm-sup2-nk-5-0-5-0-8-3207" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8-mm-sup2-nk-6-0-5-0-8-3208" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-rexant-8719" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-4-8-rexant-8717" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-rexant-8718" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-rexant-8627" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant-18136" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-v-upak-10-sht-rexant-18133" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-v-upak-10-sht-rexant-18123" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-2-8-rexant-6633" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-rexant-3215" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-rexant-3214" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-rexant-6638" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-sup2-rp-p-1-0-1-5-rexant-16875" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant-18122" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-v-upak-10-sht-rexant-18129" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-v-upak-10-sht-rexant-18130" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmi-l-26-mm-rexant-8720" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rexant-18153" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-sup2-gsi-10-gsi-6-0-10-0-krasnaya-rexant-7944" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-1-5-2-5-mm-sup2-gsi-t-2-5-gsi-t-1-5-2-5-sinyaya-rexant-7941" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant-1315" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-sup2-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rexant-6630" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-sup2-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexant-6631" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-52-mm-4-6-mm-sup2-gsi-t-6-0-gsi-t-6-0-4-0-jeltaya-rexant-7942" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-sup2-gsi-n-6-0-gsi-n-4-0-6-0-jeltaya-rexant-6632" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-v-upak-10-sht-rexant-18152" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rexant-18155" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-rexant-7940" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-sup2-gsi-4-0-gsi-2-5-4-0-chernaya-rexant-7943" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant-1316" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-sup2-gsi-6-0-gsi-4-0-6-0-jeltaya-rexant-1317" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I214"/>
+  <dimension ref="A1:I216"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1815,6186 +1827,6244 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>108.55</v>
+        <v>27.39</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>50840</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>155.98</v>
+        <v>22.41</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>145970</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>152.9</v>
+        <v>27.31</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>208</v>
+        <v>14880</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>2400</v>
       </c>
       <c r="I6" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3">
+        <v>18.11</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>33990</v>
+      </c>
+      <c r="G7" s="3">
+        <v>10</v>
+      </c>
+      <c r="H7" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>14.57</v>
+        <v>233.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>15900</v>
+        <v>185</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4800</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>11.06</v>
+        <v>102.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>15800</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>84.35</v>
+        <v>63.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>105.31</v>
+        <v>5.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>135</v>
+        <v>27800</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>8000</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>109.73</v>
+        <v>6.48</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>82</v>
+        <v>91900</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>85.67</v>
+        <v>7.18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>258</v>
+        <v>23200</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>99.16</v>
+        <v>7.01</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>108</v>
+        <v>2200</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>109.44</v>
+        <v>0.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>61</v>
+        <v>87700</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>89.85</v>
+        <v>2.99</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>375</v>
+        <v>45400</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>92.44</v>
+        <v>152.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>123.94</v>
+        <v>14.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>48</v>
+        <v>1800</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>142.54</v>
+        <v>109.45</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>299</v>
+        <v>191</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>120.13</v>
+        <v>3.27</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>61</v>
+        <v>67400</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>122.3</v>
+        <v>3.16</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>27</v>
+        <v>31800</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>13.77</v>
+        <v>1.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>20500</v>
+        <v>261800</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>6000</v>
+        <v>50000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>15.09</v>
+        <v>2.77</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>25000</v>
+        <v>70500</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>6000</v>
+        <v>20000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>11.84</v>
+        <v>6.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>17900</v>
+        <v>16900</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="3">
+        <v>90.42</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" s="3">
-        <v>12450</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>6.63</v>
+        <v>2.59</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>28500</v>
+        <v>64900</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>12000</v>
+        <v>30000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>5.57</v>
+        <v>238.23</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F28" s="3">
-        <v>21400</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>7200</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>5.66</v>
+        <v>10.22</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>37000</v>
+        <v>131300</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>5.1</v>
+        <v>2.37</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>10600</v>
+        <v>277100</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>2.94</v>
+        <v>0.81</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>326333</v>
+        <v>130600</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>3.98</v>
+        <v>6.89</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>204467</v>
+        <v>180900</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>3.11</v>
+        <v>3.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>110400</v>
+        <v>92600</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>3.84</v>
+        <v>2.89</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>94000</v>
+        <v>79900</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
         <v>20000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>6.14</v>
+        <v>5.64</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>102200</v>
+        <v>400</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3">
+        <v>102.25</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" s="3">
+        <v>0</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
         <v>80</v>
       </c>
-      <c r="C36" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>3.72</v>
+        <v>0.68</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>8400</v>
+        <v>223400</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>18000</v>
+        <v>100000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>4.34</v>
+        <v>2.46</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>24600</v>
+        <v>90400</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>4.19</v>
+        <v>67.15</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F39" s="3">
-        <v>86390</v>
+        <v>364</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>4.22</v>
+        <v>125.75</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F40" s="3">
-        <v>15400</v>
+        <v>159</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>9600</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>3.24</v>
+        <v>6.72</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>412033</v>
+        <v>53200</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>2.71</v>
+        <v>2.75</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>47400</v>
+        <v>173700</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>3.82</v>
+        <v>3.37</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>31700</v>
+        <v>64800</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>12000</v>
+        <v>25000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>4.57</v>
+        <v>4.51</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>263000</v>
+        <v>43800</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>16000</v>
+        <v>30000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>4.83</v>
+        <v>2.73</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>11300</v>
+        <v>87100</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>6000</v>
+        <v>20000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>4.35</v>
+        <v>147.06</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F46" s="3">
-        <v>10800</v>
+        <v>211</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>9600</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>5.16</v>
+        <v>138.81</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F47" s="3">
-        <v>18000</v>
+        <v>6</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>6.73</v>
+        <v>12.75</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>9600</v>
+        <v>54100</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
         <v>10000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>6</v>
+        <v>1.6</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>53600</v>
+        <v>97200</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>9600</v>
+        <v>30000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>7.37</v>
+        <v>6.94</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>18000</v>
+        <v>123300</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>4.07</v>
+        <v>5.51</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>283800</v>
+        <v>115900</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>2.26</v>
+        <v>111.52</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F52" s="3">
-        <v>428500</v>
+        <v>248</v>
       </c>
       <c r="G52" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>3.23</v>
+        <v>3.13</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>175000</v>
+        <v>62100</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>2.77</v>
+        <v>117.33</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F54" s="3">
-        <v>209867</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>30000</v>
+        <v>80</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>2.43</v>
+        <v>140.31</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F55" s="3">
-        <v>172100</v>
+        <v>570</v>
       </c>
       <c r="G55" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>2.39</v>
+        <v>1.31</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>64500</v>
+        <v>25900</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>24000</v>
+        <v>50000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>2.78</v>
+        <v>1.38</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>61967</v>
+        <v>76100</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
         <v>20000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>2.67</v>
+        <v>2.63</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>236800</v>
+        <v>53700</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
         <v>20000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>4.67</v>
+        <v>3.89</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>41200</v>
+        <v>59800</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
         <v>20000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>3.54</v>
+        <v>4.2</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>143600</v>
+        <v>48100</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>4.06</v>
+        <v>4.2</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>82300</v>
+        <v>69400</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="C62" s="3">
+        <v>5.59</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="3">
+        <v>9000</v>
+      </c>
+      <c r="G62" s="3">
+        <v>100</v>
+      </c>
+      <c r="H62" s="3">
+        <v>16000</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C62" s="3">
-[...22 lines deleted...]
-      <c r="A63" s="2" t="s">
+      <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B63" s="2"/>
-[...6 lines deleted...]
-      <c r="I63" s="2"/>
+      <c r="C63" s="3">
+        <v>7.91</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>148100</v>
+      </c>
+      <c r="G63" s="3">
+        <v>100</v>
+      </c>
+      <c r="H63" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>3.19</v>
+        <v>80.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F64" s="3">
-        <v>549600</v>
+        <v>148</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>1.83</v>
+        <v>1.58</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>314600</v>
+        <v>34700</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>2.13</v>
+        <v>105.72</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F66" s="3">
-        <v>113400</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H66" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>1.94</v>
+        <v>114.65</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F67" s="3">
-        <v>367200</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H67" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>3.71</v>
+        <v>4.23</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>5900</v>
+        <v>80200</v>
       </c>
       <c r="G68" s="3">
         <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>4000</v>
+        <v>10000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>108.18</v>
+        <v>11.09</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>298</v>
+        <v>4100</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>108.39</v>
+        <v>17.58</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>71</v>
+        <v>8200</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>111.12</v>
+        <v>12.57</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>23600</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>86.7</v>
+        <v>55.74</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>99.7</v>
+        <v>62.78</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>289</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>7.27</v>
+        <v>68.32</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F74" s="3">
-        <v>205200</v>
+        <v>456</v>
       </c>
       <c r="G74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>4.57</v>
+        <v>99.73</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F75" s="3">
-        <v>141900</v>
+        <v>347</v>
       </c>
       <c r="G75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>2.21</v>
+        <v>123.59</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F76" s="3">
-        <v>60600</v>
+        <v>1</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>136.04</v>
+        <v>154.02</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F77" s="3">
-        <v>137</v>
+        <v>173</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>4.86</v>
+        <v>138.75</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F78" s="3">
-        <v>552900</v>
+        <v>136</v>
       </c>
       <c r="G78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>40000</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>2.64</v>
+        <v>238.23</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F79" s="3">
-        <v>186900</v>
+        <v>319</v>
       </c>
       <c r="G79" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
+      <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B80" s="2"/>
-[...6 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="B80" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C80" s="3">
+        <v>180.77</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="3">
+        <v>76</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>10</v>
+      </c>
+      <c r="I80" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>3.51</v>
+        <v>1.79</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>38100</v>
+        <v>103900</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>10000</v>
+        <v>40000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>0.7</v>
+        <v>8.31</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>392833</v>
+        <v>19600</v>
       </c>
       <c r="G82" s="3">
         <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>60000</v>
+        <v>2400</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>90.42</v>
+        <v>1.69</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>42900</v>
       </c>
       <c r="G83" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>80</v>
+        <v>50000</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>2.79</v>
+        <v>0.75</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>54400</v>
+        <v>260200</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>10000</v>
+        <v>60000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>3.52</v>
+        <v>1.89</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>29500</v>
+        <v>112700</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>13.86</v>
+        <v>3.69</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>15100</v>
+        <v>44300</v>
       </c>
       <c r="G86" s="3">
         <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>7200</v>
+        <v>10000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>3.21</v>
+        <v>0.55</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>90800</v>
+        <v>98800</v>
       </c>
       <c r="G87" s="3">
         <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>25000</v>
+        <v>100000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>80.05</v>
+        <v>7.66</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>289</v>
+        <v>5700</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I88" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>138.81</v>
+        <v>1.09</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>200</v>
+        <v>188800</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I89" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>238.23</v>
+        <v>1.86</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>72</v>
+        <v>136500</v>
       </c>
       <c r="G90" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H90" s="3">
-        <v>10</v>
+        <v>24000</v>
       </c>
       <c r="I90" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C91" s="3">
-        <v>62.78</v>
+        <v>4.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>405</v>
+        <v>93100</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>16000</v>
       </c>
       <c r="I91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>63.66</v>
+        <v>2.69</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>177</v>
+        <v>87400</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>99.73</v>
+        <v>11.15</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>290</v>
+        <v>72400</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>12.75</v>
+        <v>5.92</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>61100</v>
+        <v>64200</v>
       </c>
       <c r="G94" s="3">
         <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>180.77</v>
+        <v>5.57</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>169</v>
+        <v>102200</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I95" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C96" s="3">
-        <v>2.77</v>
+        <v>3.7</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>65000</v>
+        <v>25600</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
         <v>20000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C97" s="3">
-        <v>4</v>
+        <v>6.69</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>58400</v>
+        <v>24600</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C98" s="3">
-        <v>2.98</v>
+        <v>13.86</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>87367</v>
+        <v>18200</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>30000</v>
+        <v>7200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B99" s="3" t="s">
+      <c r="A99" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="C99" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="3">
-        <v>6.56</v>
+        <v>108.55</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F100" s="3">
-        <v>274833</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H100" s="3">
-        <v>12000</v>
+        <v>80</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C101" s="3">
-        <v>4</v>
+        <v>155.98</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F101" s="3">
-        <v>141233</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H101" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C102" s="3">
-        <v>7.53</v>
+        <v>3.24</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>76700</v>
+        <v>277100</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C103" s="3">
-        <v>1.58</v>
+        <v>3.72</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>43900</v>
+        <v>23500</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>20000</v>
+        <v>18000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C104" s="3">
-        <v>105.72</v>
+        <v>2.78</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>82400</v>
       </c>
       <c r="G104" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C105" s="3">
-        <v>114.65</v>
+        <v>13.11</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>14500</v>
       </c>
       <c r="G105" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>80</v>
+        <v>4800</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C106" s="3">
-        <v>67.15</v>
+        <v>7.37</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>538</v>
+        <v>15700</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I106" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C107" s="3">
-        <v>111.52</v>
+        <v>16.38</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>16900</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I107" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C108" s="3">
-        <v>147.06</v>
+        <v>2.26</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>135</v>
+        <v>373300</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I108" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C109" s="3">
-        <v>16.74</v>
+        <v>6</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>9000</v>
+        <v>40700</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
-        <v>4000</v>
+        <v>9600</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C110" s="3">
-        <v>11.09</v>
+        <v>13.77</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>5700</v>
+        <v>15600</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C111" s="3">
-        <v>1.25</v>
+        <v>11.84</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>42700</v>
+        <v>16100</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
-        <v>50000</v>
+        <v>10000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C112" s="3">
-        <v>1.38</v>
+        <v>85.67</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F112" s="3">
-        <v>100800</v>
+        <v>187</v>
       </c>
       <c r="G112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C113" s="3">
-        <v>5.64</v>
+        <v>89.85</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F113" s="3">
-        <v>1100</v>
+        <v>300</v>
       </c>
       <c r="G113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C114" s="3">
-        <v>12.57</v>
+        <v>152.9</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F114" s="3">
-        <v>24500</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C115" s="3">
-        <v>1.52</v>
+        <v>6.63</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>68300</v>
+        <v>23400</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>30000</v>
+        <v>12000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C116" s="3">
-        <v>6.94</v>
+        <v>6.06</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>165500</v>
+        <v>33000</v>
       </c>
       <c r="G116" s="3">
         <v>100</v>
       </c>
       <c r="H116" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C117" s="3">
-        <v>3.64</v>
+        <v>11.06</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>157700</v>
+        <v>11900</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C118" s="3">
-        <v>5.51</v>
+        <v>15.09</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>143067</v>
+        <v>17900</v>
       </c>
       <c r="G118" s="3">
         <v>100</v>
       </c>
       <c r="H118" s="3">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C119" s="3">
-        <v>68.32</v>
+        <v>2.85</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>36100</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>24000</v>
       </c>
       <c r="I119" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C120" s="3">
-        <v>154.02</v>
+        <v>3.82</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>47</v>
+        <v>39700</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I120" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C121" s="3">
-        <v>102.5</v>
+        <v>4.27</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>479</v>
+        <v>209500</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I121" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C122" s="3">
-        <v>138.75</v>
+        <v>4.19</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>1</v>
+        <v>140290</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I122" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C123" s="3">
-        <v>238.23</v>
+        <v>3.48</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>183</v>
+        <v>15300</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I123" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C124" s="3">
-        <v>55.74</v>
+        <v>4.35</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>8100</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>9600</v>
       </c>
       <c r="I124" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C125" s="3">
-        <v>109.45</v>
+        <v>84.35</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F125" s="3">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>10</v>
       </c>
       <c r="I125" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C126" s="3">
-        <v>117.33</v>
+        <v>99.16</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C127" s="3">
-        <v>152.89</v>
+        <v>120.13</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F127" s="3">
-        <v>68</v>
+        <v>121</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C128" s="3">
-        <v>102.25</v>
+        <v>122.3</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C129" s="3">
-        <v>1.79</v>
+        <v>5.57</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>133967</v>
+        <v>21000</v>
       </c>
       <c r="G129" s="3">
         <v>100</v>
       </c>
       <c r="H129" s="3">
-        <v>40000</v>
+        <v>7200</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C130" s="3">
-        <v>2.59</v>
+        <v>92.44</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F130" s="3">
-        <v>51100</v>
+        <v>130</v>
       </c>
       <c r="G130" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C131" s="3">
-        <v>3.45</v>
+        <v>2.52</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>115100</v>
+        <v>143400</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
         <v>20000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C132" s="3">
-        <v>1.69</v>
+        <v>2.94</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>53900</v>
+        <v>239500</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C133" s="3">
-        <v>4.23</v>
+        <v>3.23</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>144667</v>
+        <v>148000</v>
       </c>
       <c r="G133" s="3">
         <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C134" s="3">
-        <v>8.75</v>
+        <v>2.55</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>21100</v>
+        <v>139800</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>2400</v>
+        <v>20000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C135" s="3">
-        <v>1.8</v>
+        <v>2.8</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>131800</v>
+        <v>165200</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C136" s="3">
-        <v>6.84</v>
+        <v>4.57</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>14700</v>
+        <v>210300</v>
       </c>
       <c r="G136" s="3">
         <v>100</v>
       </c>
       <c r="H136" s="3">
-        <v>6000</v>
+        <v>16000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C137" s="3">
-        <v>2.75</v>
+        <v>6.14</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>107800</v>
+        <v>94800</v>
       </c>
       <c r="G137" s="3">
         <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C138" s="3">
-        <v>1.02</v>
+        <v>4.59</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>243433</v>
+        <v>10800</v>
       </c>
       <c r="G138" s="3">
         <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>50000</v>
+        <v>6000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C139" s="3">
-        <v>2.26</v>
+        <v>5.42</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>479767</v>
+        <v>12600</v>
       </c>
       <c r="G139" s="3">
         <v>100</v>
       </c>
       <c r="H139" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C140" s="3">
-        <v>0.62</v>
+        <v>9.95</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>189400</v>
+        <v>15150</v>
       </c>
       <c r="G140" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>60000</v>
+        <v>2000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C141" s="3">
-        <v>14.38</v>
+        <v>10.17</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>600</v>
+        <v>11650</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H141" s="3">
         <v>2000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C142" s="3">
-        <v>4.18</v>
+        <v>5.36</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>120100</v>
+        <v>8300</v>
       </c>
       <c r="G142" s="3">
         <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C143" s="3">
-        <v>2.46</v>
+        <v>7.07</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>119467</v>
+        <v>3100</v>
       </c>
       <c r="G143" s="3">
         <v>100</v>
       </c>
       <c r="H143" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C144" s="3">
-        <v>5.92</v>
+        <v>2.77</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>48300</v>
+        <v>165500</v>
       </c>
       <c r="G144" s="3">
         <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C145" s="3">
-        <v>5.57</v>
+        <v>3.98</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>128367</v>
+        <v>141900</v>
       </c>
       <c r="G145" s="3">
         <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C146" s="3">
-        <v>3.11</v>
+        <v>2.39</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>79833</v>
+        <v>43900</v>
       </c>
       <c r="G146" s="3">
         <v>100</v>
       </c>
       <c r="H146" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C147" s="3">
-        <v>3.01</v>
+        <v>3.11</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>51967</v>
+        <v>107500</v>
       </c>
       <c r="G147" s="3">
         <v>100</v>
       </c>
       <c r="H147" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C148" s="3">
-        <v>6.55</v>
+        <v>4.22</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>13333</v>
+        <v>41300</v>
       </c>
       <c r="G148" s="3">
         <v>100</v>
       </c>
       <c r="H148" s="3">
-        <v>15000</v>
+        <v>20000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C149" s="3">
-        <v>1.77</v>
+        <v>4.67</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>204467</v>
+        <v>20200</v>
       </c>
       <c r="G149" s="3">
         <v>100</v>
       </c>
       <c r="H149" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C150" s="3">
-        <v>10.62</v>
+        <v>3.54</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>79800</v>
+        <v>135300</v>
       </c>
       <c r="G150" s="3">
         <v>100</v>
       </c>
       <c r="H150" s="3">
-        <v>10000</v>
+        <v>24000</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C151" s="3">
-        <v>2.59</v>
+        <v>4.12</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>87000</v>
+        <v>23900</v>
       </c>
       <c r="G151" s="3">
         <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C152" s="3">
-        <v>6.37</v>
+        <v>4.26</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>29500</v>
+        <v>78400</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>10000</v>
+        <v>9600</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C153" s="3">
-        <v>0.77</v>
+        <v>4.22</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>348733</v>
+        <v>13800</v>
       </c>
       <c r="G153" s="3">
         <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>60000</v>
+        <v>9600</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C154" s="3">
-        <v>125.75</v>
+        <v>109.73</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F154" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>10</v>
       </c>
       <c r="I154" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C155" s="3">
-        <v>233.18</v>
+        <v>105.31</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>133</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>10</v>
       </c>
       <c r="I155" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C156" s="3">
-        <v>123.59</v>
+        <v>109.44</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F156" s="3">
-        <v>107</v>
+        <v>3</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>10</v>
       </c>
       <c r="I156" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C157" s="3">
-        <v>7.66</v>
+        <v>123.94</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F157" s="3">
-        <v>4200</v>
+        <v>49</v>
       </c>
       <c r="G157" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C158" s="3">
-        <v>6.48</v>
+        <v>142.54</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F158" s="3">
-        <v>108100</v>
+        <v>127</v>
       </c>
       <c r="G158" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
+      <c r="A159" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>2.55</v>
+        <v>79.18</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>96300</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>20000</v>
+        <v>3000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>1.19</v>
+        <v>115.35</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F161" s="3">
-        <v>224000</v>
+        <v>275</v>
       </c>
       <c r="G161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>5.89</v>
+        <v>15.99</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>37300</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H162" s="3">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>0.65</v>
+        <v>0.48</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>215433</v>
+        <v>200100</v>
       </c>
       <c r="G163" s="3">
         <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>100000</v>
+        <v>192000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>0.52</v>
+        <v>122.59</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F164" s="3">
-        <v>193633</v>
+        <v>53</v>
       </c>
       <c r="G164" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>100000</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>4.51</v>
+        <v>7.18</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>47900</v>
+        <v>13900</v>
       </c>
       <c r="G165" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H165" s="3">
-        <v>30000</v>
+        <v>12000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>10.22</v>
+        <v>136.5</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>160600</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>16000</v>
+        <v>2000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>6.37</v>
+        <v>4.22</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>19800</v>
+        <v>208500</v>
       </c>
       <c r="G167" s="3">
         <v>100</v>
       </c>
       <c r="H167" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>2.51</v>
+        <v>52.01</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>77767</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H168" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="C169" s="3">
+        <v>4.54</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F169" s="3">
+        <v>69800</v>
+      </c>
+      <c r="G169" s="3">
+        <v>50</v>
+      </c>
+      <c r="H169" s="3">
+        <v>25000</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="C169" s="3">
-[...22 lines deleted...]
-      <c r="A170" s="2" t="s">
+      <c r="B170" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B170" s="2"/>
-[...6 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="C170" s="3">
+        <v>35.68</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F170" s="3">
+        <v>2960</v>
+      </c>
+      <c r="G170" s="3">
+        <v>20</v>
+      </c>
+      <c r="H170" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C171" s="3">
-        <v>111.52</v>
+        <v>340.43</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I171" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C172" s="3">
-        <v>35.68</v>
+        <v>484.35</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>11300</v>
+        <v>1390</v>
       </c>
       <c r="G172" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C173" s="3">
-        <v>7.18</v>
+        <v>2.97</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>17150</v>
+        <v>77500</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H173" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C174" s="3">
-        <v>15.99</v>
+        <v>3.51</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>0</v>
+        <v>89800</v>
       </c>
       <c r="G174" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H174" s="3">
-        <v>12000</v>
+        <v>60000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C175" s="3">
-        <v>340.43</v>
+        <v>111.52</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
         <v>10</v>
       </c>
-      <c r="H175" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C176" s="3">
-        <v>52.01</v>
+        <v>4.04</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>780</v>
+        <v>17500</v>
       </c>
       <c r="G176" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>5000</v>
+        <v>30000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C177" s="3">
-        <v>4.54</v>
+        <v>5.51</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>70200</v>
+        <v>2000</v>
       </c>
       <c r="G177" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>25000</v>
+        <v>48000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C178" s="3">
-        <v>2.97</v>
+        <v>212.13</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>93000</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H178" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C179" s="3">
-        <v>3.51</v>
+        <v>0.56</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>105600</v>
+        <v>219900</v>
       </c>
       <c r="G179" s="3">
         <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>60000</v>
+        <v>120000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C180" s="3">
-        <v>136.5</v>
+        <v>0.74</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>55800</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H180" s="3">
-        <v>2000</v>
+        <v>120000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C181" s="3">
-        <v>484.35</v>
+        <v>1.14</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>940</v>
+        <v>75800</v>
       </c>
       <c r="G181" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H181" s="3">
-        <v>500</v>
+        <v>72000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C182" s="3">
-        <v>122.59</v>
+        <v>2.49</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>71</v>
+        <v>110200</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H182" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I182" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C183" s="3">
-        <v>212.13</v>
+        <v>3.43</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>0</v>
+        <v>121600</v>
       </c>
       <c r="G183" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H183" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C184" s="3">
-        <v>3.85</v>
+        <v>2.72</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>20600</v>
+        <v>179700</v>
       </c>
       <c r="G184" s="3">
         <v>100</v>
       </c>
       <c r="H184" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="3" t="s">
+      <c r="A185" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B185" s="2"/>
+      <c r="C185" s="2"/>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2"/>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
+      <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>0.7</v>
+        <v>1.94</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>74100</v>
+        <v>297400</v>
       </c>
       <c r="G186" s="3">
         <v>100</v>
       </c>
       <c r="H186" s="3">
-        <v>120000</v>
+        <v>20000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>2.49</v>
+        <v>2.13</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>150000</v>
+        <v>104800</v>
       </c>
       <c r="G187" s="3">
         <v>100</v>
       </c>
       <c r="H187" s="3">
-        <v>40000</v>
+        <v>20000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>4.22</v>
+        <v>1.83</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>196800</v>
+        <v>243800</v>
       </c>
       <c r="G188" s="3">
         <v>100</v>
       </c>
       <c r="H188" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>3.43</v>
+        <v>3.19</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>104800</v>
+        <v>469900</v>
       </c>
       <c r="G189" s="3">
         <v>100</v>
       </c>
       <c r="H189" s="3">
         <v>20000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="3">
-        <v>115.35</v>
+        <v>136.04</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>10</v>
       </c>
       <c r="I190" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>79.18</v>
+        <v>108.39</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
         <v>10</v>
       </c>
-      <c r="H191" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>2.72</v>
+        <v>86.7</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F192" s="3">
-        <v>298100</v>
+        <v>110</v>
       </c>
       <c r="G192" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>0.52</v>
+        <v>2.77</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>245500</v>
+        <v>172300</v>
       </c>
       <c r="G193" s="3">
         <v>100</v>
       </c>
       <c r="H193" s="3">
-        <v>120000</v>
+        <v>20000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>0.48</v>
+        <v>5.1</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>217900</v>
+        <v>456200</v>
       </c>
       <c r="G194" s="3">
         <v>100</v>
       </c>
       <c r="H194" s="3">
-        <v>192000</v>
+        <v>40000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B195" s="3" t="s">
+      <c r="C195" s="3">
+        <v>7.63</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F195" s="3">
+        <v>178700</v>
+      </c>
+      <c r="G195" s="3">
+        <v>100</v>
+      </c>
+      <c r="H195" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I195" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C195" s="3">
-[...22 lines deleted...]
-      <c r="A196" s="2" t="s">
+      <c r="B196" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B196" s="2"/>
-[...6 lines deleted...]
-      <c r="I196" s="2"/>
+      <c r="C196" s="3">
+        <v>4.8</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F196" s="3">
+        <v>117500</v>
+      </c>
+      <c r="G196" s="3">
+        <v>100</v>
+      </c>
+      <c r="H196" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C197" s="3">
-        <v>162.74</v>
+        <v>3.71</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>128</v>
+        <v>5000</v>
       </c>
       <c r="G197" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H197" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I197" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C198" s="3">
-        <v>262.04</v>
+        <v>99.7</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F198" s="3">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>10</v>
       </c>
       <c r="I198" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C199" s="3">
-        <v>7.99</v>
+        <v>111.12</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F199" s="3">
-        <v>55400</v>
+        <v>29</v>
       </c>
       <c r="G199" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C200" s="3">
-        <v>6.48</v>
+        <v>108.18</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F200" s="3">
-        <v>44200</v>
+        <v>433</v>
       </c>
       <c r="G200" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C201" s="3">
-        <v>23.46</v>
+        <v>2.32</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>10100</v>
+        <v>45700</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="3" t="s">
+      <c r="A202" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B202" s="2"/>
+      <c r="C202" s="2"/>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+      <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>10.38</v>
+        <v>65.97</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F203" s="3">
-        <v>21100</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I203" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>65.97</v>
+        <v>24.63</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>145</v>
+        <v>7900</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H204" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I204" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="3">
-        <v>22.81</v>
+        <v>16.98</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>32800</v>
+        <v>98600</v>
       </c>
       <c r="G205" s="3">
         <v>100</v>
       </c>
       <c r="H205" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="3">
-        <v>10.56</v>
+        <v>4.54</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>29300</v>
+        <v>252600</v>
       </c>
       <c r="G206" s="3">
         <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>7200</v>
+        <v>20000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>5</v>
+        <v>6.8</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>186167</v>
+        <v>40500</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>4.32</v>
+        <v>7.99</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>176033</v>
+        <v>50900</v>
       </c>
       <c r="G208" s="3">
         <v>100</v>
       </c>
       <c r="H208" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>9.25</v>
+        <v>23.95</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>42500</v>
+        <v>23900</v>
       </c>
       <c r="G209" s="3">
         <v>100</v>
       </c>
       <c r="H209" s="3">
         <v>10000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="2" t="s">
+      <c r="A210" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B210" s="2"/>
-[...6 lines deleted...]
-      <c r="I210" s="2"/>
+      <c r="C210" s="3">
+        <v>9.86</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F210" s="3">
+        <v>20500</v>
+      </c>
+      <c r="G210" s="3">
+        <v>100</v>
+      </c>
+      <c r="H210" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I210" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C211" s="3">
-        <v>27.31</v>
+        <v>262.04</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F211" s="3">
-        <v>9940</v>
+        <v>146</v>
       </c>
       <c r="G211" s="3">
+        <v>1</v>
+      </c>
+      <c r="H211" s="3">
         <v>10</v>
       </c>
-      <c r="H211" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C212" s="3">
-        <v>27.39</v>
+        <v>162.74</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F212" s="3">
-        <v>66090</v>
+        <v>140</v>
       </c>
       <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
         <v>10</v>
       </c>
-      <c r="H212" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C213" s="3">
-        <v>18.11</v>
+        <v>14.55</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>38070</v>
+        <v>159600</v>
       </c>
       <c r="G213" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H213" s="3">
-        <v>10000</v>
+        <v>12500</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C214" s="3">
-        <v>22.41</v>
+        <v>10.56</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>171550</v>
+        <v>23700</v>
       </c>
       <c r="G214" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H214" s="3">
+        <v>7200</v>
+      </c>
+      <c r="I214" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="C215" s="3">
+        <v>5</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F215" s="3">
+        <v>160900</v>
+      </c>
+      <c r="G215" s="3">
+        <v>100</v>
+      </c>
+      <c r="H215" s="3">
+        <v>16000</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C216" s="3">
+        <v>9.25</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" s="3">
+        <v>36600</v>
+      </c>
+      <c r="G216" s="3">
+        <v>100</v>
+      </c>
+      <c r="H216" s="3">
         <v>10000</v>
       </c>
-      <c r="I214" s="3">
+      <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A63:I63"/>
-[...3 lines deleted...]
-    <mergeCell ref="A210:I210"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A202:I202"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
-    <hyperlink ref="D8" r:id="rId5"/>
-[...53 lines deleted...]
-    <hyperlink ref="D62" r:id="rId59"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
     <hyperlink ref="D75" r:id="rId71"/>
     <hyperlink ref="D76" r:id="rId72"/>
     <hyperlink ref="D77" r:id="rId73"/>
     <hyperlink ref="D78" r:id="rId74"/>
     <hyperlink ref="D79" r:id="rId75"/>
-    <hyperlink ref="D81" r:id="rId76"/>
-[...17 lines deleted...]
-    <hyperlink ref="D99" r:id="rId94"/>
+    <hyperlink ref="D80" r:id="rId76"/>
+    <hyperlink ref="D81" r:id="rId77"/>
+    <hyperlink ref="D82" r:id="rId78"/>
+    <hyperlink ref="D83" r:id="rId79"/>
+    <hyperlink ref="D84" r:id="rId80"/>
+    <hyperlink ref="D85" r:id="rId81"/>
+    <hyperlink ref="D86" r:id="rId82"/>
+    <hyperlink ref="D87" r:id="rId83"/>
+    <hyperlink ref="D88" r:id="rId84"/>
+    <hyperlink ref="D89" r:id="rId85"/>
+    <hyperlink ref="D90" r:id="rId86"/>
+    <hyperlink ref="D91" r:id="rId87"/>
+    <hyperlink ref="D92" r:id="rId88"/>
+    <hyperlink ref="D93" r:id="rId89"/>
+    <hyperlink ref="D94" r:id="rId90"/>
+    <hyperlink ref="D95" r:id="rId91"/>
+    <hyperlink ref="D96" r:id="rId92"/>
+    <hyperlink ref="D97" r:id="rId93"/>
+    <hyperlink ref="D98" r:id="rId94"/>
     <hyperlink ref="D100" r:id="rId95"/>
     <hyperlink ref="D101" r:id="rId96"/>
     <hyperlink ref="D102" r:id="rId97"/>
     <hyperlink ref="D103" r:id="rId98"/>
     <hyperlink ref="D104" r:id="rId99"/>
     <hyperlink ref="D105" r:id="rId100"/>
     <hyperlink ref="D106" r:id="rId101"/>
     <hyperlink ref="D107" r:id="rId102"/>
     <hyperlink ref="D108" r:id="rId103"/>
     <hyperlink ref="D109" r:id="rId104"/>
     <hyperlink ref="D110" r:id="rId105"/>
     <hyperlink ref="D111" r:id="rId106"/>
     <hyperlink ref="D112" r:id="rId107"/>
     <hyperlink ref="D113" r:id="rId108"/>
     <hyperlink ref="D114" r:id="rId109"/>
     <hyperlink ref="D115" r:id="rId110"/>
     <hyperlink ref="D116" r:id="rId111"/>
     <hyperlink ref="D117" r:id="rId112"/>
     <hyperlink ref="D118" r:id="rId113"/>
     <hyperlink ref="D119" r:id="rId114"/>
     <hyperlink ref="D120" r:id="rId115"/>
     <hyperlink ref="D121" r:id="rId116"/>
     <hyperlink ref="D122" r:id="rId117"/>
     <hyperlink ref="D123" r:id="rId118"/>
     <hyperlink ref="D124" r:id="rId119"/>
@@ -8010,103 +8080,105 @@
     <hyperlink ref="D134" r:id="rId129"/>
     <hyperlink ref="D135" r:id="rId130"/>
     <hyperlink ref="D136" r:id="rId131"/>
     <hyperlink ref="D137" r:id="rId132"/>
     <hyperlink ref="D138" r:id="rId133"/>
     <hyperlink ref="D139" r:id="rId134"/>
     <hyperlink ref="D140" r:id="rId135"/>
     <hyperlink ref="D141" r:id="rId136"/>
     <hyperlink ref="D142" r:id="rId137"/>
     <hyperlink ref="D143" r:id="rId138"/>
     <hyperlink ref="D144" r:id="rId139"/>
     <hyperlink ref="D145" r:id="rId140"/>
     <hyperlink ref="D146" r:id="rId141"/>
     <hyperlink ref="D147" r:id="rId142"/>
     <hyperlink ref="D148" r:id="rId143"/>
     <hyperlink ref="D149" r:id="rId144"/>
     <hyperlink ref="D150" r:id="rId145"/>
     <hyperlink ref="D151" r:id="rId146"/>
     <hyperlink ref="D152" r:id="rId147"/>
     <hyperlink ref="D153" r:id="rId148"/>
     <hyperlink ref="D154" r:id="rId149"/>
     <hyperlink ref="D155" r:id="rId150"/>
     <hyperlink ref="D156" r:id="rId151"/>
     <hyperlink ref="D157" r:id="rId152"/>
     <hyperlink ref="D158" r:id="rId153"/>
-    <hyperlink ref="D159" r:id="rId154"/>
-[...9 lines deleted...]
-    <hyperlink ref="D169" r:id="rId164"/>
+    <hyperlink ref="D160" r:id="rId154"/>
+    <hyperlink ref="D161" r:id="rId155"/>
+    <hyperlink ref="D162" r:id="rId156"/>
+    <hyperlink ref="D163" r:id="rId157"/>
+    <hyperlink ref="D164" r:id="rId158"/>
+    <hyperlink ref="D165" r:id="rId159"/>
+    <hyperlink ref="D166" r:id="rId160"/>
+    <hyperlink ref="D167" r:id="rId161"/>
+    <hyperlink ref="D168" r:id="rId162"/>
+    <hyperlink ref="D169" r:id="rId163"/>
+    <hyperlink ref="D170" r:id="rId164"/>
     <hyperlink ref="D171" r:id="rId165"/>
     <hyperlink ref="D172" r:id="rId166"/>
     <hyperlink ref="D173" r:id="rId167"/>
     <hyperlink ref="D174" r:id="rId168"/>
     <hyperlink ref="D175" r:id="rId169"/>
     <hyperlink ref="D176" r:id="rId170"/>
     <hyperlink ref="D177" r:id="rId171"/>
     <hyperlink ref="D178" r:id="rId172"/>
     <hyperlink ref="D179" r:id="rId173"/>
     <hyperlink ref="D180" r:id="rId174"/>
     <hyperlink ref="D181" r:id="rId175"/>
     <hyperlink ref="D182" r:id="rId176"/>
     <hyperlink ref="D183" r:id="rId177"/>
     <hyperlink ref="D184" r:id="rId178"/>
-    <hyperlink ref="D185" r:id="rId179"/>
-[...9 lines deleted...]
-    <hyperlink ref="D195" r:id="rId189"/>
+    <hyperlink ref="D186" r:id="rId179"/>
+    <hyperlink ref="D187" r:id="rId180"/>
+    <hyperlink ref="D188" r:id="rId181"/>
+    <hyperlink ref="D189" r:id="rId182"/>
+    <hyperlink ref="D190" r:id="rId183"/>
+    <hyperlink ref="D191" r:id="rId184"/>
+    <hyperlink ref="D192" r:id="rId185"/>
+    <hyperlink ref="D193" r:id="rId186"/>
+    <hyperlink ref="D194" r:id="rId187"/>
+    <hyperlink ref="D195" r:id="rId188"/>
+    <hyperlink ref="D196" r:id="rId189"/>
     <hyperlink ref="D197" r:id="rId190"/>
     <hyperlink ref="D198" r:id="rId191"/>
     <hyperlink ref="D199" r:id="rId192"/>
     <hyperlink ref="D200" r:id="rId193"/>
     <hyperlink ref="D201" r:id="rId194"/>
-    <hyperlink ref="D202" r:id="rId195"/>
-[...6 lines deleted...]
-    <hyperlink ref="D209" r:id="rId202"/>
+    <hyperlink ref="D203" r:id="rId195"/>
+    <hyperlink ref="D204" r:id="rId196"/>
+    <hyperlink ref="D205" r:id="rId197"/>
+    <hyperlink ref="D206" r:id="rId198"/>
+    <hyperlink ref="D207" r:id="rId199"/>
+    <hyperlink ref="D208" r:id="rId200"/>
+    <hyperlink ref="D209" r:id="rId201"/>
+    <hyperlink ref="D210" r:id="rId202"/>
     <hyperlink ref="D211" r:id="rId203"/>
     <hyperlink ref="D212" r:id="rId204"/>
     <hyperlink ref="D213" r:id="rId205"/>
     <hyperlink ref="D214" r:id="rId206"/>
+    <hyperlink ref="D215" r:id="rId207"/>
+    <hyperlink ref="D216" r:id="rId208"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>