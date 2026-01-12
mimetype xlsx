--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,1326 +42,1326 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники и гильзы кабельные слаботочные</t>
   </si>
   <si>
-    <t>1.1 Термоусаживаемые гильзы под пайку</t>
+    <t>1.1 Разъемы изолированные</t>
+  </si>
+  <si>
+    <t>08-0211</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0311-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0351-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0351</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0651</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0561</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт.  REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0395-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0951</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0414</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0271</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная  REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Разъемы неизолированные</t>
+  </si>
+  <si>
+    <t>08-0920</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0921</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0912</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0913</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) REXANT</t>
+  </si>
+  <si>
+    <t>06-0397-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0919</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0900</t>
+  </si>
+  <si>
+    <t>Изолятор для плоской клеммы  (L - 26 мм) REXANT</t>
+  </si>
+  <si>
+    <t>06-0396-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм, 0.75-1.5 мм², (РП-п 1.5-(6.3) L = 25,5 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0909</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 2.8 мм 0.75-1.5 мм² (РП-п 1.5-(2.8)) REXANT</t>
+  </si>
+  <si>
+    <t>06-0398-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0400-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0401-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0399-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0910</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 4.8 мм 0.75-1.5 мм² (РП-п 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0955</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 1.5 мм 0.5-1 мм² (РП-п 1.0-(1.5)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0911</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 25,5 мм) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Наконечники изолированные</t>
+  </si>
+  <si>
+    <t>08-1828</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0133-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-0822</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2801</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>06-0403-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8 / Е 0,5-8 / E0508) белый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2810</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0407-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0422-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0831</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0114-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0404-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0132-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0011-10</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Наконечники неизолированные</t>
+  </si>
+  <si>
+    <t>08-0805</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0074</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0171</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0076</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-1730</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
+  </si>
+  <si>
+    <t>08-1740</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0423-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
+    <t>08-1705</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1708</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1718</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1725</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
+  </si>
+  <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-1750</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Гильзы изолированные</t>
+  </si>
+  <si>
+    <t>08-0718</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0724</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 1.5-2.5 мм² (ГСИ-т 2.5/ГСИ-т 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0721</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0711</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0731</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>06-0431-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0428-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0430-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0717</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 0.5-1.5 мм² (ГСИ(н) 1.5/ГСИ-н 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0723</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 1.5-2.5 мм² (ГСИ(н) 2.5/ГСИ-н 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0732</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 4-6 мм² (ГСИ(н) 6.0/ГСИ-н 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0733</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0725</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 2.5-4 мм² (ГСИ 4.0/ГСИ 2,5-4,0) черная REXANT</t>
+  </si>
+  <si>
+    <t>08-0735</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-32 мм 6-10 мм² (ГСИ 10/ГСИ 6,0-10,0) красная REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Термоусаживаемые гильзы под пайку</t>
+  </si>
+  <si>
+    <t>08-0751</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 0.34 термоусаживаемая под пайку L-26 мм 0.25-0.34 мм² белая REXANT</t>
   </si>
   <si>
     <t>08-0753</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 2.5 термоусаживаемая под пайку L-40 мм 1.5-2.5 мм² синяя REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>08-0754</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 6.0 термоусаживаемая под пайку L-40 мм 4.0-6.0 мм² желтая REXANT</t>
   </si>
   <si>
     <t>08-0752</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
-  </si>
-[...1255 lines deleted...]
-    <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1746,51 +1746,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousajivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sup2-sinyaya-rexant-15775" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousajivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-sup2-krasnaya-rexant-15774" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousajivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-sup2-jeltaya-rexant-15772" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousajivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-sup2-belaya-rexant-15773" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5mm-sup2-nki-1-5-10-krasniy-v-upak-10-sht-rexant-18179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-v-upak-10-sht-rexant-18174" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-e-1-0-8-e1008-krasniy-v-upak-10-sht-rexant-18010" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-ngi2-10-14-krasniy-rexant-3844" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-10-mm-sup2-nshvi-10-18-slonovaya-kost-rexant-3838" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-25-mm-sup2-nshvi-25-16-cherniy-rexant-1638" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-4-6-mm-sup2-nvi-6-0-6-nvi-5-5-6-jeltiy-rexant-1313" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-jeltiy-rexant-1629" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-0-5-1-5-mm-sup2-nvi-1-5-5-nvi-1-25-5-krasniy-rexant-1305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12mm-2h4mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-21027" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-20-mm-50-mm-sup2-nshvi-50-20-olivkoviy-rexant-6639" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-v-upak-10-sht-rexant-18006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-rexant-1308" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-rexant-1309" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2-5-mm-sup2-nshvi-2-5-12-siniy-rexant-1632" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-0-5-1-5-mm-sup2-nvi-1-5-4-nvi-1-25-4-krasniy-rexant-1304" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-4-6-mm-sup2-nvi-6-0-5-nvi-5-5-5-jeltiy-rexant-1312" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant-28828" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-10-mm-2h2-5-mm-sup2-nshvi-2-2-5-10-ngi2-2-5-10-seriy-rexant-3846" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-gi2-10-14-krasniy-rexant-21029" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-1-5-2-5-mm-sup2-nki-2-5-10-siniy-rexant-1297" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-rexant-1635" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-cherniy-rexant-1630" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6-mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-rexant-1300" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2h4-mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-3847" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-rexant-1636" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-t-1-5-4-nki-t1-25-4-krasniy-rexant-7967" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-10sht-up-rexant-28833" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-siniy-rexant-1628" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-rexant-1303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-e-1-5-8-e1508-cherniy-v-upak-10-sht-rexant-18011" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5mm-sup2-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant-18177" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-4-6-mm-sup2-nki-6-0-5-nki5-5-5-jeltiy-rexant-1299" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-0-75-mm-sup2-nshvi-0-75-18-siniy-rexant-3836" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-6-mm-sup2-nshvi-6-0-18-zeleniy-rexant-3840" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-7-mm-0-5-1-5-mm-sup2-nki-1-5-3-5-krasniy-rexant-1285" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-0-5-1-5-mm-sup2-nki-1-5-5-nki-1-25-5-krasniy-rexant-1287" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5mm-sup2-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant-18185" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5mm-sup2-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant-18178" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-16-mm-sup2-nshvi-16-18-slonovaya-kost-rexant-3839" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-rexant-1284" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5-mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-rexant-1289" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5-mm-sup2-nki-2-5-8-nki2-8-siniy-rexant-1296" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-v-upak-10-sht-rexant-18009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5-mm-sup2-nki-2-5-4-nki2-4-siniy-rexant-1292" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant-28830" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-10sht-up-rexant-28831" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-5-mm-sup2-nshvi-2-0-5-8-ngi2-0-5-8-beliy-rexant-3841" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-75-mm-sup2-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rexant-3842" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-4-mm-sup2-nshvi-4-0-18-seriy-rexant-1634" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5-mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-rexant-1288" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-1-5-2-5-mm-sup2-nki-2-5-3-nki2-3-siniy-rexant-1291" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-2-5-6-nki2-6-siniy-rexant-1295" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-4-6-mm-sup2-nki-6-0-4-nki5-5-4-jeltiy-rexant-1298" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-4-6-mm-sup2-nki-6-0-8-nki5-5-8-jeltiy-rexant-1301" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-e-4-0-9-e4009-seriy-v-upak-10-sht-rexant-18019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-mm-sup2-nshvi-2-1-0-8-ngi2-1-0-8-krasniy-rexant-7953" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-10sht-up-rexant-28827" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant-28829" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-3848" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-t-2-5-6-nki-t2-6-siniy-rexant-7968" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-4-6-mm-sup2-nki-t-6-0-6-nki-t5-5-6-jeltiy-rexant-7969" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-8-4-mm-4-6-mm-sup2-nki-t-6-0-8-nki-t5-5-8-jeltiy-rexant-7970" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-e-0-5-8-e0508-beliy-v-upak-10-sht-rexant-18005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant-18007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant-18012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-v-upak-10-sht-rexant-18008" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-v-upak-10-sht-rexant-18181" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-v-upak-10-sht-rexant-18176" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5mm-1-5-2-5mm-sup2-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant-18180" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-v-upak-10-sht-rexant-18182" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-1-21028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-5-mm-sup2-nshvi-2-1-5-8-ngi2-1-5-8-cherniy-rexant-3843" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h16-mm-sup2-nshvi-2-16-14-ngi2-16-14-slonovaya-kost-rexant-3845" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-1-5-mm-sup2-nshvi-1-5-18-cherniy-rexant-3837" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-siniy-rexant-1631" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-2-5-mm-sup2-nshvi-2-5-18-siniy-rexant-3213" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-16-mm-sup2-nshvi-16-12-slonovaya-kost-rexant-1637" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-beliy-rexant-1627" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-35-mm-sup2-nshvi-35-16-krasniy-rexant-1639" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-seriy-rexant-1633" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-rexant-1286" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5-mm-sup2-nki-1-5-10-krasniy-rexant-1290" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5-mm-sup2-nki-2-5-5-nki2-5-siniy-rexant-1294" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-4-6-mm-sup2-nki-6-0-10-nki5-5-10-jeltiy-rexant-1302" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-rexant-1306" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-1-5-2-5-mm-sup2-nvi-2-5-3-siniy-rexant-1307" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-rexant-1310" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-rexant-1311" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-8-4-mm-4-6-mm-sup2-nvi-6-0-8-jeltiy-rexant-1314" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-10sht-up-rexant-28835" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-10sht-up-rexant-28832" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1323" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshi-p-2-5-4-rship-2-5-4-siniy-rexant-1341" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1329" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-sup2-jeltiy-rexant-9237" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-6635" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-8725" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-rexant-1318" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-6641" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-8721" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-sup2-siniy-rexant-8724" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-siniy-v-upak-10-sht-rexant-18119" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18114" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18132" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-sup2-rexant-6640" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-6634" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-sup2-krasniy-rexant-8722" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-8723" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1325" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-rexant-1331" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1333" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshi-m-1-5-4-rshim-1-25-5-4-krasniy-rexant-1345" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshpi-p-1-5-4-rshipp-1-25-4-krasniy-rexant-1343" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rexant-1349" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasniy-v-upak-10-sht-rexant-18131" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18120" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-v-upak-10-sht-rexant-18115" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18124" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-5-mm-4-6-mm-sup2-rshi-m-6-0-5-rshim-5-5-6-4-jeltiy-rexant-6642" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18127" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1319" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1320" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-rexant-1321" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1330" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1335" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1336" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshpi-p-2-5-4-rshipp-2-5-4-siniy-rexant-1344" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-sup2-rexant-6760" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-sup2-rp-p-1-5-6-3-kolodka-rexant-13479" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-sup2-rp-m-1-5-6-3-kolodka-rexant-13485" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-sup2-rexant-6643" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-sup2-rexant-6644" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1322" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1324" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1326" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1328" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1332" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1334" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshi-p-1-5-4-rship-1-25-4-krasniy-rexant-1340" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-5-mm-4-6-mm-sup2-rshi-p-6-0-5-rship5-5-4-jeltiy-rexant-1342" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant-1346" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshpi-m-1-5-4-rshimp-1-25-5-4-krasniy-rexant-1348" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18134" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-sup2-v-upak-10-sht-rexant-18135" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18121" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18128" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18116" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-25-15-rexant-20399" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2mm-1-0-1-5mm-sup2-nk-8-1-0-1-5-v-upak-10-sht-18184" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-6-0-12-rexant-20405" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-6-mm-0-75-mm-sup2-nshv-0-75-6-ng-0-75-6-rexant-3849" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8mm-sup2-nk-5-0-5-0-8-v-upakovke-10-sht-18175" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-2-5-12-rexant-20406" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-35-20-rexant-20401" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2-mm-1-0-1-5-mm-sup2-nk-8-1-0-1-5-3209" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-16-13-rexant-20404" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-1-5-12-rexant-20400" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-10-12-rexant-20402" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-70-25-rexant-20407" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-95-25-rexant-20408" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-4-3-mm-0-5-0-8-mm-sup2-nk-4-0-5-0-8-7957" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-4-5-mm-1-1-5-mm-sup2-nv-1-5-4-7954" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8mm-sup2-nk-6-0-5-0-8-v-upak-10-sht-18183" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-5-5-mm-1-1-5-mm-sup2-nv-1-5-5-7955" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-6-5-mm-1-1-5-mm-sup2-nv-1-5-6-7956" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-50-20-rexant-20403" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-1-5-mm-sup2-nshv-1-5-8-ng-1-5-7-rexant-3850" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-2-5-mm-sup2-nshv-2-5-8-ng-2-5-7-rexant-3851" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-9-mm-4-mm-sup2-nshv-4-0-9-ng-4-0-9-rexant-3852" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-3-5-mm-0-5-0-8-mm-sup2-nk-3-0-5-0-8-3206" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8-mm-sup2-nk-5-0-5-0-8-3207" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8-mm-sup2-nk-6-0-5-0-8-3208" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-rexant-8719" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-4-8-rexant-8717" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-rexant-8718" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-rexant-8627" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant-18136" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-v-upak-10-sht-rexant-18133" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-v-upak-10-sht-rexant-18123" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-2-8-rexant-6633" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-rexant-3215" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-rexant-3214" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-rexant-6638" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-sup2-rp-p-1-0-1-5-rexant-16875" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant-18122" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-v-upak-10-sht-rexant-18129" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-v-upak-10-sht-rexant-18130" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmi-l-26-mm-rexant-8720" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rexant-18153" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-sup2-gsi-10-gsi-6-0-10-0-krasnaya-rexant-7944" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-1-5-2-5-mm-sup2-gsi-t-2-5-gsi-t-1-5-2-5-sinyaya-rexant-7941" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant-1315" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-sup2-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rexant-6630" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-sup2-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexant-6631" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-52-mm-4-6-mm-sup2-gsi-t-6-0-gsi-t-6-0-4-0-jeltaya-rexant-7942" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-sup2-gsi-n-6-0-gsi-n-4-0-6-0-jeltaya-rexant-6632" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-v-upak-10-sht-rexant-18152" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rexant-18155" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-rexant-7940" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-sup2-gsi-4-0-gsi-2-5-4-0-chernaya-rexant-7943" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant-1316" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-sup2-gsi-6-0-gsi-4-0-6-0-jeltaya-rexant-1317" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras-2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5-gsi-t-1-5-2-5-si" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rex" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rex" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsi-n-6-0-gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zhelta" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0-gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10-gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-re" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rex" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rex" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I216"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1827,6244 +1827,6244 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>27.39</v>
+        <v>4.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>50840</v>
+        <v>136290</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>10000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>22.41</v>
+        <v>110.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>145970</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="3">
+        <v>158.63</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>14880</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H6" s="3">
-        <v>2400</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>18.11</v>
+        <v>7.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>33990</v>
+        <v>14100</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>10000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="3">
+        <v>4.2</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>35500</v>
+      </c>
+      <c r="G8" s="3">
+        <v>100</v>
+      </c>
+      <c r="H8" s="3">
+        <v>12000</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>233.18</v>
+        <v>6.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>185</v>
+        <v>84600</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>102.5</v>
+        <v>3.19</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>14700</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>63.66</v>
+        <v>6.74</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>20800</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>5.89</v>
+        <v>6.47</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>27800</v>
+        <v>31000</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>6.48</v>
+        <v>124.38</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>91900</v>
+        <v>305</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="3">
+        <v>85.78</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>23200</v>
+        <v>139</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>7.01</v>
+        <v>122.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2200</v>
+        <v>299</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>0.65</v>
+        <v>11.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>87700</v>
+        <v>11400</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>60000</v>
+        <v>15000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>2.99</v>
+        <v>4.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>45400</v>
+        <v>10500</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>152.89</v>
+        <v>107.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>14.38</v>
+        <v>91.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>1800</v>
+        <v>502</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>109.45</v>
+        <v>100.85</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>191</v>
+        <v>80</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>3.27</v>
+        <v>111.3</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>67400</v>
+        <v>137</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>3.16</v>
+        <v>94.01</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F22" s="3">
-        <v>31800</v>
+        <v>502</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1.25</v>
+        <v>111.6</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F23" s="3">
-        <v>261800</v>
+        <v>190</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>2.77</v>
+        <v>144.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F24" s="3">
-        <v>70500</v>
+        <v>170</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>6.82</v>
+        <v>155.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F25" s="3">
-        <v>16900</v>
+        <v>232</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>90.42</v>
+        <v>12</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>14200</v>
       </c>
       <c r="G26" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>4800</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>2.59</v>
+        <v>14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>64900</v>
+        <v>14500</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>30000</v>
+        <v>6000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>238.23</v>
+        <v>15.35</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>16900</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>10.22</v>
+        <v>12.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>131300</v>
+        <v>14900</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>2.37</v>
+        <v>16.66</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>277100</v>
+        <v>16800</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>20000</v>
+        <v>4800</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>0.81</v>
+        <v>126.05</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F31" s="3">
-        <v>130600</v>
+        <v>137</v>
       </c>
       <c r="G31" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>6.89</v>
+        <v>87.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F32" s="3">
-        <v>180900</v>
+        <v>121</v>
       </c>
       <c r="G32" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>3.45</v>
+        <v>9.11</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>92600</v>
+        <v>14450</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>20000</v>
+        <v>2000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>2.89</v>
+        <v>5.45</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>79900</v>
+        <v>7600</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>5.64</v>
+        <v>9.83</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>400</v>
+        <v>11150</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>12000</v>
+        <v>2000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>102.25</v>
+        <v>2.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>356700</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>80</v>
+        <v>30000</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>0.68</v>
+        <v>4.42</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>223400</v>
+        <v>7400</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>100000</v>
+        <v>9600</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>2.46</v>
+        <v>5.51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>90400</v>
+        <v>10200</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>67.15</v>
+        <v>6.41</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>364</v>
+        <v>38900</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>9600</v>
       </c>
       <c r="I39" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>125.75</v>
+        <v>5.38</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>159</v>
+        <v>19600</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>7200</v>
       </c>
       <c r="I40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>6.72</v>
+        <v>7.55</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>53200</v>
+        <v>800</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>2.75</v>
+        <v>2.56</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>173700</v>
+        <v>128000</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
         <v>20000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>3.37</v>
+        <v>2.99</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>64800</v>
+        <v>239300</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>25000</v>
+        <v>20000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>4.51</v>
+        <v>3.28</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>43800</v>
+        <v>141000</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>2.73</v>
+        <v>2.82</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>87100</v>
+        <v>172600</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>147.06</v>
+        <v>3.3</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>211</v>
+        <v>297001</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>138.81</v>
+        <v>4.05</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>6</v>
+        <v>111600</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>16000</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>12.75</v>
+        <v>3.04</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>54100</v>
+        <v>30600</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>10000</v>
+        <v>24000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>1.6</v>
+        <v>2.43</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>97200</v>
+        <v>37000</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>30000</v>
+        <v>24000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>6.94</v>
+        <v>2.59</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>123300</v>
+        <v>110700</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
         <v>20000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>5.51</v>
+        <v>3.32</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>115900</v>
+        <v>106000</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>111.52</v>
+        <v>2.83</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>248</v>
+        <v>88500</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I52" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>3.13</v>
+        <v>2.85</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>62100</v>
+        <v>145500</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>117.33</v>
+        <v>4.72</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>26200</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>140.31</v>
+        <v>4.34</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>570</v>
+        <v>223400</v>
       </c>
       <c r="G55" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>1.31</v>
+        <v>4.99</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>25900</v>
+        <v>36300</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>1.38</v>
+        <v>4.65</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>76100</v>
+        <v>219700</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>2.63</v>
+        <v>3.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>53700</v>
+        <v>129200</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C59" s="3">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>59800</v>
+        <v>20800</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>20000</v>
+        <v>18000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C60" s="3">
-        <v>4.2</v>
+        <v>3.98</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>48100</v>
+        <v>23300</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C61" s="3">
-        <v>4.2</v>
+        <v>4.72</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>69400</v>
+        <v>74800</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C62" s="3">
-        <v>5.59</v>
+        <v>4.08</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>9000</v>
+        <v>12700</v>
       </c>
       <c r="G62" s="3">
         <v>100</v>
       </c>
       <c r="H62" s="3">
-        <v>16000</v>
+        <v>9600</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A63" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B63" s="3" t="s">
+      <c r="A63" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="C63" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>80.05</v>
+        <v>2.07</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>148</v>
+        <v>316300</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I64" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>1.58</v>
+        <v>3.41</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>34700</v>
+        <v>304500</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
         <v>20000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>105.72</v>
+        <v>5.19</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>461800</v>
       </c>
       <c r="G66" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>80</v>
+        <v>40000</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>114.65</v>
+        <v>4.88</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>143400</v>
       </c>
       <c r="G67" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>4.23</v>
+        <v>110.23</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F68" s="3">
-        <v>80200</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>11.09</v>
+        <v>1.86</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>4100</v>
+        <v>222100</v>
       </c>
       <c r="G69" s="3">
         <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>4000</v>
+        <v>60000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>17.58</v>
+        <v>2.36</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>8200</v>
+        <v>36500</v>
       </c>
       <c r="G70" s="3">
         <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>12.57</v>
+        <v>138.35</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F71" s="3">
-        <v>23600</v>
+        <v>22</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>55.74</v>
+        <v>2.82</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>163900</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H72" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>62.78</v>
+        <v>101.39</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F73" s="3">
-        <v>289</v>
+        <v>46</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>68.32</v>
+        <v>88.17</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F74" s="3">
-        <v>456</v>
+        <v>101</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>10</v>
       </c>
       <c r="I74" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>99.73</v>
+        <v>110.02</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F75" s="3">
-        <v>347</v>
+        <v>477</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>10</v>
       </c>
       <c r="I75" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>123.59</v>
+        <v>113.01</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F76" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>10</v>
       </c>
       <c r="I76" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>154.02</v>
+        <v>2.27</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>173</v>
+        <v>100100</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>138.75</v>
+        <v>3.77</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>136</v>
+        <v>4600</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>238.23</v>
+        <v>7.76</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>319</v>
+        <v>166400</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I79" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
+      <c r="A80" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>1.79</v>
+        <v>12.97</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>103900</v>
+        <v>52900</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>40000</v>
+        <v>10000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>8.31</v>
+        <v>116.6</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F82" s="3">
-        <v>19600</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H82" s="3">
-        <v>2400</v>
+        <v>80</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>1.69</v>
+        <v>0.56</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>42900</v>
+        <v>63301</v>
       </c>
       <c r="G83" s="3">
         <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>50000</v>
+        <v>100000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>0.75</v>
+        <v>2.81</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>260200</v>
+        <v>46600</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>1.89</v>
+        <v>1.33</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>112700</v>
+        <v>66000</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>24000</v>
+        <v>50000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>3.69</v>
+        <v>56.69</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F86" s="3">
-        <v>44300</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>0.55</v>
+        <v>111.31</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F87" s="3">
-        <v>98800</v>
+        <v>195</v>
       </c>
       <c r="G87" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100000</v>
+        <v>10</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>7.66</v>
+        <v>156.64</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F88" s="3">
-        <v>5700</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>1.09</v>
+        <v>127.89</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F89" s="3">
-        <v>188800</v>
+        <v>46</v>
       </c>
       <c r="G89" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>1.86</v>
+        <v>4.48</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>136500</v>
+        <v>95400</v>
       </c>
       <c r="G90" s="3">
         <v>100</v>
       </c>
       <c r="H90" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>4.6</v>
+        <v>5.74</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>93100</v>
+        <v>300</v>
       </c>
       <c r="G91" s="3">
         <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>2.69</v>
+        <v>3.51</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>87400</v>
+        <v>81300</v>
       </c>
       <c r="G92" s="3">
         <v>100</v>
       </c>
       <c r="H92" s="3">
         <v>20000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>11.15</v>
+        <v>3.43</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>72400</v>
+        <v>55900</v>
       </c>
       <c r="G93" s="3">
         <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>10000</v>
+        <v>25000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>5.92</v>
+        <v>6.59</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>64200</v>
+        <v>68600</v>
       </c>
       <c r="G94" s="3">
         <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>5.57</v>
+        <v>7.67</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>102200</v>
+        <v>5900</v>
       </c>
       <c r="G95" s="3">
         <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>3.7</v>
+        <v>0.69</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>25600</v>
+        <v>145300</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>6.69</v>
+        <v>0.66</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>24600</v>
+        <v>73100</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>10000</v>
+        <v>60000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="C98" s="3">
+        <v>0.82</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" s="3">
+        <v>289201</v>
+      </c>
+      <c r="G98" s="3">
+        <v>100</v>
+      </c>
+      <c r="H98" s="3">
+        <v>60000</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C98" s="3">
-[...22 lines deleted...]
-      <c r="A99" s="2" t="s">
+      <c r="B99" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B99" s="2"/>
-[...6 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="C99" s="3">
+        <v>119.32</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="3">
+        <v>0</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>80</v>
+      </c>
+      <c r="I99" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="3">
-        <v>108.55</v>
+        <v>125.69</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="G100" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C101" s="3">
-        <v>155.98</v>
+        <v>1.89</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>112100</v>
       </c>
       <c r="G101" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H101" s="3">
-        <v>80</v>
+        <v>24000</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C102" s="3">
-        <v>3.24</v>
+        <v>2.92</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>277100</v>
+        <v>76500</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
         <v>20000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C103" s="3">
-        <v>3.72</v>
+        <v>4.91</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>23500</v>
+        <v>89300</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>18000</v>
+        <v>16000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C104" s="3">
-        <v>2.78</v>
+        <v>3.01</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>82400</v>
+        <v>28200</v>
       </c>
       <c r="G104" s="3">
         <v>100</v>
       </c>
       <c r="H104" s="3">
         <v>20000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C105" s="3">
-        <v>13.11</v>
+        <v>10.39</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>14500</v>
+        <v>112300</v>
       </c>
       <c r="G105" s="3">
         <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>4800</v>
+        <v>16000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C106" s="3">
-        <v>7.37</v>
+        <v>6.83</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>15700</v>
+        <v>2300</v>
       </c>
       <c r="G106" s="3">
         <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C107" s="3">
-        <v>16.38</v>
+        <v>11.34</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>16900</v>
+        <v>25300</v>
       </c>
       <c r="G107" s="3">
         <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C108" s="3">
-        <v>2.26</v>
+        <v>6.02</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>373300</v>
+        <v>37300</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C109" s="3">
-        <v>6</v>
+        <v>3.21</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>40700</v>
+        <v>28100</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C110" s="3">
-        <v>13.77</v>
+        <v>7.13</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>15600</v>
+        <v>900</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>6000</v>
+        <v>15000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C111" s="3">
-        <v>11.84</v>
+        <v>14.1</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>16100</v>
+        <v>16500</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
-        <v>10000</v>
+        <v>7200</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C112" s="3">
-        <v>85.67</v>
+        <v>0.76</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>187</v>
+        <v>283101</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C113" s="3">
-        <v>89.85</v>
+        <v>3.33</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>300</v>
+        <v>60000</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C114" s="3">
-        <v>152.9</v>
+        <v>11.28</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>2900</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C115" s="3">
-        <v>6.63</v>
+        <v>18.77</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>23400</v>
+        <v>7700</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>12000</v>
+        <v>4000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C116" s="3">
-        <v>6.06</v>
+        <v>69.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F116" s="3">
-        <v>33000</v>
+        <v>455</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C117" s="3">
-        <v>11.06</v>
+        <v>242.28</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F117" s="3">
-        <v>11900</v>
+        <v>330</v>
       </c>
       <c r="G117" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C118" s="3">
-        <v>15.09</v>
+        <v>2.8</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>17900</v>
+        <v>170200</v>
       </c>
       <c r="G118" s="3">
         <v>100</v>
       </c>
       <c r="H118" s="3">
-        <v>6000</v>
+        <v>20000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C119" s="3">
-        <v>2.85</v>
+        <v>2.5</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>36100</v>
+        <v>82500</v>
       </c>
       <c r="G119" s="3">
         <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C120" s="3">
-        <v>3.82</v>
+        <v>3.04</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>39700</v>
+        <v>41000</v>
       </c>
       <c r="G120" s="3">
         <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C121" s="3">
-        <v>4.27</v>
+        <v>7.14</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>209500</v>
+        <v>24000</v>
       </c>
       <c r="G121" s="3">
         <v>100</v>
       </c>
       <c r="H121" s="3">
         <v>10000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C122" s="3">
-        <v>4.19</v>
+        <v>3.75</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>140290</v>
+        <v>36200</v>
       </c>
       <c r="G122" s="3">
         <v>100</v>
       </c>
       <c r="H122" s="3">
         <v>10000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C123" s="3">
-        <v>3.48</v>
+        <v>2.94</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>15300</v>
+        <v>93000</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>15000</v>
+        <v>20000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C124" s="3">
-        <v>4.35</v>
+        <v>6.94</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>8100</v>
+        <v>15800</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>9600</v>
+        <v>10000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C125" s="3">
-        <v>84.35</v>
+        <v>81.41</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F125" s="3">
-        <v>113</v>
+        <v>201</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>10</v>
       </c>
       <c r="I125" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C126" s="3">
-        <v>99.16</v>
+        <v>101.43</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F126" s="3">
-        <v>85</v>
+        <v>223</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>10</v>
       </c>
       <c r="I126" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C127" s="3">
-        <v>120.13</v>
+        <v>141.11</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F127" s="3">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C128" s="3">
-        <v>122.3</v>
+        <v>155.49</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>10</v>
       </c>
       <c r="I128" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C129" s="3">
-        <v>5.57</v>
+        <v>242.28</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F129" s="3">
-        <v>21000</v>
+        <v>130</v>
       </c>
       <c r="G129" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>7200</v>
+        <v>10</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C130" s="3">
-        <v>92.44</v>
+        <v>5.99</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>130</v>
+        <v>20000</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>10</v>
+        <v>8000</v>
       </c>
       <c r="I130" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C131" s="3">
-        <v>2.52</v>
+        <v>1.8</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>143400</v>
+        <v>34600</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C132" s="3">
-        <v>2.94</v>
+        <v>183.84</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F132" s="3">
-        <v>239500</v>
+        <v>170</v>
       </c>
       <c r="G132" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C133" s="3">
-        <v>3.23</v>
+        <v>107.52</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F133" s="3">
-        <v>148000</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H133" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C134" s="3">
-        <v>2.55</v>
+        <v>4.59</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>139800</v>
+        <v>39100</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C135" s="3">
-        <v>2.8</v>
+        <v>3.76</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>165200</v>
+        <v>22200</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
         <v>20000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C136" s="3">
-        <v>4.57</v>
+        <v>113.42</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F136" s="3">
-        <v>210300</v>
+        <v>149</v>
       </c>
       <c r="G136" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C137" s="3">
-        <v>6.14</v>
+        <v>68.29</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F137" s="3">
-        <v>94800</v>
+        <v>371</v>
       </c>
       <c r="G137" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C138" s="3">
-        <v>4.59</v>
+        <v>141.17</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F138" s="3">
-        <v>10800</v>
+        <v>21</v>
       </c>
       <c r="G138" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C139" s="3">
-        <v>5.42</v>
+        <v>149.56</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F139" s="3">
-        <v>12600</v>
+        <v>82</v>
       </c>
       <c r="G139" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C140" s="3">
-        <v>9.95</v>
+        <v>63.85</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F140" s="3">
-        <v>15150</v>
+        <v>357</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C141" s="3">
-        <v>10.17</v>
+        <v>5.66</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>11650</v>
+        <v>86700</v>
       </c>
       <c r="G141" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C142" s="3">
-        <v>5.36</v>
+        <v>2.02</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>8300</v>
+        <v>93800</v>
       </c>
       <c r="G142" s="3">
         <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>12000</v>
+        <v>24000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C143" s="3">
-        <v>7.07</v>
+        <v>1.33</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>3100</v>
+        <v>129400</v>
       </c>
       <c r="G143" s="3">
         <v>100</v>
       </c>
       <c r="H143" s="3">
-        <v>10000</v>
+        <v>50000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C144" s="3">
-        <v>2.77</v>
+        <v>14.62</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>165500</v>
+        <v>1700</v>
       </c>
       <c r="G144" s="3">
         <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>30000</v>
+        <v>2000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C145" s="3">
-        <v>3.98</v>
+        <v>3.38</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>141900</v>
+        <v>84800</v>
       </c>
       <c r="G145" s="3">
         <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C146" s="3">
-        <v>2.39</v>
+        <v>91.96</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F146" s="3">
-        <v>43900</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H146" s="3">
-        <v>24000</v>
+        <v>80</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C147" s="3">
-        <v>3.11</v>
+        <v>12.78</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>107500</v>
+        <v>21800</v>
       </c>
       <c r="G147" s="3">
         <v>100</v>
       </c>
       <c r="H147" s="3">
-        <v>30000</v>
+        <v>12000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C148" s="3">
-        <v>4.22</v>
+        <v>64.74</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F148" s="3">
-        <v>41300</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C149" s="3">
-        <v>4.67</v>
+        <v>104.24</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F149" s="3">
-        <v>20200</v>
+        <v>199</v>
       </c>
       <c r="G149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C150" s="3">
-        <v>3.54</v>
+        <v>237.14</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F150" s="3">
-        <v>135300</v>
+        <v>109</v>
       </c>
       <c r="G150" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>24000</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C151" s="3">
-        <v>4.12</v>
+        <v>2.41</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>23900</v>
+        <v>188801</v>
       </c>
       <c r="G151" s="3">
         <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C152" s="3">
-        <v>4.26</v>
+        <v>8.18</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>78400</v>
+        <v>5100</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>9600</v>
+        <v>5000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C153" s="3">
-        <v>4.22</v>
+        <v>1.16</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>13800</v>
+        <v>107401</v>
       </c>
       <c r="G153" s="3">
         <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>9600</v>
+        <v>50000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C154" s="3">
-        <v>109.73</v>
+        <v>1.82</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>100</v>
+        <v>87500</v>
       </c>
       <c r="G154" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H154" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I154" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C155" s="3">
-        <v>105.31</v>
+        <v>2.77</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>133</v>
+        <v>53900</v>
       </c>
       <c r="G155" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H155" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I155" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C156" s="3">
-        <v>109.44</v>
+        <v>4.3</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>3</v>
+        <v>70700</v>
       </c>
       <c r="G156" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H156" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I156" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C157" s="3">
-        <v>123.94</v>
+        <v>8.03</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>49</v>
+        <v>18800</v>
       </c>
       <c r="G157" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>10</v>
+        <v>2400</v>
       </c>
       <c r="I157" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C158" s="3">
-        <v>142.54</v>
+        <v>1.4</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>127</v>
+        <v>58100</v>
       </c>
       <c r="G158" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H158" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I158" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="2" t="s">
+      <c r="A159" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B159" s="2"/>
-[...6 lines deleted...]
-      <c r="I159" s="2"/>
+      <c r="B159" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C159" s="3">
+        <v>1.63</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F159" s="3">
+        <v>124000</v>
+      </c>
+      <c r="G159" s="3">
+        <v>100</v>
+      </c>
+      <c r="H159" s="3">
+        <v>30000</v>
+      </c>
+      <c r="I159" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C160" s="3">
-        <v>79.18</v>
+        <v>4.15</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>44900</v>
       </c>
       <c r="G160" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H160" s="3">
-        <v>3000</v>
+        <v>20000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C161" s="3">
-        <v>115.35</v>
+        <v>7.06</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>275</v>
+        <v>130900</v>
       </c>
       <c r="G161" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H161" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C162" s="3">
-        <v>15.99</v>
+        <v>4.48</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>42300</v>
       </c>
       <c r="G162" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H162" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C163" s="3">
-        <v>0.48</v>
+        <v>3.18</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>200100</v>
+        <v>83900</v>
       </c>
       <c r="G163" s="3">
         <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>192000</v>
+        <v>30000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C164" s="3">
-        <v>122.59</v>
+        <v>5.88</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>53</v>
+        <v>105100</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H164" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I164" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C165" s="3">
-        <v>7.18</v>
+        <v>5.97</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>13900</v>
+        <v>12200</v>
       </c>
       <c r="G165" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H165" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C166" s="3">
-        <v>136.5</v>
+        <v>7.01</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>69600</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H166" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C167" s="3">
-        <v>4.22</v>
+        <v>8.04</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>208500</v>
+        <v>36900</v>
       </c>
       <c r="G167" s="3">
         <v>100</v>
       </c>
       <c r="H167" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C168" s="3">
-        <v>52.01</v>
+        <v>1.61</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>92200</v>
       </c>
       <c r="G168" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H168" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C169" s="3">
-        <v>4.54</v>
+        <v>103.99</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F169" s="3">
-        <v>69800</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>25000</v>
+        <v>80</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C170" s="3">
-        <v>35.68</v>
+        <v>135.56</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F170" s="3">
-        <v>2960</v>
+        <v>516</v>
       </c>
       <c r="G170" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B171" s="3" t="s">
+      <c r="A171" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="C171" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C172" s="3">
-        <v>484.35</v>
+        <v>0.6</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>1390</v>
+        <v>201700</v>
       </c>
       <c r="G172" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H172" s="3">
-        <v>500</v>
+        <v>120000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C173" s="3">
-        <v>2.97</v>
+        <v>0.75</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>77500</v>
+        <v>203100</v>
       </c>
       <c r="G173" s="3">
         <v>100</v>
       </c>
       <c r="H173" s="3">
-        <v>20000</v>
+        <v>120000</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C174" s="3">
-        <v>3.51</v>
+        <v>1.16</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>89800</v>
+        <v>52900</v>
       </c>
       <c r="G174" s="3">
         <v>100</v>
       </c>
       <c r="H174" s="3">
-        <v>60000</v>
+        <v>72000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C175" s="3">
-        <v>111.52</v>
+        <v>2.53</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>55</v>
+        <v>104900</v>
       </c>
       <c r="G175" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I175" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C176" s="3">
-        <v>4.04</v>
+        <v>3.49</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>17500</v>
+        <v>93300</v>
       </c>
       <c r="G176" s="3">
         <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C177" s="3">
-        <v>5.51</v>
+        <v>2.77</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>2000</v>
+        <v>190200</v>
       </c>
       <c r="G177" s="3">
         <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>48000</v>
+        <v>20000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C178" s="3">
-        <v>212.13</v>
+        <v>4.29</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>194200</v>
       </c>
       <c r="G178" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H178" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C179" s="3">
-        <v>0.56</v>
+        <v>3.57</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>219900</v>
+        <v>83000</v>
       </c>
       <c r="G179" s="3">
         <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>120000</v>
+        <v>60000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C180" s="3">
-        <v>0.74</v>
+        <v>4.11</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>55800</v>
+        <v>16100</v>
       </c>
       <c r="G180" s="3">
         <v>100</v>
       </c>
       <c r="H180" s="3">
-        <v>120000</v>
+        <v>20000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C181" s="3">
-        <v>1.14</v>
+        <v>5.6</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>75800</v>
+        <v>600</v>
       </c>
       <c r="G181" s="3">
         <v>100</v>
       </c>
       <c r="H181" s="3">
-        <v>72000</v>
+        <v>48000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C182" s="3">
-        <v>2.49</v>
+        <v>3.02</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>110200</v>
+        <v>62300</v>
       </c>
       <c r="G182" s="3">
         <v>100</v>
       </c>
       <c r="H182" s="3">
-        <v>40000</v>
+        <v>20000</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C183" s="3">
-        <v>3.43</v>
+        <v>80.53</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>121600</v>
+        <v>10</v>
       </c>
       <c r="G183" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>20000</v>
+        <v>3000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C184" s="3">
-        <v>2.72</v>
+        <v>226.52</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>179700</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="2" t="s">
+      <c r="A185" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B185" s="2"/>
-[...6 lines deleted...]
-      <c r="I185" s="2"/>
+      <c r="B185" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C185" s="3">
+        <v>113.42</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F185" s="3">
+        <v>55</v>
+      </c>
+      <c r="G185" s="3">
+        <v>1</v>
+      </c>
+      <c r="H185" s="3">
+        <v>10</v>
+      </c>
+      <c r="I185" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C186" s="3">
-        <v>1.94</v>
+        <v>117.31</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F186" s="3">
-        <v>297400</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C187" s="3">
-        <v>2.13</v>
+        <v>124.67</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F187" s="3">
-        <v>104800</v>
+        <v>101</v>
       </c>
       <c r="G187" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C188" s="3">
-        <v>1.83</v>
+        <v>0.49</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>243800</v>
+        <v>189500</v>
       </c>
       <c r="G188" s="3">
         <v>100</v>
       </c>
       <c r="H188" s="3">
-        <v>60000</v>
+        <v>192000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C189" s="3">
-        <v>3.19</v>
+        <v>4.16</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>469900</v>
+        <v>69300</v>
       </c>
       <c r="G189" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H189" s="3">
-        <v>20000</v>
+        <v>25000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C190" s="3">
-        <v>136.04</v>
+        <v>7.3</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>15</v>
+        <v>13300</v>
       </c>
       <c r="G190" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H190" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I190" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C191" s="3">
-        <v>108.39</v>
+        <v>16.26</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H191" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I191" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C192" s="3">
-        <v>86.7</v>
+        <v>36.29</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H192" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I192" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C193" s="3">
-        <v>2.77</v>
+        <v>52.89</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>172300</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H193" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C194" s="3">
-        <v>5.1</v>
+        <v>138.82</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>456200</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H194" s="3">
-        <v>40000</v>
+        <v>2000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C195" s="3">
-        <v>7.63</v>
+        <v>346.22</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>178700</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H195" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C196" s="3">
-        <v>4.8</v>
+        <v>517.21</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>117500</v>
+        <v>1300</v>
       </c>
       <c r="G196" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H196" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B197" s="3" t="s">
+      <c r="A197" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="C197" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C198" s="3">
-        <v>99.7</v>
+        <v>14.8</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>28</v>
+        <v>131200</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H198" s="3">
-        <v>10</v>
+        <v>12500</v>
       </c>
       <c r="I198" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C199" s="3">
-        <v>111.12</v>
+        <v>17.27</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>29</v>
+        <v>82500</v>
       </c>
       <c r="G199" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H199" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I199" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C200" s="3">
-        <v>108.18</v>
+        <v>5.08</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>433</v>
+        <v>151900</v>
       </c>
       <c r="G200" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>10</v>
+        <v>16000</v>
       </c>
       <c r="I200" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C201" s="3">
-        <v>2.32</v>
+        <v>4.62</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>45700</v>
+        <v>237700</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
         <v>20000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="2" t="s">
+      <c r="A202" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B202" s="2"/>
-[...6 lines deleted...]
-      <c r="I202" s="2"/>
+      <c r="B202" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C202" s="3">
+        <v>9.41</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F202" s="3">
+        <v>33900</v>
+      </c>
+      <c r="G202" s="3">
+        <v>100</v>
+      </c>
+      <c r="H202" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I202" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C203" s="3">
-        <v>65.97</v>
+        <v>165.51</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F203" s="3">
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>10</v>
       </c>
       <c r="I203" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C204" s="3">
-        <v>24.63</v>
+        <v>67.09</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F204" s="3">
-        <v>7900</v>
+        <v>210</v>
       </c>
       <c r="G204" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I204" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C205" s="3">
-        <v>16.98</v>
+        <v>266.49</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F205" s="3">
-        <v>98600</v>
+        <v>200</v>
       </c>
       <c r="G205" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I205" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C206" s="3">
-        <v>4.54</v>
+        <v>8.44</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>252600</v>
+        <v>38700</v>
       </c>
       <c r="G206" s="3">
         <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C207" s="3">
-        <v>6.8</v>
+        <v>8.13</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>40500</v>
+        <v>48800</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C208" s="3">
-        <v>7.99</v>
+        <v>9.53</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>50900</v>
+        <v>20300</v>
       </c>
       <c r="G208" s="3">
         <v>100</v>
       </c>
       <c r="H208" s="3">
         <v>10000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C209" s="3">
-        <v>23.95</v>
+        <v>24.36</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>23900</v>
+        <v>19500</v>
       </c>
       <c r="G209" s="3">
         <v>100</v>
       </c>
       <c r="H209" s="3">
         <v>10000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C210" s="3">
-        <v>9.86</v>
+        <v>10.74</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>20500</v>
+        <v>21500</v>
       </c>
       <c r="G210" s="3">
         <v>100</v>
       </c>
       <c r="H210" s="3">
-        <v>10000</v>
+        <v>7200</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C211" s="3">
-        <v>262.04</v>
+        <v>26.3</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>146</v>
+        <v>7400</v>
       </c>
       <c r="G211" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H211" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I211" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B212" s="3" t="s">
+      <c r="A212" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="C212" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B212" s="2"/>
+      <c r="C212" s="2"/>
+      <c r="D212" s="2"/>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2"/>
+      <c r="G212" s="2"/>
+      <c r="H212" s="2"/>
+      <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C213" s="3">
-        <v>14.55</v>
+        <v>20.26</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>159600</v>
+        <v>31140</v>
       </c>
       <c r="G213" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H213" s="3">
-        <v>12500</v>
+        <v>10000</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C214" s="3">
-        <v>10.56</v>
+        <v>27.86</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>23700</v>
+        <v>44910</v>
       </c>
       <c r="G214" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H214" s="3">
-        <v>7200</v>
+        <v>10000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C215" s="3">
-        <v>5</v>
+        <v>30.55</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
-        <v>160900</v>
+        <v>3480</v>
       </c>
       <c r="G215" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>16000</v>
+        <v>2400</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C216" s="3">
-        <v>9.25</v>
+        <v>25.07</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>36600</v>
+        <v>122330</v>
       </c>
       <c r="G216" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H216" s="3">
         <v>10000</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-[...3 lines deleted...]
-    <mergeCell ref="A202:I202"/>
+    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A171:I171"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A212:I212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
-    <hyperlink ref="D9" r:id="rId5"/>
-[...53 lines deleted...]
-    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D49" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId47"/>
+    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D52" r:id="rId49"/>
+    <hyperlink ref="D53" r:id="rId50"/>
+    <hyperlink ref="D54" r:id="rId51"/>
+    <hyperlink ref="D55" r:id="rId52"/>
+    <hyperlink ref="D56" r:id="rId53"/>
+    <hyperlink ref="D57" r:id="rId54"/>
+    <hyperlink ref="D58" r:id="rId55"/>
+    <hyperlink ref="D59" r:id="rId56"/>
+    <hyperlink ref="D60" r:id="rId57"/>
+    <hyperlink ref="D61" r:id="rId58"/>
+    <hyperlink ref="D62" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
     <hyperlink ref="D75" r:id="rId71"/>
     <hyperlink ref="D76" r:id="rId72"/>
     <hyperlink ref="D77" r:id="rId73"/>
     <hyperlink ref="D78" r:id="rId74"/>
     <hyperlink ref="D79" r:id="rId75"/>
-    <hyperlink ref="D80" r:id="rId76"/>
-[...17 lines deleted...]
-    <hyperlink ref="D98" r:id="rId94"/>
+    <hyperlink ref="D81" r:id="rId76"/>
+    <hyperlink ref="D82" r:id="rId77"/>
+    <hyperlink ref="D83" r:id="rId78"/>
+    <hyperlink ref="D84" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D90" r:id="rId85"/>
+    <hyperlink ref="D91" r:id="rId86"/>
+    <hyperlink ref="D92" r:id="rId87"/>
+    <hyperlink ref="D93" r:id="rId88"/>
+    <hyperlink ref="D94" r:id="rId89"/>
+    <hyperlink ref="D95" r:id="rId90"/>
+    <hyperlink ref="D96" r:id="rId91"/>
+    <hyperlink ref="D97" r:id="rId92"/>
+    <hyperlink ref="D98" r:id="rId93"/>
+    <hyperlink ref="D99" r:id="rId94"/>
     <hyperlink ref="D100" r:id="rId95"/>
     <hyperlink ref="D101" r:id="rId96"/>
     <hyperlink ref="D102" r:id="rId97"/>
     <hyperlink ref="D103" r:id="rId98"/>
     <hyperlink ref="D104" r:id="rId99"/>
     <hyperlink ref="D105" r:id="rId100"/>
     <hyperlink ref="D106" r:id="rId101"/>
     <hyperlink ref="D107" r:id="rId102"/>
     <hyperlink ref="D108" r:id="rId103"/>
     <hyperlink ref="D109" r:id="rId104"/>
     <hyperlink ref="D110" r:id="rId105"/>
     <hyperlink ref="D111" r:id="rId106"/>
     <hyperlink ref="D112" r:id="rId107"/>
     <hyperlink ref="D113" r:id="rId108"/>
     <hyperlink ref="D114" r:id="rId109"/>
     <hyperlink ref="D115" r:id="rId110"/>
     <hyperlink ref="D116" r:id="rId111"/>
     <hyperlink ref="D117" r:id="rId112"/>
     <hyperlink ref="D118" r:id="rId113"/>
     <hyperlink ref="D119" r:id="rId114"/>
     <hyperlink ref="D120" r:id="rId115"/>
     <hyperlink ref="D121" r:id="rId116"/>
     <hyperlink ref="D122" r:id="rId117"/>
     <hyperlink ref="D123" r:id="rId118"/>
     <hyperlink ref="D124" r:id="rId119"/>
@@ -8080,101 +8080,101 @@
     <hyperlink ref="D134" r:id="rId129"/>
     <hyperlink ref="D135" r:id="rId130"/>
     <hyperlink ref="D136" r:id="rId131"/>
     <hyperlink ref="D137" r:id="rId132"/>
     <hyperlink ref="D138" r:id="rId133"/>
     <hyperlink ref="D139" r:id="rId134"/>
     <hyperlink ref="D140" r:id="rId135"/>
     <hyperlink ref="D141" r:id="rId136"/>
     <hyperlink ref="D142" r:id="rId137"/>
     <hyperlink ref="D143" r:id="rId138"/>
     <hyperlink ref="D144" r:id="rId139"/>
     <hyperlink ref="D145" r:id="rId140"/>
     <hyperlink ref="D146" r:id="rId141"/>
     <hyperlink ref="D147" r:id="rId142"/>
     <hyperlink ref="D148" r:id="rId143"/>
     <hyperlink ref="D149" r:id="rId144"/>
     <hyperlink ref="D150" r:id="rId145"/>
     <hyperlink ref="D151" r:id="rId146"/>
     <hyperlink ref="D152" r:id="rId147"/>
     <hyperlink ref="D153" r:id="rId148"/>
     <hyperlink ref="D154" r:id="rId149"/>
     <hyperlink ref="D155" r:id="rId150"/>
     <hyperlink ref="D156" r:id="rId151"/>
     <hyperlink ref="D157" r:id="rId152"/>
     <hyperlink ref="D158" r:id="rId153"/>
-    <hyperlink ref="D160" r:id="rId154"/>
-[...10 lines deleted...]
-    <hyperlink ref="D171" r:id="rId165"/>
+    <hyperlink ref="D159" r:id="rId154"/>
+    <hyperlink ref="D160" r:id="rId155"/>
+    <hyperlink ref="D161" r:id="rId156"/>
+    <hyperlink ref="D162" r:id="rId157"/>
+    <hyperlink ref="D163" r:id="rId158"/>
+    <hyperlink ref="D164" r:id="rId159"/>
+    <hyperlink ref="D165" r:id="rId160"/>
+    <hyperlink ref="D166" r:id="rId161"/>
+    <hyperlink ref="D167" r:id="rId162"/>
+    <hyperlink ref="D168" r:id="rId163"/>
+    <hyperlink ref="D169" r:id="rId164"/>
+    <hyperlink ref="D170" r:id="rId165"/>
     <hyperlink ref="D172" r:id="rId166"/>
     <hyperlink ref="D173" r:id="rId167"/>
     <hyperlink ref="D174" r:id="rId168"/>
     <hyperlink ref="D175" r:id="rId169"/>
     <hyperlink ref="D176" r:id="rId170"/>
     <hyperlink ref="D177" r:id="rId171"/>
     <hyperlink ref="D178" r:id="rId172"/>
     <hyperlink ref="D179" r:id="rId173"/>
     <hyperlink ref="D180" r:id="rId174"/>
     <hyperlink ref="D181" r:id="rId175"/>
     <hyperlink ref="D182" r:id="rId176"/>
     <hyperlink ref="D183" r:id="rId177"/>
     <hyperlink ref="D184" r:id="rId178"/>
-    <hyperlink ref="D186" r:id="rId179"/>
-[...10 lines deleted...]
-    <hyperlink ref="D197" r:id="rId190"/>
+    <hyperlink ref="D185" r:id="rId179"/>
+    <hyperlink ref="D186" r:id="rId180"/>
+    <hyperlink ref="D187" r:id="rId181"/>
+    <hyperlink ref="D188" r:id="rId182"/>
+    <hyperlink ref="D189" r:id="rId183"/>
+    <hyperlink ref="D190" r:id="rId184"/>
+    <hyperlink ref="D191" r:id="rId185"/>
+    <hyperlink ref="D192" r:id="rId186"/>
+    <hyperlink ref="D193" r:id="rId187"/>
+    <hyperlink ref="D194" r:id="rId188"/>
+    <hyperlink ref="D195" r:id="rId189"/>
+    <hyperlink ref="D196" r:id="rId190"/>
     <hyperlink ref="D198" r:id="rId191"/>
     <hyperlink ref="D199" r:id="rId192"/>
     <hyperlink ref="D200" r:id="rId193"/>
     <hyperlink ref="D201" r:id="rId194"/>
-    <hyperlink ref="D203" r:id="rId195"/>
-[...8 lines deleted...]
-    <hyperlink ref="D212" r:id="rId204"/>
+    <hyperlink ref="D202" r:id="rId195"/>
+    <hyperlink ref="D203" r:id="rId196"/>
+    <hyperlink ref="D204" r:id="rId197"/>
+    <hyperlink ref="D205" r:id="rId198"/>
+    <hyperlink ref="D206" r:id="rId199"/>
+    <hyperlink ref="D207" r:id="rId200"/>
+    <hyperlink ref="D208" r:id="rId201"/>
+    <hyperlink ref="D209" r:id="rId202"/>
+    <hyperlink ref="D210" r:id="rId203"/>
+    <hyperlink ref="D211" r:id="rId204"/>
     <hyperlink ref="D213" r:id="rId205"/>
     <hyperlink ref="D214" r:id="rId206"/>
     <hyperlink ref="D215" r:id="rId207"/>
     <hyperlink ref="D216" r:id="rId208"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>