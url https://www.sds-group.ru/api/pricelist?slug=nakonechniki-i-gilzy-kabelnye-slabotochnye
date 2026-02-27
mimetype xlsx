--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,1360 +8,1324 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="848" uniqueCount="436">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="824" uniqueCount="424">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники и гильзы кабельные слаботочные</t>
   </si>
   <si>
     <t>1.1 Разъемы изолированные</t>
   </si>
   <si>
+    <t>08-0311-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0951</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0395-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
     <t>08-0211</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>блистер</t>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
   </si>
   <si>
     <t>08-0351-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>08-0652</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0351</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
   </si>
   <si>
     <t>08-0651</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
   </si>
   <si>
     <t>08-0561</t>
   </si>
   <si>
     <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
   </si>
   <si>
-    <t>08-0434</t>
-[...139 lines deleted...]
-  <si>
     <t>08-0414</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
-    <t>08-0981</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0271</t>
   </si>
   <si>
     <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
   </si>
   <si>
-    <t>08-0424</t>
-[...148 lines deleted...]
-  <si>
     <t>1.2 Разъемы неизолированные</t>
   </si>
   <si>
+    <t>08-0910</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 4.8 мм 0.75-1.5 мм² (РП-п 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0955</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 1.5 мм 0.5-1 мм² (РП-п 1.0-(1.5)) REXANT</t>
+  </si>
+  <si>
+    <t>06-0396-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм, 0.75-1.5 мм², (РП-п 1.5-(6.3) L = 25,5 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0397-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0400-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0398-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0399-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0401-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0920</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
   </si>
   <si>
     <t>08-0921</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) REXANT</t>
   </si>
   <si>
+    <t>08-0900</t>
+  </si>
+  <si>
+    <t>Изолятор для плоской клеммы  (L - 26 мм) REXANT</t>
+  </si>
+  <si>
     <t>08-0912</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)) REXANT</t>
   </si>
   <si>
     <t>08-0913</t>
   </si>
   <si>
     <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) REXANT</t>
   </si>
   <si>
-    <t>06-0397-A</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0919</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)) REXANT</t>
   </si>
   <si>
-    <t>08-0900</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0909</t>
   </si>
   <si>
     <t>Клемма плоская штекер 2.8 мм 0.75-1.5 мм² (РП-п 1.5-(2.8)) REXANT</t>
   </si>
   <si>
-    <t>06-0398-A</t>
-[...34 lines deleted...]
-  <si>
     <t>08-0911</t>
   </si>
   <si>
     <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 25,5 мм) REXANT</t>
   </si>
   <si>
     <t>1.3 Наконечники изолированные</t>
   </si>
   <si>
     <t>08-1828</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
   </si>
   <si>
-    <t>08-0133-10</t>
-[...2 lines deleted...]
-    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
   </si>
   <si>
     <t>08-0811</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
   </si>
   <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0822</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
   </si>
   <si>
     <t>08-2801</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
   </si>
   <si>
-    <t>06-0403-A</t>
-[...32 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
   </si>
   <si>
     <t>08-2810</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
   </si>
   <si>
-    <t>08-1824</t>
-[...134 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
   </si>
   <si>
     <t>06-0407-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0422-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>08-1809</t>
-[...26 lines deleted...]
-    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
   </si>
   <si>
     <t>08-0831</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
   </si>
   <si>
-    <t>08-0152</t>
-[...94 lines deleted...]
-  <si>
     <t>06-0404-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>08-0131</t>
-[...178 lines deleted...]
-  <si>
     <t>1.4 Наконечники неизолированные</t>
   </si>
   <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
     <t>08-0805</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
   </si>
   <si>
-    <t>08-0807</t>
-[...22 lines deleted...]
-  <si>
     <t>08-0074</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
   </si>
   <si>
-    <t>08-0075</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0171</t>
   </si>
   <si>
     <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
   </si>
   <si>
-    <t>08-0172</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0076</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
   </si>
   <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
     <t>08-1730</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
   </si>
   <si>
     <t>08-1740</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
   </si>
   <si>
-    <t>06-0424-A</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0423-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
   </si>
   <si>
-    <t>08-0802</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1705</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
   </si>
   <si>
     <t>08-1708</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
   </si>
   <si>
-    <t>08-1713</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1718</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
   </si>
   <si>
     <t>08-1725</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
   </si>
   <si>
-    <t>08-1735</t>
-[...10 lines deleted...]
-  <si>
     <t>08-1750</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
   </si>
   <si>
     <t>1.5 Гильзы изолированные</t>
   </si>
   <si>
+    <t>06-0430-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0431-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0717</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 0.5-1.5 мм² (ГСИ(н) 1.5/ГСИ-н 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0723</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 1.5-2.5 мм² (ГСИ(н) 2.5/ГСИ-н 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0721</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0711</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0731</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0732</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 4-6 мм² (ГСИ(н) 6.0/ГСИ-н 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0724</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 1.5-2.5 мм² (ГСИ-т 2.5/ГСИ-т 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0725</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 2.5-4 мм² (ГСИ 4.0/ГСИ 2,5-4,0) черная REXANT</t>
+  </si>
+  <si>
+    <t>08-0735</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-32 мм 6-10 мм² (ГСИ 10/ГСИ 6,0-10,0) красная REXANT</t>
+  </si>
+  <si>
     <t>08-0718</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная REXANT</t>
   </si>
   <si>
-    <t>08-0724</t>
-[...28 lines deleted...]
-  <si>
     <t>06-0428-A</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная, в упак. 5 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0430-A</t>
-[...22 lines deleted...]
-  <si>
     <t>08-0733</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
   </si>
   <si>
-    <t>08-0725</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 Термоусаживаемые гильзы под пайку</t>
   </si>
   <si>
     <t>08-0751</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 0.34 термоусаживаемая под пайку L-26 мм 0.25-0.34 мм² белая REXANT</t>
   </si>
   <si>
+    <t>08-0752</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0754</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 6.0 термоусаживаемая под пайку L-40 мм 4.0-6.0 мм² желтая REXANT</t>
+  </si>
+  <si>
     <t>08-0753</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 2.5 термоусаживаемая под пайку L-40 мм 1.5-2.5 мм² синяя REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1746,56 +1710,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras-2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5-gsi-t-1-5-2-5-si" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rex" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rex" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsi-n-6-0-gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zhelta" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0-gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10-gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-re" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rex" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rex" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4rshipp-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-1-5-6-3rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-2-5-6-3rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-6-0-6-3rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4rshimp-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4rshipp-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4rshimp-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8e-1-0-8e1008-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3nvi-1-25-3-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi2-1-0-8ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4nki-t1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6nki-t2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6nki-t5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8nki-t5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6nki-1-25-6-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8nki-1-25-8-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi2-0-75-8ngi2-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4nki-1-25-4-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14-gi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi2-1-5-8ngi2-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi2-2-5-10ngi2-2-5-10-seryy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14ngi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi2-16-14ngi2-16-14-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi2-0-5-8ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0gsi-t-0-5-1-0-krasnaya-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5gsi-1-5-2-5-sinyaya-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsin-1-5gsi-n-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsin-2-5gsi-n-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsin-6-0gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5gsi-t-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0gsi-t-0-5-1-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5gsi-0-5-1-5-krasnaya-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I216"/>
+  <dimension ref="A1:I210"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1827,6148 +1791,5974 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4.6</v>
+        <v>110.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>136290</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>110.4</v>
+        <v>14</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>12700</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>6000</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>158.63</v>
+        <v>15.35</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>14300</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>6000</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>7.87</v>
+        <v>12.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>14100</v>
+        <v>13800</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>10000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>4.2</v>
+        <v>16.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>35500</v>
+        <v>15700</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>12000</v>
+        <v>4800</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>6.56</v>
+        <v>12</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>84600</v>
+        <v>13600</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>10000</v>
+        <v>4800</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>3.19</v>
+        <v>4.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>14700</v>
+        <v>10400</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>15000</v>
+        <v>6000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>6.74</v>
+        <v>85.78</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>20800</v>
+        <v>49</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="3">
+        <v>107.1</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>31000</v>
+        <v>157</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>124.38</v>
+        <v>122.17</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>305</v>
+        <v>247</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>85.78</v>
+        <v>9.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>139</v>
+        <v>13850</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>122.17</v>
+        <v>9.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>299</v>
+        <v>10900</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>11.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>11400</v>
+        <v>10300</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
         <v>15000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>4.2</v>
+        <v>87.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>10500</v>
+        <v>97</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>107.1</v>
+        <v>111.6</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>91.38</v>
+        <v>100.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>502</v>
+        <v>189</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>100.85</v>
+        <v>111.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>80</v>
+        <v>184</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>111.3</v>
+        <v>94.01</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>137</v>
+        <v>402</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>94.01</v>
+        <v>126.05</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F22" s="3">
-        <v>502</v>
+        <v>77</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>111.6</v>
+        <v>144.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F23" s="3">
-        <v>190</v>
+        <v>159</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>144.96</v>
+        <v>124.38</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F24" s="3">
-        <v>170</v>
+        <v>226</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
         <v>155.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F25" s="3">
-        <v>232</v>
+        <v>285</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>12</v>
+        <v>6.47</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F26" s="3">
-        <v>14200</v>
+        <v>38900</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>14</v>
+        <v>6.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F27" s="3">
-        <v>14500</v>
+        <v>33400</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>6000</v>
+        <v>9600</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>15.35</v>
+        <v>7.87</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F28" s="3">
-        <v>16900</v>
+        <v>12100</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>12.04</v>
+        <v>5.38</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F29" s="3">
-        <v>14900</v>
+        <v>18700</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>10000</v>
+        <v>7200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>16.66</v>
+        <v>7.55</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F30" s="3">
-        <v>16800</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>126.05</v>
+        <v>2.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F31" s="3">
-        <v>137</v>
+        <v>326900</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I31" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>87.13</v>
+        <v>2.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F32" s="3">
-        <v>121</v>
+        <v>62800</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I32" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>9.11</v>
+        <v>2.99</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F33" s="3">
-        <v>14450</v>
+        <v>316000</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>5.45</v>
+        <v>3.28</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F34" s="3">
-        <v>7600</v>
+        <v>123900</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>9.83</v>
+        <v>2.82</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F35" s="3">
-        <v>11150</v>
+        <v>240100</v>
       </c>
       <c r="G35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>2000</v>
+        <v>30000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>2.3</v>
+        <v>3.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F36" s="3">
-        <v>356700</v>
+        <v>392400</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>4.42</v>
+        <v>2.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F37" s="3">
-        <v>7400</v>
+        <v>30500</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>9600</v>
+        <v>24000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>5.51</v>
+        <v>3.32</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F38" s="3">
-        <v>10200</v>
+        <v>100000</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>12000</v>
+        <v>30000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>6.41</v>
+        <v>2.85</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F39" s="3">
-        <v>38900</v>
+        <v>113300</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>5.38</v>
+        <v>4.72</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F40" s="3">
-        <v>19600</v>
+        <v>7600</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>7200</v>
+        <v>30000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>7.55</v>
+        <v>4.34</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41" s="3">
-        <v>800</v>
+        <v>149700</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
         <v>10000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>2.56</v>
+        <v>4.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F42" s="3">
-        <v>128000</v>
+        <v>23500</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
         <v>20000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>2.99</v>
+        <v>4.65</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F43" s="3">
-        <v>239300</v>
+        <v>175400</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>3.28</v>
+        <v>3.78</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F44" s="3">
-        <v>141000</v>
+        <v>55200</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>20000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>2.82</v>
+        <v>3.98</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F45" s="3">
-        <v>172600</v>
+        <v>16600</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>30000</v>
+        <v>16000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>3.3</v>
+        <v>4.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F46" s="3">
-        <v>297001</v>
+        <v>121190</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>4.05</v>
+        <v>4.72</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F47" s="3">
-        <v>111600</v>
+        <v>67800</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>16000</v>
+        <v>9600</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>3.04</v>
+        <v>91.38</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F48" s="3">
-        <v>30600</v>
+        <v>351</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24000</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>2.43</v>
+        <v>5.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F49" s="3">
-        <v>37000</v>
+        <v>7100</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>2.59</v>
+        <v>6.74</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F50" s="3">
-        <v>110700</v>
+        <v>37500</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
         <v>20000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>3.32</v>
+        <v>4.05</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F51" s="3">
-        <v>106000</v>
+        <v>69900</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>30000</v>
+        <v>16000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>2.83</v>
+        <v>3.04</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F52" s="3">
-        <v>88500</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>2.85</v>
+        <v>2.59</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F53" s="3">
-        <v>145500</v>
+        <v>135400</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
         <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>4.72</v>
+        <v>2.83</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F54" s="3">
-        <v>26200</v>
+        <v>120900</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
         <v>20000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>4.34</v>
+        <v>3.6</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F55" s="3">
-        <v>223400</v>
+        <v>119700</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>10000</v>
+        <v>24000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>4.99</v>
+        <v>4.08</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F56" s="3">
-        <v>36300</v>
+        <v>11800</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>4.65</v>
+        <v>158.63</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>219700</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H57" s="3">
-        <v>16000</v>
+        <v>80</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>3.6</v>
+        <v>4.2</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F58" s="3">
-        <v>129200</v>
+        <v>29800</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="3">
-        <v>3.78</v>
+        <v>6.56</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F59" s="3">
-        <v>20800</v>
+        <v>75200</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>18000</v>
+        <v>10000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C60" s="3">
-        <v>3.98</v>
+        <v>3.19</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F60" s="3">
-        <v>23300</v>
+        <v>14300</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C61" s="3">
-        <v>4.72</v>
+        <v>5.45</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F61" s="3">
-        <v>74800</v>
+        <v>4900</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>9600</v>
+        <v>12000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C62" s="3">
-        <v>4.08</v>
+        <v>4.42</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="3">
-        <v>12700</v>
+        <v>6600</v>
       </c>
       <c r="G62" s="3">
         <v>100</v>
       </c>
       <c r="H62" s="3">
         <v>9600</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>2.07</v>
+        <v>2.27</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="3">
-        <v>316300</v>
+        <v>86900</v>
       </c>
       <c r="G64" s="3">
         <v>100</v>
       </c>
       <c r="H64" s="3">
         <v>20000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>3.41</v>
+        <v>3.77</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="3">
-        <v>304500</v>
+        <v>3100</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>5.19</v>
+        <v>138.35</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F66" s="3">
-        <v>461800</v>
+        <v>125</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>40000</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>4.88</v>
+        <v>110.23</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F67" s="3">
-        <v>143400</v>
+        <v>152</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>110.23</v>
+        <v>88.17</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>1.86</v>
+        <v>101.39</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F69" s="3">
-        <v>222100</v>
+        <v>155</v>
       </c>
       <c r="G69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>2.36</v>
+        <v>113.01</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F70" s="3">
-        <v>36500</v>
+        <v>190</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>138.35</v>
+        <v>110.02</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F71" s="3">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>10</v>
       </c>
       <c r="I71" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>2.82</v>
+        <v>2.07</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F72" s="3">
-        <v>163900</v>
+        <v>253400</v>
       </c>
       <c r="G72" s="3">
         <v>100</v>
       </c>
       <c r="H72" s="3">
         <v>20000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>101.39</v>
+        <v>3.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F73" s="3">
-        <v>46</v>
+        <v>152100</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>88.17</v>
+        <v>2.36</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F74" s="3">
-        <v>101</v>
+        <v>26000</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>110.02</v>
+        <v>5.19</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F75" s="3">
-        <v>477</v>
+        <v>364200</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>113.01</v>
+        <v>4.88</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F76" s="3">
-        <v>18</v>
+        <v>116100</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>2.27</v>
+        <v>1.86</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F77" s="3">
-        <v>100100</v>
+        <v>164100</v>
       </c>
       <c r="G77" s="3">
         <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>3.77</v>
+        <v>2.82</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F78" s="3">
-        <v>4600</v>
+        <v>150800</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
         <v>7.76</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F79" s="3">
-        <v>166400</v>
+        <v>141800</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
         <v>20000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
         <v>12.97</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F81" s="3">
-        <v>52900</v>
+        <v>51100</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
         <v>10000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>116.6</v>
+        <v>64.74</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G82" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>0.56</v>
+        <v>237.14</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F83" s="3">
-        <v>63301</v>
+        <v>120</v>
       </c>
       <c r="G83" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100000</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>2.81</v>
+        <v>1.8</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F84" s="3">
-        <v>46600</v>
+        <v>127700</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>1.33</v>
+        <v>2.02</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F85" s="3">
-        <v>66000</v>
+        <v>87300</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>50000</v>
+        <v>24000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>56.69</v>
+        <v>3.75</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>31700</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I86" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>111.31</v>
+        <v>0.82</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F87" s="3">
-        <v>195</v>
+        <v>596300</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>80000</v>
       </c>
       <c r="I87" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>156.64</v>
+        <v>1.33</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>177400</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I88" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>127.89</v>
+        <v>113.42</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F89" s="3">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>10</v>
       </c>
       <c r="I89" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>4.48</v>
+        <v>149.56</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F90" s="3">
-        <v>95400</v>
+        <v>69</v>
       </c>
       <c r="G90" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>5.74</v>
+        <v>68.29</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F91" s="3">
-        <v>300</v>
+        <v>251</v>
       </c>
       <c r="G91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C92" s="3">
-        <v>3.51</v>
+        <v>81.41</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F92" s="3">
-        <v>81300</v>
+        <v>265</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C93" s="3">
-        <v>3.43</v>
+        <v>141.17</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F93" s="3">
-        <v>55900</v>
+        <v>57</v>
       </c>
       <c r="G93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>25000</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C94" s="3">
-        <v>6.59</v>
+        <v>3.18</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F94" s="3">
-        <v>68600</v>
+        <v>85500</v>
       </c>
       <c r="G94" s="3">
         <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>15000</v>
+        <v>30000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C95" s="3">
-        <v>7.67</v>
+        <v>1.63</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F95" s="3">
-        <v>5900</v>
+        <v>105900</v>
       </c>
       <c r="G95" s="3">
         <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>6000</v>
+        <v>30000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C96" s="3">
-        <v>0.69</v>
+        <v>4.15</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F96" s="3">
-        <v>145300</v>
+        <v>27000</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>100000</v>
+        <v>20000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C97" s="3">
-        <v>0.66</v>
+        <v>7.06</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F97" s="3">
-        <v>73100</v>
+        <v>110200</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C98" s="3">
-        <v>0.82</v>
+        <v>4.48</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F98" s="3">
-        <v>289201</v>
+        <v>39000</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C99" s="3">
-        <v>119.32</v>
+        <v>4.48</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>78300</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="3">
-        <v>125.69</v>
+        <v>5.88</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F100" s="3">
-        <v>132</v>
+        <v>89900</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I100" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C101" s="3">
-        <v>1.89</v>
+        <v>5.97</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F101" s="3">
-        <v>112100</v>
+        <v>25100</v>
       </c>
       <c r="G101" s="3">
         <v>100</v>
       </c>
       <c r="H101" s="3">
-        <v>24000</v>
+        <v>16000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C102" s="3">
-        <v>2.92</v>
+        <v>7.01</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F102" s="3">
-        <v>76500</v>
+        <v>16900</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C103" s="3">
-        <v>4.91</v>
+        <v>8.04</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F103" s="3">
-        <v>89300</v>
+        <v>157500</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C104" s="3">
-        <v>3.01</v>
+        <v>1.61</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F104" s="3">
-        <v>28200</v>
+        <v>78500</v>
       </c>
       <c r="G104" s="3">
         <v>100</v>
       </c>
       <c r="H104" s="3">
         <v>20000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C105" s="3">
-        <v>10.39</v>
+        <v>1.89</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F105" s="3">
-        <v>112300</v>
+        <v>65200</v>
       </c>
       <c r="G105" s="3">
         <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>16000</v>
+        <v>24000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C106" s="3">
-        <v>6.83</v>
+        <v>2.92</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F106" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C107" s="3">
-        <v>11.34</v>
+        <v>6.83</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F107" s="3">
-        <v>25300</v>
+        <v>20300</v>
       </c>
       <c r="G107" s="3">
         <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C108" s="3">
-        <v>6.02</v>
+        <v>3.38</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F108" s="3">
-        <v>37300</v>
+        <v>69200</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
         <v>20000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C109" s="3">
         <v>3.21</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F109" s="3">
-        <v>28100</v>
+        <v>18600</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
         <v>20000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C110" s="3">
-        <v>7.13</v>
+        <v>6.94</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F110" s="3">
-        <v>900</v>
+        <v>11300</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C111" s="3">
-        <v>14.1</v>
+        <v>5.74</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F111" s="3">
-        <v>16500</v>
+        <v>100</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
-        <v>7200</v>
+        <v>12000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C112" s="3">
-        <v>0.76</v>
+        <v>11.28</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F112" s="3">
-        <v>283101</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>60000</v>
+        <v>4000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C113" s="3">
-        <v>3.33</v>
+        <v>18.77</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F113" s="3">
-        <v>60000</v>
+        <v>6800</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C114" s="3">
-        <v>11.28</v>
+        <v>12.78</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F114" s="3">
-        <v>2900</v>
+        <v>21000</v>
       </c>
       <c r="G114" s="3">
         <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>4000</v>
+        <v>12000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C115" s="3">
-        <v>18.77</v>
+        <v>111.31</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F115" s="3">
-        <v>7700</v>
+        <v>131</v>
       </c>
       <c r="G115" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C116" s="3">
-        <v>69.48</v>
+        <v>156.64</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F116" s="3">
-        <v>455</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>10</v>
       </c>
       <c r="I116" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C117" s="3">
-        <v>242.28</v>
+        <v>104.24</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F117" s="3">
-        <v>330</v>
+        <v>204</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C118" s="3">
-        <v>2.8</v>
+        <v>127.89</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F118" s="3">
-        <v>170200</v>
+        <v>12</v>
       </c>
       <c r="G118" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C119" s="3">
-        <v>2.5</v>
+        <v>183.84</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F119" s="3">
-        <v>82500</v>
+        <v>143</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C120" s="3">
-        <v>3.04</v>
+        <v>7.67</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F120" s="3">
-        <v>41000</v>
+        <v>8400</v>
       </c>
       <c r="G120" s="3">
         <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C121" s="3">
-        <v>7.14</v>
+        <v>4.59</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F121" s="3">
-        <v>24000</v>
+        <v>38500</v>
       </c>
       <c r="G121" s="3">
         <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>10000</v>
+        <v>30000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C122" s="3">
-        <v>3.75</v>
+        <v>4.91</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F122" s="3">
-        <v>36200</v>
+        <v>85900</v>
       </c>
       <c r="G122" s="3">
         <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C123" s="3">
-        <v>2.94</v>
+        <v>3.01</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F123" s="3">
-        <v>93000</v>
+        <v>11000</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
         <v>20000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C124" s="3">
-        <v>6.94</v>
+        <v>10.39</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F124" s="3">
-        <v>15800</v>
+        <v>93600</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C125" s="3">
-        <v>81.41</v>
+        <v>11.34</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F125" s="3">
-        <v>201</v>
+        <v>12400</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H125" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I125" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C126" s="3">
-        <v>101.43</v>
+        <v>2.5</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F126" s="3">
-        <v>223</v>
+        <v>49100</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H126" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I126" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C127" s="3">
-        <v>141.11</v>
+        <v>3.04</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F127" s="3">
-        <v>153</v>
+        <v>36600</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I127" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C128" s="3">
-        <v>155.49</v>
+        <v>6.02</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F128" s="3">
-        <v>168</v>
+        <v>30900</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I128" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C129" s="3">
-        <v>242.28</v>
+        <v>5.66</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F129" s="3">
-        <v>130</v>
+        <v>71900</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H129" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I129" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C130" s="3">
-        <v>5.99</v>
+        <v>3.33</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F130" s="3">
-        <v>20000</v>
+        <v>51200</v>
       </c>
       <c r="G130" s="3">
         <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>8000</v>
+        <v>30000</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C131" s="3">
-        <v>1.8</v>
+        <v>3.76</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F131" s="3">
-        <v>34600</v>
+        <v>18600</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C132" s="3">
-        <v>183.84</v>
+        <v>7.14</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F132" s="3">
-        <v>170</v>
+        <v>18700</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I132" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C133" s="3">
-        <v>107.52</v>
+        <v>7.13</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F133" s="3">
         <v>0</v>
       </c>
       <c r="G133" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>80</v>
+        <v>15000</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C134" s="3">
-        <v>4.59</v>
+        <v>14.1</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F134" s="3">
-        <v>39100</v>
+        <v>12100</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>30000</v>
+        <v>7200</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C135" s="3">
-        <v>3.76</v>
+        <v>1.4</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F135" s="3">
-        <v>22200</v>
+        <v>50800</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
         <v>20000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C136" s="3">
-        <v>113.42</v>
+        <v>135.56</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>149</v>
+        <v>466</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I136" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C137" s="3">
-        <v>68.29</v>
+        <v>125.69</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F137" s="3">
-        <v>371</v>
+        <v>46</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>10</v>
       </c>
       <c r="I137" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C138" s="3">
-        <v>141.17</v>
+        <v>155.49</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F138" s="3">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C139" s="3">
-        <v>149.56</v>
+        <v>242.28</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F139" s="3">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>10</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C140" s="3">
-        <v>63.85</v>
+        <v>1.82</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F140" s="3">
-        <v>357</v>
+        <v>78300</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H140" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I140" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C141" s="3">
-        <v>5.66</v>
+        <v>2.77</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F141" s="3">
-        <v>86700</v>
+        <v>72700</v>
       </c>
       <c r="G141" s="3">
         <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C142" s="3">
-        <v>2.02</v>
+        <v>4.3</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F142" s="3">
-        <v>93800</v>
+        <v>49900</v>
       </c>
       <c r="G142" s="3">
         <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C143" s="3">
-        <v>1.33</v>
+        <v>5.99</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F143" s="3">
-        <v>129400</v>
+        <v>13100</v>
       </c>
       <c r="G143" s="3">
         <v>100</v>
       </c>
       <c r="H143" s="3">
-        <v>50000</v>
+        <v>8000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C144" s="3">
-        <v>14.62</v>
+        <v>8.03</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F144" s="3">
-        <v>1700</v>
+        <v>18000</v>
       </c>
       <c r="G144" s="3">
         <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>2000</v>
+        <v>2400</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C145" s="3">
-        <v>3.38</v>
+        <v>0.56</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F145" s="3">
-        <v>84800</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C146" s="3">
-        <v>91.96</v>
+        <v>0.76</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>381800</v>
       </c>
       <c r="G146" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H146" s="3">
-        <v>80</v>
+        <v>60000</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C147" s="3">
-        <v>12.78</v>
+        <v>0.69</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F147" s="3">
-        <v>21800</v>
+        <v>261100</v>
       </c>
       <c r="G147" s="3">
         <v>100</v>
       </c>
       <c r="H147" s="3">
-        <v>12000</v>
+        <v>100000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C148" s="3">
-        <v>64.74</v>
+        <v>2.41</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>256400</v>
       </c>
       <c r="G148" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I148" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C149" s="3">
-        <v>104.24</v>
+        <v>0.66</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F149" s="3">
-        <v>199</v>
+        <v>235000</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>100000</v>
       </c>
       <c r="I149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C150" s="3">
-        <v>237.14</v>
+        <v>1.16</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F150" s="3">
-        <v>109</v>
+        <v>150500</v>
       </c>
       <c r="G150" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I150" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C151" s="3">
-        <v>2.41</v>
+        <v>101.43</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F151" s="3">
-        <v>188801</v>
+        <v>258</v>
       </c>
       <c r="G151" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C152" s="3">
-        <v>8.18</v>
+        <v>2.81</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F152" s="3">
-        <v>5100</v>
+        <v>58200</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C153" s="3">
-        <v>1.16</v>
+        <v>1.33</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F153" s="3">
-        <v>107401</v>
+        <v>40600</v>
       </c>
       <c r="G153" s="3">
         <v>100</v>
       </c>
       <c r="H153" s="3">
         <v>50000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C154" s="3">
-        <v>1.82</v>
+        <v>3.43</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F154" s="3">
-        <v>87500</v>
+        <v>44800</v>
       </c>
       <c r="G154" s="3">
         <v>100</v>
       </c>
       <c r="H154" s="3">
-        <v>40000</v>
+        <v>25000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C155" s="3">
-        <v>2.77</v>
+        <v>6.59</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F155" s="3">
-        <v>53900</v>
+        <v>54400</v>
       </c>
       <c r="G155" s="3">
         <v>100</v>
       </c>
       <c r="H155" s="3">
-        <v>30000</v>
+        <v>15000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C156" s="3">
-        <v>4.3</v>
+        <v>14.62</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F156" s="3">
-        <v>70700</v>
+        <v>1100</v>
       </c>
       <c r="G156" s="3">
         <v>100</v>
       </c>
       <c r="H156" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C157" s="3">
-        <v>8.03</v>
+        <v>3.51</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F157" s="3">
-        <v>18800</v>
+        <v>62900</v>
       </c>
       <c r="G157" s="3">
         <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>2400</v>
+        <v>20000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C158" s="3">
-        <v>1.4</v>
+        <v>2.8</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F158" s="3">
-        <v>58100</v>
+        <v>167500</v>
       </c>
       <c r="G158" s="3">
         <v>100</v>
       </c>
       <c r="H158" s="3">
         <v>20000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C159" s="3">
-        <v>1.63</v>
+        <v>69.48</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F159" s="3">
-        <v>124000</v>
+        <v>305</v>
       </c>
       <c r="G159" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C160" s="3">
-        <v>4.15</v>
+        <v>242.28</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F160" s="3">
-        <v>44900</v>
+        <v>287</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C161" s="3">
-        <v>7.06</v>
+        <v>141.11</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F161" s="3">
-        <v>130900</v>
+        <v>62</v>
       </c>
       <c r="G161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C162" s="3">
-        <v>4.48</v>
+        <v>8.18</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F162" s="3">
-        <v>42300</v>
+        <v>2700</v>
       </c>
       <c r="G162" s="3">
         <v>100</v>
       </c>
       <c r="H162" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C163" s="3">
-        <v>3.18</v>
+        <v>2.94</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F163" s="3">
-        <v>83900</v>
+        <v>124300</v>
       </c>
       <c r="G163" s="3">
         <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C164" s="3">
-        <v>5.88</v>
+        <v>63.85</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F164" s="3">
-        <v>105100</v>
+        <v>200</v>
       </c>
       <c r="G164" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
+      <c r="A165" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>7.01</v>
+        <v>138.82</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F166" s="3">
-        <v>69600</v>
+        <v>4800</v>
       </c>
       <c r="G166" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>12000</v>
+        <v>2000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>8.04</v>
+        <v>346.22</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F167" s="3">
-        <v>36900</v>
+        <v>520</v>
       </c>
       <c r="G167" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H167" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>1.61</v>
+        <v>117.31</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F168" s="3">
-        <v>92200</v>
+        <v>244</v>
       </c>
       <c r="G168" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>103.99</v>
+        <v>2.53</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>92300</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H169" s="3">
-        <v>80</v>
+        <v>40000</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3">
+        <v>3.49</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" s="3">
+        <v>74700</v>
+      </c>
+      <c r="G170" s="3">
+        <v>100</v>
+      </c>
+      <c r="H170" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="C170" s="3">
-[...22 lines deleted...]
-      <c r="A171" s="2" t="s">
+      <c r="B171" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="C171" s="3">
+        <v>4.29</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F171" s="3">
+        <v>164100</v>
+      </c>
+      <c r="G171" s="3">
+        <v>100</v>
+      </c>
+      <c r="H171" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C172" s="3">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F172" s="3">
-        <v>201700</v>
+        <v>160200</v>
       </c>
       <c r="G172" s="3">
         <v>100</v>
       </c>
       <c r="H172" s="3">
         <v>120000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C173" s="3">
-        <v>0.75</v>
+        <v>113.42</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F173" s="3">
-        <v>203100</v>
+        <v>110</v>
       </c>
       <c r="G173" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>120000</v>
+        <v>10</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C174" s="3">
-        <v>1.16</v>
+        <v>16.26</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F174" s="3">
-        <v>52900</v>
+        <v>8500</v>
       </c>
       <c r="G174" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H174" s="3">
-        <v>72000</v>
+        <v>12000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C175" s="3">
-        <v>2.53</v>
+        <v>4.11</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F175" s="3">
-        <v>104900</v>
+        <v>14100</v>
       </c>
       <c r="G175" s="3">
         <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>40000</v>
+        <v>20000</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C176" s="3">
-        <v>3.49</v>
+        <v>5.6</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F176" s="3">
-        <v>93300</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>100</v>
       </c>
       <c r="H176" s="3">
         <v>20000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C177" s="3">
-        <v>2.77</v>
+        <v>1.16</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F177" s="3">
-        <v>190200</v>
+        <v>47700</v>
       </c>
       <c r="G177" s="3">
         <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>20000</v>
+        <v>72000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C178" s="3">
-        <v>4.29</v>
+        <v>0.6</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F178" s="3">
-        <v>194200</v>
+        <v>184000</v>
       </c>
       <c r="G178" s="3">
         <v>100</v>
       </c>
       <c r="H178" s="3">
-        <v>20000</v>
+        <v>120000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C179" s="3">
-        <v>3.57</v>
+        <v>2.77</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F179" s="3">
-        <v>83000</v>
+        <v>136700</v>
       </c>
       <c r="G179" s="3">
         <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C180" s="3">
-        <v>4.11</v>
+        <v>3.57</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F180" s="3">
-        <v>16100</v>
+        <v>74800</v>
       </c>
       <c r="G180" s="3">
         <v>100</v>
       </c>
       <c r="H180" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C181" s="3">
-        <v>5.6</v>
+        <v>3.02</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F181" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>100</v>
       </c>
       <c r="H181" s="3">
-        <v>48000</v>
+        <v>20000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C182" s="3">
-        <v>3.02</v>
+        <v>0.49</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F182" s="3">
-        <v>62300</v>
+        <v>168000</v>
       </c>
       <c r="G182" s="3">
         <v>100</v>
       </c>
       <c r="H182" s="3">
-        <v>20000</v>
+        <v>192000</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C183" s="3">
         <v>80.53</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F183" s="3">
-        <v>10</v>
+        <v>6870</v>
       </c>
       <c r="G183" s="3">
         <v>10</v>
       </c>
       <c r="H183" s="3">
         <v>3000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C184" s="3">
         <v>226.52</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G184" s="3">
         <v>10</v>
       </c>
       <c r="H184" s="3">
         <v>1000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C185" s="3">
-        <v>113.42</v>
+        <v>124.67</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F185" s="3">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>10</v>
       </c>
       <c r="I185" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C186" s="3">
-        <v>117.31</v>
+        <v>4.16</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>68200</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H186" s="3">
-        <v>10</v>
+        <v>25000</v>
       </c>
       <c r="I186" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C187" s="3">
-        <v>124.67</v>
+        <v>7.3</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F187" s="3">
-        <v>101</v>
+        <v>10800</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H187" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I187" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C188" s="3">
-        <v>0.49</v>
+        <v>36.29</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F188" s="3">
-        <v>189500</v>
+        <v>14140</v>
       </c>
       <c r="G188" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H188" s="3">
-        <v>192000</v>
+        <v>10000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C189" s="3">
-        <v>4.16</v>
+        <v>52.89</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F189" s="3">
-        <v>69300</v>
+        <v>11680</v>
       </c>
       <c r="G189" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H189" s="3">
-        <v>25000</v>
+        <v>5000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C190" s="3">
-        <v>7.3</v>
+        <v>517.21</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F190" s="3">
-        <v>13300</v>
+        <v>820</v>
       </c>
       <c r="G190" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>12000</v>
+        <v>500</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
+      <c r="A191" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>36.29</v>
+        <v>266.49</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>189</v>
       </c>
       <c r="G192" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>52.89</v>
+        <v>165.51</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>207</v>
       </c>
       <c r="G193" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>138.82</v>
+        <v>8.44</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>35300</v>
       </c>
       <c r="G194" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H194" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>346.22</v>
+        <v>8.13</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>32500</v>
       </c>
       <c r="G195" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H195" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B196" s="3" t="s">
+      <c r="C196" s="3">
+        <v>5.08</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F196" s="3">
+        <v>131100</v>
+      </c>
+      <c r="G196" s="3">
+        <v>100</v>
+      </c>
+      <c r="H196" s="3">
+        <v>16000</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="C196" s="3">
-[...22 lines deleted...]
-      <c r="A197" s="2" t="s">
+      <c r="B197" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="B197" s="2"/>
-[...6 lines deleted...]
-      <c r="I197" s="2"/>
+      <c r="C197" s="3">
+        <v>4.62</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F197" s="3">
+        <v>180300</v>
+      </c>
+      <c r="G197" s="3">
+        <v>100</v>
+      </c>
+      <c r="H197" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C198" s="3">
-        <v>14.8</v>
+        <v>9.41</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F198" s="3">
-        <v>131200</v>
+        <v>28400</v>
       </c>
       <c r="G198" s="3">
         <v>100</v>
       </c>
       <c r="H198" s="3">
-        <v>12500</v>
+        <v>10000</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C199" s="3">
-        <v>17.27</v>
+        <v>9.53</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F199" s="3">
-        <v>82500</v>
+        <v>19200</v>
       </c>
       <c r="G199" s="3">
         <v>100</v>
       </c>
       <c r="H199" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C200" s="3">
-        <v>5.08</v>
+        <v>17.27</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F200" s="3">
-        <v>151900</v>
+        <v>61400</v>
       </c>
       <c r="G200" s="3">
         <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>16000</v>
+        <v>6000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C201" s="3">
-        <v>4.62</v>
+        <v>10.74</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F201" s="3">
-        <v>237700</v>
+        <v>19200</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
-        <v>20000</v>
+        <v>7200</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C202" s="3">
-        <v>9.41</v>
+        <v>26.3</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F202" s="3">
-        <v>33900</v>
+        <v>4500</v>
       </c>
       <c r="G202" s="3">
         <v>100</v>
       </c>
       <c r="H202" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C203" s="3">
-        <v>165.51</v>
+        <v>14.8</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F203" s="3">
-        <v>199</v>
+        <v>72900</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>10</v>
+        <v>12500</v>
       </c>
       <c r="I203" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C204" s="3">
         <v>67.09</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F204" s="3">
-        <v>210</v>
+        <v>57</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C205" s="3">
-        <v>266.49</v>
+        <v>24.36</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F205" s="3">
-        <v>200</v>
+        <v>12900</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H205" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I205" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A206" s="3" t="s">
+      <c r="A206" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B206" s="2"/>
+      <c r="C206" s="2"/>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2"/>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+      <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>8.13</v>
+        <v>20.26</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F207" s="3">
-        <v>48800</v>
+        <v>25260</v>
       </c>
       <c r="G207" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H207" s="3">
         <v>10000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>9.53</v>
+        <v>25.07</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F208" s="3">
-        <v>20300</v>
+        <v>102090</v>
       </c>
       <c r="G208" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H208" s="3">
         <v>10000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>24.36</v>
+        <v>30.55</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F209" s="3">
-        <v>19500</v>
+        <v>10630</v>
       </c>
       <c r="G209" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H209" s="3">
         <v>10000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>10.74</v>
+        <v>27.86</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F210" s="3">
-        <v>21500</v>
+        <v>31550</v>
       </c>
       <c r="G210" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H210" s="3">
-        <v>7200</v>
+        <v>10000</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
-[...156 lines deleted...]
-      <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A63:I63"/>
     <mergeCell ref="A80:I80"/>
-    <mergeCell ref="A171:I171"/>
-[...1 lines deleted...]
-    <mergeCell ref="A212:I212"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A206:I206"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -8086,99 +7876,93 @@
     <hyperlink ref="D140" r:id="rId135"/>
     <hyperlink ref="D141" r:id="rId136"/>
     <hyperlink ref="D142" r:id="rId137"/>
     <hyperlink ref="D143" r:id="rId138"/>
     <hyperlink ref="D144" r:id="rId139"/>
     <hyperlink ref="D145" r:id="rId140"/>
     <hyperlink ref="D146" r:id="rId141"/>
     <hyperlink ref="D147" r:id="rId142"/>
     <hyperlink ref="D148" r:id="rId143"/>
     <hyperlink ref="D149" r:id="rId144"/>
     <hyperlink ref="D150" r:id="rId145"/>
     <hyperlink ref="D151" r:id="rId146"/>
     <hyperlink ref="D152" r:id="rId147"/>
     <hyperlink ref="D153" r:id="rId148"/>
     <hyperlink ref="D154" r:id="rId149"/>
     <hyperlink ref="D155" r:id="rId150"/>
     <hyperlink ref="D156" r:id="rId151"/>
     <hyperlink ref="D157" r:id="rId152"/>
     <hyperlink ref="D158" r:id="rId153"/>
     <hyperlink ref="D159" r:id="rId154"/>
     <hyperlink ref="D160" r:id="rId155"/>
     <hyperlink ref="D161" r:id="rId156"/>
     <hyperlink ref="D162" r:id="rId157"/>
     <hyperlink ref="D163" r:id="rId158"/>
     <hyperlink ref="D164" r:id="rId159"/>
-    <hyperlink ref="D165" r:id="rId160"/>
-[...4 lines deleted...]
-    <hyperlink ref="D170" r:id="rId165"/>
+    <hyperlink ref="D166" r:id="rId160"/>
+    <hyperlink ref="D167" r:id="rId161"/>
+    <hyperlink ref="D168" r:id="rId162"/>
+    <hyperlink ref="D169" r:id="rId163"/>
+    <hyperlink ref="D170" r:id="rId164"/>
+    <hyperlink ref="D171" r:id="rId165"/>
     <hyperlink ref="D172" r:id="rId166"/>
     <hyperlink ref="D173" r:id="rId167"/>
     <hyperlink ref="D174" r:id="rId168"/>
     <hyperlink ref="D175" r:id="rId169"/>
     <hyperlink ref="D176" r:id="rId170"/>
     <hyperlink ref="D177" r:id="rId171"/>
     <hyperlink ref="D178" r:id="rId172"/>
     <hyperlink ref="D179" r:id="rId173"/>
     <hyperlink ref="D180" r:id="rId174"/>
     <hyperlink ref="D181" r:id="rId175"/>
     <hyperlink ref="D182" r:id="rId176"/>
     <hyperlink ref="D183" r:id="rId177"/>
     <hyperlink ref="D184" r:id="rId178"/>
     <hyperlink ref="D185" r:id="rId179"/>
     <hyperlink ref="D186" r:id="rId180"/>
     <hyperlink ref="D187" r:id="rId181"/>
     <hyperlink ref="D188" r:id="rId182"/>
     <hyperlink ref="D189" r:id="rId183"/>
     <hyperlink ref="D190" r:id="rId184"/>
-    <hyperlink ref="D191" r:id="rId185"/>
-[...4 lines deleted...]
-    <hyperlink ref="D196" r:id="rId190"/>
+    <hyperlink ref="D192" r:id="rId185"/>
+    <hyperlink ref="D193" r:id="rId186"/>
+    <hyperlink ref="D194" r:id="rId187"/>
+    <hyperlink ref="D195" r:id="rId188"/>
+    <hyperlink ref="D196" r:id="rId189"/>
+    <hyperlink ref="D197" r:id="rId190"/>
     <hyperlink ref="D198" r:id="rId191"/>
     <hyperlink ref="D199" r:id="rId192"/>
     <hyperlink ref="D200" r:id="rId193"/>
     <hyperlink ref="D201" r:id="rId194"/>
     <hyperlink ref="D202" r:id="rId195"/>
     <hyperlink ref="D203" r:id="rId196"/>
     <hyperlink ref="D204" r:id="rId197"/>
     <hyperlink ref="D205" r:id="rId198"/>
-    <hyperlink ref="D206" r:id="rId199"/>
-[...8 lines deleted...]
-    <hyperlink ref="D216" r:id="rId208"/>
+    <hyperlink ref="D207" r:id="rId199"/>
+    <hyperlink ref="D208" r:id="rId200"/>
+    <hyperlink ref="D209" r:id="rId201"/>
+    <hyperlink ref="D210" r:id="rId202"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>