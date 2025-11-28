--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,628 +8,634 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="194">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники изолированные</t>
   </si>
   <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0132-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2810</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-0831</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0011-10</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1828</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-2801</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0822</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0114-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0133-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0403-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8 / Е 0,5-8 / E0508) белый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0404-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0407-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0422-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
     <t>08-0832</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...23 lines deleted...]
-    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+    <t>08-0811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
   </si>
   <si>
     <t>08-0134</t>
   </si>
   <si>
     <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
   </si>
   <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
     <t>08-0154</t>
   </si>
   <si>
     <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
-  </si>
-[...499 lines deleted...]
-    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1014,56 +1020,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak-.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak-.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5mm-sup2-nki-1-5-10-krasniy-v-upak-10-sht-rexant-18179" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-v-upak-10-sht-rexant-18174" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-e-1-0-8-e1008-krasniy-v-upak-10-sht-rexant-18010" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-ngi2-10-14-krasniy-rexant-3844" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-10-mm-sup2-nshvi-10-18-slonovaya-kost-rexant-3838" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-25-mm-sup2-nshvi-25-16-cherniy-rexant-1638" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-4-6-mm-sup2-nvi-6-0-6-nvi-5-5-6-jeltiy-rexant-1313" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-jeltiy-rexant-1629" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-0-5-1-5-mm-sup2-nvi-1-5-5-nvi-1-25-5-krasniy-rexant-1305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12mm-2h4mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-21027" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-20-mm-50-mm-sup2-nshvi-50-20-olivkoviy-rexant-6639" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-v-upak-10-sht-rexant-18006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-rexant-1308" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-rexant-1309" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2-5-mm-sup2-nshvi-2-5-12-siniy-rexant-1632" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-0-5-1-5-mm-sup2-nvi-1-5-4-nvi-1-25-4-krasniy-rexant-1304" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-4-6-mm-sup2-nvi-6-0-5-nvi-5-5-5-jeltiy-rexant-1312" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant-28828" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-10-mm-2h2-5-mm-sup2-nshvi-2-2-5-10-ngi2-2-5-10-seriy-rexant-3846" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-gi2-10-14-krasniy-rexant-21029" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-1-5-2-5-mm-sup2-nki-2-5-10-siniy-rexant-1297" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-rexant-1635" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-cherniy-rexant-1630" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6-mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-rexant-1300" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2h4-mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-3847" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-rexant-1636" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-t-1-5-4-nki-t1-25-4-krasniy-rexant-7967" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-10sht-up-rexant-28833" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-siniy-rexant-1628" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-rexant-1303" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-e-1-5-8-e1508-cherniy-v-upak-10-sht-rexant-18011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5mm-sup2-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant-18177" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-4-6-mm-sup2-nki-6-0-5-nki5-5-5-jeltiy-rexant-1299" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-0-75-mm-sup2-nshvi-0-75-18-siniy-rexant-3836" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-6-mm-sup2-nshvi-6-0-18-zeleniy-rexant-3840" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-7-mm-0-5-1-5-mm-sup2-nki-1-5-3-5-krasniy-rexant-1285" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-0-5-1-5-mm-sup2-nki-1-5-5-nki-1-25-5-krasniy-rexant-1287" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5mm-sup2-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant-18185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5mm-sup2-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant-18178" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-16-mm-sup2-nshvi-16-18-slonovaya-kost-rexant-3839" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-rexant-1284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5-mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-rexant-1289" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5-mm-sup2-nki-2-5-8-nki2-8-siniy-rexant-1296" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-v-upak-10-sht-rexant-18009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5-mm-sup2-nki-2-5-4-nki2-4-siniy-rexant-1292" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant-28830" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-10sht-up-rexant-28831" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-5-mm-sup2-nshvi-2-0-5-8-ngi2-0-5-8-beliy-rexant-3841" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-75-mm-sup2-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rexant-3842" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-4-mm-sup2-nshvi-4-0-18-seriy-rexant-1634" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5-mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-rexant-1288" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-1-5-2-5-mm-sup2-nki-2-5-3-nki2-3-siniy-rexant-1291" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-2-5-6-nki2-6-siniy-rexant-1295" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-4-6-mm-sup2-nki-6-0-4-nki5-5-4-jeltiy-rexant-1298" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-4-6-mm-sup2-nki-6-0-8-nki5-5-8-jeltiy-rexant-1301" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-e-4-0-9-e4009-seriy-v-upak-10-sht-rexant-18019" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-mm-sup2-nshvi-2-1-0-8-ngi2-1-0-8-krasniy-rexant-7953" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-10sht-up-rexant-28827" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant-28829" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-3848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-t-2-5-6-nki-t2-6-siniy-rexant-7968" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-4-6-mm-sup2-nki-t-6-0-6-nki-t5-5-6-jeltiy-rexant-7969" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-8-4-mm-4-6-mm-sup2-nki-t-6-0-8-nki-t5-5-8-jeltiy-rexant-7970" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-e-0-5-8-e0508-beliy-v-upak-10-sht-rexant-18005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant-18007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant-18012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-v-upak-10-sht-rexant-18008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-v-upak-10-sht-rexant-18181" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-v-upak-10-sht-rexant-18176" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5mm-1-5-2-5mm-sup2-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant-18180" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-v-upak-10-sht-rexant-18182" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-1-21028" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-5-mm-sup2-nshvi-2-1-5-8-ngi2-1-5-8-cherniy-rexant-3843" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h16-mm-sup2-nshvi-2-16-14-ngi2-16-14-slonovaya-kost-rexant-3845" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-1-5-mm-sup2-nshvi-1-5-18-cherniy-rexant-3837" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-siniy-rexant-1631" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-2-5-mm-sup2-nshvi-2-5-18-siniy-rexant-3213" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-16-mm-sup2-nshvi-16-12-slonovaya-kost-rexant-1637" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-beliy-rexant-1627" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-35-mm-sup2-nshvi-35-16-krasniy-rexant-1639" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-seriy-rexant-1633" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-rexant-1286" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5-mm-sup2-nki-1-5-10-krasniy-rexant-1290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5-mm-sup2-nki-2-5-5-nki2-5-siniy-rexant-1294" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-4-6-mm-sup2-nki-6-0-10-nki5-5-10-jeltiy-rexant-1302" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-rexant-1306" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-1-5-2-5-mm-sup2-nvi-2-5-3-siniy-rexant-1307" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-rexant-1310" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-rexant-1311" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-8-4-mm-4-6-mm-sup2-nvi-6-0-8-jeltiy-rexant-1314" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I92"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1082,2620 +1088,2649 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3.51</v>
+        <v>233.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>38100</v>
+        <v>185</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>0.7</v>
+        <v>102.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>392833</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>90.42</v>
+        <v>63.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>2.79</v>
+        <v>5.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>54400</v>
+        <v>27800</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>10000</v>
+        <v>8000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>3.52</v>
+        <v>6.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>29500</v>
+        <v>91900</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>13.86</v>
+        <v>7.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>15100</v>
+        <v>23200</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>7200</v>
+        <v>6000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>3.21</v>
+        <v>7.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>90800</v>
+        <v>2200</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>25000</v>
+        <v>15000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>80.05</v>
+        <v>0.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>289</v>
+        <v>87700</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>138.81</v>
+        <v>2.99</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>200</v>
+        <v>45400</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>238.23</v>
+        <v>152.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>62.78</v>
+        <v>14.38</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>405</v>
+        <v>1800</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>63.66</v>
+        <v>109.45</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>99.73</v>
+        <v>3.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>290</v>
+        <v>67400</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>12.75</v>
+        <v>3.16</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>61100</v>
+        <v>31800</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>180.77</v>
+        <v>1.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>169</v>
+        <v>261800</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C18" s="3">
         <v>2.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>65000</v>
+        <v>70500</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>20000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>4</v>
+        <v>6.82</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>58400</v>
+        <v>16900</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>90.42</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C20" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>87367</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H20" s="3">
-        <v>30000</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>5.22</v>
+        <v>2.59</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>13300</v>
+        <v>64900</v>
       </c>
       <c r="G21" s="3">
         <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>16000</v>
+        <v>30000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>6.56</v>
+        <v>238.23</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>274833</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>4</v>
+        <v>10.22</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F23" s="3">
-        <v>141233</v>
+        <v>131300</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>7.53</v>
+        <v>2.37</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F24" s="3">
-        <v>76700</v>
+        <v>277100</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>1.58</v>
+        <v>0.81</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F25" s="3">
-        <v>43900</v>
+        <v>130600</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>105.72</v>
+        <v>6.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>180900</v>
       </c>
       <c r="G26" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>12000</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>114.65</v>
+        <v>3.45</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>92600</v>
       </c>
       <c r="G27" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>67.15</v>
+        <v>2.89</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F28" s="3">
-        <v>538</v>
+        <v>79900</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>111.52</v>
+        <v>5.64</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I29" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>147.06</v>
+        <v>102.25</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="F30" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>16.74</v>
+        <v>0.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F31" s="3">
-        <v>9000</v>
+        <v>223400</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>4000</v>
+        <v>100000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>11.09</v>
+        <v>2.46</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F32" s="3">
-        <v>5700</v>
+        <v>90400</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>1.25</v>
+        <v>67.15</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>42700</v>
+        <v>364</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>1.38</v>
+        <v>125.75</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>100800</v>
+        <v>159</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>5.64</v>
+        <v>6.72</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F35" s="3">
-        <v>1100</v>
+        <v>53200</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>12.57</v>
+        <v>2.75</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F36" s="3">
-        <v>24500</v>
+        <v>173700</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>1.52</v>
+        <v>3.37</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F37" s="3">
-        <v>68300</v>
+        <v>64800</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>30000</v>
+        <v>25000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>6.94</v>
+        <v>4.51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F38" s="3">
-        <v>165500</v>
+        <v>43800</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>3.64</v>
+        <v>2.73</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F39" s="3">
-        <v>157700</v>
+        <v>87100</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
         <v>20000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C40" s="3">
-        <v>5.51</v>
+        <v>147.06</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>143067</v>
+        <v>211</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="3">
-        <v>68.32</v>
+        <v>138.81</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C42" s="3">
-        <v>154.02</v>
+        <v>12.75</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F42" s="3">
-        <v>47</v>
+        <v>54100</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I42" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="3">
-        <v>102.5</v>
+        <v>1.6</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F43" s="3">
-        <v>479</v>
+        <v>97200</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I43" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="3">
-        <v>138.75</v>
+        <v>6.94</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F44" s="3">
-        <v>1</v>
+        <v>123300</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I44" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="3">
-        <v>238.23</v>
+        <v>5.51</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F45" s="3">
-        <v>183</v>
+        <v>115900</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I45" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="3">
-        <v>55.74</v>
+        <v>111.52</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>248</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="3">
-        <v>109.45</v>
+        <v>3.13</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F47" s="3">
-        <v>90</v>
+        <v>62100</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="3">
         <v>117.33</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>80</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C49" s="3">
-        <v>152.89</v>
+        <v>140.31</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="F49" s="3">
-        <v>68</v>
+        <v>570</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C50" s="3">
-        <v>102.25</v>
+        <v>1.31</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>25900</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>50000</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C51" s="3">
-        <v>1.79</v>
+        <v>1.38</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F51" s="3">
-        <v>133967</v>
+        <v>76100</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>40000</v>
+        <v>20000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C52" s="3">
-        <v>2.59</v>
+        <v>2.63</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F52" s="3">
-        <v>51100</v>
+        <v>53700</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="3">
-        <v>3.45</v>
+        <v>3.89</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F53" s="3">
-        <v>115100</v>
+        <v>59800</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
         <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C54" s="3">
-        <v>1.69</v>
+        <v>4.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F54" s="3">
-        <v>53900</v>
+        <v>48100</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="3">
-        <v>4.23</v>
+        <v>4.2</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F55" s="3">
-        <v>144667</v>
+        <v>69400</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C56" s="3">
-        <v>8.75</v>
+        <v>5.59</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F56" s="3">
-        <v>21100</v>
+        <v>9000</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>2400</v>
+        <v>16000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="3">
-        <v>1.8</v>
+        <v>7.91</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F57" s="3">
-        <v>131800</v>
+        <v>148100</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C58" s="3">
-        <v>6.84</v>
+        <v>80.05</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>14700</v>
+        <v>148</v>
       </c>
       <c r="G58" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="3">
-        <v>2.75</v>
+        <v>1.58</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F59" s="3">
-        <v>107800</v>
+        <v>34700</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
         <v>20000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="3">
-        <v>1.02</v>
+        <v>105.72</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="F60" s="3">
-        <v>243433</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H60" s="3">
-        <v>50000</v>
+        <v>80</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C61" s="3">
-        <v>2.26</v>
+        <v>114.65</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="F61" s="3">
-        <v>479767</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H61" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C62" s="3">
-        <v>0.62</v>
+        <v>4.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F62" s="3">
-        <v>189400</v>
+        <v>80200</v>
       </c>
       <c r="G62" s="3">
         <v>100</v>
       </c>
       <c r="H62" s="3">
-        <v>60000</v>
+        <v>10000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C63" s="3">
-        <v>14.38</v>
+        <v>11.09</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F63" s="3">
-        <v>600</v>
+        <v>4100</v>
       </c>
       <c r="G63" s="3">
         <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C64" s="3">
-        <v>4.18</v>
+        <v>17.58</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F64" s="3">
-        <v>120100</v>
+        <v>8200</v>
       </c>
       <c r="G64" s="3">
         <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>16000</v>
+        <v>4000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C65" s="3">
-        <v>2.46</v>
+        <v>12.57</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F65" s="3">
-        <v>119467</v>
+        <v>23600</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C66" s="3">
-        <v>5.92</v>
+        <v>55.74</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>48300</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C67" s="3">
-        <v>5.57</v>
+        <v>62.78</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>128367</v>
+        <v>289</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C68" s="3">
-        <v>3.11</v>
+        <v>68.32</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>79833</v>
+        <v>456</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C69" s="3">
-        <v>3.01</v>
+        <v>99.73</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>51967</v>
+        <v>347</v>
       </c>
       <c r="G69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C70" s="3">
-        <v>6.55</v>
+        <v>123.59</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>13333</v>
+        <v>1</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C71" s="3">
-        <v>1.77</v>
+        <v>154.02</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>204467</v>
+        <v>173</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>24000</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C72" s="3">
-        <v>10.62</v>
+        <v>138.75</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>79800</v>
+        <v>136</v>
       </c>
       <c r="G72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C73" s="3">
-        <v>2.59</v>
+        <v>238.23</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>87000</v>
+        <v>319</v>
       </c>
       <c r="G73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C74" s="3">
-        <v>6.37</v>
+        <v>180.77</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>29500</v>
+        <v>76</v>
       </c>
       <c r="G74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C75" s="3">
-        <v>0.77</v>
+        <v>1.79</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F75" s="3">
-        <v>348733</v>
+        <v>103900</v>
       </c>
       <c r="G75" s="3">
         <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>60000</v>
+        <v>40000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C76" s="3">
-        <v>125.75</v>
+        <v>8.31</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F76" s="3">
-        <v>45</v>
+        <v>19600</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>2400</v>
       </c>
       <c r="I76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C77" s="3">
-        <v>233.18</v>
+        <v>1.69</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>42900</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C78" s="3">
-        <v>123.59</v>
+        <v>0.75</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F78" s="3">
-        <v>107</v>
+        <v>260200</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C79" s="3">
-        <v>7.66</v>
+        <v>1.89</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F79" s="3">
-        <v>4200</v>
+        <v>112700</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>5000</v>
+        <v>24000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C80" s="3">
-        <v>6.48</v>
+        <v>3.69</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F80" s="3">
-        <v>108100</v>
+        <v>44300</v>
       </c>
       <c r="G80" s="3">
         <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C81" s="3">
-        <v>2.75</v>
+        <v>0.55</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F81" s="3">
-        <v>170100</v>
+        <v>98800</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C82" s="3">
-        <v>2.55</v>
+        <v>7.66</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F82" s="3">
-        <v>96300</v>
+        <v>5700</v>
       </c>
       <c r="G82" s="3">
         <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C83" s="3">
-        <v>1.19</v>
+        <v>1.09</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F83" s="3">
-        <v>224000</v>
+        <v>188800</v>
       </c>
       <c r="G83" s="3">
         <v>100</v>
       </c>
       <c r="H83" s="3">
         <v>50000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C84" s="3">
-        <v>5.89</v>
+        <v>1.86</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F84" s="3">
-        <v>37300</v>
+        <v>136500</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>8000</v>
+        <v>24000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C85" s="3">
-        <v>0.65</v>
+        <v>4.6</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F85" s="3">
-        <v>215433</v>
+        <v>93100</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>100000</v>
+        <v>16000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C86" s="3">
-        <v>0.52</v>
+        <v>2.69</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F86" s="3">
-        <v>193633</v>
+        <v>87400</v>
       </c>
       <c r="G86" s="3">
         <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>100000</v>
+        <v>20000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C87" s="3">
-        <v>4.51</v>
+        <v>11.15</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F87" s="3">
-        <v>47900</v>
+        <v>72400</v>
       </c>
       <c r="G87" s="3">
         <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>30000</v>
+        <v>10000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C88" s="3">
-        <v>10.22</v>
+        <v>5.92</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F88" s="3">
-        <v>160600</v>
+        <v>64200</v>
       </c>
       <c r="G88" s="3">
         <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C89" s="3">
-        <v>6.37</v>
+        <v>5.57</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F89" s="3">
-        <v>19800</v>
+        <v>102200</v>
       </c>
       <c r="G89" s="3">
         <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C90" s="3">
-        <v>2.51</v>
+        <v>3.7</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F90" s="3">
-        <v>77767</v>
+        <v>25600</v>
       </c>
       <c r="G90" s="3">
         <v>100</v>
       </c>
       <c r="H90" s="3">
         <v>20000</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C91" s="3">
-        <v>6.4</v>
+        <v>6.69</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F91" s="3">
-        <v>55867</v>
+        <v>24600</v>
       </c>
       <c r="G91" s="3">
         <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I91" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C92" s="3">
+        <v>13.86</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" s="3">
+        <v>18200</v>
+      </c>
+      <c r="G92" s="3">
+        <v>100</v>
+      </c>
+      <c r="H92" s="3">
+        <v>7200</v>
+      </c>
+      <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -3749,50 +3784,51 @@
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
     <hyperlink ref="D78" r:id="rId76"/>
     <hyperlink ref="D79" r:id="rId77"/>
     <hyperlink ref="D80" r:id="rId78"/>
     <hyperlink ref="D81" r:id="rId79"/>
     <hyperlink ref="D82" r:id="rId80"/>
     <hyperlink ref="D83" r:id="rId81"/>
     <hyperlink ref="D84" r:id="rId82"/>
     <hyperlink ref="D85" r:id="rId83"/>
     <hyperlink ref="D86" r:id="rId84"/>
     <hyperlink ref="D87" r:id="rId85"/>
     <hyperlink ref="D88" r:id="rId86"/>
     <hyperlink ref="D89" r:id="rId87"/>
     <hyperlink ref="D90" r:id="rId88"/>
     <hyperlink ref="D91" r:id="rId89"/>
+    <hyperlink ref="D92" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>