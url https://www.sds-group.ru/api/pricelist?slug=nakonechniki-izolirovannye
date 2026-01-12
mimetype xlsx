--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,600 +42,600 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники изолированные</t>
   </si>
   <si>
+    <t>08-1828</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0133-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-0822</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2801</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>06-0403-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8 / Е 0,5-8 / E0508) белый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2810</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0407-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0422-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0831</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0114-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0404-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0132-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>06-0417-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...110 lines deleted...]
-    <t>блистер</t>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
   </si>
   <si>
     <t>08-2808</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
   </si>
   <si>
-    <t>06-0413-A</t>
-[...20 lines deleted...]
-    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
   </si>
   <si>
     <t>08-0053</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
   </si>
   <si>
-    <t>08-2810</t>
-[...14 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
   </si>
   <si>
     <t>08-0011-10</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>08-0812</t>
-[...106 lines deleted...]
-  <si>
     <t>08-0151-10</t>
   </si>
   <si>
     <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
-  </si>
-[...256 lines deleted...]
-    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1020,51 +1020,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5mm-sup2-nki-1-5-10-krasniy-v-upak-10-sht-rexant-18179" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-v-upak-10-sht-rexant-18174" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-e-1-0-8-e1008-krasniy-v-upak-10-sht-rexant-18010" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-ngi2-10-14-krasniy-rexant-3844" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-10-mm-sup2-nshvi-10-18-slonovaya-kost-rexant-3838" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-25-mm-sup2-nshvi-25-16-cherniy-rexant-1638" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-4-6-mm-sup2-nvi-6-0-6-nvi-5-5-6-jeltiy-rexant-1313" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-jeltiy-rexant-1629" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-0-5-1-5-mm-sup2-nvi-1-5-5-nvi-1-25-5-krasniy-rexant-1305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12mm-2h4mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-21027" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-20-mm-50-mm-sup2-nshvi-50-20-olivkoviy-rexant-6639" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-v-upak-10-sht-rexant-18006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-rexant-1308" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-rexant-1309" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2-5-mm-sup2-nshvi-2-5-12-siniy-rexant-1632" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-0-5-1-5-mm-sup2-nvi-1-5-4-nvi-1-25-4-krasniy-rexant-1304" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-4-6-mm-sup2-nvi-6-0-5-nvi-5-5-5-jeltiy-rexant-1312" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant-28828" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-10-mm-2h2-5-mm-sup2-nshvi-2-2-5-10-ngi2-2-5-10-seriy-rexant-3846" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-gi2-10-14-krasniy-rexant-21029" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-1-5-2-5-mm-sup2-nki-2-5-10-siniy-rexant-1297" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-rexant-1635" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-cherniy-rexant-1630" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6-mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-rexant-1300" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2h4-mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-3847" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-rexant-1636" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-t-1-5-4-nki-t1-25-4-krasniy-rexant-7967" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-10sht-up-rexant-28833" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-siniy-rexant-1628" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-rexant-1303" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-e-1-5-8-e1508-cherniy-v-upak-10-sht-rexant-18011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5mm-sup2-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant-18177" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-4-6-mm-sup2-nki-6-0-5-nki5-5-5-jeltiy-rexant-1299" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-0-75-mm-sup2-nshvi-0-75-18-siniy-rexant-3836" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-6-mm-sup2-nshvi-6-0-18-zeleniy-rexant-3840" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-7-mm-0-5-1-5-mm-sup2-nki-1-5-3-5-krasniy-rexant-1285" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-0-5-1-5-mm-sup2-nki-1-5-5-nki-1-25-5-krasniy-rexant-1287" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5mm-sup2-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant-18185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5mm-sup2-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant-18178" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-16-mm-sup2-nshvi-16-18-slonovaya-kost-rexant-3839" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-rexant-1284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5-mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-rexant-1289" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5-mm-sup2-nki-2-5-8-nki2-8-siniy-rexant-1296" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-v-upak-10-sht-rexant-18009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5-mm-sup2-nki-2-5-4-nki2-4-siniy-rexant-1292" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant-28830" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-10sht-up-rexant-28831" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-5-mm-sup2-nshvi-2-0-5-8-ngi2-0-5-8-beliy-rexant-3841" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-75-mm-sup2-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rexant-3842" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-4-mm-sup2-nshvi-4-0-18-seriy-rexant-1634" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5-mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-rexant-1288" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-1-5-2-5-mm-sup2-nki-2-5-3-nki2-3-siniy-rexant-1291" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-2-5-6-nki2-6-siniy-rexant-1295" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-4-6-mm-sup2-nki-6-0-4-nki5-5-4-jeltiy-rexant-1298" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-4-6-mm-sup2-nki-6-0-8-nki5-5-8-jeltiy-rexant-1301" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-e-4-0-9-e4009-seriy-v-upak-10-sht-rexant-18019" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-mm-sup2-nshvi-2-1-0-8-ngi2-1-0-8-krasniy-rexant-7953" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-10sht-up-rexant-28827" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant-28829" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-3848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-t-2-5-6-nki-t2-6-siniy-rexant-7968" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-4-6-mm-sup2-nki-t-6-0-6-nki-t5-5-6-jeltiy-rexant-7969" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-8-4-mm-4-6-mm-sup2-nki-t-6-0-8-nki-t5-5-8-jeltiy-rexant-7970" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-e-0-5-8-e0508-beliy-v-upak-10-sht-rexant-18005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant-18007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant-18012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-v-upak-10-sht-rexant-18008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-v-upak-10-sht-rexant-18181" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-v-upak-10-sht-rexant-18176" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5mm-1-5-2-5mm-sup2-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant-18180" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-v-upak-10-sht-rexant-18182" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-1-21028" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-5-mm-sup2-nshvi-2-1-5-8-ngi2-1-5-8-cherniy-rexant-3843" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h16-mm-sup2-nshvi-2-16-14-ngi2-16-14-slonovaya-kost-rexant-3845" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-1-5-mm-sup2-nshvi-1-5-18-cherniy-rexant-3837" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-siniy-rexant-1631" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-2-5-mm-sup2-nshvi-2-5-18-siniy-rexant-3213" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-16-mm-sup2-nshvi-16-12-slonovaya-kost-rexant-1637" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-beliy-rexant-1627" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-35-mm-sup2-nshvi-35-16-krasniy-rexant-1639" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-seriy-rexant-1633" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-rexant-1286" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5-mm-sup2-nki-1-5-10-krasniy-rexant-1290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5-mm-sup2-nki-2-5-5-nki2-5-siniy-rexant-1294" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-4-6-mm-sup2-nki-6-0-10-nki5-5-10-jeltiy-rexant-1302" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-rexant-1306" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-1-5-2-5-mm-sup2-nvi-2-5-3-siniy-rexant-1307" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-rexant-1310" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-rexant-1311" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-8-4-mm-4-6-mm-sup2-nvi-6-0-8-jeltiy-rexant-1314" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I92"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1088,2650 +1088,2650 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>233.18</v>
+        <v>12.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>185</v>
+        <v>52900</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I3" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>102.5</v>
+        <v>116.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>63.66</v>
+        <v>0.56</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>63301</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>100000</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>5.89</v>
+        <v>2.81</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>27800</v>
+        <v>46600</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>8000</v>
+        <v>20000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>6.48</v>
+        <v>1.33</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>91900</v>
+        <v>66000</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>15000</v>
+        <v>50000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>7.18</v>
+        <v>56.69</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>23200</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="3">
+        <v>111.31</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2200</v>
+        <v>195</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" s="3">
-        <v>0.65</v>
+        <v>156.64</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>87700</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="3">
-        <v>2.99</v>
+        <v>127.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>45400</v>
+        <v>46</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>152.89</v>
+        <v>4.48</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>95400</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>14.38</v>
+        <v>5.74</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1800</v>
+        <v>300</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>109.45</v>
+        <v>3.51</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>191</v>
+        <v>81300</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>3.27</v>
+        <v>3.43</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>67400</v>
+        <v>55900</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>20000</v>
+        <v>25000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>3.16</v>
+        <v>6.59</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>31800</v>
+        <v>68600</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>1.25</v>
+        <v>7.67</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>261800</v>
+        <v>5900</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>50000</v>
+        <v>6000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>2.77</v>
+        <v>0.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>70500</v>
+        <v>145300</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>6.82</v>
+        <v>0.66</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>16900</v>
+        <v>73100</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>10000</v>
+        <v>60000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>90.42</v>
+        <v>0.82</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>289201</v>
       </c>
       <c r="G20" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>60000</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>2.59</v>
+        <v>119.32</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>64900</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30000</v>
+        <v>80</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>238.23</v>
+        <v>125.69</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>10.22</v>
+        <v>1.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>131300</v>
+        <v>112100</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>16000</v>
+        <v>24000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>2.37</v>
+        <v>2.92</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>277100</v>
+        <v>76500</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>20000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>0.81</v>
+        <v>4.91</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>130600</v>
+        <v>89300</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>60000</v>
+        <v>16000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>6.89</v>
+        <v>3.01</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>180900</v>
+        <v>28200</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>3.45</v>
+        <v>10.39</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>92600</v>
+        <v>112300</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>2.89</v>
+        <v>6.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>79900</v>
+        <v>2300</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>5.64</v>
+        <v>11.34</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>400</v>
+        <v>25300</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>102.25</v>
+        <v>6.02</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>37300</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>0.68</v>
+        <v>3.21</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>223400</v>
+        <v>28100</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>100000</v>
+        <v>20000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>2.46</v>
+        <v>7.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>90400</v>
+        <v>900</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>67.15</v>
+        <v>14.1</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>364</v>
+        <v>16500</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>7200</v>
       </c>
       <c r="I33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>125.75</v>
+        <v>0.76</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>159</v>
+        <v>283101</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I34" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>6.72</v>
+        <v>3.33</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>53200</v>
+        <v>60000</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>2.75</v>
+        <v>11.28</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>173700</v>
+        <v>2900</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>3.37</v>
+        <v>18.77</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>64800</v>
+        <v>7700</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>25000</v>
+        <v>4000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>4.51</v>
+        <v>69.48</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F38" s="3">
-        <v>43800</v>
+        <v>455</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>2.73</v>
+        <v>242.28</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F39" s="3">
-        <v>87100</v>
+        <v>330</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C40" s="3">
-        <v>147.06</v>
+        <v>2.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>211</v>
+        <v>170200</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="3">
-        <v>138.81</v>
+        <v>2.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>6</v>
+        <v>82500</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I41" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C42" s="3">
-        <v>12.75</v>
+        <v>3.04</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>54100</v>
+        <v>41000</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
         <v>10000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="3">
-        <v>1.6</v>
+        <v>7.14</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>97200</v>
+        <v>24000</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>30000</v>
+        <v>10000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="3">
-        <v>6.94</v>
+        <v>3.75</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>123300</v>
+        <v>36200</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="3">
-        <v>5.51</v>
+        <v>2.94</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>115900</v>
+        <v>93000</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
         <v>20000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="3">
-        <v>111.52</v>
+        <v>6.94</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>248</v>
+        <v>15800</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="3">
-        <v>3.13</v>
+        <v>81.41</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F47" s="3">
-        <v>62100</v>
+        <v>201</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="3">
-        <v>117.33</v>
+        <v>101.43</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C49" s="3">
-        <v>140.31</v>
+        <v>141.11</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="F49" s="3">
-        <v>570</v>
+        <v>153</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C50" s="3">
-        <v>1.31</v>
+        <v>155.49</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F50" s="3">
-        <v>25900</v>
+        <v>168</v>
       </c>
       <c r="G50" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C51" s="3">
-        <v>1.38</v>
+        <v>242.28</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F51" s="3">
-        <v>76100</v>
+        <v>130</v>
       </c>
       <c r="G51" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C52" s="3">
-        <v>2.63</v>
+        <v>5.99</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>53700</v>
+        <v>20000</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>20000</v>
+        <v>8000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="3">
-        <v>3.89</v>
+        <v>1.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>59800</v>
+        <v>34600</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C54" s="3">
-        <v>4.2</v>
+        <v>183.84</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F54" s="3">
-        <v>48100</v>
+        <v>170</v>
       </c>
       <c r="G54" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="3">
-        <v>4.2</v>
+        <v>107.52</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+      <c r="G55" s="3">
         <v>20</v>
       </c>
-      <c r="F55" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C56" s="3">
-        <v>5.59</v>
+        <v>4.59</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>9000</v>
+        <v>39100</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>16000</v>
+        <v>30000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="3">
-        <v>7.91</v>
+        <v>3.76</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>148100</v>
+        <v>22200</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C58" s="3">
-        <v>80.05</v>
+        <v>113.42</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F58" s="3">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>10</v>
       </c>
       <c r="I58" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="3">
-        <v>1.58</v>
+        <v>68.29</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F59" s="3">
-        <v>34700</v>
+        <v>371</v>
       </c>
       <c r="G59" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="3">
-        <v>105.72</v>
+        <v>141.17</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G60" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C61" s="3">
-        <v>114.65</v>
+        <v>149.56</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G61" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C62" s="3">
-        <v>4.23</v>
+        <v>63.85</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F62" s="3">
-        <v>80200</v>
+        <v>357</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C63" s="3">
-        <v>11.09</v>
+        <v>5.66</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>4100</v>
+        <v>86700</v>
       </c>
       <c r="G63" s="3">
         <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C64" s="3">
-        <v>17.58</v>
+        <v>2.02</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>8200</v>
+        <v>93800</v>
       </c>
       <c r="G64" s="3">
         <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>4000</v>
+        <v>24000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C65" s="3">
-        <v>12.57</v>
+        <v>1.33</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>23600</v>
+        <v>129400</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>12000</v>
+        <v>50000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C66" s="3">
-        <v>55.74</v>
+        <v>14.62</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I66" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C67" s="3">
-        <v>62.78</v>
+        <v>3.38</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>289</v>
+        <v>84800</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I67" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C68" s="3">
-        <v>68.32</v>
+        <v>91.96</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>456</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I68" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C69" s="3">
-        <v>99.73</v>
+        <v>12.78</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>347</v>
+        <v>21800</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C70" s="3">
-        <v>123.59</v>
+        <v>64.74</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>10</v>
       </c>
       <c r="I70" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C71" s="3">
-        <v>154.02</v>
+        <v>104.24</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F71" s="3">
-        <v>173</v>
+        <v>199</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>10</v>
       </c>
       <c r="I71" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C72" s="3">
-        <v>138.75</v>
+        <v>237.14</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F72" s="3">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C73" s="3">
-        <v>238.23</v>
+        <v>2.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>319</v>
+        <v>188801</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C74" s="3">
-        <v>180.77</v>
+        <v>8.18</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>76</v>
+        <v>5100</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C75" s="3">
-        <v>1.79</v>
+        <v>1.16</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>103900</v>
+        <v>107401</v>
       </c>
       <c r="G75" s="3">
         <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>40000</v>
+        <v>50000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C76" s="3">
-        <v>8.31</v>
+        <v>1.82</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>19600</v>
+        <v>87500</v>
       </c>
       <c r="G76" s="3">
         <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>2400</v>
+        <v>40000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C77" s="3">
-        <v>1.69</v>
+        <v>2.77</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>42900</v>
+        <v>53900</v>
       </c>
       <c r="G77" s="3">
         <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>50000</v>
+        <v>30000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C78" s="3">
-        <v>0.75</v>
+        <v>4.3</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>260200</v>
+        <v>70700</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>60000</v>
+        <v>10000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C79" s="3">
-        <v>1.89</v>
+        <v>8.03</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>112700</v>
+        <v>18800</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>24000</v>
+        <v>2400</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C80" s="3">
-        <v>3.69</v>
+        <v>1.4</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>44300</v>
+        <v>58100</v>
       </c>
       <c r="G80" s="3">
         <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C81" s="3">
-        <v>0.55</v>
+        <v>1.63</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>98800</v>
+        <v>124000</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>100000</v>
+        <v>30000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C82" s="3">
-        <v>7.66</v>
+        <v>4.15</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>5700</v>
+        <v>44900</v>
       </c>
       <c r="G82" s="3">
         <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C83" s="3">
-        <v>1.09</v>
+        <v>7.06</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>188800</v>
+        <v>130900</v>
       </c>
       <c r="G83" s="3">
         <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C84" s="3">
-        <v>1.86</v>
+        <v>4.48</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>136500</v>
+        <v>42300</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C85" s="3">
-        <v>4.6</v>
+        <v>3.18</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>93100</v>
+        <v>83900</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>16000</v>
+        <v>30000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C86" s="3">
-        <v>2.69</v>
+        <v>5.88</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>87400</v>
+        <v>105100</v>
       </c>
       <c r="G86" s="3">
         <v>100</v>
       </c>
       <c r="H86" s="3">
         <v>20000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C87" s="3">
-        <v>11.15</v>
+        <v>5.97</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>72400</v>
+        <v>12200</v>
       </c>
       <c r="G87" s="3">
         <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C88" s="3">
-        <v>5.92</v>
+        <v>7.01</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>64200</v>
+        <v>69600</v>
       </c>
       <c r="G88" s="3">
         <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C89" s="3">
-        <v>5.57</v>
+        <v>8.04</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>102200</v>
+        <v>36900</v>
       </c>
       <c r="G89" s="3">
         <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C90" s="3">
-        <v>3.7</v>
+        <v>1.61</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>25600</v>
+        <v>92200</v>
       </c>
       <c r="G90" s="3">
         <v>100</v>
       </c>
       <c r="H90" s="3">
         <v>20000</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C91" s="3">
-        <v>6.69</v>
+        <v>103.99</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>24600</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C92" s="3">
-        <v>13.86</v>
+        <v>135.56</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F92" s="3">
-        <v>18200</v>
+        <v>516</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>7200</v>
+        <v>80</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>