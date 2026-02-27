--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,634 +8,598 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="182">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники изолированные</t>
   </si>
   <si>
     <t>08-1828</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>08-0133-10</t>
-[...2 lines deleted...]
-    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
   </si>
   <si>
     <t>блистер</t>
   </si>
   <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
     <t>08-0811</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
   </si>
   <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0822</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
   </si>
   <si>
     <t>08-2801</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
   </si>
   <si>
-    <t>06-0403-A</t>
-[...35 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
   </si>
   <si>
     <t>08-2810</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
   </si>
   <si>
-    <t>08-1824</t>
-[...134 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
   </si>
   <si>
     <t>06-0407-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0422-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>08-1809</t>
-[...26 lines deleted...]
-    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
   </si>
   <si>
     <t>08-0831</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
   </si>
   <si>
-    <t>08-0152</t>
-[...94 lines deleted...]
-  <si>
     <t>06-0404-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
-  </si>
-[...178 lines deleted...]
-    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1020,56 +984,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8e-1-0-8e1008-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3nvi-1-25-3-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi2-1-0-8ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4nki-t1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6nki-t2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6nki-t5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8nki-t5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6nki-1-25-6-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8nki-1-25-8-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi2-0-75-8ngi2-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4nki-1-25-4-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14-gi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi2-1-5-8ngi2-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi2-2-5-10ngi2-2-5-10-seryy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14ngi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi2-16-14ngi2-16-14-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi2-0-5-8ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I86"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1097,2641 +1061,2467 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>12.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>52900</v>
+        <v>51100</v>
       </c>
       <c r="G3" s="3">
         <v>100</v>
       </c>
       <c r="H3" s="3">
         <v>10000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>116.6</v>
+        <v>64.74</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>0.56</v>
+        <v>237.14</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>63301</v>
+        <v>120</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100000</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>2.81</v>
+        <v>1.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>46600</v>
+        <v>127700</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>1.33</v>
+        <v>2.02</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>66000</v>
+        <v>87300</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>50000</v>
+        <v>24000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>56.69</v>
+        <v>3.75</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>31700</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>111.31</v>
+        <v>0.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>195</v>
+        <v>596300</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>80000</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>156.64</v>
+        <v>1.33</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>177400</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>127.89</v>
+        <v>113.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>4.48</v>
+        <v>149.56</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>95400</v>
+        <v>69</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>5.74</v>
+        <v>68.29</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>300</v>
+        <v>251</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>3.51</v>
+        <v>81.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>81300</v>
+        <v>265</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>3.43</v>
+        <v>141.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>55900</v>
+        <v>57</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>25000</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>6.59</v>
+        <v>3.18</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>68600</v>
+        <v>85500</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>15000</v>
+        <v>30000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>7.67</v>
+        <v>1.63</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>5900</v>
+        <v>105900</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>6000</v>
+        <v>30000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>0.69</v>
+        <v>4.15</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>145300</v>
+        <v>27000</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>100000</v>
+        <v>20000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>0.66</v>
+        <v>7.06</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>73100</v>
+        <v>110200</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>0.82</v>
+        <v>4.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>289201</v>
+        <v>39000</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>119.32</v>
+        <v>4.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>78300</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>125.69</v>
+        <v>5.88</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>132</v>
+        <v>89900</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1.89</v>
+        <v>5.97</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>112100</v>
+        <v>25100</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>24000</v>
+        <v>16000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>2.92</v>
+        <v>7.01</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>76500</v>
+        <v>16900</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>4.91</v>
+        <v>8.04</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>89300</v>
+        <v>157500</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>3.01</v>
+        <v>1.61</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>28200</v>
+        <v>78500</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>20000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>10.39</v>
+        <v>1.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>112300</v>
+        <v>65200</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>16000</v>
+        <v>24000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>6.83</v>
+        <v>2.92</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>11.34</v>
+        <v>6.83</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>25300</v>
+        <v>20300</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>6.02</v>
+        <v>3.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>37300</v>
+        <v>69200</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>20000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C31" s="3">
         <v>3.21</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>28100</v>
+        <v>18600</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
         <v>20000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>7.13</v>
+        <v>6.94</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>900</v>
+        <v>11300</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>14.1</v>
+        <v>5.74</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>16500</v>
+        <v>100</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>7200</v>
+        <v>12000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>0.76</v>
+        <v>11.28</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>283101</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>60000</v>
+        <v>4000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>3.33</v>
+        <v>18.77</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>60000</v>
+        <v>6800</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>11.28</v>
+        <v>12.78</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>2900</v>
+        <v>21000</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>4000</v>
+        <v>12000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>18.77</v>
+        <v>111.31</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>7700</v>
+        <v>131</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>69.48</v>
+        <v>156.64</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>455</v>
+        <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>242.28</v>
+        <v>104.24</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>330</v>
+        <v>204</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>2.8</v>
+        <v>127.89</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>170200</v>
+        <v>12</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>2.5</v>
+        <v>183.84</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>82500</v>
+        <v>143</v>
       </c>
       <c r="G41" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>3.04</v>
+        <v>7.67</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>41000</v>
+        <v>8400</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>7.14</v>
+        <v>4.59</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>24000</v>
+        <v>38500</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>10000</v>
+        <v>30000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>3.75</v>
+        <v>4.91</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>36200</v>
+        <v>85900</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>2.94</v>
+        <v>3.01</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>93000</v>
+        <v>11000</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
         <v>20000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>6.94</v>
+        <v>10.39</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>15800</v>
+        <v>93600</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>81.41</v>
+        <v>11.34</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>201</v>
+        <v>12400</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>101.43</v>
+        <v>2.5</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>223</v>
+        <v>49100</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I48" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>141.11</v>
+        <v>3.04</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>153</v>
+        <v>36600</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I49" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>155.49</v>
+        <v>6.02</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>168</v>
+        <v>30900</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I50" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>242.28</v>
+        <v>5.66</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>130</v>
+        <v>71900</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I51" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>5.99</v>
+        <v>3.33</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>20000</v>
+        <v>51200</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>8000</v>
+        <v>30000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>1.8</v>
+        <v>3.76</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>34600</v>
+        <v>18600</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>183.84</v>
+        <v>7.14</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>170</v>
+        <v>18700</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I54" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>107.52</v>
+        <v>7.13</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>80</v>
+        <v>15000</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>4.59</v>
+        <v>14.1</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>39100</v>
+        <v>12100</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>30000</v>
+        <v>7200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>3.76</v>
+        <v>1.4</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>22200</v>
+        <v>50800</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
         <v>20000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="C58" s="3">
+        <v>135.56</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="C58" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3">
-        <v>149</v>
+        <v>466</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="3">
-        <v>68.29</v>
+        <v>125.69</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>371</v>
+        <v>46</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>10</v>
       </c>
       <c r="I59" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="3">
-        <v>141.17</v>
+        <v>155.49</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C61" s="3">
-        <v>149.56</v>
+        <v>242.28</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C62" s="3">
-        <v>63.85</v>
+        <v>1.82</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>357</v>
+        <v>78300</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I62" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C63" s="3">
-        <v>5.66</v>
+        <v>2.77</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>86700</v>
+        <v>72700</v>
       </c>
       <c r="G63" s="3">
         <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C64" s="3">
-        <v>2.02</v>
+        <v>4.3</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>93800</v>
+        <v>49900</v>
       </c>
       <c r="G64" s="3">
         <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C65" s="3">
-        <v>1.33</v>
+        <v>5.99</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>129400</v>
+        <v>13100</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>50000</v>
+        <v>8000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C66" s="3">
-        <v>14.62</v>
+        <v>8.03</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>1700</v>
+        <v>18000</v>
       </c>
       <c r="G66" s="3">
         <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>2000</v>
+        <v>2400</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C67" s="3">
-        <v>3.38</v>
+        <v>0.56</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>84800</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C68" s="3">
-        <v>91.96</v>
+        <v>0.76</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>381800</v>
       </c>
       <c r="G68" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>80</v>
+        <v>60000</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C69" s="3">
-        <v>12.78</v>
+        <v>0.69</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>21800</v>
+        <v>261100</v>
       </c>
       <c r="G69" s="3">
         <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>12000</v>
+        <v>100000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C70" s="3">
-        <v>64.74</v>
+        <v>2.41</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>256400</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C71" s="3">
-        <v>104.24</v>
+        <v>0.66</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>199</v>
+        <v>235000</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>100000</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C72" s="3">
-        <v>237.14</v>
+        <v>1.16</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>109</v>
+        <v>150500</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H72" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C73" s="3">
-        <v>2.41</v>
+        <v>101.43</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>188801</v>
+        <v>258</v>
       </c>
       <c r="G73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C74" s="3">
-        <v>8.18</v>
+        <v>2.81</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>5100</v>
+        <v>58200</v>
       </c>
       <c r="G74" s="3">
         <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C75" s="3">
-        <v>1.16</v>
+        <v>1.33</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>107401</v>
+        <v>40600</v>
       </c>
       <c r="G75" s="3">
         <v>100</v>
       </c>
       <c r="H75" s="3">
         <v>50000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C76" s="3">
-        <v>1.82</v>
+        <v>3.43</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>87500</v>
+        <v>44800</v>
       </c>
       <c r="G76" s="3">
         <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>40000</v>
+        <v>25000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C77" s="3">
-        <v>2.77</v>
+        <v>6.59</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>53900</v>
+        <v>54400</v>
       </c>
       <c r="G77" s="3">
         <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>30000</v>
+        <v>15000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C78" s="3">
-        <v>4.3</v>
+        <v>14.62</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>70700</v>
+        <v>1100</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C79" s="3">
-        <v>8.03</v>
+        <v>3.51</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>18800</v>
+        <v>62900</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>2400</v>
+        <v>20000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C80" s="3">
-        <v>1.4</v>
+        <v>2.8</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>58100</v>
+        <v>167500</v>
       </c>
       <c r="G80" s="3">
         <v>100</v>
       </c>
       <c r="H80" s="3">
         <v>20000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C81" s="3">
-        <v>1.63</v>
+        <v>69.48</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>124000</v>
+        <v>305</v>
       </c>
       <c r="G81" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C82" s="3">
-        <v>4.15</v>
+        <v>242.28</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>44900</v>
+        <v>287</v>
       </c>
       <c r="G82" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C83" s="3">
-        <v>7.06</v>
+        <v>141.11</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F83" s="3">
-        <v>130900</v>
+        <v>62</v>
       </c>
       <c r="G83" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C84" s="3">
-        <v>4.48</v>
+        <v>8.18</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>42300</v>
+        <v>2700</v>
       </c>
       <c r="G84" s="3">
         <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C85" s="3">
-        <v>3.18</v>
+        <v>2.94</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>83900</v>
+        <v>124300</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C86" s="3">
-        <v>5.88</v>
+        <v>63.85</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F86" s="3">
-        <v>105100</v>
+        <v>200</v>
       </c>
       <c r="G86" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
-[...173 lines deleted...]
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -3779,56 +3569,50 @@
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
     <hyperlink ref="D78" r:id="rId76"/>
     <hyperlink ref="D79" r:id="rId77"/>
     <hyperlink ref="D80" r:id="rId78"/>
     <hyperlink ref="D81" r:id="rId79"/>
     <hyperlink ref="D82" r:id="rId80"/>
     <hyperlink ref="D83" r:id="rId81"/>
     <hyperlink ref="D84" r:id="rId82"/>
     <hyperlink ref="D85" r:id="rId83"/>
     <hyperlink ref="D86" r:id="rId84"/>
-    <hyperlink ref="D87" r:id="rId85"/>
-[...4 lines deleted...]
-    <hyperlink ref="D92" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>