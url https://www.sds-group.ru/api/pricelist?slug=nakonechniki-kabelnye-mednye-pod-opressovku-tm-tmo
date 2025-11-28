--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -42,300 +42,300 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5316-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5323-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+    <t>07-5313-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5311-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5308-1</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5310-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5313-2</t>
-[...2 lines deleted...]
-    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5320-1</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5305-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
   </si>
   <si>
-    <t>07-5306-3</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5309-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5321-3</t>
-[...26 lines deleted...]
-    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5314-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5315-1</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5321-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5327-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-5-sht-rexant-25318" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25308" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25302" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25300" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25312" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25541" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-100sht-rexant-25542" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15584" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-240-16-24-240mm-sup2-oslash-16mm-v-upak-5-sht-rexant-pod-zakaz-25252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-120-12-17-120mm-sup2-oslash-12mm-v-upak-10-sht-rexant-25244" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-150-16-19-150mm-sup2-oslash-16mm-v-upak-10-sht-rexant-25248" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-10-sht-rexant-15571" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15581" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25314" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15608" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15604" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25301" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25306" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25309" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25310" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25311" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25313" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25315" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-5-sht-rexant-25316" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-25-sht-rexant-25317" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-25-sht-rexant-25319" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-100sht-rexant-25537" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-100sht-rexant-25538" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-100sht-rexant-25540" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25543" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-100sht-rexant-25536" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-100sht-rexant-25539" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-10-sht-rexant-15603" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15601" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-12mm-v-upak-5-sht-rexant-15585" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-95-10-15-95mm-sup2-oslash-10mm-v-upak-25-sht-rexant-25321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>124.58</v>
+        <v>81.22</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>140</v>
+        <v>1010</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>48.46</v>
+        <v>104.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>440</v>
+        <v>60</v>
       </c>
       <c r="G4" s="3">
         <v>5</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>143.76</v>
+        <v>150.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>200</v>
+        <v>855</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>60.85</v>
+        <v>119.96</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>99.77</v>
+        <v>63.89</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1090</v>
+        <v>595</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>48.41</v>
+        <v>109.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="G8" s="3">
         <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>42.1</v>
+        <v>50.88</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>5</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>42.19</v>
+        <v>130.81</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>615</v>
+        <v>940</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>613.98</v>
+        <v>60.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>180</v>
+        <v>1800</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>18.04</v>
+        <v>64.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>48.47</v>
+        <v>73.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>800</v>
+        <v>700</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>60.3</v>
+        <v>119.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>440</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>103.87</v>
+        <v>1096.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
+        <v>5</v>
+      </c>
+      <c r="H15" s="3">
         <v>50</v>
       </c>
-      <c r="H15" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>114.25</v>
+        <v>408.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>124.58</v>
+        <v>613.98</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>400</v>
+        <v>90</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>124.58</v>
+        <v>18.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>300</v>
+        <v>1800</v>
       </c>
       <c r="G18" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>143.77</v>
+        <v>44.3</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>124.58</v>
+        <v>130.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="G20" s="3">
+        <v>5</v>
+      </c>
+      <c r="H20" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>18.05</v>
+        <v>114.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>18.05</v>
+        <v>44.21</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>815</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>42.19</v>
+        <v>50.83</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1105</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>114.24</v>
+        <v>48.47</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>64.83</v>
+        <v>103.87</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1000</v>
+        <v>1050</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>700</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>73.67</v>
+        <v>114.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>750</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>114.25</v>
+        <v>130.81</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>100</v>
+        <v>545</v>
       </c>
       <c r="G27" s="3">
+        <v>5</v>
+      </c>
+      <c r="H27" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1096.98</v>
+        <v>124.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="G28" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>65.2</v>
+        <v>124.58</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>35</v>
+        <v>500</v>
       </c>
       <c r="G29" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>77.35</v>
+        <v>124.58</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>20</v>
+        <v>850</v>
       </c>
       <c r="G30" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>19.62</v>
+        <v>150.96</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H31" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>114.25</v>
+        <v>143.76</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>285</v>
+        <v>1400</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H32" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>99.68</v>
+        <v>143.76</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>975</v>
+        <v>775</v>
       </c>
       <c r="G33" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>124.58</v>
+        <v>18.05</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>143.76</v>
+        <v>42.3</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>775</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>1300</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>143.76</v>
+        <v>48.47</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>1100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>124.58</v>
+        <v>114.25</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>165</v>
+        <v>350</v>
       </c>
       <c r="G37" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>42.3</v>
+        <v>103.87</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H38" s="3">
-        <v>1300</v>
+        <v>400</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>48.47</v>
+        <v>18.05</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>1100</v>
+        <v>3500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>103.87</v>
+        <v>42.19</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
+        <v>1900</v>
+      </c>
+      <c r="G40" s="3">
         <v>100</v>
       </c>
-      <c r="G40" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H40" s="3">
-        <v>400</v>
+        <v>1300</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>103.87</v>
+        <v>20.6</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>195</v>
+        <v>3330</v>
       </c>
       <c r="G41" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>114.24</v>
+        <v>68.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G42" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>408.75</v>
+        <v>109.65</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>1185</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
         <v>264.63</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>25</v>
       </c>
       <c r="H44" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>