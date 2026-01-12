--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5324-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5324-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5315-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...44 lines deleted...]
-    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5327-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5313-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5314-3</t>
-[...2 lines deleted...]
-    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+    <t>07-5316-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5315-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
-  </si>
-[...184 lines deleted...]
-    <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-5-sht-rexant-25318" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25308" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25302" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25300" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25312" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25541" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-100sht-rexant-25542" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15584" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-240-16-24-240mm-sup2-oslash-16mm-v-upak-5-sht-rexant-pod-zakaz-25252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-120-12-17-120mm-sup2-oslash-12mm-v-upak-10-sht-rexant-25244" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-150-16-19-150mm-sup2-oslash-16mm-v-upak-10-sht-rexant-25248" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-10-sht-rexant-15571" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15581" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25314" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15608" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15604" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25301" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25306" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25309" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25310" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25311" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25313" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25315" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-5-sht-rexant-25316" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-25-sht-rexant-25317" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-25-sht-rexant-25319" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-100sht-rexant-25537" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-100sht-rexant-25538" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-100sht-rexant-25540" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25543" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-100sht-rexant-25536" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-100sht-rexant-25539" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-10-sht-rexant-15603" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15601" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-12mm-v-upak-5-sht-rexant-15585" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-95-10-15-95mm-sup2-oslash-10mm-v-upak-25-sht-rexant-25321" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1258 +794,1258 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>81.22</v>
+        <v>151.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1010</v>
+        <v>40</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>104.76</v>
+        <v>144.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="G4" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>150.95</v>
+        <v>133.82</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>855</v>
+        <v>380</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>119.96</v>
+        <v>128.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>580</v>
+        <v>270</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>63.89</v>
+        <v>86.33</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>595</v>
+        <v>720</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>109.06</v>
+        <v>76.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>105</v>
+        <v>260</v>
       </c>
       <c r="G8" s="3">
         <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>50.88</v>
+        <v>79.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G9" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>130.81</v>
+        <v>120.39</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>940</v>
+        <v>850</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>60.3</v>
+        <v>176.54</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1800</v>
+        <v>795</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>64.83</v>
+        <v>61.58</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>73.67</v>
+        <v>151.66</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>119.96</v>
+        <v>116.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>440</v>
+        <v>290</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1096.98</v>
+        <v>132.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>408.75</v>
+        <v>151.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>405</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>613.98</v>
+        <v>176.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>18.94</v>
+        <v>168.13</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1800</v>
+        <v>700</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>44.3</v>
+        <v>21.66</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>130.81</v>
+        <v>128.97</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="G20" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>114.24</v>
+        <v>20.95</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>200</v>
+        <v>3110</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>44.21</v>
+        <v>48.18</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>815</v>
+        <v>2400</v>
       </c>
       <c r="G22" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>50.83</v>
+        <v>99.12</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1105</v>
+        <v>340</v>
       </c>
       <c r="G23" s="3">
         <v>5</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>48.47</v>
+        <v>140.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>800</v>
+        <v>250</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>103.87</v>
+        <v>415.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1050</v>
+        <v>1200</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>114.24</v>
+        <v>624.42</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>750</v>
+        <v>360</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>90</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>130.81</v>
+        <v>1227.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>545</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>5</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>124.58</v>
+        <v>48.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="G28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>124.58</v>
+        <v>144.44</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="G29" s="3">
         <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>124.58</v>
+        <v>168.13</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>850</v>
+        <v>2975</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>150.96</v>
+        <v>21.48</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G31" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>3500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>143.76</v>
+        <v>133.61</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1400</v>
+        <v>500</v>
       </c>
       <c r="G32" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>143.76</v>
+        <v>290.66</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>775</v>
+        <v>2100</v>
       </c>
       <c r="G33" s="3">
         <v>25</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>18.05</v>
+        <v>52.71</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H34" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>42.3</v>
+        <v>19.26</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>48.47</v>
+        <v>53.95</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>415</v>
       </c>
       <c r="G36" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
-        <v>1100</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>114.25</v>
+        <v>61</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>350</v>
+        <v>205</v>
       </c>
       <c r="G37" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>103.87</v>
+        <v>55.21</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>18.05</v>
+        <v>68.68</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1000</v>
+        <v>10900</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>42.19</v>
+        <v>110.92</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1900</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>1300</v>
+        <v>400</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>20.6</v>
+        <v>110.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>3330</v>
+        <v>2200</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>68.46</v>
+        <v>144.44</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="G42" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>109.65</v>
+        <v>55.21</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1185</v>
+        <v>1100</v>
       </c>
       <c r="G43" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>250</v>
+        <v>1100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>264.63</v>
+        <v>86.16</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G44" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>