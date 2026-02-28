--- v2 (2026-01-12)
+++ v3 (2026-02-28)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5313-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5316-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5324-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5324-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
     <t>07-5321-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5320-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5314-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
     <t>07-5313-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5314-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5326-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5323-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5317-1</t>
-[...106 lines deleted...]
-  <si>
     <t>07-5321-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
   </si>
   <si>
     <t>07-5327-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309-1</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5310-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5313-2</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5323-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>151.66</v>
+        <v>68.68</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>144.44</v>
+        <v>110.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>133.82</v>
+        <v>110.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>380</v>
+        <v>800</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>128.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>86.33</v>
+        <v>151.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>720</v>
+        <v>135</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>76.02</v>
+        <v>144.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>79.78</v>
+        <v>176.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>120.39</v>
+        <v>168.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>176.54</v>
+        <v>48.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>795</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>1300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>61.58</v>
+        <v>86.16</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G12" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>151.66</v>
+        <v>128.97</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>116.46</v>
+        <v>19.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>290</v>
+        <v>410</v>
       </c>
       <c r="G14" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>132.45</v>
+        <v>53.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
+        <v>2885</v>
+      </c>
+      <c r="G15" s="3">
+        <v>5</v>
+      </c>
+      <c r="H15" s="3">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>151.66</v>
+        <v>52.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>405</v>
+        <v>215</v>
       </c>
       <c r="G16" s="3">
         <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>176.56</v>
+        <v>61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>168.13</v>
+        <v>21.48</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>3500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>21.66</v>
+        <v>132.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>128.97</v>
+        <v>151.66</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
+        <v>5</v>
+      </c>
+      <c r="H20" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>20.95</v>
+        <v>144.44</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>3110</v>
+        <v>250</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>48.18</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2400</v>
+        <v>4400</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>1300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>99.12</v>
+        <v>20.95</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>340</v>
+        <v>2620</v>
       </c>
       <c r="G23" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>140.3</v>
+        <v>99.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>415.7</v>
+        <v>140.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>624.42</v>
+        <v>61.58</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H26" s="3">
-        <v>90</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1227.19</v>
+        <v>55.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G27" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>1100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>48.06</v>
+        <v>116.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1400</v>
+        <v>100</v>
       </c>
       <c r="G28" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>1300</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>144.44</v>
+        <v>168.13</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>450</v>
+        <v>350</v>
       </c>
       <c r="G29" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>168.13</v>
+        <v>21.66</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2975</v>
+        <v>2900</v>
       </c>
       <c r="G30" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>300</v>
+        <v>3500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>21.48</v>
+        <v>133.82</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H31" s="3">
-        <v>3500</v>
+        <v>250</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>133.61</v>
+        <v>86.33</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>500</v>
+        <v>810</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H32" s="3">
         <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>290.66</v>
+        <v>415.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>52.71</v>
+        <v>624.42</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>500</v>
+        <v>90</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>19.26</v>
+        <v>1227.19</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>53.95</v>
+        <v>76.02</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>5</v>
       </c>
       <c r="H36" s="3">
         <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>61</v>
+        <v>79.78</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>205</v>
+        <v>500</v>
       </c>
       <c r="G37" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>55.21</v>
+        <v>120.39</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>1140</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H38" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>68.68</v>
+        <v>176.54</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>10900</v>
+        <v>5</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H39" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>110.92</v>
+        <v>151.66</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H40" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>110.92</v>
+        <v>133.61</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>2200</v>
+        <v>850</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>144.44</v>
+        <v>290.66</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H42" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
         <v>55.21</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>1100</v>
+        <v>800</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>86.16</v>
+        <v>144.44</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>700</v>
+        <v>400</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>