--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,207 +42,207 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники неизолированные</t>
   </si>
   <si>
+    <t>08-1730</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
+    <t>06-0423-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1708</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-1725</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
+  </si>
+  <si>
+    <t>08-1705</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1718</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-1750</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-0076</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0171</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
+  </si>
+  <si>
     <t>06-0424-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...71 lines deleted...]
-    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
   </si>
   <si>
     <t>08-1740</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
   </si>
   <si>
-    <t>08-0172</t>
-[...8 lines deleted...]
-    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+    <t>08-0805</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
   </si>
   <si>
     <t>08-0807</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
   </si>
   <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
     <t>08-0072</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
   </si>
   <si>
-    <t>08-0075</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0073</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
   </si>
   <si>
-    <t>06-0425-A</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0074</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
-  </si>
-[...16 lines deleted...]
-    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -627,51 +627,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-25-15-rexant-20399" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2mm-1-0-1-5mm-sup2-nk-8-1-0-1-5-v-upak-10-sht-18184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-6-0-12-rexant-20405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-6-mm-0-75-mm-sup2-nshv-0-75-6-ng-0-75-6-rexant-3849" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8mm-sup2-nk-5-0-5-0-8-v-upakovke-10-sht-18175" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-2-5-12-rexant-20406" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-35-20-rexant-20401" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2-mm-1-0-1-5-mm-sup2-nk-8-1-0-1-5-3209" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-16-13-rexant-20404" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-1-5-12-rexant-20400" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-10-12-rexant-20402" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-70-25-rexant-20407" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-95-25-rexant-20408" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-4-3-mm-0-5-0-8-mm-sup2-nk-4-0-5-0-8-7957" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-4-5-mm-1-1-5-mm-sup2-nv-1-5-4-7954" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8mm-sup2-nk-6-0-5-0-8-v-upak-10-sht-18183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-5-5-mm-1-1-5-mm-sup2-nv-1-5-5-7955" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-6-5-mm-1-1-5-mm-sup2-nv-1-5-6-7956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-50-20-rexant-20403" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-1-5-mm-sup2-nshv-1-5-8-ng-1-5-7-rexant-3850" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-2-5-mm-sup2-nshv-2-5-8-ng-2-5-7-rexant-3851" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-9-mm-4-mm-sup2-nshv-4-0-9-ng-4-0-9-rexant-3852" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-3-5-mm-0-5-0-8-mm-sup2-nk-3-0-5-0-8-3206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8-mm-sup2-nk-5-0-5-0-8-3207" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8-mm-sup2-nk-6-0-5-0-8-3208" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -695,762 +695,762 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>111.52</v>
+        <v>79.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I3" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>35.68</v>
+        <v>115.35</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>11300</v>
+        <v>275</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>7.18</v>
+        <v>15.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>17150</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
         <v>12000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>15.99</v>
+        <v>0.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>200100</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>12000</v>
+        <v>192000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>340.43</v>
+        <v>122.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
         <v>10</v>
       </c>
-      <c r="H7" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>52.01</v>
+        <v>7.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>780</v>
+        <v>13900</v>
       </c>
       <c r="G8" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>5000</v>
+        <v>12000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>4.54</v>
+        <v>136.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>70200</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>25000</v>
+        <v>2000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>2.97</v>
+        <v>4.22</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>93000</v>
+        <v>208500</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>20000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>3.51</v>
+        <v>52.01</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>105600</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H11" s="3">
-        <v>60000</v>
+        <v>5000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>136.5</v>
+        <v>4.54</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>69800</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>2000</v>
+        <v>25000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>484.35</v>
+        <v>35.68</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>940</v>
+        <v>2960</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>122.59</v>
+        <v>340.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>212.13</v>
+        <v>484.35</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1390</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>3.85</v>
+        <v>2.97</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>20600</v>
+        <v>77500</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>5.51</v>
+        <v>3.51</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>5200</v>
+        <v>89800</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>48000</v>
+        <v>60000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>0.7</v>
+        <v>111.52</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>74100</v>
+        <v>55</v>
       </c>
       <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>10</v>
+      </c>
+      <c r="I18" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>2.49</v>
+        <v>4.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>150000</v>
+        <v>17500</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>40000</v>
+        <v>30000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>4.22</v>
+        <v>5.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>196800</v>
+        <v>2000</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>20000</v>
+        <v>48000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>3.43</v>
+        <v>212.13</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>104800</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>115.35</v>
+        <v>0.56</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>219900</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>120000</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>79.18</v>
+        <v>0.74</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>55800</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>3000</v>
+        <v>120000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>2.72</v>
+        <v>1.14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>298100</v>
+        <v>75800</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>20000</v>
+        <v>72000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>0.52</v>
+        <v>2.49</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>245500</v>
+        <v>110200</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>120000</v>
+        <v>40000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>0.48</v>
+        <v>3.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>217900</v>
+        <v>121600</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>192000</v>
+        <v>20000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1.09</v>
+        <v>2.72</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>83300</v>
+        <v>179700</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>72000</v>
+        <v>20000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>