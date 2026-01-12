--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,207 +42,207 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники неизолированные</t>
   </si>
   <si>
+    <t>08-0805</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0074</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0171</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0076</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
+  </si>
+  <si>
     <t>08-1730</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>08-1740</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>упак</t>
   </si>
   <si>
     <t>06-0425-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>06-0423-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
+    <t>08-1705</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1708</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
   </si>
   <si>
     <t>08-1713</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
   </si>
   <si>
-    <t>08-0802</t>
-[...14 lines deleted...]
-    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
+    <t>08-1718</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1725</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
   </si>
   <si>
     <t>08-1735</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
   </si>
   <si>
-    <t>08-0075</t>
-[...22 lines deleted...]
-  <si>
     <t>08-1745</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
   </si>
   <si>
     <t>08-1750</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
-  </si>
-[...70 lines deleted...]
-    <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -627,51 +627,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-25-15-rexant-20399" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2mm-1-0-1-5mm-sup2-nk-8-1-0-1-5-v-upak-10-sht-18184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-6-0-12-rexant-20405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-6-mm-0-75-mm-sup2-nshv-0-75-6-ng-0-75-6-rexant-3849" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8mm-sup2-nk-5-0-5-0-8-v-upakovke-10-sht-18175" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-2-5-12-rexant-20406" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-35-20-rexant-20401" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2-mm-1-0-1-5-mm-sup2-nk-8-1-0-1-5-3209" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-16-13-rexant-20404" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-1-5-12-rexant-20400" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-10-12-rexant-20402" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-70-25-rexant-20407" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-95-25-rexant-20408" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-4-3-mm-0-5-0-8-mm-sup2-nk-4-0-5-0-8-7957" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-4-5-mm-1-1-5-mm-sup2-nv-1-5-4-7954" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8mm-sup2-nk-6-0-5-0-8-v-upak-10-sht-18183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-5-5-mm-1-1-5-mm-sup2-nv-1-5-5-7955" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-6-5-mm-1-1-5-mm-sup2-nv-1-5-6-7956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-50-20-rexant-20403" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-1-5-mm-sup2-nshv-1-5-8-ng-1-5-7-rexant-3850" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-2-5-mm-sup2-nshv-2-5-8-ng-2-5-7-rexant-3851" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-9-mm-4-mm-sup2-nshv-4-0-9-ng-4-0-9-rexant-3852" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-3-5-mm-0-5-0-8-mm-sup2-nk-3-0-5-0-8-3206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8-mm-sup2-nk-5-0-5-0-8-3207" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8-mm-sup2-nk-6-0-5-0-8-3208" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -695,762 +695,762 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>79.18</v>
+        <v>0.6</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>201700</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>3000</v>
+        <v>120000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>115.35</v>
+        <v>0.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>275</v>
+        <v>203100</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>120000</v>
       </c>
       <c r="I4" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>15.99</v>
+        <v>1.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>52900</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>12000</v>
+        <v>72000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>0.48</v>
+        <v>2.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>200100</v>
+        <v>104900</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>192000</v>
+        <v>40000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>122.59</v>
+        <v>3.49</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>53</v>
+        <v>93300</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>7.18</v>
+        <v>2.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>13900</v>
+        <v>190200</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>136.5</v>
+        <v>4.29</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>194200</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>4.22</v>
+        <v>3.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>208500</v>
+        <v>83000</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>52.01</v>
+        <v>4.11</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>16100</v>
       </c>
       <c r="G11" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>4.54</v>
+        <v>5.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>69800</v>
+        <v>600</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>25000</v>
+        <v>48000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>35.68</v>
+        <v>3.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2960</v>
+        <v>62300</v>
       </c>
       <c r="G13" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>340.43</v>
+        <v>80.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>484.35</v>
+        <v>226.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1390</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="C16" s="3">
+        <v>113.42</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C16" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>77500</v>
+        <v>55</v>
       </c>
       <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>10</v>
+      </c>
+      <c r="I16" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>3.51</v>
+        <v>117.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>89800</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>10</v>
+      </c>
+      <c r="I17" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>111.52</v>
+        <v>124.67</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>4.04</v>
+        <v>0.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>17500</v>
+        <v>189500</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>30000</v>
+        <v>192000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>5.51</v>
+        <v>4.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2000</v>
+        <v>69300</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>48000</v>
+        <v>25000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>212.13</v>
+        <v>7.3</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>13300</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>12000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>0.56</v>
+        <v>16.26</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>219900</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>120000</v>
+        <v>12000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>0.74</v>
+        <v>36.29</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>55800</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>120000</v>
+        <v>10000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1.14</v>
+        <v>52.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>75800</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H24" s="3">
-        <v>72000</v>
+        <v>5000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>2.49</v>
+        <v>138.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>110200</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>40000</v>
+        <v>2000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>3.43</v>
+        <v>346.22</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>121600</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>2.72</v>
+        <v>517.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>179700</v>
+        <v>1300</v>
       </c>
       <c r="G27" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>