--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наконечники неизолированные</t>
   </si>
   <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
     <t>08-0805</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>08-0074</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
   </si>
   <si>
-    <t>08-0075</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0171</t>
   </si>
   <si>
     <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
   </si>
   <si>
-    <t>08-0172</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0076</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
   </si>
   <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
     <t>08-1730</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
   </si>
   <si>
     <t>08-1740</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
   </si>
   <si>
-    <t>06-0424-A</t>
-[...13 lines deleted...]
-  <si>
     <t>06-0423-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
   </si>
   <si>
-    <t>08-0802</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1705</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
   </si>
   <si>
     <t>08-1708</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
   </si>
   <si>
-    <t>08-1713</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1718</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
   </si>
   <si>
     <t>08-1725</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
   </si>
   <si>
     <t>08-1750</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -627,51 +627,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -695,756 +695,756 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>0.6</v>
+        <v>138.82</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>201700</v>
+        <v>4800</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>120000</v>
+        <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>0.75</v>
+        <v>346.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>203100</v>
+        <v>520</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>120000</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1.16</v>
+        <v>117.31</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>52900</v>
+        <v>244</v>
       </c>
       <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>10</v>
+      </c>
+      <c r="I5" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
         <v>2.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>104900</v>
+        <v>92300</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>40000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
         <v>3.49</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>93300</v>
+        <v>74700</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>20000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>2.77</v>
+        <v>4.29</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>190200</v>
+        <v>164100</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>20000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>4.29</v>
+        <v>0.75</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>194200</v>
+        <v>160200</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>20000</v>
+        <v>120000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>3.57</v>
+        <v>113.42</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>83000</v>
+        <v>110</v>
       </c>
       <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>10</v>
+      </c>
+      <c r="I10" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>4.11</v>
+        <v>16.26</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>16100</v>
+        <v>8500</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H11" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>5.6</v>
+        <v>4.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>600</v>
+        <v>14100</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>48000</v>
+        <v>20000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>3.02</v>
+        <v>5.6</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>62300</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
         <v>20000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>80.53</v>
+        <v>1.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>10</v>
+        <v>47700</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>72000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>226.52</v>
+        <v>0.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>184000</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>120000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>113.42</v>
+        <v>2.77</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>55</v>
+        <v>136700</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>117.31</v>
+        <v>3.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>74800</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>124.67</v>
+        <v>3.02</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
         <v>0.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>189500</v>
+        <v>168000</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
         <v>192000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>4.16</v>
+        <v>80.53</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>69300</v>
+        <v>6870</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>25000</v>
+        <v>3000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>7.3</v>
+        <v>226.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>13300</v>
+        <v>160</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>12000</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>16.26</v>
+        <v>124.67</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>36.29</v>
+        <v>4.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>68200</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H23" s="3">
-        <v>10000</v>
+        <v>25000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>52.89</v>
+        <v>7.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>10800</v>
       </c>
       <c r="G24" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>5000</v>
+        <v>12000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>138.82</v>
+        <v>36.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>14140</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H25" s="3">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>346.22</v>
+        <v>52.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>11680</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
         <v>517.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1300</v>
+        <v>820</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>