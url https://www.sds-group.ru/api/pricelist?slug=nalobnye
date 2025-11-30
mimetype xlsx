--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -42,114 +42,114 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Налобные</t>
   </si>
   <si>
+    <t>75-8011</t>
+  </si>
+  <si>
+    <t>Фонарь налобный сверхлегкий с прищепкой REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>75-8004</t>
+  </si>
+  <si>
+    <t>Фонарь с клипсой и датчиком движения REXANT</t>
+  </si>
+  <si>
     <t>75-704</t>
   </si>
   <si>
     <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-2 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>75-719</t>
   </si>
   <si>
     <t>Фонарь налобный, двухрежимный, поворотный, с евровилкой, зарядка от сети 220В REXANT</t>
   </si>
   <si>
+    <t>75-7831</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, четырехрежимный, поворотный, с регулируемым фокусом REXANT</t>
+  </si>
+  <si>
+    <t>75-700</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, четырехрежимный, с аварийным красным сигналом и встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
     <t>75-701</t>
   </si>
   <si>
     <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-1 REXANT</t>
   </si>
   <si>
-    <t>75-700</t>
-[...2 lines deleted...]
-    <t>Фонарь налобный, четырехрежимный, с аварийным красным сигналом и встроенным аккумулятором REXANT</t>
+    <t>75-703</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, сверхлегкий, СОВ REXANT</t>
   </si>
   <si>
     <t>75-702</t>
   </si>
   <si>
     <t>Фонарь налобный, трехрежимный, с улучшенным рефлектором, СОВ REXANT</t>
   </si>
   <si>
-    <t>75-703</t>
-[...4 lines deleted...]
-  <si>
     <t>75-7839</t>
   </si>
   <si>
     <t>Фонарь налобный NEW AGE, трехрежимный, поворотный, сверхлегкий, с магнитом REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Фонарь с клипсой и датчиком движения REXANT</t>
   </si>
   <si>
     <t>75-8008</t>
   </si>
   <si>
     <t>Фонарь налобный с датчиком движения и аккумулятором REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -540,51 +540,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-2-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-dvuhrezhimnyy-povorotnyy-s-evrovilkoy-zaryadka-ot-seti-220v-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-1-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-chetyrehrezhimnyy-s-avariynym-krasnym-signalom-i-vstroennym-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-s-uluchshennym-reflektorom-sov-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sverhlegkiy-sov-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-trehrezhimnyy-povorotnyy-sverhlegkiy-s-magnitom-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-chetyrehrezhimnyy-povorotnyy-s-reguliruemym-fokusom-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-sverhlegkiy-s-prischepkoy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvizheniya-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-s-datchikom-dvizheniya-i-akkumulyatorom-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sverhlegkiy-s-prischepkoy-rexant-30355" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvijeniya-rexant-30356" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-sov-zerkalniy-reflektor-3-vt-3-h-aaa-25477" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-napravlenniy-sfokusirovanniy-svet-vstroenniy-akkumulyator-zaryadka-ot-seti-cherez-semniy-kabel-v-komplekte-rexant-25472" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-chetirehrejimniy-povorotniy-s-funktsiey-zoom-rexant-28758" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-na-sharnire-100-50-krasniy-svet-pulsiruyuschiy-krasniy-vstroenniy-akkumulyator-usb-kabel-v-komplekte-rexant-25473" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-cob-3haaa-uvelichennoe-vremya-raboti-remen-v-komplekte-rexant-25474" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-3-vt-100-50-pulsiruyuschiy-beliy-3haaa-sov-zerkalniy-rasseivatel-rexant-25476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sov-uluchshenniy-reflektor-s-remnem-3haaa-rexant-25475" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-rexant-nalobniy-avtomobilniy-s-tortsevim-magnitom-3-rejima-raboti-reguliruemiy-povorot-bistriy-sem-fonarya-s-remnya-2000-mach-28759" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-s-datchikom-dvijeniya-i-akkumulyatorom-rexant-30357" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -608,350 +608,350 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>195.12</v>
+        <v>818.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2367</v>
+        <v>703</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>415.54</v>
+        <v>1267.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5363</v>
+        <v>580</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>489.12</v>
+        <v>195.12</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2949</v>
+        <v>1744</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>565.71</v>
+        <v>415.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2987</v>
+        <v>2881</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>170</v>
+        <v>1198.65</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1093</v>
+        <v>76</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>366.02</v>
+        <v>565.71</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3020</v>
+        <v>2397</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>365.12</v>
+        <v>489.12</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>4819</v>
+        <v>2540</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1198.65</v>
+        <v>366.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1424</v>
+        <v>2447</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>818.25</v>
+        <v>170</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>830</v>
+        <v>669</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1267.56</v>
+        <v>365.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>588</v>
+        <v>1076</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
         <v>652.12</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1710</v>
+        <v>1116</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>