--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -42,120 +42,120 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Налобные</t>
   </si>
   <si>
+    <t>75-7839</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, трехрежимный, поворотный, сверхлегкий, с магнитом REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>75-8004</t>
+  </si>
+  <si>
+    <t>Фонарь с клипсой и датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>75-7831</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, четырехрежимный, поворотный, с регулируемым фокусом REXANT</t>
+  </si>
+  <si>
+    <t>75-8008</t>
+  </si>
+  <si>
+    <t>Фонарь налобный с датчиком движения и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-719</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, двухрежимный, поворотный, с евровилкой, зарядка от сети 220В REXANT</t>
+  </si>
+  <si>
     <t>75-8011</t>
   </si>
   <si>
     <t>Фонарь налобный сверхлегкий с прищепкой REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Фонарь с клипсой и датчиком движения REXANT</t>
+    <t>75-702</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, с улучшенным рефлектором, СОВ REXANT</t>
   </si>
   <si>
     <t>75-704</t>
   </si>
   <si>
     <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-2 REXANT</t>
   </si>
   <si>
-    <t>75-719</t>
-[...8 lines deleted...]
-    <t>Фонарь налобный NEW AGE, четырехрежимный, поворотный, с регулируемым фокусом REXANT</t>
+    <t>75-701</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-1 REXANT</t>
+  </si>
+  <si>
+    <t>75-703</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, сверхлегкий, СОВ REXANT</t>
   </si>
   <si>
     <t>75-700</t>
   </si>
   <si>
     <t>Фонарь налобный, четырехрежимный, с аварийным красным сигналом и встроенным аккумулятором REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Фонарь налобный с датчиком движения и аккумулятором REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -540,51 +540,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sverhlegkiy-s-prischepkoy-rexant-30355" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvijeniya-rexant-30356" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-sov-zerkalniy-reflektor-3-vt-3-h-aaa-25477" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-napravlenniy-sfokusirovanniy-svet-vstroenniy-akkumulyator-zaryadka-ot-seti-cherez-semniy-kabel-v-komplekte-rexant-25472" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-chetirehrejimniy-povorotniy-s-funktsiey-zoom-rexant-28758" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-na-sharnire-100-50-krasniy-svet-pulsiruyuschiy-krasniy-vstroenniy-akkumulyator-usb-kabel-v-komplekte-rexant-25473" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-cob-3haaa-uvelichennoe-vremya-raboti-remen-v-komplekte-rexant-25474" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-3-vt-100-50-pulsiruyuschiy-beliy-3haaa-sov-zerkalniy-rasseivatel-rexant-25476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sov-uluchshenniy-reflektor-s-remnem-3haaa-rexant-25475" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-rexant-nalobniy-avtomobilniy-s-tortsevim-magnitom-3-rejima-raboti-reguliruemiy-povorot-bistriy-sem-fonarya-s-remnya-2000-mach-28759" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-s-datchikom-dvijeniya-i-akkumulyatorom-rexant-30357" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-trehrezhimnyy-povorotnyy-sverhlegkiy-s-magnitom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-chetyrehrezhimnyy-povorotnyy-s-reguliruemym-fokusom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-s-datchikom-dvizheniya-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-dvuhrezhimnyy-povorotnyy-s-evrovilkoy-zaryadka-ot-seti-220v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-sverhlegkiy-s-prischepkoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-s-uluchshennym-reflektorom-sov-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-2-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-1-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sverhlegkiy-sov-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-chetyrehrezhimnyy-s-avariynym-krasnym-signalom-i-vstroennym-akkumulyatorom-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -608,359 +608,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>818.25</v>
+        <v>371.33</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>240</v>
+        <v>72</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1267.56</v>
+        <v>1289.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>580</v>
+        <v>542</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>195.12</v>
+        <v>1219.03</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1744</v>
+        <v>1305</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>415.54</v>
+        <v>663.21</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2881</v>
+        <v>582</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1198.65</v>
+        <v>422.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>76</v>
+        <v>1105</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>565.71</v>
+        <v>832.16</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2397</v>
+        <v>556</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>489.12</v>
+        <v>172.89</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2540</v>
+        <v>1191</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>366.02</v>
+        <v>198.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2447</v>
+        <v>975</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>72</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>170</v>
+        <v>497.44</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>669</v>
+        <v>2005</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>365.12</v>
+        <v>372.24</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1076</v>
+        <v>2065</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>72</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>652.12</v>
+        <v>575.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1116</v>
+        <v>1760</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>