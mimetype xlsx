--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Настольные фигурки</t>
   </si>
   <si>
+    <t>501-052</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
+    <t>513-029</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-024</t>
   </si>
   <si>
     <t>Фигура светодиодная Елочка, 25 см, RGB</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+    <t>513-027</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-017</t>
+  </si>
+  <si>
+    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-326</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>503-228</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>513-033</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-325</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>513-026</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
   </si>
   <si>
     <t>501-043</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
   </si>
   <si>
-    <t>501-048</t>
-[...14 lines deleted...]
-    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+    <t>513-016</t>
+  </si>
+  <si>
+    <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
   </si>
   <si>
     <t>513-032</t>
   </si>
   <si>
-    <t xml:space="preserve">Фигура на подставке Елочка 25 см </t>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
   </si>
   <si>
     <t>513-011</t>
   </si>
   <si>
     <t>Фигура светодиодная Снежок, RGB, 8 см</t>
   </si>
   <si>
-    <t>513-014</t>
-[...14 lines deleted...]
-    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
   </si>
   <si>
     <t>501-004</t>
   </si>
   <si>
     <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
   </si>
   <si>
     <t>501-003</t>
   </si>
   <si>
     <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
   </si>
   <si>
     <t>513-022</t>
   </si>
   <si>
     <t>Фигура светодиодная Елочка, 15 см, RGB</t>
   </si>
   <si>
     <t>501-040</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
   </si>
   <si>
     <t>501-044</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
   </si>
   <si>
-    <t>501-047</t>
-[...14 lines deleted...]
-    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
   </si>
   <si>
     <t>501-055</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Снежинка, RGB</t>
   </si>
   <si>
-    <t>501-051</t>
-[...61 lines deleted...]
-  <si>
     <t>503-227</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-325</t>
-[...7 lines deleted...]
-  <si>
     <t>501-049</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
-  </si>
-[...16 lines deleted...]
-    <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb-14502" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb-9933" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb-7474" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31933" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb-7476" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37sm-tepliy-beliy-neon-night-31168" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31193" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31934" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-10-sm-18408" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-18230" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb-14812" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb-7556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-18231" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb-9936" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb-9931" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb-9935" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb-14504" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-18227" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-14-sm-18409" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-8-sm-18407" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night-31945" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm-29995" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35-led-krasnie-42x19-sm-18281" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb-7473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb-9928" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb-9932" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-yolochka-kristall-rgb-14505" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snejinka-rgb-14503" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb-9927" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I38"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1084 +764,1084 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>749</v>
+        <v>212.69</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>376</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>499</v>
+        <v>235.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>96</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>235.66</v>
+        <v>499</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>96</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>235.66</v>
+        <v>1612.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>323.8</v>
+        <v>749</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>408.64</v>
+        <v>1935.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>221</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>499</v>
+        <v>2584.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>387</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>323.8</v>
+        <v>374</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>581</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H10" s="3">
         <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>762.12</v>
+        <v>990</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>408.64</v>
+        <v>6490</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>235.66</v>
+        <v>3000</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>987.12</v>
+        <v>1290</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>987.12</v>
+        <v>408.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>205</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>292.94</v>
+        <v>3410.96</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>72</v>
+        <v>3</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>234.2</v>
+        <v>6490</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>149</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>235.66</v>
+        <v>408.64</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>235.66</v>
+        <v>323.8</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>235.66</v>
+        <v>1935.06</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>212.69</v>
+        <v>235.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>96</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
         <v>235.66</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>96</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>235.66</v>
+        <v>1237</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="F23" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>990</v>
+        <v>235.66</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>398</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>1237</v>
+        <v>235.66</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>1935.06</v>
+        <v>499</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>3410.96</v>
+        <v>762.12</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>1935.06</v>
+        <v>323.8</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>2584.41</v>
+        <v>3320</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>355</v>
+        <v>553</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>374</v>
+        <v>987.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="G30" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>3320</v>
+        <v>987.12</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>433</v>
+        <v>273</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" s="3">
+        <v>292.94</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3">
+        <v>1783</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
         <v>72</v>
       </c>
-      <c r="C32" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>1490</v>
+        <v>234.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>6490</v>
+        <v>235.66</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
         <v>235.66</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>96</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>3000</v>
+        <v>235.66</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>1612.5</v>
+        <v>1490</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>6490</v>
+        <v>235.66</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>