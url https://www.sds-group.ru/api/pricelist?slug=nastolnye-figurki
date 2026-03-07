--- v1 (2025-11-30)
+++ v2 (2026-03-07)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Настольные фигурки</t>
   </si>
   <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>513-024</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 25 см, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>501-043</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-032</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-003</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
+  </si>
+  <si>
+    <t>513-011</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 8 см</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
+  </si>
+  <si>
+    <t>501-004</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
+  </si>
+  <si>
+    <t>513-022</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 15 см, RGB</t>
+  </si>
+  <si>
+    <t>501-040</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
+  </si>
+  <si>
+    <t>501-044</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+  </si>
+  <si>
     <t>501-052</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+    <t>501-055</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снежинка, RGB</t>
+  </si>
+  <si>
+    <t>513-033</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-026</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-049</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
+  </si>
+  <si>
+    <t>513-027</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>513-029</t>
   </si>
   <si>
     <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-024</t>
-[...16 lines deleted...]
-  <si>
     <t>513-017</t>
   </si>
   <si>
     <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-016</t>
+  </si>
+  <si>
+    <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>503-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>503-225</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>503-227</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-228</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-325</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
     <t>503-326</t>
   </si>
   <si>
     <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
-  </si>
-[...160 lines deleted...]
-    <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb-14502" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb-9933" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb-7474" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31933" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb-7476" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37sm-tepliy-beliy-neon-night-31168" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31193" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31934" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-10-sm-18408" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-18230" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb-14812" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb-7556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-18231" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb-9936" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb-9931" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb-9935" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb-14504" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-18227" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-14-sm-18409" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-8-sm-18407" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night-31945" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm-29995" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35-led-krasnie-42x19-sm-18281" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb-7473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb-9928" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb-9932" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-yolochka-kristall-rgb-14505" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snejinka-rgb-14503" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb-9927" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rgrb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I38"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1084 +764,1084 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>212.69</v>
+        <v>405.98</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>376</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>96</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>235.66</v>
+        <v>533.21</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>499</v>
+        <v>230.51</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1612.5</v>
+        <v>167.77</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>749</v>
+        <v>167.77</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1935.06</v>
+        <v>167.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>221</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2584.41</v>
+        <v>332.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>387</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>374</v>
+        <v>355.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>990</v>
+        <v>803.12</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>6490</v>
+        <v>230.51</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>3000</v>
+        <v>290.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>1290</v>
+        <v>542.56</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>408.64</v>
+        <v>803.12</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>3410.96</v>
+        <v>208.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>6490</v>
+        <v>166.73</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>408.64</v>
+        <v>167.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>323.8</v>
+        <v>167.77</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1935.06</v>
+        <v>167.77</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>235.66</v>
+        <v>167.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>96</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>235.66</v>
+        <v>136.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>96</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1237</v>
+        <v>167.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>235.66</v>
+        <v>2428.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>398</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>96</v>
+        <v>3</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>235.66</v>
+        <v>1377.57</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>499</v>
+        <v>150.99</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>762.12</v>
+        <v>1515.33</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>323.8</v>
+        <v>2023.82</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3320</v>
+        <v>1147.94</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>553</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>987.12</v>
+        <v>304.29</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>153</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>987.12</v>
+        <v>2532.33</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>273</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" s="3">
+        <v>880.62</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F32" s="3">
-        <v>1783</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>234.2</v>
+        <v>1049.54</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>235.66</v>
+        <v>704.78</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>235.66</v>
+        <v>1212.26</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>235.66</v>
+        <v>2135.7</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3">
+        <v>4620.23</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C37" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F37" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>235.66</v>
+        <v>4620.23</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>