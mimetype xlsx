--- v0 (2026-02-03)
+++ v1 (2026-03-30)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Неодимовые магниты</t>
   </si>
   <si>
+    <t>72-3006</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 40х10мм, сцепление 41кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>72-3601</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный диск 10х3мм, с зенковкой 7х3,5мм (6 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>72-3602</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный диск 15х5мм, с зенковкой 10х4,5мм (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3603</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный диск 20х5мм, с зенковкой 10х4,5мм (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3702</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный прямоугольник 20х10х3мм, с зенковкой 6,5х3мм (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3210</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит куб 10х10х10мм, сцепление 4,5кг (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3114</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 10х5мм, сцепление 2,5кг (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3205</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит куб 5х5х5мм, сцепление 0,95кг (16 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3208</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит куб 8х8х8мм, сцепление 3,7кг (4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3402</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит прямоугольник 10х10х1мм, сцепление 0,6кг (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3112</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 10х2мм, сцепление 1кг (14 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3403</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит прямоугольник 15х8х2мм, сцепление 1,1кг (8 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3404</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит прямоугольник 20х10х2мм, сцепление 2,4кг (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3021</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 50х20мм, сцепление 89кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3023</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 50х30мм, сцепление 116кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3043</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 60х30мм, сцепление 160кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3013</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 45х30мм, сцепление 100кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3010</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 45х15мм, сцепление 65кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3135</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 15х10мм, сцепление 8кг (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3145</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 20х10мм, сцепление 11,2кг (1 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>72-3115</t>
   </si>
   <si>
     <t>Неодимовый магнит диск 10х10мм, сцепление 3,7кг (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>72-3111-1</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 10х1мм с клеем, сцепление 0,5кг (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3132</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 15х2мм, сцепление 2,3кг (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3192</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 5х2мм, сцепление 0,32кг (44 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3401</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит прямоугольник 40х40х4мм, сцепление 15,5кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3007</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 40х15мм, сцепление 58кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3003</t>
+  </si>
+  <si>
+    <t>Неодимовый магнит диск 30х10мм, сцепление 21кг REXANT</t>
+  </si>
+  <si>
+    <t>72-3604</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный диск 30х5мм, с зенковкой 10х5,5мм (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>72-3703</t>
+  </si>
+  <si>
+    <t>Неодимовый магнитный прямоугольник 35х15х3мм, с 2 зенковками 8х4мм (1 шт/уп) REXANT</t>
   </si>
   <si>
     <t>72-3700</t>
   </si>
   <si>
     <t>Неодимовый магнитный прямоугольник 10х10х3мм, с зенковкой 6х3,5мм (3 шт/уп) REXANT</t>
-  </si>
-[...169 lines deleted...]
-    <t>Неодимовый магнит диск 10х5мм, сцепление 2,5кг (5 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h10mm-stseplenie-3-7kg-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-10h10h3mm-s-zenkovkoy-6h3-5mm-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-60h30mm-stseplenie-160kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-45h30mm-stseplenie-100kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-5h5h5mm-stseplenie-0-95kg-16-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-30h10mm-stseplenie-21kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-45h15mm-stseplenie-65kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-15h5mm-s-zenkovkoy-10h4-5mm-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-15h10mm-stseplenie-8kg-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h1mm-s-kleem-stseplenie-0-5kg-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-20h10h2mm-stseplenie-2-4kg-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-30h5mm-s-zenkovkoy-10h5-5mm-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-20h10mm-stseplenie-11-2kg-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-50h20mm-stseplenie-89kg-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-8h8h8mm-stseplenie-3-7kg-4-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-10h10h1mm-stseplenie-0-6kg-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-40h40h4mm-stseplenie-15-5kg-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-5h2mm-stseplenie-0-32kg-44-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-15h2mm-stseplenie-2-3kg-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h2mm-stseplenie-1kg-14-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-50h30mm-stseplenie-116kg-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-15h8h2mm-stseplenie-1-1kg-8-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-40h10mm-stseplenie-41kg-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-40h15mm-stseplenie-58kg-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-35h15h3mm-s-2-zenkovkami-8h4mm-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-10h3mm-s-zenkovkoy-7h3-5mm-6-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-20h5mm-s-zenkovkoy-10h4-5mm-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-20h10h3mm-s-zenkovkoy-6-5h3mm-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-10h10h10mm-stseplenie-4-5kg-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h5mm-stseplenie-2-5kg-5-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-40h10mm-stseplenie-41kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-10h3mm-s-zenkovkoy-7h3-5mm-6-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-15h5mm-s-zenkovkoy-10h4-5mm-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-20h5mm-s-zenkovkoy-10h4-5mm-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-20h10h3mm-s-zenkovkoy-6-5h3mm-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-10h10h10mm-stseplenie-4-5kg-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h5mm-stseplenie-2-5kg-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-5h5h5mm-stseplenie-0-95kg-16-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-kub-8h8h8mm-stseplenie-3-7kg-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-10h10h1mm-stseplenie-0-6kg-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h2mm-stseplenie-1kg-14-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-15h8h2mm-stseplenie-1-1kg-8-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-20h10h2mm-stseplenie-2-4kg-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-50h20mm-stseplenie-89kg-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-50h30mm-stseplenie-116kg-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-60h30mm-stseplenie-160kg-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-45h30mm-stseplenie-100kg-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-45h15mm-stseplenie-65kg-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-15h10mm-stseplenie-8kg-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-20h10mm-stseplenie-11-2kg-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h10mm-stseplenie-3-7kg-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-10h1mm-s-kleem-stseplenie-0-5kg-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-15h2mm-stseplenie-2-3kg-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-5h2mm-stseplenie-0-32kg-44-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-pryamougolnik-40h40h4mm-stseplenie-15-5kg-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-40h15mm-stseplenie-58kg-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnit-disk-30h10mm-stseplenie-21kg-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-disk-30h5mm-s-zenkovkoy-10h5-5mm-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-35h15h3mm-s-2-zenkovkami-8h4mm-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/neodimovyy-magnitnyy-pryamougolnik-10h10h3mm-s-zenkovkoy-6h3-5mm-3-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,910 +725,910 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>770.84</v>
+        <v>2454.86</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I3" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>523.95</v>
+        <v>535.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>1458</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>144</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>11148.96</v>
+        <v>487.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>258</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>56</v>
+        <v>144</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>6941.63</v>
+        <v>803.94</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>777.53</v>
+        <v>452.82</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>528</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>144</v>
       </c>
       <c r="I7" s="3">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>2312.47</v>
+        <v>584.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>892</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>462</v>
+        <v>144</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>4206.23</v>
+        <v>572.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>581</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>609.63</v>
+        <v>622.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>144</v>
       </c>
       <c r="I10" s="3">
-        <v>2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>729.83</v>
+        <v>747.86</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>1068</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>144</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>944.8</v>
+        <v>498.21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>144</v>
       </c>
       <c r="I12" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>713.31</v>
+        <v>622.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>144</v>
       </c>
       <c r="I13" s="3">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>881.64</v>
+        <v>581.77</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>269</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>144</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>1092.04</v>
+        <v>570.65</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>1007</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>144</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>5609.11</v>
+        <v>4094.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>375</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>934.83</v>
+        <v>6142.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>298</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>622.76</v>
+        <v>8138.74</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1171</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>144</v>
+        <v>56</v>
       </c>
       <c r="I18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>2312.47</v>
+        <v>5067.39</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>777.53</v>
+        <v>3070.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>724</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>692.28</v>
+        <v>583.86</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>1669</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>144</v>
       </c>
       <c r="I21" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>777.53</v>
+        <v>873.63</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>144</v>
       </c>
       <c r="I22" s="3">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>8414.31</v>
+        <v>616.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>727.21</v>
+        <v>755.84</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>2497</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>144</v>
       </c>
       <c r="I24" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>3188.13</v>
+        <v>553.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>688</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>3404.76</v>
+        <v>622.02</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>715.07</v>
+        <v>1780.6</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1553</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>144</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>669.5</v>
+        <v>2621.67</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>594</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I28" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1004.92</v>
+        <v>1780.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>927</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>144</v>
+        <v>462</v>
       </c>
       <c r="I29" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>566.02</v>
+        <v>705.31</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>2323</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>144</v>
       </c>
       <c r="I30" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>730.47</v>
+        <v>572.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>144</v>
       </c>
       <c r="I31" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>715.07</v>
+        <v>419.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>762</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>144</v>
       </c>
       <c r="I32" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>