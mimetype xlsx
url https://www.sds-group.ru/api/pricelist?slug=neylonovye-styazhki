--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -45,1164 +45,1164 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нейлоновые стяжки</t>
   </si>
   <si>
     <t>1.1 Cтяжки нейлоновые PROconnect</t>
   </si>
   <si>
+    <t>57-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>57-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0500</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0501</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0150</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>57-0151</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0200</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) PROconnect </t>
   </si>
   <si>
+    <t>57-0250</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0350</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0351</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>57-0100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0101</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>57-0200-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0251</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>57-0301</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-1302</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-1303</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0350</t>
-[...8 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) PROconnect</t>
+    <t>57-0401</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0400</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0300</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0401</t>
-[...56 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) PROconnect</t>
+    <t>57-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
+    <t>57-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0400-8</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0502</t>
-[...65 lines deleted...]
-    <t>1.2 Cтяжки нейлоновые REXANT</t>
+    <t>1.2 Стяжки нейлоновые REXANT 25 шт/уп и цветные</t>
+  </si>
+  <si>
+    <t>07-0250-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0258-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1021-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0901-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0700-9-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0701-9-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0103-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0100-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7201</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 150, 200 мм, цветные, НХ-1, тубус 200 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0900-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0153-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1020-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7202</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 200 мм, цветные, НХ-2, тубус 300 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0400-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0151-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0156-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, красная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, красная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0303-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0403-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0108-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0408-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0251-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Стяжки нейлоновые REXANT PRO морозостойкие</t>
+  </si>
+  <si>
+    <t>87-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0150</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0151</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
+  </si>
+  <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0501</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0500</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Стяжки нейлон-12 REXANT PRO для СИП</t>
+  </si>
+  <si>
+    <t>07-0359</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 350x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0269</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 260x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0186</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 180x6,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Стяжки нейлоновые REXANT с крепежным элементом</t>
+  </si>
+  <si>
+    <t>07-0205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 200x4,3мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0107</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 100x2,5мм, ø 2,4мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 100x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0155</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0105</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0154</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0204</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 200x4,3мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0176</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с дюбелем 150x7,0мм, ø 8,0мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0197</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 190x4,8мм, ø 3,2мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Cтяжки нейлоновые REXANT</t>
+  </si>
+  <si>
+    <t>07-0450-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0451-8</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 450x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0151-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0400</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
+    <t>07-0353</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0253</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0061</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1020</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0401-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0250-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0700-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0701-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0251-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
     <t>07-0451-5</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 450x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0450-8</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) REXANT </t>
+    <t>07-0150-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-0200-5</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-0251-5</t>
-[...8 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 450x4,8мм, белая (100 шт/уп) REXANT</t>
+    <t>07-0080</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0100-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0252</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0600-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0601-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0202</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0121</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0060</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0120</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0081</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0352</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-1021</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (100 шт/уп) REXANT</t>
-  </si>
-[...859 lines deleted...]
-    <t>Стяжка нейлоновая с дюбелем 150x7,0мм, ø 8,0мм, белая (50 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1587,51 +1587,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-200-mm-tsvetnye-nh-2-tubus-300-sht-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-150-200-mm-tsvetnye-nh-1-tubus-200-sht-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-krasnaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-nabor-5-tsvetov-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-180x6-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-350x9-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-260x9-0mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-190x4-8mm-3-2mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-100x2-5mm-2-4mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-dyubelem-150x7-0mm-8-0mm-belaya-50-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect-32022" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect-32015" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect-32018" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect-32019" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect-32020" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect-32021" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect-32025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect-32026" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect-32027" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect-32028" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect-11190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect-10463" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect-11189" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect-10464" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect-10465" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect-10467" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect-11197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect-17759" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect-17760" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect-13385" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect-13388" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect-11195" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect-11196" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect-17758" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect-17761" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect-12111" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect-12110" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect-10466" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect-32017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect-32024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect-32016" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect-32023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant-18628" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-tsvetnaya-25-sht-up-rexant-18631" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant-30834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant-30832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant-30840" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant-30841" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant-7694" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-zolotaya-100-sht-up-rexant-29715" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x4-8mm-zolotaya-100-sht-up-rexant-29718" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant-7674" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant-7676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-tsvetnaya-25-sht-up-rexant-7698" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant-7673" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-150-200-mm-tsvetnie-nh-1-tubus-200-sht-rexant-4241" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant-7680" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-tsvetnaya-25-sht-up-rexant-7701" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant-30831" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x3-6mm-zolotaya-100-sht-up-rexant-29714" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant-7681" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant-7693" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-tsvetnaya-25-sht-up-rexant-7700" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant-30833" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-200-mm-tsvetnie-nh-2-tubus-300-sht-rexant-4242" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-zolotaya-100-sht-up-rexant-29716" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-zolotaya-100-sht-up-rexant-29717" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant-7675" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant-7677" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant-7678" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant-7679" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant-7682" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-krasnaya-25-sht-up-rexant-7683" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant-7685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant-7695" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant-7696" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant-7697" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-tsvetnaya-25-sht-up-rexant-7699" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-tsvetnaya-25-sht-up-rexant-7702" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant-18630" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-belaya-100-sht-up-rexant-15446" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-chernaya-100-sht-up-rexant-19179" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-chernaya-100-sht-up-rexant-19174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-belaya-100-sht-up-rexant-19178" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-belaya-100-sht-up-rexant-15453" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-chernaya-100-sht-up-rexant-15442" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-chernaya-100-sht-up-rexant-15445" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-belaya-100-sht-up-rexant-15447" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-chernaya-100-sht-up-rexant-15450" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-chernaya-100-sht-up-rexant-15454" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-chernaya-100-sht-up-rexant-15452" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-belaya-100-sht-up-rexant-15449" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-chernaya-100-sht-up-rexant-15455" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-belaya-100-sht-up-rexant-19173" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-chernaya-100-sht-up-rexant-19168" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-belaya-100-sht-up-rexant-19171" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-belaya-100-sht-up-rexant-19169" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-belaya-100-sht-up-rexant-19172" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-chernaya-100-sht-up-rexant-19177" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-belaya-100-sht-up-rexant-19180" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-chernaya-100-sht-up-rexant-19181" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-belaya-100-sht-up-rexant-15444" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-belaya-100-sht-up-rexant-15448" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-belaya-100-sht-up-rexant-15451" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-chernaya-100-sht-up-rexant-15443" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-chernaya-100-sht-up-rexant-19176" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-belaya-100-sht-up-rexant-19175" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-chernaya-100-sht-up-rexant-19170" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-350x9-0mm-chernaya-100-sht-up-rexant-12579" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-260x9-0mm-chernaya-100-sht-up-rexant-12569" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-180x6-0mm-chernaya-100-sht-up-rexant-12580" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant-708" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-100x2-5-mm-oslash-2-4-mm-belaya-100-sht-up-rexant-711" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant-703" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant-706" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant-704" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant-705" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant-707" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-dyubelem-rexant-150x7-0-mm-oslash-8-0-mm-belaya-50-sht-up-rexant-4292" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-190x4-8-mm-oslash-3-2-mm-belaya-100-sht-up-rexant-712" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant-3255" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant-3258" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant-3247" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant-3256" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant-689" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant-18626" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant-18611" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant-670" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant-700" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant-695" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant-699" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant-2213" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant-3254" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant-3251" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant-3253" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant-3259" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant-3260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant-3252" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant-3257" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant-3246" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant-3249" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant-671" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant-18619" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant-18614" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant-18623" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant-18621" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant-18613" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant-698" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant-697" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant-684" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant-686" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant-692" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant-681" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant-701" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant-688" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant-682" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant-676" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant-690" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant-674" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant-680" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant-3941" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5-mm-belaya-100-sht-up-rexant-677" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant-669" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant-675" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant-672" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant-691" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant-679" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant-673" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant-678" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant-2212" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8-mm-belaya-100-sht-up-rexant-685" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-cherniy-100-sht-up-rexant-702" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant-683" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant-687" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant-3250" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant-18625" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant-3707" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant-696" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I191"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1668,5408 +1668,5408 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>49.5</v>
+        <v>483</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>96</v>
+        <v>2700</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>105</v>
+        <v>81.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>16907</v>
+        <v>9881</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>289</v>
+        <v>152.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8877</v>
+        <v>7925</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>33.8</v>
+        <v>183.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>4038</v>
+        <v>1798</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>132.5</v>
+        <v>183.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>6863</v>
+        <v>4155</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>239</v>
+        <v>483</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2089</v>
+        <v>1047</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>239</v>
+        <v>352</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>20455</v>
+        <v>784</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>289</v>
+        <v>352</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1576</v>
+        <v>674</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>65.5</v>
+        <v>827</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1066</v>
+        <v>825</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>160.2</v>
+        <v>827</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4884</v>
+        <v>1633</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>324.5</v>
+        <v>105</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>5700</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>105</v>
+        <v>49.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>596</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>160.2</v>
+        <v>49.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3293</v>
+        <v>13336</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>33.8</v>
+        <v>105</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>22091</v>
+        <v>15854</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>49.5</v>
+        <v>132.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>22430</v>
+        <v>3969</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>65.5</v>
+        <v>289</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3484</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>132.5</v>
+        <v>289</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>11690</v>
+        <v>8626</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>324.5</v>
+        <v>33.8</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1689</v>
+        <v>12992</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>152.5</v>
+        <v>33.8</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>8419</v>
+        <v>1038</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>183.5</v>
+        <v>65.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2232</v>
+        <v>10</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>683</v>
+        <v>65.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>311</v>
+        <v>10</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>827</v>
+        <v>132.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>826</v>
+        <v>5136</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>827</v>
+        <v>160.2</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1703</v>
+        <v>243</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>183.5</v>
+        <v>239</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5025</v>
+        <v>1119</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>683</v>
+        <v>239</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>837</v>
+        <v>11606</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>352</v>
+        <v>324.5</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1089</v>
+        <v>450</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>81.5</v>
+        <v>324.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>10721</v>
+        <v>464</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>81.5</v>
+        <v>160.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>10866</v>
+        <v>4103</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
         <v>152.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>5526</v>
+        <v>4961</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>483</v>
+        <v>683</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>552</v>
+        <v>1618</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>483</v>
+        <v>81.5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2822</v>
+        <v>9966</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>352</v>
+        <v>683</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1061</v>
+        <v>736</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>932.27</v>
+        <v>93.2</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2976</v>
+        <v>3374</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>461.95</v>
+        <v>81.5</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>27820</v>
+        <v>1005</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>542.08</v>
+        <v>1343</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>6076</v>
+        <v>20</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>932.27</v>
+        <v>1210</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>672</v>
+        <v>45</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>115.12</v>
+        <v>875</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>68410</v>
+        <v>58</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>211.15</v>
+        <v>875</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>43376</v>
+        <v>100</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>265.65</v>
+        <v>23.1</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>37386</v>
+        <v>1854</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I43" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>542.08</v>
+        <v>78</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>5077</v>
+        <v>22240</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>3296.6</v>
+        <v>221.99</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>13623</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>115.12</v>
+        <v>23.1</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>88732</v>
+        <v>3984</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>1400</v>
       </c>
       <c r="I46" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>87.05</v>
+        <v>152.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3970</v>
+        <v>3578</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="I47" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>1519.56</v>
+        <v>31.1</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>38</v>
+        <v>1357</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I48" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>239.03</v>
+        <v>34.35</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>123552</v>
+        <v>4611</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I49" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>609.39</v>
+        <v>333.95</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>14883</v>
+        <v>1024</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>1024.74</v>
+        <v>74.35</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>4617</v>
+        <v>3807</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>453.57</v>
+        <v>131</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>14408</v>
+        <v>886</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I52" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>72.97</v>
+        <v>1210</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>198525</v>
+        <v>55</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I53" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>2949.45</v>
+        <v>133.83</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>275</v>
+        <v>24326</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>59.37</v>
+        <v>152.35</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>13541</v>
+        <v>6481</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>300</v>
       </c>
       <c r="I55" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>392.19</v>
+        <v>34.35</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>44248</v>
+        <v>6080</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>158.64</v>
+        <v>67</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>135194</v>
+        <v>3609</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>51.63</v>
+        <v>1343</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>59590</v>
+        <v>41</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>45.93</v>
+        <v>623.4</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2510</v>
+        <v>1799</v>
       </c>
       <c r="G59" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>609.39</v>
+        <v>153.9</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>8563</v>
+        <v>39430</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>72.97</v>
+        <v>184.76</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>82431</v>
+        <v>16683</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I61" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>101.27</v>
+        <v>74.35</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>104662</v>
+        <v>7541</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>326.41</v>
+        <v>176.85</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>28301</v>
+        <v>2254</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I63" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>87.05</v>
+        <v>34.35</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>32</v>
+        <v>7126</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>280</v>
+        <v>1000</v>
       </c>
       <c r="I64" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>565.57</v>
+        <v>23.1</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>99</v>
+        <v>5815</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>60</v>
+        <v>1400</v>
       </c>
       <c r="I65" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>1519.56</v>
+        <v>176.85</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1209</v>
+        <v>2621</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I66" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>565.57</v>
+        <v>43.52</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1456</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I67" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>239.03</v>
+        <v>89.24</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>139077</v>
+        <v>446</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>2231.49</v>
+        <v>74.35</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>907</v>
+        <v>252</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>453.57</v>
+        <v>152.25</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3538</v>
+        <v>1518</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I70" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>326.41</v>
+        <v>176.85</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>51323</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>204.88</v>
+        <v>23.3</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>84823</v>
+        <v>3068</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I72" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>204.88</v>
+        <v>195.8</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>60973</v>
+        <v>763</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I73" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>617.4</v>
+        <v>93.2</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>9163</v>
+        <v>2378</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
+      <c r="A75" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>158.64</v>
+        <v>268.37</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>157497</v>
+        <v>6051</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>101.27</v>
+        <v>521.07</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>64014</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>45.93</v>
+        <v>268.37</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>818</v>
+        <v>6084</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>35.37</v>
+        <v>521.07</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>5435</v>
+        <v>1131</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>59.37</v>
+        <v>1229.68</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1640</v>
+        <v>605</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="I80" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>1024.74</v>
+        <v>366.6</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>14573</v>
+        <v>4209</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>51.63</v>
+        <v>179.07</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>98056</v>
+        <v>108</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I82" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>392.19</v>
+        <v>87.56</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>30876</v>
+        <v>8732</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I83" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>774.38</v>
+        <v>87.56</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3369</v>
+        <v>11302</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I84" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>850.56</v>
+        <v>230.03</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4674</v>
+        <v>5741</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>211.15</v>
+        <v>179.07</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>61558</v>
+        <v>8146</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>2180</v>
+        <v>230.03</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1235</v>
+        <v>5516</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>265.65</v>
+        <v>366.6</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>29276</v>
+        <v>1878</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>100</v>
       </c>
       <c r="I88" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>850.56</v>
+        <v>1229.68</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>8706</v>
+        <v>923</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>25</v>
       </c>
       <c r="I89" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>774.38</v>
+        <v>458</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>295</v>
+        <v>4013</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I91" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>617.4</v>
+        <v>675</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>18033</v>
+        <v>398</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>50</v>
       </c>
       <c r="I92" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>35.37</v>
+        <v>396</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>2165</v>
+        <v>1622</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C94" s="3">
+        <v>396</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" s="3">
+        <v>690</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>100</v>
+      </c>
+      <c r="I94" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C94" s="3">
-[...32 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="C95" s="3">
+        <v>145</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" s="3">
+        <v>2286</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>200</v>
+      </c>
+      <c r="I95" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>34.35</v>
+        <v>145</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>4289</v>
+        <v>4958</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I96" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>67</v>
+        <v>186</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>4205</v>
+        <v>2345</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I97" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>131</v>
+        <v>227</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>391</v>
+        <v>2535</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>74.35</v>
+        <v>227</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>5031</v>
+        <v>2439</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>623.4</v>
+        <v>317.5</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>2037</v>
+        <v>1646</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>333.95</v>
+        <v>268</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1022</v>
+        <v>3009</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>93.2</v>
+        <v>281</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2786</v>
+        <v>1265</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>153.9</v>
+        <v>281</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>39487</v>
+        <v>3484</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>152.25</v>
+        <v>783.5</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>3042</v>
+        <v>1522</v>
       </c>
       <c r="G104" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>152.35</v>
+        <v>783.5</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>8375</v>
+        <v>344</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>34.35</v>
+        <v>536</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>5930</v>
+        <v>273</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I106" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>176.85</v>
+        <v>675</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>2</v>
+        <v>245</v>
       </c>
       <c r="G107" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I107" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>176.85</v>
+        <v>1275</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>3656</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I108" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>31.1</v>
+        <v>1275</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>2484</v>
+        <v>78</v>
       </c>
       <c r="G109" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
       <c r="I109" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>133.83</v>
+        <v>545</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>24674</v>
+        <v>648</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I110" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>176.85</v>
+        <v>545</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>2830</v>
+        <v>646</v>
       </c>
       <c r="G111" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I111" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>89.24</v>
+        <v>186</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>473</v>
+        <v>2997</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I112" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>23.1</v>
+        <v>317.5</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>2149</v>
+        <v>2657</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>1400</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>23.3</v>
+        <v>268</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>3701</v>
+        <v>7326</v>
       </c>
       <c r="G114" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>1400</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>195.8</v>
+        <v>458</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>794</v>
+        <v>1227</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I115" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>93.2</v>
+        <v>536</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>4184</v>
+        <v>543</v>
       </c>
       <c r="G116" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I116" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>875</v>
+        <v>984</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>62</v>
+        <v>546</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="C118" s="3">
+        <v>984</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>706</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>25</v>
+      </c>
+      <c r="I118" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="C118" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>152.25</v>
+        <v>1517</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1950</v>
+        <v>37</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I120" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>74.35</v>
+        <v>1100</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>500</v>
+        <v>35</v>
       </c>
       <c r="I121" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C122" s="3">
+        <v>460</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>620</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>80</v>
+      </c>
+      <c r="I122" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>43.52</v>
+        <v>327</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>2</v>
+        <v>16965</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
+        <v>100</v>
+      </c>
+      <c r="I124" s="3">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>23795</v>
+        <v>12097</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I125" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>184.76</v>
+        <v>134</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>16801</v>
+        <v>7906</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I126" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>221.99</v>
+        <v>164</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>13675</v>
+        <v>20698</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>1210</v>
+        <v>134</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>17</v>
+        <v>274</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>1343</v>
+        <v>164</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>15</v>
+        <v>19512</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>1343</v>
+        <v>327</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>19665</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>875</v>
+        <v>445.27</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C132" s="3">
+        <v>389</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>3211</v>
+      </c>
+      <c r="G132" s="3">
+        <v>10</v>
+      </c>
+      <c r="H132" s="3">
+        <v>50</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B133" s="2"/>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2"/>
+      <c r="I133" s="2"/>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="B134" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="C132" s="3">
-[...61 lines deleted...]
-      <c r="I134" s="2"/>
+      <c r="C134" s="3">
+        <v>542.08</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F134" s="3">
+        <v>4583</v>
+      </c>
+      <c r="G134" s="3">
+        <v>1</v>
+      </c>
+      <c r="H134" s="3">
+        <v>50</v>
+      </c>
+      <c r="I134" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>281</v>
+        <v>932.27</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>343</v>
+        <v>3021</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I135" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>145</v>
+        <v>115.12</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>3590</v>
+        <v>58878</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H136" s="3">
         <v>200</v>
       </c>
       <c r="I136" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>145</v>
+        <v>932.27</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>6990</v>
+        <v>1733</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I137" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>227</v>
+        <v>461.95</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>3933</v>
+        <v>21520</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>268</v>
+        <v>774.38</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>4083</v>
+        <v>4320</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>675</v>
+        <v>565.57</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>263</v>
+        <v>3003</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I140" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>536</v>
+        <v>35.37</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>334</v>
+        <v>2774</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H141" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>1275</v>
+        <v>617.4</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>242</v>
+        <v>16766</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I142" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>396</v>
+        <v>3296.6</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>397</v>
+        <v>344</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I143" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C144" s="3">
-        <v>186</v>
+        <v>617.4</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>3180</v>
+        <v>7894</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C145" s="3">
-        <v>281</v>
+        <v>101.27</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>2710</v>
+        <v>31236</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I145" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C146" s="3">
-        <v>227</v>
+        <v>850.56</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>2056</v>
+        <v>7136</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I146" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C147" s="3">
-        <v>317.5</v>
+        <v>265.65</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>1149</v>
+        <v>23526</v>
       </c>
       <c r="G147" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C148" s="3">
-        <v>1275</v>
+        <v>850.56</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>3793</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>25</v>
       </c>
       <c r="I148" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C149" s="3">
-        <v>783.5</v>
+        <v>2180</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>1561</v>
+        <v>889</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I149" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C150" s="3">
-        <v>783.5</v>
+        <v>2231.49</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C151" s="3">
-        <v>545</v>
+        <v>265.65</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>650</v>
+        <v>37411</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C152" s="3">
-        <v>545</v>
+        <v>542.08</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>677</v>
+        <v>4990</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C153" s="3">
-        <v>536</v>
+        <v>115.12</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>1122</v>
+        <v>56754</v>
       </c>
       <c r="G153" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C154" s="3">
-        <v>317.5</v>
+        <v>211.15</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>1840</v>
+        <v>31521</v>
       </c>
       <c r="G154" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H154" s="3">
         <v>100</v>
       </c>
       <c r="I154" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C155" s="3">
-        <v>268</v>
+        <v>45.93</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>7670</v>
+        <v>1716</v>
       </c>
       <c r="G155" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I155" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C156" s="3">
-        <v>458</v>
+        <v>87.05</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>4090</v>
+        <v>5234</v>
       </c>
       <c r="G156" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="I156" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C157" s="3">
-        <v>984</v>
+        <v>87.05</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>583</v>
+        <v>4368</v>
       </c>
       <c r="G157" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="I157" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C158" s="3">
-        <v>984</v>
+        <v>565.57</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>957</v>
+        <v>1627</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I158" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C159" s="3">
-        <v>675</v>
+        <v>1519.56</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I159" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C160" s="3">
-        <v>396</v>
+        <v>1519.56</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>2230</v>
+        <v>1166</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I160" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C161" s="3">
-        <v>186</v>
+        <v>453.57</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>2928</v>
+        <v>11519</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C162" s="3">
-        <v>458</v>
+        <v>453.57</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>1533</v>
+        <v>3166</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="A163" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C163" s="3">
+        <v>239.03</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" s="3">
+        <v>87077</v>
+      </c>
+      <c r="G163" s="3">
+        <v>10</v>
+      </c>
+      <c r="H163" s="3">
+        <v>100</v>
+      </c>
+      <c r="I163" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C164" s="3">
-        <v>179.07</v>
+        <v>326.41</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>4456</v>
+        <v>41242</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C165" s="3">
-        <v>268.37</v>
+        <v>609.39</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>3314</v>
+        <v>11481</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I165" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C166" s="3">
-        <v>87.56</v>
+        <v>204.88</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>5182</v>
+        <v>74187</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C167" s="3">
-        <v>179.07</v>
+        <v>1024.74</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>1364</v>
+        <v>2123</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C168" s="3">
-        <v>268.37</v>
+        <v>392.19</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>3384</v>
+        <v>33073</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C169" s="3">
-        <v>366.6</v>
+        <v>204.88</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>884</v>
+        <v>25323</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H169" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C170" s="3">
-        <v>366.6</v>
+        <v>59.37</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>1925</v>
+        <v>281</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H170" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C171" s="3">
-        <v>230.03</v>
+        <v>461.95</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>3291</v>
+        <v>33116</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C172" s="3">
-        <v>1229.68</v>
+        <v>51.63</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>214</v>
+        <v>46598</v>
       </c>
       <c r="G172" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>5</v>
+        <v>300</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C173" s="3">
-        <v>1229.68</v>
+        <v>158.64</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>402</v>
+        <v>108003</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C174" s="3">
-        <v>521.07</v>
+        <v>2949.45</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>641</v>
+        <v>179</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C175" s="3">
-        <v>230.03</v>
+        <v>72.97</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>3343</v>
+        <v>162787</v>
       </c>
       <c r="G175" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H175" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C176" s="3">
-        <v>87.56</v>
+        <v>35.37</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>5592</v>
+        <v>4208</v>
       </c>
       <c r="G176" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H176" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C177" s="3">
+        <v>59.37</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F177" s="3">
+        <v>9686</v>
+      </c>
+      <c r="G177" s="3">
+        <v>10</v>
+      </c>
+      <c r="H177" s="3">
+        <v>300</v>
+      </c>
+      <c r="I177" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="B178" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C177" s="3">
-[...32 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="C178" s="3">
+        <v>45.93</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" s="3">
+        <v>3773</v>
+      </c>
+      <c r="G178" s="3">
+        <v>10</v>
+      </c>
+      <c r="H178" s="3">
+        <v>500</v>
+      </c>
+      <c r="I178" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>460</v>
+        <v>609.39</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>6537</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I179" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>1517</v>
+        <v>158.64</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>118</v>
+        <v>93927</v>
       </c>
       <c r="G180" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I180" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="C181" s="3">
+        <v>51.63</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F181" s="3">
+        <v>81306</v>
+      </c>
+      <c r="G181" s="3">
+        <v>10</v>
+      </c>
+      <c r="H181" s="3">
+        <v>300</v>
+      </c>
+      <c r="I181" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C181" s="3">
-[...22 lines deleted...]
-      <c r="A182" s="2" t="s">
+      <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B182" s="2"/>
-[...6 lines deleted...]
-      <c r="I182" s="2"/>
+      <c r="C182" s="3">
+        <v>72.97</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F182" s="3">
+        <v>69175</v>
+      </c>
+      <c r="G182" s="3">
+        <v>10</v>
+      </c>
+      <c r="H182" s="3">
+        <v>200</v>
+      </c>
+      <c r="I182" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="3">
-        <v>164</v>
+        <v>101.27</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>18009</v>
+        <v>72372</v>
       </c>
       <c r="G183" s="3">
         <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I183" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="3">
-        <v>134</v>
+        <v>326.41</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>12997</v>
+        <v>27427</v>
       </c>
       <c r="G184" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I184" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="3">
-        <v>134</v>
+        <v>1024.74</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>16784</v>
+        <v>10410</v>
       </c>
       <c r="G185" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I185" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="3">
-        <v>164</v>
+        <v>239.03</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>31495</v>
+        <v>111755</v>
       </c>
       <c r="G186" s="3">
         <v>10</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>327</v>
+        <v>392.19</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>20992</v>
+        <v>24902</v>
       </c>
       <c r="G187" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I187" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>327</v>
+        <v>211.15</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>25047</v>
+        <v>50445</v>
       </c>
       <c r="G188" s="3">
         <v>10</v>
       </c>
       <c r="H188" s="3">
         <v>100</v>
       </c>
       <c r="I188" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>389</v>
+        <v>774.38</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1628</v>
+        <v>1093</v>
       </c>
       <c r="G189" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I189" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="3">
-        <v>122</v>
+        <v>2949.45</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>14291</v>
+        <v>9</v>
       </c>
       <c r="G190" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I190" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="3">
-        <v>445.27</v>
+        <v>3296.6</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I191" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A36:I36"/>
-    <mergeCell ref="A95:I95"/>
-[...3 lines deleted...]
-    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A133:I133"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -7098,153 +7098,153 @@
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
-    <hyperlink ref="D75" r:id="rId71"/>
-[...101 lines deleted...]
-    <hyperlink ref="D181" r:id="rId173"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D81" r:id="rId76"/>
+    <hyperlink ref="D82" r:id="rId77"/>
+    <hyperlink ref="D83" r:id="rId78"/>
+    <hyperlink ref="D84" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D107" r:id="rId101"/>
+    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D110" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId105"/>
+    <hyperlink ref="D112" r:id="rId106"/>
+    <hyperlink ref="D113" r:id="rId107"/>
+    <hyperlink ref="D114" r:id="rId108"/>
+    <hyperlink ref="D115" r:id="rId109"/>
+    <hyperlink ref="D116" r:id="rId110"/>
+    <hyperlink ref="D117" r:id="rId111"/>
+    <hyperlink ref="D118" r:id="rId112"/>
+    <hyperlink ref="D120" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D124" r:id="rId116"/>
+    <hyperlink ref="D125" r:id="rId117"/>
+    <hyperlink ref="D126" r:id="rId118"/>
+    <hyperlink ref="D127" r:id="rId119"/>
+    <hyperlink ref="D128" r:id="rId120"/>
+    <hyperlink ref="D129" r:id="rId121"/>
+    <hyperlink ref="D130" r:id="rId122"/>
+    <hyperlink ref="D131" r:id="rId123"/>
+    <hyperlink ref="D132" r:id="rId124"/>
+    <hyperlink ref="D134" r:id="rId125"/>
+    <hyperlink ref="D135" r:id="rId126"/>
+    <hyperlink ref="D136" r:id="rId127"/>
+    <hyperlink ref="D137" r:id="rId128"/>
+    <hyperlink ref="D138" r:id="rId129"/>
+    <hyperlink ref="D139" r:id="rId130"/>
+    <hyperlink ref="D140" r:id="rId131"/>
+    <hyperlink ref="D141" r:id="rId132"/>
+    <hyperlink ref="D142" r:id="rId133"/>
+    <hyperlink ref="D143" r:id="rId134"/>
+    <hyperlink ref="D144" r:id="rId135"/>
+    <hyperlink ref="D145" r:id="rId136"/>
+    <hyperlink ref="D146" r:id="rId137"/>
+    <hyperlink ref="D147" r:id="rId138"/>
+    <hyperlink ref="D148" r:id="rId139"/>
+    <hyperlink ref="D149" r:id="rId140"/>
+    <hyperlink ref="D150" r:id="rId141"/>
+    <hyperlink ref="D151" r:id="rId142"/>
+    <hyperlink ref="D152" r:id="rId143"/>
+    <hyperlink ref="D153" r:id="rId144"/>
+    <hyperlink ref="D154" r:id="rId145"/>
+    <hyperlink ref="D155" r:id="rId146"/>
+    <hyperlink ref="D156" r:id="rId147"/>
+    <hyperlink ref="D157" r:id="rId148"/>
+    <hyperlink ref="D158" r:id="rId149"/>
+    <hyperlink ref="D159" r:id="rId150"/>
+    <hyperlink ref="D160" r:id="rId151"/>
+    <hyperlink ref="D161" r:id="rId152"/>
+    <hyperlink ref="D162" r:id="rId153"/>
+    <hyperlink ref="D163" r:id="rId154"/>
+    <hyperlink ref="D164" r:id="rId155"/>
+    <hyperlink ref="D165" r:id="rId156"/>
+    <hyperlink ref="D166" r:id="rId157"/>
+    <hyperlink ref="D167" r:id="rId158"/>
+    <hyperlink ref="D168" r:id="rId159"/>
+    <hyperlink ref="D169" r:id="rId160"/>
+    <hyperlink ref="D170" r:id="rId161"/>
+    <hyperlink ref="D171" r:id="rId162"/>
+    <hyperlink ref="D172" r:id="rId163"/>
+    <hyperlink ref="D173" r:id="rId164"/>
+    <hyperlink ref="D174" r:id="rId165"/>
+    <hyperlink ref="D175" r:id="rId166"/>
+    <hyperlink ref="D176" r:id="rId167"/>
+    <hyperlink ref="D177" r:id="rId168"/>
+    <hyperlink ref="D178" r:id="rId169"/>
+    <hyperlink ref="D179" r:id="rId170"/>
+    <hyperlink ref="D180" r:id="rId171"/>
+    <hyperlink ref="D181" r:id="rId172"/>
+    <hyperlink ref="D182" r:id="rId173"/>
     <hyperlink ref="D183" r:id="rId174"/>
     <hyperlink ref="D184" r:id="rId175"/>
     <hyperlink ref="D185" r:id="rId176"/>
     <hyperlink ref="D186" r:id="rId177"/>
     <hyperlink ref="D187" r:id="rId178"/>
     <hyperlink ref="D188" r:id="rId179"/>
     <hyperlink ref="D189" r:id="rId180"/>
     <hyperlink ref="D190" r:id="rId181"/>
     <hyperlink ref="D191" r:id="rId182"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>