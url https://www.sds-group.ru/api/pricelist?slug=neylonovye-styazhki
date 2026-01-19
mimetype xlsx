--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -8,1201 +8,1195 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="741" uniqueCount="381">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нейлоновые стяжки</t>
   </si>
   <si>
     <t>1.1 Cтяжки нейлоновые PROconnect</t>
   </si>
   <si>
+    <t>57-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>57-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0303</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>57-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0150</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0250</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0350</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0351</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0501</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0101</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0300</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
+    <t>57-0301</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0150-4</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0201-5</t>
-[...14 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) PROconnect</t>
+    <t>57-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) PROconnect </t>
   </si>
   <si>
     <t>57-0302</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0500</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0501</t>
-[...104 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) PROconnect</t>
+    <t>57-0400</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0401</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0400</t>
-[...35 lines deleted...]
-    <t>1.2 Стяжки нейлоновые REXANT 25 шт/уп и цветные</t>
+    <t>1.2 Cтяжки нейлоновые REXANT</t>
+  </si>
+  <si>
+    <t>07-0501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0451-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0081</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0120</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0352</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0353</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0451-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0151-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0253</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1021</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0061</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1020</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0080</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0121</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0202</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0252</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0600-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0601-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0060</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0700-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0701-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Стяжки нейлоновые REXANT 25 шт/уп и цветные</t>
+  </si>
+  <si>
+    <t>07-0150-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0100-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0400-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0151-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, красная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0153-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0108-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0408-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0250-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0251-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0900-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0901-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1020-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0700-9-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0303-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7202</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 200 мм, цветные, НХ-2, тубус 300 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-1021-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0701-9-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0103-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0403-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0258-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-1021-25</t>
-[...64 lines deleted...]
-  <si>
     <t>07-7201</t>
   </si>
   <si>
     <t>Набор стяжек нейлоновых 100, 150, 200 мм, цветные, НХ-1, тубус 200 шт. REXANT</t>
   </si>
   <si>
-    <t>07-0201-25</t>
-[...143 lines deleted...]
-    <t>1.3 Стяжки нейлоновые REXANT PRO морозостойкие</t>
+    <t>1.4 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
+  </si>
+  <si>
+    <t>67-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0501</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0500</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Стяжки нейлоновые REXANT PRO морозостойкие</t>
+  </si>
+  <si>
+    <t>87-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0150</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0151</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>87-0301</t>
   </si>
   <si>
     <t>Стяжка нейлоновая морозостойкая 300x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>87-0401</t>
-[...22 lines deleted...]
-  <si>
     <t>87-1302</t>
   </si>
   <si>
     <t>Стяжка нейлоновая морозостойкая 300x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>87-0200</t>
-[...218 lines deleted...]
-    <t>1.5 Стяжки нейлон-12 REXANT PRO для СИП</t>
+    <t>1.6 Стяжки нейлоновые REXANT с крепежным элементом</t>
+  </si>
+  <si>
+    <t>07-0105</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0204</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 200x4,3мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0176</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с дюбелем 150x7,0мм, ø 8,0мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0197</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 190x4,8мм, ø 3,2мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0107</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 100x2,5мм, ø 2,4мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0155</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 100x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0154</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 200x4,3мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>1.7 Стяжки нейлон-12 REXANT PRO для СИП</t>
   </si>
   <si>
     <t>07-0359</t>
   </si>
   <si>
     <t>Стяжка нейлоновая для СИП с горизонтальным замком 350x9,0мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0269</t>
   </si>
   <si>
     <t>Стяжка нейлоновая для СИП с горизонтальным замком 260x9,0мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0186</t>
   </si>
   <si>
     <t>Стяжка нейлоновая для СИП с горизонтальным замком 180x6,0мм, черная (100 шт/уп) REXANT</t>
-  </si>
-[...406 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1587,56 +1581,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect-32022" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect-32015" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect-32018" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect-32019" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect-32020" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect-32021" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect-32025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect-32026" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect-32027" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect-32028" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect-11190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect-10463" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect-11189" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect-10464" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect-10465" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect-10467" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect-11197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect-17759" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect-17760" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect-13385" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect-13388" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect-11195" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect-11196" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect-17758" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect-17761" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect-12111" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect-12110" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect-10466" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect-32017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect-32024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect-32016" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect-32023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant-18628" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-tsvetnaya-25-sht-up-rexant-18631" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant-30834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant-30832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant-30840" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant-30841" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant-7694" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-zolotaya-100-sht-up-rexant-29715" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x4-8mm-zolotaya-100-sht-up-rexant-29718" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant-7674" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant-7676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-tsvetnaya-25-sht-up-rexant-7698" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant-7673" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-150-200-mm-tsvetnie-nh-1-tubus-200-sht-rexant-4241" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant-7680" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-tsvetnaya-25-sht-up-rexant-7701" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant-30831" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x3-6mm-zolotaya-100-sht-up-rexant-29714" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant-7681" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant-7693" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-tsvetnaya-25-sht-up-rexant-7700" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant-30833" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-200-mm-tsvetnie-nh-2-tubus-300-sht-rexant-4242" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-zolotaya-100-sht-up-rexant-29716" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-zolotaya-100-sht-up-rexant-29717" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant-7675" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant-7677" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant-7678" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant-7679" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant-7682" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-krasnaya-25-sht-up-rexant-7683" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant-7685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant-7695" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant-7696" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant-7697" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-tsvetnaya-25-sht-up-rexant-7699" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-tsvetnaya-25-sht-up-rexant-7702" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant-18630" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-belaya-100-sht-up-rexant-15446" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-chernaya-100-sht-up-rexant-19179" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-chernaya-100-sht-up-rexant-19174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-belaya-100-sht-up-rexant-19178" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-belaya-100-sht-up-rexant-15453" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-chernaya-100-sht-up-rexant-15442" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-chernaya-100-sht-up-rexant-15445" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-belaya-100-sht-up-rexant-15447" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-chernaya-100-sht-up-rexant-15450" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-chernaya-100-sht-up-rexant-15454" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-chernaya-100-sht-up-rexant-15452" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-belaya-100-sht-up-rexant-15449" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-chernaya-100-sht-up-rexant-15455" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-belaya-100-sht-up-rexant-19173" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-chernaya-100-sht-up-rexant-19168" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-belaya-100-sht-up-rexant-19171" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-belaya-100-sht-up-rexant-19169" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-belaya-100-sht-up-rexant-19172" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-chernaya-100-sht-up-rexant-19177" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-belaya-100-sht-up-rexant-19180" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-chernaya-100-sht-up-rexant-19181" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-belaya-100-sht-up-rexant-15444" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-belaya-100-sht-up-rexant-15448" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-belaya-100-sht-up-rexant-15451" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-chernaya-100-sht-up-rexant-15443" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-chernaya-100-sht-up-rexant-19176" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-belaya-100-sht-up-rexant-19175" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-chernaya-100-sht-up-rexant-19170" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-350x9-0mm-chernaya-100-sht-up-rexant-12579" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-260x9-0mm-chernaya-100-sht-up-rexant-12569" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-180x6-0mm-chernaya-100-sht-up-rexant-12580" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant-708" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-100x2-5-mm-oslash-2-4-mm-belaya-100-sht-up-rexant-711" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant-703" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant-706" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant-704" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant-705" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant-707" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-dyubelem-rexant-150x7-0-mm-oslash-8-0-mm-belaya-50-sht-up-rexant-4292" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-190x4-8-mm-oslash-3-2-mm-belaya-100-sht-up-rexant-712" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant-3255" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant-3258" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant-3247" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant-3256" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant-689" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant-18626" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant-18611" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant-670" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant-700" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant-695" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant-699" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant-2213" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant-3254" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant-3251" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant-3253" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant-3259" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant-3260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant-3252" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant-3257" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant-3246" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant-3249" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant-671" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant-18619" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant-18614" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant-18623" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant-18621" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant-18613" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant-698" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant-697" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant-684" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant-686" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant-692" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant-681" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant-701" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant-688" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant-682" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant-676" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant-690" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant-674" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant-680" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant-3941" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5-mm-belaya-100-sht-up-rexant-677" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant-669" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant-675" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant-672" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant-691" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant-679" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant-673" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant-678" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant-2212" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8-mm-belaya-100-sht-up-rexant-685" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-cherniy-100-sht-up-rexant-702" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant-683" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant-687" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant-3250" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant-18625" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant-3707" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant-696" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-200-mm-tsvetnye-nh-2-tubus-300-sht-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-150-200-mm-tsvetnye-nh-1-tubus-200-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-dyubelem-150x7-0mm-8-0mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-190x4-8mm-3-2mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-100x2-5mm-2-4mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-350x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-260x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-180x6-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I191"/>
+  <dimension ref="A1:I190"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1668,5408 +1662,5379 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>483</v>
+        <v>162.84</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2700</v>
+        <v>7630</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>81.5</v>
+        <v>195.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>9881</v>
+        <v>1158</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>152.5</v>
+        <v>195.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7925</v>
+        <v>3969</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>183.5</v>
+        <v>515.77</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1798</v>
+        <v>2406</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>183.5</v>
+        <v>729.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4155</v>
+        <v>710</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>483</v>
+        <v>883.11</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1047</v>
+        <v>774</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>352</v>
+        <v>883.11</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>784</v>
+        <v>1488</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>352</v>
+        <v>36.09</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>674</v>
+        <v>8700</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>827</v>
+        <v>52.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>825</v>
+        <v>1326</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>827</v>
+        <v>52.85</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1633</v>
+        <v>10907</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>105</v>
+        <v>112.12</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>3700</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>49.5</v>
+        <v>69.94</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>2768</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>49.5</v>
+        <v>69.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>13336</v>
+        <v>1433</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I16" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>105</v>
+        <v>141.49</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>15854</v>
+        <v>4425</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>132.5</v>
+        <v>141.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>3969</v>
+        <v>7693</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>289</v>
+        <v>255.22</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>2450</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>289</v>
+        <v>255.22</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>8626</v>
+        <v>8619</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>33.8</v>
+        <v>308.61</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12992</v>
+        <v>626</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>33.8</v>
+        <v>308.61</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1038</v>
+        <v>4637</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>65.5</v>
+        <v>729.34</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>10</v>
+        <v>1583</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>65.5</v>
+        <v>375.88</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>10</v>
+        <v>210</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>132.5</v>
+        <v>36.09</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>5136</v>
+        <v>6036</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>160.2</v>
+        <v>171.07</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>243</v>
+        <v>3357</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>239</v>
+        <v>112.12</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1119</v>
+        <v>24722</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>239</v>
+        <v>171.07</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>11606</v>
+        <v>4</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>324.5</v>
+        <v>87.02</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>450</v>
+        <v>9545</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>324.5</v>
+        <v>87.02</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>464</v>
+        <v>9735</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>160.2</v>
+        <v>162.84</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4103</v>
+        <v>4716</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>152.5</v>
+        <v>515.77</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>4961</v>
+        <v>983</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>683</v>
+        <v>375.88</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1618</v>
+        <v>393</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>81.5</v>
+        <v>346.51</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>9966</v>
+        <v>1429</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>683</v>
+        <v>346.51</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>736</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>93.2</v>
+        <v>619.75</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>3374</v>
+        <v>7813</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>81.5</v>
+        <v>270.17</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1005</v>
+        <v>40346</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>1343</v>
+        <v>551.3</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>20</v>
+        <v>4418</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1210</v>
+        <v>46.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>45</v>
+        <v>2878</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>875</v>
+        <v>619.75</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>58</v>
+        <v>5367</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>875</v>
+        <v>74.21</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>100</v>
+        <v>89301</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>23.1</v>
+        <v>60.38</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1854</v>
+        <v>4316</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>1400</v>
+        <v>300</v>
       </c>
       <c r="I43" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>78</v>
+        <v>398.86</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>22240</v>
+        <v>20325</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>221.99</v>
+        <v>52.51</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>13623</v>
+        <v>48449</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>23.1</v>
+        <v>787.54</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>3984</v>
+        <v>934</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1400</v>
+        <v>45</v>
       </c>
       <c r="I46" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>152.25</v>
+        <v>1042.16</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3578</v>
+        <v>3761</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="I47" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>31.1</v>
+        <v>787.54</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1357</v>
+        <v>4115</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>45</v>
       </c>
       <c r="I48" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>34.35</v>
+        <v>214.74</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>4611</v>
+        <v>32446</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
+        <v>100</v>
+      </c>
+      <c r="I49" s="3">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>333.95</v>
+        <v>948.12</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1024</v>
+        <v>1610</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>74.35</v>
+        <v>948.12</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3807</v>
+        <v>1259</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I51" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>131</v>
+        <v>117.08</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>886</v>
+        <v>48427</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>1210</v>
+        <v>117.08</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>55</v>
+        <v>72771</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>133.83</v>
+        <v>469.8</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>24326</v>
+        <v>18328</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>152.35</v>
+        <v>575.18</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>6481</v>
+        <v>2035</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>34.35</v>
+        <v>3352.64</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>6080</v>
+        <v>367</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I56" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>67</v>
+        <v>102.99</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>3609</v>
+        <v>10020</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I57" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>1343</v>
+        <v>208.36</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>41</v>
+        <v>50124</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>623.4</v>
+        <v>52.51</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1799</v>
+        <v>63984</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="I59" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>153.9</v>
+        <v>627.9</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>39430</v>
+        <v>18774</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>184.76</v>
+        <v>35.97</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>16683</v>
+        <v>2312</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I61" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>74.35</v>
+        <v>270.17</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>7541</v>
+        <v>20474</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>176.85</v>
+        <v>627.9</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>2254</v>
+        <v>7191</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>34.35</v>
+        <v>2999.59</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>7126</v>
+        <v>40</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>23.1</v>
+        <v>102.99</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>5815</v>
+        <v>76211</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>1400</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>176.85</v>
+        <v>214.74</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2621</v>
+        <v>23553</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>43.52</v>
+        <v>551.3</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>5283</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>89.24</v>
+        <v>461.28</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>446</v>
+        <v>6155</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>74.35</v>
+        <v>3352.64</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>152.25</v>
+        <v>1042.16</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1518</v>
+        <v>3826</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>176.85</v>
+        <v>161.34</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>69480</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I71" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>23.3</v>
+        <v>46.71</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>3068</v>
+        <v>1890</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>1400</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>195.8</v>
+        <v>60.38</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>763</v>
+        <v>11725</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I73" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>93.2</v>
+        <v>74.21</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>2378</v>
+        <v>65222</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+      <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B75" s="2"/>
-[...6 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="B75" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C75" s="3">
+        <v>461.28</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>3059</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>50</v>
+      </c>
+      <c r="I75" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>268.37</v>
+        <v>243.09</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>6051</v>
+        <v>68786</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>521.07</v>
+        <v>331.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>24427</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>268.37</v>
+        <v>88.53</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>6084</v>
+        <v>5786</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>280</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>521.07</v>
+        <v>88.53</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1131</v>
+        <v>6098</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>1229.68</v>
+        <v>575.18</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>605</v>
+        <v>1375</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>366.6</v>
+        <v>1545.39</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>4209</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>179.07</v>
+        <v>1545.39</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>87.56</v>
+        <v>398.86</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>8732</v>
+        <v>16907</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>87.56</v>
+        <v>208.36</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>11302</v>
+        <v>4371</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>230.03</v>
+        <v>161.34</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>5741</v>
+        <v>107097</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>179.07</v>
+        <v>469.8</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>8146</v>
+        <v>28833</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>230.03</v>
+        <v>331.96</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>5516</v>
+        <v>24433</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>100</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>366.6</v>
+        <v>2999.59</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>1878</v>
+        <v>214</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>1229.68</v>
+        <v>35.97</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>923</v>
+        <v>4267</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C90" s="3">
+        <v>243.09</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>96392</v>
+      </c>
+      <c r="G90" s="3">
+        <v>10</v>
+      </c>
+      <c r="H90" s="3">
+        <v>100</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>458</v>
+        <v>865.02</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>4013</v>
+        <v>2607</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I91" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>675</v>
+        <v>865.02</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>398</v>
+        <v>7958</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>396</v>
+        <v>2217.06</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1622</v>
+        <v>324</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>396</v>
+        <v>2269.43</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>690</v>
+        <v>99</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A95" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>145</v>
+        <v>79.33</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>4958</v>
+        <v>12763</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>200</v>
       </c>
       <c r="I96" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>186</v>
+        <v>187.9</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>2345</v>
+        <v>12049</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>227</v>
+        <v>133.23</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>2535</v>
+        <v>385</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I98" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>227</v>
+        <v>23.49</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>2439</v>
+        <v>4724</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I99" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>317.5</v>
+        <v>179.86</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1646</v>
+        <v>1362</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I100" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>268</v>
+        <v>34.93</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>3009</v>
+        <v>1904</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I101" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>281</v>
+        <v>23.49</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>1265</v>
+        <v>5275</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I102" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>281</v>
+        <v>179.86</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>3484</v>
+        <v>1315</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I103" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>783.5</v>
+        <v>90.76</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1522</v>
+        <v>439</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I104" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>783.5</v>
+        <v>34.93</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>344</v>
+        <v>3984</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I105" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>536</v>
+        <v>31.63</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>273</v>
+        <v>1039</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I106" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>675</v>
+        <v>23.7</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>245</v>
+        <v>2863</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>50</v>
+        <v>1400</v>
       </c>
       <c r="I107" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>1275</v>
+        <v>199.13</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>721</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
+        <v>250</v>
+      </c>
+      <c r="I108" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>1275</v>
+        <v>154.94</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>78</v>
+        <v>5120</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="I109" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>545</v>
+        <v>94.78</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>648</v>
+        <v>4444</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I110" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>545</v>
+        <v>94.78</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>646</v>
+        <v>3478</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I111" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>186</v>
+        <v>1230.57</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>2997</v>
+        <v>53</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I112" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>317.5</v>
+        <v>1230.57</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>2657</v>
+        <v>38</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I113" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>268</v>
+        <v>1365.83</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>7326</v>
+        <v>13</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>458</v>
+        <v>136.11</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1227</v>
+        <v>14846</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I115" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>536</v>
+        <v>889.87</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>543</v>
+        <v>30</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>984</v>
+        <v>156.52</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>546</v>
+        <v>28031</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>984</v>
+        <v>225.76</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>706</v>
+        <v>13557</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="A119" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C119" s="3">
+        <v>75.61</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F119" s="3">
+        <v>5641</v>
+      </c>
+      <c r="G119" s="3">
+        <v>10</v>
+      </c>
+      <c r="H119" s="3">
+        <v>500</v>
+      </c>
+      <c r="I119" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>1517</v>
+        <v>75.61</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>37</v>
+        <v>1682</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I120" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>1100</v>
+        <v>154.84</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>135</v>
+        <v>1459</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>35</v>
+        <v>300</v>
       </c>
       <c r="I121" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>460</v>
+        <v>34.93</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>620</v>
+        <v>5191</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I122" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="A123" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C123" s="3">
+        <v>75.61</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>1312</v>
+      </c>
+      <c r="G123" s="3">
+        <v>10</v>
+      </c>
+      <c r="H123" s="3">
+        <v>500</v>
+      </c>
+      <c r="I123" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>327</v>
+        <v>68.14</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>16965</v>
+        <v>3526</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I124" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>122</v>
+        <v>634</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>12097</v>
+        <v>890</v>
       </c>
       <c r="G125" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I125" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>134</v>
+        <v>1365.83</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>7906</v>
+        <v>9</v>
       </c>
       <c r="G126" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I126" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>164</v>
+        <v>889.87</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>20698</v>
+        <v>100</v>
       </c>
       <c r="G127" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I127" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>134</v>
+        <v>23.49</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>274</v>
+        <v>1779</v>
       </c>
       <c r="G128" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>200</v>
+        <v>1400</v>
       </c>
       <c r="I128" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>164</v>
+        <v>154.84</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>19512</v>
+        <v>2067</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I129" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>327</v>
+        <v>179.86</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>19665</v>
+        <v>439</v>
       </c>
       <c r="G130" s="3">
         <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I130" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>445.27</v>
+        <v>82.89</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>1324</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I131" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>389</v>
+        <v>339.63</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>3211</v>
+        <v>984</v>
       </c>
       <c r="G132" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>50</v>
       </c>
       <c r="I132" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>542.08</v>
+        <v>1000.73</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>4583</v>
+        <v>531</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I134" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>932.27</v>
+        <v>686.47</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>3021</v>
+        <v>349</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I135" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>115.12</v>
+        <v>402.73</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>58878</v>
+        <v>1641</v>
       </c>
       <c r="G136" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>932.27</v>
+        <v>189.16</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>1733</v>
+        <v>3604</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>461.95</v>
+        <v>465.79</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>21520</v>
+        <v>1485</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>774.38</v>
+        <v>230.86</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>4320</v>
+        <v>4306</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>565.57</v>
+        <v>1000.73</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>3003</v>
+        <v>143</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I140" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>35.37</v>
+        <v>465.79</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>2774</v>
+        <v>4002</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I141" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>617.4</v>
+        <v>402.73</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>16766</v>
+        <v>625</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>3296.6</v>
+        <v>147.47</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>344</v>
+        <v>5059</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I143" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>617.4</v>
+        <v>147.47</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>7894</v>
+        <v>2299</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I144" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>101.27</v>
+        <v>189.16</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>31236</v>
+        <v>4823</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>200</v>
       </c>
       <c r="I145" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>850.56</v>
+        <v>285.78</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>7136</v>
+        <v>1084</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I146" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>265.65</v>
+        <v>285.78</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>23526</v>
+        <v>3241</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>850.56</v>
+        <v>322.9</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>3793</v>
+        <v>1143</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I148" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>2180</v>
+        <v>272.56</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>889</v>
+        <v>2651</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>2231.49</v>
+        <v>322.9</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>0</v>
+        <v>2580</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>265.65</v>
+        <v>272.56</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>37411</v>
+        <v>7012</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>100</v>
       </c>
       <c r="I151" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C152" s="3">
-        <v>542.08</v>
+        <v>796.82</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>4990</v>
+        <v>148</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C153" s="3">
-        <v>115.12</v>
+        <v>554.27</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>56754</v>
+        <v>934</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I153" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C154" s="3">
-        <v>211.15</v>
+        <v>545.11</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>31521</v>
+        <v>453</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I154" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C155" s="3">
-        <v>45.93</v>
+        <v>230.86</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>1716</v>
+        <v>2375</v>
       </c>
       <c r="G155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C156" s="3">
-        <v>87.05</v>
+        <v>554.27</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>5234</v>
+        <v>623</v>
       </c>
       <c r="G156" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>280</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C157" s="3">
-        <v>87.05</v>
+        <v>796.82</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>4368</v>
+        <v>1511</v>
       </c>
       <c r="G157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C158" s="3">
-        <v>565.57</v>
+        <v>545.11</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>1627</v>
+        <v>364</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I158" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C159" s="3">
-        <v>1519.56</v>
+        <v>686.47</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>442</v>
+        <v>185</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C160" s="3">
-        <v>1519.56</v>
+        <v>1296.68</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>1166</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I160" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>453.57</v>
+        <v>1296.68</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>11519</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I161" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A162" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A162" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B162" s="2"/>
+      <c r="C162" s="2"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="2"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C163" s="3">
-        <v>239.03</v>
+        <v>529.93</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>87077</v>
+        <v>789</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I163" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C164" s="3">
-        <v>326.41</v>
+        <v>1250.58</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>41242</v>
+        <v>455</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I164" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C165" s="3">
-        <v>609.39</v>
+        <v>372.83</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>11481</v>
+        <v>1395</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C166" s="3">
-        <v>204.88</v>
+        <v>182.11</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>74187</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I166" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C167" s="3">
-        <v>1024.74</v>
+        <v>272.93</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>2123</v>
+        <v>5588</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I167" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>392.19</v>
+        <v>182.11</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>33073</v>
+        <v>5906</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C169" s="3">
-        <v>204.88</v>
+        <v>89.05</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>25323</v>
+        <v>7507</v>
       </c>
       <c r="G169" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I169" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C170" s="3">
-        <v>59.37</v>
+        <v>529.93</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I170" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C171" s="3">
-        <v>461.95</v>
+        <v>1250.58</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>33116</v>
+        <v>785</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I171" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C172" s="3">
-        <v>51.63</v>
+        <v>89.05</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>46598</v>
+        <v>10382</v>
       </c>
       <c r="G172" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C173" s="3">
-        <v>158.64</v>
+        <v>233.94</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>108003</v>
+        <v>3575</v>
       </c>
       <c r="G173" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I173" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C174" s="3">
-        <v>2949.45</v>
+        <v>233.94</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>179</v>
+        <v>4609</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I174" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C175" s="3">
-        <v>72.97</v>
+        <v>272.93</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>162787</v>
+        <v>4854</v>
       </c>
       <c r="G175" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I175" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C176" s="3">
-        <v>35.37</v>
+        <v>372.83</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>4208</v>
+        <v>3223</v>
       </c>
       <c r="G176" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I176" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A177" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>45.93</v>
+        <v>136.28</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>3773</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>10</v>
       </c>
       <c r="H178" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I178" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>609.39</v>
+        <v>332.56</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>6537</v>
+        <v>7532</v>
       </c>
       <c r="G179" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H179" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I179" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>158.64</v>
+        <v>452.84</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>93927</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I180" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C181" s="3">
-        <v>51.63</v>
+        <v>395.61</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>81306</v>
+        <v>3410</v>
       </c>
       <c r="G181" s="3">
         <v>10</v>
       </c>
       <c r="H181" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I181" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C182" s="3">
-        <v>72.97</v>
+        <v>124.07</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>69175</v>
+        <v>5756</v>
       </c>
       <c r="G182" s="3">
         <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I182" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C183" s="3">
-        <v>101.27</v>
+        <v>166.79</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>72372</v>
+        <v>2949</v>
       </c>
       <c r="G183" s="3">
         <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I183" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C184" s="3">
-        <v>326.41</v>
+        <v>136.28</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>27427</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C185" s="3">
-        <v>1024.74</v>
+        <v>166.79</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>10410</v>
+        <v>14815</v>
       </c>
       <c r="G185" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I185" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C186" s="3">
-        <v>239.03</v>
+        <v>332.56</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>111755</v>
+        <v>13662</v>
       </c>
       <c r="G186" s="3">
         <v>10</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A187" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B187" s="3" t="s">
+      <c r="A187" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="C187" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B187" s="2"/>
+      <c r="C187" s="2"/>
+      <c r="D187" s="2"/>
+      <c r="E187" s="2"/>
+      <c r="F187" s="2"/>
+      <c r="G187" s="2"/>
+      <c r="H187" s="2"/>
+      <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>211.15</v>
+        <v>1542.79</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>50445</v>
+        <v>152</v>
       </c>
       <c r="G188" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I188" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>774.38</v>
+        <v>1118.7</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1093</v>
+        <v>133</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="I189" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="3">
-        <v>2949.45</v>
+        <v>467.82</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>9</v>
+        <v>568</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I190" s="3">
-        <v>100</v>
-[...27 lines deleted...]
-      <c r="I191" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A36:I36"/>
-    <mergeCell ref="A75:I75"/>
-[...2 lines deleted...]
-    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A95:I95"/>
     <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A187:I187"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -7098,162 +7063,161 @@
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
-    <hyperlink ref="D76" r:id="rId71"/>
-[...106 lines deleted...]
-    <hyperlink ref="D187" r:id="rId178"/>
+    <hyperlink ref="D75" r:id="rId71"/>
+    <hyperlink ref="D76" r:id="rId72"/>
+    <hyperlink ref="D77" r:id="rId73"/>
+    <hyperlink ref="D78" r:id="rId74"/>
+    <hyperlink ref="D79" r:id="rId75"/>
+    <hyperlink ref="D80" r:id="rId76"/>
+    <hyperlink ref="D81" r:id="rId77"/>
+    <hyperlink ref="D82" r:id="rId78"/>
+    <hyperlink ref="D83" r:id="rId79"/>
+    <hyperlink ref="D84" r:id="rId80"/>
+    <hyperlink ref="D85" r:id="rId81"/>
+    <hyperlink ref="D86" r:id="rId82"/>
+    <hyperlink ref="D87" r:id="rId83"/>
+    <hyperlink ref="D88" r:id="rId84"/>
+    <hyperlink ref="D89" r:id="rId85"/>
+    <hyperlink ref="D90" r:id="rId86"/>
+    <hyperlink ref="D91" r:id="rId87"/>
+    <hyperlink ref="D92" r:id="rId88"/>
+    <hyperlink ref="D93" r:id="rId89"/>
+    <hyperlink ref="D94" r:id="rId90"/>
+    <hyperlink ref="D96" r:id="rId91"/>
+    <hyperlink ref="D97" r:id="rId92"/>
+    <hyperlink ref="D98" r:id="rId93"/>
+    <hyperlink ref="D99" r:id="rId94"/>
+    <hyperlink ref="D100" r:id="rId95"/>
+    <hyperlink ref="D101" r:id="rId96"/>
+    <hyperlink ref="D102" r:id="rId97"/>
+    <hyperlink ref="D103" r:id="rId98"/>
+    <hyperlink ref="D104" r:id="rId99"/>
+    <hyperlink ref="D105" r:id="rId100"/>
+    <hyperlink ref="D106" r:id="rId101"/>
+    <hyperlink ref="D107" r:id="rId102"/>
+    <hyperlink ref="D108" r:id="rId103"/>
+    <hyperlink ref="D109" r:id="rId104"/>
+    <hyperlink ref="D110" r:id="rId105"/>
+    <hyperlink ref="D111" r:id="rId106"/>
+    <hyperlink ref="D112" r:id="rId107"/>
+    <hyperlink ref="D113" r:id="rId108"/>
+    <hyperlink ref="D114" r:id="rId109"/>
+    <hyperlink ref="D115" r:id="rId110"/>
+    <hyperlink ref="D116" r:id="rId111"/>
+    <hyperlink ref="D117" r:id="rId112"/>
+    <hyperlink ref="D118" r:id="rId113"/>
+    <hyperlink ref="D119" r:id="rId114"/>
+    <hyperlink ref="D120" r:id="rId115"/>
+    <hyperlink ref="D121" r:id="rId116"/>
+    <hyperlink ref="D122" r:id="rId117"/>
+    <hyperlink ref="D123" r:id="rId118"/>
+    <hyperlink ref="D124" r:id="rId119"/>
+    <hyperlink ref="D125" r:id="rId120"/>
+    <hyperlink ref="D126" r:id="rId121"/>
+    <hyperlink ref="D127" r:id="rId122"/>
+    <hyperlink ref="D128" r:id="rId123"/>
+    <hyperlink ref="D129" r:id="rId124"/>
+    <hyperlink ref="D130" r:id="rId125"/>
+    <hyperlink ref="D131" r:id="rId126"/>
+    <hyperlink ref="D132" r:id="rId127"/>
+    <hyperlink ref="D134" r:id="rId128"/>
+    <hyperlink ref="D135" r:id="rId129"/>
+    <hyperlink ref="D136" r:id="rId130"/>
+    <hyperlink ref="D137" r:id="rId131"/>
+    <hyperlink ref="D138" r:id="rId132"/>
+    <hyperlink ref="D139" r:id="rId133"/>
+    <hyperlink ref="D140" r:id="rId134"/>
+    <hyperlink ref="D141" r:id="rId135"/>
+    <hyperlink ref="D142" r:id="rId136"/>
+    <hyperlink ref="D143" r:id="rId137"/>
+    <hyperlink ref="D144" r:id="rId138"/>
+    <hyperlink ref="D145" r:id="rId139"/>
+    <hyperlink ref="D146" r:id="rId140"/>
+    <hyperlink ref="D147" r:id="rId141"/>
+    <hyperlink ref="D148" r:id="rId142"/>
+    <hyperlink ref="D149" r:id="rId143"/>
+    <hyperlink ref="D150" r:id="rId144"/>
+    <hyperlink ref="D151" r:id="rId145"/>
+    <hyperlink ref="D152" r:id="rId146"/>
+    <hyperlink ref="D153" r:id="rId147"/>
+    <hyperlink ref="D154" r:id="rId148"/>
+    <hyperlink ref="D155" r:id="rId149"/>
+    <hyperlink ref="D156" r:id="rId150"/>
+    <hyperlink ref="D157" r:id="rId151"/>
+    <hyperlink ref="D158" r:id="rId152"/>
+    <hyperlink ref="D159" r:id="rId153"/>
+    <hyperlink ref="D160" r:id="rId154"/>
+    <hyperlink ref="D161" r:id="rId155"/>
+    <hyperlink ref="D163" r:id="rId156"/>
+    <hyperlink ref="D164" r:id="rId157"/>
+    <hyperlink ref="D165" r:id="rId158"/>
+    <hyperlink ref="D166" r:id="rId159"/>
+    <hyperlink ref="D167" r:id="rId160"/>
+    <hyperlink ref="D168" r:id="rId161"/>
+    <hyperlink ref="D169" r:id="rId162"/>
+    <hyperlink ref="D170" r:id="rId163"/>
+    <hyperlink ref="D171" r:id="rId164"/>
+    <hyperlink ref="D172" r:id="rId165"/>
+    <hyperlink ref="D173" r:id="rId166"/>
+    <hyperlink ref="D174" r:id="rId167"/>
+    <hyperlink ref="D175" r:id="rId168"/>
+    <hyperlink ref="D176" r:id="rId169"/>
+    <hyperlink ref="D178" r:id="rId170"/>
+    <hyperlink ref="D179" r:id="rId171"/>
+    <hyperlink ref="D180" r:id="rId172"/>
+    <hyperlink ref="D181" r:id="rId173"/>
+    <hyperlink ref="D182" r:id="rId174"/>
+    <hyperlink ref="D183" r:id="rId175"/>
+    <hyperlink ref="D184" r:id="rId176"/>
+    <hyperlink ref="D185" r:id="rId177"/>
+    <hyperlink ref="D186" r:id="rId178"/>
     <hyperlink ref="D188" r:id="rId179"/>
     <hyperlink ref="D189" r:id="rId180"/>
     <hyperlink ref="D190" r:id="rId181"/>
-    <hyperlink ref="D191" r:id="rId182"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>