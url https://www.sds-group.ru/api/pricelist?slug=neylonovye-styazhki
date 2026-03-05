--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -45,1158 +45,1158 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нейлоновые стяжки</t>
   </si>
   <si>
     <t>1.1 Cтяжки нейлоновые PROconnect</t>
   </si>
   <si>
+    <t>57-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>57-0100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0101</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0150</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
+    <t>57-0201</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0250</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0300</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0301</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0350</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0351</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0400</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0401</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
     <t>57-0201-5</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>57-0250-5</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0251-5</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>57-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0303</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0400-8</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>57-0500</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0501</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>57-0502</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>57-0503</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>57-0100</t>
-[...148 lines deleted...]
-  <si>
     <t>1.2 Cтяжки нейлоновые REXANT</t>
   </si>
   <si>
+    <t>07-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0451-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0450-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0451-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0151-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0252</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0253</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0600-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0601-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0202</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
     <t>07-0501</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-0251-5</t>
-[...8 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 450x4,8мм, черная (100 шт/уп) REXANT</t>
+    <t>07-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0121</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0080</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0060</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0120</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0081</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 80x2,5мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0500</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-0150</t>
-[...8 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 120x2,5мм, белая (100 шт/уп) REXANT</t>
+    <t>07-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-0350</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-0100</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) REXANT </t>
+    <t>07-0201-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0250-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0700-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0701-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0352</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 350x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0503</t>
-[...4 lines deleted...]
-  <si>
     <t>07-0353</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 350x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0201-5</t>
-[...38 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 250x7,6мм, черная (100 шт/уп) REXANT</t>
+    <t>07-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1020</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0061</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-1021</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0201-4</t>
-[...226 lines deleted...]
-  <si>
     <t>1.3 Стяжки нейлоновые REXANT 25 шт/уп и цветные</t>
   </si>
   <si>
+    <t>07-0150-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7201</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 150, 200 мм, цветные, НХ-1, тубус 200 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7202</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 200 мм, цветные, НХ-2, тубус 300 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0150-6</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0201-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0250-6</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0308-25</t>
-[...2 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 300x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+    <t>07-0300-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0100-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0200-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0400-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0151-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0101-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0301-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0401-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0206-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 200x3,6мм, красная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0153-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x2,5мм, зеленая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0103-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0303-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0403-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0158-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 150x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0108-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 100x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0408-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 400x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0301-25</t>
-[...4 lines deleted...]
-  <si>
     <t>07-0250-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0251-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0258-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0900-25</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (25 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-0901-25</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (25 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-1020-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0200-6</t>
-[...2 lines deleted...]
-    <t>Стяжка кабельная нейлоновая 200x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+    <t>07-1021-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0700-9-25</t>
   </si>
   <si>
     <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (25 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-0201-6</t>
-[...58 lines deleted...]
-  <si>
     <t>07-0701-9-25</t>
   </si>
   <si>
     <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0103-25</t>
-[...28 lines deleted...]
-  <si>
     <t>1.4 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
   </si>
   <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0500</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0400-8</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0501</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-1302</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0200</t>
-[...148 lines deleted...]
-  <si>
     <t>1.5 Стяжки нейлоновые REXANT PRO морозостойкие</t>
   </si>
   <si>
+    <t>87-0150</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0151</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>87-0400</t>
   </si>
   <si>
     <t>Стяжка нейлоновая морозостойкая 400x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>87-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>87-0502</t>
   </si>
   <si>
     <t>Стяжка нейлоновая морозостойкая 500x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>87-1301</t>
-[...34 lines deleted...]
-  <si>
     <t>87-0503</t>
   </si>
   <si>
     <t>Стяжка нейлоновая морозостойкая 500x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>87-0151</t>
-[...29 lines deleted...]
-    <t>1.6 Стяжки нейлоновые REXANT с крепежным элементом</t>
+    <t>1.6 Стяжки нейлон-12 REXANT PRO для СИП</t>
+  </si>
+  <si>
+    <t>07-0269</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 260x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0359</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 350x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0186</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 180x6,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Стяжки нейлоновые REXANT с крепежным элементом</t>
+  </si>
+  <si>
+    <t>07-0155</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0105</t>
   </si>
   <si>
     <t>Стяжка нейлоновая под винт 100x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-0205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 200x4,3мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 100x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0154</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0204</t>
   </si>
   <si>
     <t>Стяжка нейлоновая под винт 200x4,3мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0176</t>
   </si>
   <si>
     <t>Стяжка нейлоновая с дюбелем 150x7,0мм, ø 8,0мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0197</t>
   </si>
   <si>
     <t>Стяжка нейлоновая с крепежным пистоном 190x4,8мм, ø 3,2мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0107</t>
   </si>
   <si>
     <t>Стяжка нейлоновая с крепежным пистоном 100x2,5мм, ø 2,4мм, белая (100 шт/уп) REXANT</t>
-  </si>
-[...43 lines deleted...]
-    <t>Стяжка нейлоновая для СИП с горизонтальным замком 180x6,0мм, черная (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1581,51 +1581,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-200-mm-tsvetnye-nh-2-tubus-300-sht-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-150-200-mm-tsvetnye-nh-1-tubus-200-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-dyubelem-150x7-0mm-8-0mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-190x4-8mm-3-2mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-100x2-5mm-2-4mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-350x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-260x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-180x6-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-150-200-mm-tsvetnye-nh-1-tubus-200-sht-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-200-mm-tsvetnye-nh-2-tubus-300-sht-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-korichnevo-zolotaya-ral8001-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-korichnevo-zolotaya-ral8001-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-korichnevo-zolotaya-ral8001-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-korichnevo-zolotaya-ral8001-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-korichnevo-zolotaya-ral8001-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-krasnaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-zelenaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-zelenaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-zelenaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-zelenaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-zelenaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-nabor-5-tsvetov-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-260x9-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-350x9-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-180x6-0mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-dyubelem-150x7-0mm-8-0mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-190x4-8mm-3-2mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-100x2-5mm-2-4mm-belaya-100-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I190"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1662,5379 +1662,5379 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>162.84</v>
+        <v>510.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7630</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>195.95</v>
+        <v>25.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1158</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>195.95</v>
+        <v>25.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3969</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>515.77</v>
+        <v>37</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2406</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>729.34</v>
+        <v>37</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>883.11</v>
+        <v>78.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>774</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>883.11</v>
+        <v>78.48</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1488</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>36.09</v>
+        <v>48.96</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>8700</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>52.85</v>
+        <v>48.96</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1326</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>52.85</v>
+        <v>99.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>10907</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>112.12</v>
+        <v>99.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>3700</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>69.94</v>
+        <v>119.75</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2768</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>69.94</v>
+        <v>119.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1433</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>141.49</v>
+        <v>153.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4425</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>141.49</v>
+        <v>153.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7693</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>255.22</v>
+        <v>193.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>255.22</v>
+        <v>193.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>8619</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>308.61</v>
+        <v>242.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>626</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>308.61</v>
+        <v>242.56</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>4637</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>729.34</v>
+        <v>60.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1583</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>375.88</v>
+        <v>60.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>36.09</v>
+        <v>113.99</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>6036</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>171.07</v>
+        <v>113.99</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>3357</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>112.12</v>
+        <v>137.17</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>24722</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>171.07</v>
+        <v>137.17</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>87.02</v>
+        <v>361.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>9545</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>87.02</v>
+        <v>361.04</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>9735</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>162.84</v>
+        <v>510.54</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4716</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>515.77</v>
+        <v>263.12</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>983</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>375.88</v>
+        <v>263.12</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>393</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>346.51</v>
+        <v>618.18</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1429</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>346.51</v>
+        <v>618.18</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>619.75</v>
+        <v>199.71</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>7813</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>270.17</v>
+        <v>251.26</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>40346</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>551.3</v>
+        <v>479.63</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>4418</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>46.71</v>
+        <v>479.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2878</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>619.75</v>
+        <v>824.86</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>5367</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>74.21</v>
+        <v>824.86</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>89301</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I42" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>60.38</v>
+        <v>108.88</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>4316</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>398.86</v>
+        <v>108.88</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>20325</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>52.51</v>
+        <v>408.73</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>48449</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>787.54</v>
+        <v>82.33</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>934</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>45</v>
+        <v>280</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>1042.16</v>
+        <v>82.33</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3761</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>787.54</v>
+        <v>500.41</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>4115</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I48" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>214.74</v>
+        <v>500.41</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>32446</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>948.12</v>
+        <v>1329.04</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>948.12</v>
+        <v>1329.04</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1259</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>117.08</v>
+        <v>401.31</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>48427</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>117.08</v>
+        <v>401.31</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>72771</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>469.8</v>
+        <v>226.07</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>18328</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>575.18</v>
+        <v>308.72</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>2035</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>3352.64</v>
+        <v>539.18</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>102.99</v>
+        <v>193.77</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>10020</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>208.36</v>
+        <v>906.68</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>50124</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>52.51</v>
+        <v>347.01</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>63984</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>627.9</v>
+        <v>193.77</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>18774</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>35.97</v>
+        <v>56.15</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2312</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I61" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>270.17</v>
+        <v>408.73</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>20474</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I62" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>627.9</v>
+        <v>48.83</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>7191</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I63" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>2999.59</v>
+        <v>150.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>102.99</v>
+        <v>43.44</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>76211</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I65" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>214.74</v>
+        <v>2399.67</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>23553</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>551.3</v>
+        <v>69.02</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>5283</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>461.28</v>
+        <v>33.45</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>6155</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>3352.64</v>
+        <v>56.15</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>1042.16</v>
+        <v>43.44</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3826</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>161.34</v>
+        <v>539.18</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>69480</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>46.71</v>
+        <v>150.05</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>60.38</v>
+        <v>48.83</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>11725</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
         <v>300</v>
       </c>
       <c r="I73" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>74.21</v>
+        <v>69.02</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>65222</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>461.28</v>
+        <v>95.78</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>3059</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I75" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>243.09</v>
+        <v>95.78</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>68786</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>331.96</v>
+        <v>308.72</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>24427</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>88.53</v>
+        <v>906.68</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>5786</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>280</v>
+        <v>25</v>
       </c>
       <c r="I78" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>88.53</v>
+        <v>226.07</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>6098</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>575.18</v>
+        <v>347.01</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1375</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>1545.39</v>
+        <v>199.71</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>1545.39</v>
+        <v>251.26</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>398.86</v>
+        <v>752.57</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>16907</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I83" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>208.36</v>
+        <v>752.57</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>4371</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I84" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>161.34</v>
+        <v>1862.33</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>107097</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I85" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>469.8</v>
+        <v>1906.32</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>28833</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I86" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>331.96</v>
+        <v>685.16</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>24433</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I87" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>2999.59</v>
+        <v>685.16</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>214</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="I88" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>35.97</v>
+        <v>546.27</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>4267</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>243.09</v>
+        <v>2682.11</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>96392</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I90" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>865.02</v>
+        <v>33.45</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>2607</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I91" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>865.02</v>
+        <v>546.27</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>7958</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>2217.06</v>
+        <v>2399.67</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>10</v>
       </c>
       <c r="I93" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>2269.43</v>
+        <v>2682.11</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>10</v>
       </c>
       <c r="I94" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>79.33</v>
+        <v>32.48</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>12763</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I96" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>187.9</v>
+        <v>70.32</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>12049</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I97" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>133.23</v>
+        <v>63.37</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>23.49</v>
+        <v>123.9</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>4724</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>1400</v>
+        <v>300</v>
       </c>
       <c r="I99" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>179.86</v>
+        <v>315.86</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1362</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>34.93</v>
+        <v>551.58</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1904</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
       <c r="I101" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>23.49</v>
+        <v>95.28</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>5275</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>1400</v>
+        <v>200</v>
       </c>
       <c r="I102" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>179.86</v>
+        <v>55.53</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1315</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>90.76</v>
+        <v>109.56</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>439</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>34.93</v>
+        <v>131.53</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>3984</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>31.63</v>
+        <v>158.03</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1039</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>23.7</v>
+        <v>21.85</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>2863</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
         <v>1400</v>
       </c>
       <c r="I107" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>199.13</v>
+        <v>70.32</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>721</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H108" s="3">
+        <v>500</v>
+      </c>
+      <c r="I108" s="3">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>154.94</v>
+        <v>144</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>5120</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
         <v>300</v>
       </c>
       <c r="I109" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>94.78</v>
+        <v>167.27</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>4444</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I110" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>94.78</v>
+        <v>32.48</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>3478</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I111" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>1230.57</v>
+        <v>21.85</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>10</v>
+        <v>1400</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>1230.57</v>
+        <v>144.09</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>1365.83</v>
+        <v>167.27</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>136.11</v>
+        <v>63.53</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>14846</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I115" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>889.87</v>
+        <v>32.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>156.52</v>
+        <v>21.85</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>28031</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I117" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>225.76</v>
+        <v>70.32</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>13557</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I118" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>75.61</v>
+        <v>144</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>5641</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I119" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>75.61</v>
+        <v>167.27</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1682</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I120" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>154.84</v>
+        <v>29.42</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>1459</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I121" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>34.93</v>
+        <v>22.04</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>5191</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>1000</v>
+        <v>1400</v>
       </c>
       <c r="I122" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C123" s="3">
-        <v>75.61</v>
+        <v>185.19</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1312</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I123" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>68.14</v>
+        <v>88.15</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>3526</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
         <v>500</v>
       </c>
       <c r="I124" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>634</v>
+        <v>88.15</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I125" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>1365.83</v>
+        <v>77.09</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>889.87</v>
+        <v>1058.29</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>23.49</v>
+        <v>1058.29</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1779</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>1400</v>
+        <v>10</v>
       </c>
       <c r="I128" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>154.84</v>
+        <v>1147.3</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>2067</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I129" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>179.86</v>
+        <v>1147.3</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>439</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>82.89</v>
+        <v>765.29</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>1324</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I131" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>339.63</v>
+        <v>765.29</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>984</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>1000.73</v>
+        <v>137.15</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>531</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I134" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>686.47</v>
+        <v>137.15</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I135" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>402.73</v>
+        <v>175.92</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1641</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I136" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>189.16</v>
+        <v>265.78</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>3604</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>465.79</v>
+        <v>265.78</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>230.86</v>
+        <v>214.7</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>4306</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>1000.73</v>
+        <v>214.7</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>465.79</v>
+        <v>280.92</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>4002</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>402.73</v>
+        <v>237.13</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>147.47</v>
+        <v>693.23</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>5059</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>147.47</v>
+        <v>693.23</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>2299</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>189.16</v>
+        <v>474.25</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>4823</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>285.78</v>
+        <v>597.23</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>285.78</v>
+        <v>1115.14</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>3241</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I147" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>322.9</v>
+        <v>1115.14</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>1143</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I148" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>272.56</v>
+        <v>350.38</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>2651</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>322.9</v>
+        <v>482.21</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>2580</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>272.56</v>
+        <v>482.21</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>7012</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C152" s="3">
-        <v>796.82</v>
+        <v>175.92</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I152" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C153" s="3">
-        <v>554.27</v>
+        <v>280.92</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>934</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C154" s="3">
-        <v>545.11</v>
+        <v>237.13</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C155" s="3">
-        <v>230.86</v>
+        <v>405.24</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>2375</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C156" s="3">
-        <v>554.27</v>
+        <v>405.24</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C157" s="3">
-        <v>796.82</v>
+        <v>474.25</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>1511</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C158" s="3">
-        <v>545.11</v>
+        <v>860.63</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I158" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C159" s="3">
-        <v>686.47</v>
+        <v>860.63</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I159" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C160" s="3">
-        <v>1296.68</v>
+        <v>597.23</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
         <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>1296.68</v>
+        <v>350.38</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
         <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="2"/>
       <c r="C162" s="2"/>
       <c r="D162" s="2"/>
       <c r="E162" s="2"/>
       <c r="F162" s="2"/>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
       <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C163" s="3">
-        <v>529.93</v>
+        <v>82.82</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>789</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C164" s="3">
-        <v>1250.58</v>
+        <v>82.82</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>455</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C165" s="3">
-        <v>372.83</v>
+        <v>169.36</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C166" s="3">
-        <v>182.11</v>
+        <v>169.36</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
         <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>200</v>
       </c>
       <c r="I166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C167" s="3">
-        <v>272.93</v>
+        <v>217.56</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>5588</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>182.11</v>
+        <v>217.56</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>5906</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C169" s="3">
-        <v>89.05</v>
+        <v>253.82</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>7507</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C170" s="3">
-        <v>529.93</v>
+        <v>253.82</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
         <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C171" s="3">
-        <v>1250.58</v>
+        <v>346.73</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>785</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C172" s="3">
-        <v>89.05</v>
+        <v>346.73</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>10382</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C173" s="3">
-        <v>233.94</v>
+        <v>492.83</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>3575</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C174" s="3">
-        <v>233.94</v>
+        <v>492.83</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>4609</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C175" s="3">
-        <v>272.93</v>
+        <v>1163.04</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>4854</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C176" s="3">
-        <v>372.83</v>
+        <v>1163.04</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>3223</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
         <v>355</v>
       </c>
       <c r="B177" s="2"/>
       <c r="C177" s="2"/>
       <c r="D177" s="2"/>
       <c r="E177" s="2"/>
       <c r="F177" s="2"/>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
       <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>136.28</v>
+        <v>962.08</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>200</v>
+        <v>35</v>
       </c>
       <c r="I178" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>332.56</v>
+        <v>1326.8</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>7532</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I179" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>452.84</v>
+        <v>407</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
         <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I180" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="3" t="s">
+      <c r="A181" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B181" s="2"/>
+      <c r="C181" s="2"/>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
+      <c r="G181" s="2"/>
+      <c r="H181" s="2"/>
+      <c r="I181" s="2"/>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>124.07</v>
+        <v>155.11</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>5756</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>10</v>
       </c>
       <c r="H182" s="3">
         <v>100</v>
       </c>
       <c r="I182" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="3">
-        <v>166.79</v>
+        <v>126.74</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>2949</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I183" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>136.28</v>
+        <v>309.28</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
         <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I184" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="3">
-        <v>166.79</v>
+        <v>126.74</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>14815</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I185" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>332.56</v>
+        <v>155.11</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>13662</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>10</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A187" s="2" t="s">
+      <c r="A187" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B187" s="2"/>
-[...6 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="C187" s="3">
+        <v>309.28</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F187" s="3">
+        <v>0</v>
+      </c>
+      <c r="G187" s="3">
+        <v>10</v>
+      </c>
+      <c r="H187" s="3">
+        <v>100</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>1542.79</v>
+        <v>316.99</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>30</v>
       </c>
       <c r="I188" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>1118.7</v>
+        <v>344.18</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I189" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="3">
-        <v>467.82</v>
+        <v>115.39</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I190" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A95:I95"/>
     <mergeCell ref="A133:I133"/>
     <mergeCell ref="A162:I162"/>
     <mergeCell ref="A177:I177"/>
-    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A181:I181"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -7165,56 +7165,56 @@
     <hyperlink ref="D154" r:id="rId148"/>
     <hyperlink ref="D155" r:id="rId149"/>
     <hyperlink ref="D156" r:id="rId150"/>
     <hyperlink ref="D157" r:id="rId151"/>
     <hyperlink ref="D158" r:id="rId152"/>
     <hyperlink ref="D159" r:id="rId153"/>
     <hyperlink ref="D160" r:id="rId154"/>
     <hyperlink ref="D161" r:id="rId155"/>
     <hyperlink ref="D163" r:id="rId156"/>
     <hyperlink ref="D164" r:id="rId157"/>
     <hyperlink ref="D165" r:id="rId158"/>
     <hyperlink ref="D166" r:id="rId159"/>
     <hyperlink ref="D167" r:id="rId160"/>
     <hyperlink ref="D168" r:id="rId161"/>
     <hyperlink ref="D169" r:id="rId162"/>
     <hyperlink ref="D170" r:id="rId163"/>
     <hyperlink ref="D171" r:id="rId164"/>
     <hyperlink ref="D172" r:id="rId165"/>
     <hyperlink ref="D173" r:id="rId166"/>
     <hyperlink ref="D174" r:id="rId167"/>
     <hyperlink ref="D175" r:id="rId168"/>
     <hyperlink ref="D176" r:id="rId169"/>
     <hyperlink ref="D178" r:id="rId170"/>
     <hyperlink ref="D179" r:id="rId171"/>
     <hyperlink ref="D180" r:id="rId172"/>
-    <hyperlink ref="D181" r:id="rId173"/>
-[...4 lines deleted...]
-    <hyperlink ref="D186" r:id="rId178"/>
+    <hyperlink ref="D182" r:id="rId173"/>
+    <hyperlink ref="D183" r:id="rId174"/>
+    <hyperlink ref="D184" r:id="rId175"/>
+    <hyperlink ref="D185" r:id="rId176"/>
+    <hyperlink ref="D186" r:id="rId177"/>
+    <hyperlink ref="D187" r:id="rId178"/>
     <hyperlink ref="D188" r:id="rId179"/>
     <hyperlink ref="D189" r:id="rId180"/>
     <hyperlink ref="D190" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>