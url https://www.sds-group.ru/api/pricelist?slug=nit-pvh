--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,468 +42,468 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нить ПВХ</t>
   </si>
   <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>305-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-195</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>305-296</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-196</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
+  </si>
+  <si>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-408</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
     <t>245-409</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
     <t>305-136</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
   </si>
   <si>
-    <t>305-156</t>
-[...26 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-182</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-232</t>
   </si>
   <si>
     <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
   </si>
   <si>
-    <t>305-186</t>
-[...26 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
   </si>
   <si>
     <t>305-235</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
   </si>
   <si>
-    <t>305-166</t>
-[...44 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-271</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-281</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-282</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-241</t>
-[...52 lines deleted...]
-  <si>
     <t>305-284</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-252</t>
-[...130 lines deleted...]
-  <si>
     <t>315-115</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
+    <t>305-395</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
     <t>305-396</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
-  </si>
-[...28 lines deleted...]
-    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -888,51 +888,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-200-led-23530" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-beliy-200-led-23531" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-200-led-23529" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-tyopliy-beliy-200-led-23532" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-beliy-14899" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-siniy-14911" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-7639" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-siniy-14841" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-multikolor-14881" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-beliy-14876" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-zelyoniy-14842" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-krasniy-14864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-14838" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-siniy-14863" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-beliy-14915" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-beliy-14858" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14856" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14861" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-jyoltiy-14865" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-krasniy-14906" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-siniy-14875" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230-v-tsvet-beliy-14848" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-jyoltiy-14868" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-14834" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-jyoltiy-14879" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-beliy-14847" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-multikolor-14901" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-beliy-14866" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-tyopliy-beliy-14878" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-zelyoniy-14920" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-jyoltiy-14855" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14923" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-siniy-14916" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-7638" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-tyopliy-beliy-14853" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-siniy-14907" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-cherniy-pvh-230v-tsvet-rgb-30031" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-prozrachniy-pvh-230v-tsvet-rgb-14606" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-tyopliy-beliy-14835" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-14905" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-multikolor-14900" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-krasniy-14839" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-siniy-14851" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-jyoltiy-14886" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-krasniy-14867" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-zelyoniy-14919" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-14908" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14895" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-multikolor-14896" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-krasniy-14857" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-siniy-14880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-beliy-14891" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-tyopliy-beliy-14852" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-jyoltiy-14869" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-beliy-14921" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-tyopliy-beliy-14909" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-krasniy-14910" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-siniy-14922" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-krasniy-14871" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-tyopliy-beliy-14902" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-jyoltiy-14897" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-tyopliy-beliy-14890" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-jyoltiy-14893" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-krasniy-14894" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-zelyoniy-14860" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-7637" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31184" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I71"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -956,2041 +956,2041 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>4705.56</v>
+        <v>5099.11</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>5099.11</v>
+        <v>4705.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>190</v>
+        <v>889</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>4705.56</v>
+        <v>5099.11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1047</v>
+        <v>134</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>5099.11</v>
+        <v>4705.56</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>25</v>
+        <v>258</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>5603.44</v>
+        <v>5099.11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2</v>
+        <v>44</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>3084</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>183</v>
+        <v>1870</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3084</v>
+        <v>3036</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2184</v>
+        <v>120</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2924</v>
+        <v>6604.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>501</v>
+        <v>14</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3084</v>
+        <v>3438.07</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2631.6</v>
+        <v>2924</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2924</v>
+        <v>3036</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>105</v>
+        <v>212</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2924</v>
+        <v>3325.36</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>25</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2693.54</v>
+        <v>3001.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>268</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2924</v>
+        <v>3084</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1560</v>
+        <v>1675</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>3325.36</v>
+        <v>2924</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>77</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>3084</v>
+        <v>3694.84</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>162</v>
+        <v>2247</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>3084</v>
+        <v>3036</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2014</v>
+        <v>5</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>3084</v>
+        <v>3463.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>7</v>
+        <v>2853</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3694.84</v>
+        <v>3084</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1001</v>
+        <v>1797</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>2924</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>685</v>
+        <v>102</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2924</v>
+        <v>2631.6</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>3694.84</v>
+        <v>3036</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2924</v>
+        <v>3036</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1295</v>
+        <v>7</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2924</v>
+        <v>2431.58</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>92</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2924</v>
+        <v>3084</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1194</v>
+        <v>1</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>3036</v>
+        <v>3084</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>295</v>
+        <v>109</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>5</v>
+        <v>73</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>2732.4</v>
+        <v>2924</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>111</v>
+        <v>161</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>205</v>
+        <v>442</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>3694.84</v>
+        <v>2424.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
         <v>3694.84</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>554</v>
+        <v>151</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>3694.84</v>
+        <v>3036</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>504</v>
+        <v>432</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>25</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
         <v>3036</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>540</v>
+        <v>243</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>25</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>3036</v>
+        <v>5349.48</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>545</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>408</v>
+        <v>110</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>25</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>6604.3</v>
+        <v>5336.61</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>2924</v>
+        <v>5603.44</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>3036</v>
+        <v>3084</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>3694.84</v>
+        <v>3084</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>3036</v>
+        <v>3084</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>389</v>
+        <v>4</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
         <v>2924</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>130</v>
+        <v>22</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>3694.84</v>
+        <v>2924</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>2920</v>
+        <v>2</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
         <v>2924</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>214</v>
+        <v>70</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>2992.82</v>
+        <v>2924</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>2</v>
+        <v>84</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>2424.2</v>
+        <v>2924</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>3694.84</v>
+        <v>2924</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>1023</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>3694.84</v>
+        <v>2924</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>24</v>
+        <v>2143</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>3463.9</v>
+        <v>2924</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>105</v>
+        <v>203</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>25</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>2732.4</v>
+        <v>2693.54</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>5349.48</v>
+        <v>2992.82</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>3036</v>
+        <v>3694.84</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>398</v>
+        <v>943</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>3036</v>
+        <v>3694.84</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>1158</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>2924</v>
+        <v>3694.84</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>2924</v>
+        <v>3694.84</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>5336.61</v>
+        <v>3694.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>8</v>
+        <v>113</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>3084</v>
+        <v>3694.84</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>1720</v>
+        <v>288</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>3084</v>
+        <v>3694.84</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>30</v>
+        <v>476</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>25</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>2924</v>
+        <v>2732.4</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>2924</v>
+        <v>3036</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>2924</v>
+        <v>2732.4</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>4333.08</v>
+        <v>3036</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>5819</v>
+        <v>3036</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>215</v>
+        <v>58</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>3001.95</v>
+        <v>3036</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>300</v>
+        <v>148</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>5099.11</v>
+        <v>3036</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>20</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>5819</v>
+        <v>4333.08</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>161</v>
+        <v>2</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>2431.58</v>
+        <v>5819</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>145</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>3438.07</v>
+        <v>5819</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>