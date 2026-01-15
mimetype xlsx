--- v1 (2025-11-29)
+++ v2 (2026-01-15)
@@ -8,502 +8,496 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="148">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нить ПВХ</t>
   </si>
   <si>
+    <t>315-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>305-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-395</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
     <t>305-386</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>305-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
   </si>
   <si>
     <t>305-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-295</t>
-[...14 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>305-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
+  </si>
+  <si>
+    <t>305-282</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>245-408</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-281</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-409</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
   </si>
   <si>
     <t>305-155</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
   </si>
   <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-232</t>
+  </si>
+  <si>
+    <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
+  </si>
+  <si>
+    <t>305-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-271</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
     <t>305-263</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-125</t>
-[...26 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-152</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
   </si>
   <si>
-    <t>305-145</t>
-[...124 lines deleted...]
-  <si>
     <t>315-116</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
-  </si>
-[...202 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -888,56 +882,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-200-led-23530" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-beliy-200-led-23531" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-200-led-23529" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-tyopliy-beliy-200-led-23532" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-beliy-14899" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-siniy-14911" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-7639" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-siniy-14841" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-multikolor-14881" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-beliy-14876" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-zelyoniy-14842" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-krasniy-14864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-14838" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-siniy-14863" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-beliy-14915" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-beliy-14858" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14856" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14861" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-jyoltiy-14865" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-krasniy-14906" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-siniy-14875" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230-v-tsvet-beliy-14848" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-jyoltiy-14868" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-14834" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-jyoltiy-14879" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-beliy-14847" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-multikolor-14901" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-beliy-14866" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-tyopliy-beliy-14878" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-zelyoniy-14920" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-jyoltiy-14855" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14923" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-siniy-14916" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-7638" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-tyopliy-beliy-14853" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-siniy-14907" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-cherniy-pvh-230v-tsvet-rgb-30031" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-prozrachniy-pvh-230v-tsvet-rgb-14606" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-tyopliy-beliy-14835" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-14905" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-multikolor-14900" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-krasniy-14839" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-siniy-14851" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-jyoltiy-14886" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-krasniy-14867" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-zelyoniy-14919" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-14908" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14895" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-multikolor-14896" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-krasniy-14857" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-siniy-14880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-beliy-14891" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-tyopliy-beliy-14852" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-jyoltiy-14869" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-beliy-14921" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-tyopliy-beliy-14909" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-krasniy-14910" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-siniy-14922" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-krasniy-14871" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-tyopliy-beliy-14902" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-jyoltiy-14897" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-tyopliy-beliy-14890" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-jyoltiy-14893" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-krasniy-14894" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-zelyoniy-14860" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-7637" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31184" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I71"/>
+  <dimension ref="A1:I70"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -956,2041 +950,2012 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>5099.11</v>
+        <v>6716.57</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>4705.56</v>
+        <v>5185.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>889</v>
+        <v>39</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>5099.11</v>
+        <v>4785.55</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>134</v>
+        <v>252</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>4705.56</v>
+        <v>5185.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>258</v>
+        <v>22</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>5099.11</v>
+        <v>5917.92</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>3084</v>
+        <v>5185.79</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1870</v>
+        <v>8</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3036</v>
+        <v>5917.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>120</v>
+        <v>241</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>6604.3</v>
+        <v>4785.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>14</v>
+        <v>1005</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3438.07</v>
+        <v>2225.63</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2924</v>
+        <v>3087.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3036</v>
+        <v>3757.65</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>212</v>
+        <v>2129</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3325.36</v>
+        <v>3087.61</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>25</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3001.95</v>
+        <v>3496.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>268</v>
+        <v>300</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>25</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3084</v>
+        <v>5427.33</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1675</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2924</v>
+        <v>2973.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>3694.84</v>
+        <v>2973.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2247</v>
+        <v>884</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>3036</v>
+        <v>2739.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>3463.9</v>
+        <v>3087.61</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2853</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3084</v>
+        <v>2973.71</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1797</v>
+        <v>161</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>2924</v>
+        <v>2973.71</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2631.6</v>
+        <v>3757.65</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>137</v>
+        <v>2</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2431.58</v>
+        <v>3087.61</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>3084</v>
+        <v>5698.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>1</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>3084</v>
+        <v>3136.43</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>109</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2924</v>
+        <v>3136.43</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>2924</v>
+        <v>3136.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>17</v>
+        <v>1618</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>2924</v>
+        <v>3136.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>161</v>
+        <v>9</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>2924</v>
+        <v>3136.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>442</v>
+        <v>50</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>2424.2</v>
+        <v>3136.43</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1</v>
+        <v>1556</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>3694.84</v>
+        <v>3136.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>151</v>
+        <v>299</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>3036</v>
+        <v>2822.79</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>432</v>
+        <v>1</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>3036</v>
+        <v>2973.71</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>243</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>5349.48</v>
+        <v>2676.34</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>2924</v>
+        <v>2973.71</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>319</v>
+        <v>188</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>2924</v>
+        <v>2973.71</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>25</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>5336.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>5603.44</v>
+        <v>2973.71</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>3084</v>
+        <v>2973.71</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>23</v>
+        <v>1584</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>3084</v>
+        <v>2465.4</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>3084</v>
+        <v>3757.65</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>4</v>
+        <v>854</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>2924</v>
+        <v>3757.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>2924</v>
+        <v>3757.65</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>25</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>2924</v>
+        <v>3757.65</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>70</v>
+        <v>455</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>2924</v>
+        <v>3522.79</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>84</v>
+        <v>2773</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>2924</v>
+        <v>2778.85</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>2924</v>
+        <v>2500.97</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1023</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>2924</v>
+        <v>3087.61</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>2143</v>
+        <v>89</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>2924</v>
+        <v>3087.61</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>203</v>
+        <v>4</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>2693.54</v>
+        <v>2973.71</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>1</v>
+        <v>154</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>2992.82</v>
+        <v>2973.71</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
         <v>2</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>3694.84</v>
+        <v>2973.71</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>3694.84</v>
+        <v>2973.71</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>3694.84</v>
+        <v>2218.87</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>3694.84</v>
+        <v>3757.65</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>3694.84</v>
+        <v>3757.65</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>3694.84</v>
+        <v>3757.65</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>288</v>
+        <v>133</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>3694.84</v>
+        <v>3381.89</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>476</v>
+        <v>1</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>25</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>2732.4</v>
+        <v>3087.61</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>1</v>
+        <v>77</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>2732.4</v>
+        <v>3087.61</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>173</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>3036</v>
+        <v>2973.71</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>58</v>
+        <v>6</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>3036</v>
+        <v>2973.71</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>148</v>
+        <v>437</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>3036</v>
+        <v>2973.71</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>4333.08</v>
+        <v>3052.98</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>2</v>
+        <v>258</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>5819</v>
+        <v>4896.38</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>145</v>
+        <v>2</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
-[...28 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -3022,51 +2987,50 @@
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
-    <hyperlink ref="D71" r:id="rId69"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>