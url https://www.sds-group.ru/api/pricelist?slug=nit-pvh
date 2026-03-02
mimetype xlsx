--- v2 (2026-01-15)
+++ v3 (2026-03-02)
@@ -42,462 +42,462 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нить ПВХ</t>
   </si>
   <si>
+    <t>305-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>315-125</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-409</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-232</t>
+  </si>
+  <si>
+    <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
+  </si>
+  <si>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-271</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-281</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-282</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>305-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
   </si>
   <si>
     <t>305-195</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-295</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-395</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
   </si>
   <si>
-    <t>305-386</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
     <t>305-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-131</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
   </si>
   <si>
-    <t>305-282</t>
-[...22 lines deleted...]
-  <si>
     <t>245-408</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
-    <t>305-173</t>
-[...310 lines deleted...]
-  <si>
     <t>305-152</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
-  </si>
-[...4 lines deleted...]
-    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -882,51 +882,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-transformator-v-komplekte" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsya-neon-night-nuzhen-kontroller-245-908" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100531-200" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-transformator-v-komplekte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsya-neon-night-nuzhen-kontroller-245-908" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I70"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -950,1133 +950,1133 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>6716.57</v>
+        <v>5185.79</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>5185.79</v>
+        <v>6716.57</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>4785.55</v>
+        <v>3136.43</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>252</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>5185.79</v>
+        <v>3136.43</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>5917.92</v>
+        <v>3136.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>86</v>
+        <v>1617</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>5185.79</v>
+        <v>3136.43</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>5917.92</v>
+        <v>3136.43</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>241</v>
+        <v>50</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>4785.55</v>
+        <v>3136.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1005</v>
+        <v>1511</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2225.63</v>
+        <v>3136.43</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>3087.61</v>
+        <v>2822.79</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>152</v>
+        <v>4</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3757.65</v>
+        <v>2973.71</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2129</v>
+        <v>5</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3496.52</v>
+        <v>2973.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>300</v>
+        <v>168</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>5427.33</v>
+        <v>2973.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>2973.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>2</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
         <v>2973.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>884</v>
+        <v>79</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>2739.33</v>
+        <v>2676.34</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
         <v>2973.71</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>2973.71</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>3757.65</v>
+        <v>2973.71</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>3087.61</v>
+        <v>3757.65</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>3087.61</v>
+        <v>3757.65</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>5698.7</v>
+        <v>3757.65</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>133</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>13</v>
+        <v>459</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3136.43</v>
+        <v>3381.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1618</v>
+        <v>1</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>9</v>
+        <v>2149</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>3136.43</v>
+        <v>3522.79</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>50</v>
+        <v>2529</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>3136.43</v>
+        <v>3087.61</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1556</v>
+        <v>77</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>3136.43</v>
+        <v>3087.61</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>299</v>
+        <v>91</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2822.79</v>
+        <v>3087.61</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>2676.34</v>
+        <v>5698.7</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
         <v>2973.71</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>188</v>
+        <v>19</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
         <v>2973.71</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
         <v>2973.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>25</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
         <v>2973.71</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
@@ -2090,869 +2090,869 @@
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
         <v>2973.71</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1584</v>
+        <v>913</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>2465.4</v>
+        <v>2973.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>3757.65</v>
+        <v>2465.4</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>854</v>
+        <v>1</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>3757.65</v>
+        <v>2739.33</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>3757.65</v>
+        <v>2218.87</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
         <v>3757.65</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>455</v>
+        <v>854</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>3522.79</v>
+        <v>3757.65</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>2773</v>
+        <v>13</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>2778.85</v>
+        <v>3757.65</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>2500.97</v>
+        <v>2778.85</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
         <v>3087.61</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>89</v>
+        <v>2</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
         <v>3087.61</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>2973.71</v>
+        <v>2500.97</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>154</v>
+        <v>1</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>2973.71</v>
+        <v>3496.52</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>72</v>
+        <v>250</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>2218.87</v>
+        <v>3087.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>3381.89</v>
+        <v>5185.79</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>3087.61</v>
+        <v>5917.92</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>77</v>
+        <v>245</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>3087.61</v>
+        <v>4785.55</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>78</v>
+        <v>257</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>3087.61</v>
+        <v>5185.79</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>3087.61</v>
+        <v>5917.92</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>173</v>
+        <v>86</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>2973.71</v>
+        <v>4896.38</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>2973.71</v>
+        <v>4785.55</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>437</v>
+        <v>1007</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>2973.71</v>
+        <v>2225.63</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>3052.98</v>
+        <v>5427.33</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>258</v>
+        <v>5</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>4896.38</v>
+        <v>3052.98</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>2</v>
+        <v>208</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>