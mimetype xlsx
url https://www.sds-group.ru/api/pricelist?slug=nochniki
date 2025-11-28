--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ночники</t>
   </si>
   <si>
+    <t>75-0307</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>75-0305</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0360</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+  </si>
+  <si>
     <t>75-0308</t>
   </si>
   <si>
     <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+    <t>75-0300</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный с выключателем 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0305-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
   </si>
   <si>
     <t>75-0301</t>
   </si>
   <si>
     <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
   </si>
   <si>
-    <t>75-0302</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0304</t>
   </si>
   <si>
     <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
   </si>
   <si>
-    <t>75-0305</t>
-[...13 lines deleted...]
-  <si>
     <t>75-0308-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
+    <t>75-0600</t>
+  </si>
+  <si>
+    <t>USB-ночник светодиодный REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0318</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0310</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0319</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0313</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
+  </si>
+  <si>
     <t>75-0316</t>
   </si>
   <si>
     <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0313</t>
-[...2 lines deleted...]
-    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
+    <t>75-0603</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный Стеклянный медведь REXANT</t>
+  </si>
+  <si>
+    <t>75-0311</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0314</t>
   </si>
   <si>
     <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0310</t>
-[...34 lines deleted...]
-  <si>
     <t>75-0316-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
     <t>75-0313-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
-  </si>
-[...16 lines deleted...]
-    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect-24359" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-raduga-mnogotsvetniy-220v-proconnect-20000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-touchpad-s-sensornim-viklyuchatelem-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect-24358" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect-24360" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-s-viklyuchatelem-220v-proconnect-1-20001" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodniy-nochnik-raduga-220-v-yl-653-30875" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mini-220v-s-datchikom-den-noch-proconnect-19998" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-220v-s-datchikom-den-noch-proconnect-20003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-hameleon-mini-220v-20002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-pitanie-ot-seti-ac-230-v-50-gts-30874" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodniy-rexant-31901" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-snejinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24369" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-beloe-svechenie-230v-rexant-24361" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-beloe-svechenie-230v-rexant-24363" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24370" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts-30870" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-goluboe-svechenie-230v-rexant-24364" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mahaon-beloe-svechenie-230v-rexant-24367" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-steklyanniy-medved-rexant-31902" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-goluboe-svechenie-230v-rexant-24362" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-notkaktus-beloe-svechenie-230v-rexant-24365" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mahaon-beliy-pitanie-ot-seti-ac-230-v-50-gts-30409" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts-30872" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>160</v>
+        <v>145.19</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>145.19</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>145.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>145.19</v>
+        <v>160</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>145.19</v>
+        <v>255.81</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>255.81</v>
+        <v>235.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>117.6</v>
+        <v>145.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>17126</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
         <v>145.19</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>235.86</v>
+        <v>105.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>79</v>
+        <v>14438</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
         <v>211.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>145.19</v>
+        <v>410.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>2859</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>137.93</v>
+        <v>172.12</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>5852</v>
+        <v>4280</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>145.19</v>
+        <v>162.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>476</v>
+        <v>6489</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>117.6</v>
+        <v>105.84</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>9095</v>
+        <v>8410</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>145.19</v>
+        <v>124.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>3960</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>124.14</v>
+        <v>145.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5409</v>
+        <v>9128</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>171</v>
+        <v>261.34</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>7905</v>
+        <v>114</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>162</v>
+        <v>137.93</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>9722</v>
+        <v>3246</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>181.18</v>
+        <v>145.19</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>6473</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>235.86</v>
+        <v>1800</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>91</v>
+        <v>834</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>261.34</v>
+        <v>145.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>410.24</v>
+        <v>145.19</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>5669</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>1800</v>
+        <v>224.07</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F25" s="3">
-        <v>860</v>
+        <v>89</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
         <v>261.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F26" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>