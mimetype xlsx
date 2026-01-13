--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -54,189 +54,189 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ночники</t>
   </si>
   <si>
     <t>75-0307</t>
   </si>
   <si>
     <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>75-0360</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0301</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0308-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>75-0305-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
+  </si>
+  <si>
+    <t>75-0308</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0300</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный с выключателем 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0304</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
+  </si>
+  <si>
     <t>75-0305</t>
   </si>
   <si>
     <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
   </si>
   <si>
-    <t>75-0360</t>
-[...47 lines deleted...]
-    <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
+    <t>75-0310</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0313</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0314</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0316</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0313-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0603</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный Стеклянный медведь REXANT</t>
   </si>
   <si>
     <t>75-0600</t>
   </si>
   <si>
     <t>USB-ночник светодиодный REXANT</t>
   </si>
   <si>
-    <t>75-0317</t>
-[...2 lines deleted...]
-    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0318</t>
   </si>
   <si>
     <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0310</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0319</t>
   </si>
   <si>
     <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0311-1</t>
-[...34 lines deleted...]
-  <si>
     <t>75-0316-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect-24359" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-raduga-mnogotsvetniy-220v-proconnect-20000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-touchpad-s-sensornim-viklyuchatelem-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect-24358" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect-24360" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-s-viklyuchatelem-220v-proconnect-1-20001" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodniy-nochnik-raduga-220-v-yl-653-30875" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mini-220v-s-datchikom-den-noch-proconnect-19998" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-220v-s-datchikom-den-noch-proconnect-20003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-hameleon-mini-220v-20002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-pitanie-ot-seti-ac-230-v-50-gts-30874" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodniy-rexant-31901" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-snejinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24369" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-beloe-svechenie-230v-rexant-24361" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-beloe-svechenie-230v-rexant-24363" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24370" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts-30870" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-goluboe-svechenie-230v-rexant-24364" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mahaon-beloe-svechenie-230v-rexant-24367" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-steklyanniy-medved-rexant-31902" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-goluboe-svechenie-230v-rexant-24362" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-notkaktus-beloe-svechenie-230v-rexant-24365" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mahaon-beliy-pitanie-ot-seti-ac-230-v-50-gts-30409" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts-30872" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>145.19</v>
+        <v>147.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>145.19</v>
+        <v>147.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>145.19</v>
+        <v>147.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>160</v>
+        <v>215.29</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="3">
+        <v>239.87</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>235.86</v>
+        <v>162.72</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>145.19</v>
+        <v>147.66</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>96</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>145.19</v>
+        <v>260.16</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>105.84</v>
+        <v>102.26</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>14438</v>
+        <v>13881</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>211.69</v>
+        <v>147.66</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>410.24</v>
+        <v>102.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2859</v>
+        <v>7762</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>172.12</v>
+        <v>147.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4280</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>162.45</v>
+        <v>140.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6489</v>
+        <v>2928</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>105.84</v>
+        <v>147.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>8410</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>124.14</v>
+        <v>147.66</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3960</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>145.8</v>
+        <v>175.05</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>9128</v>
+        <v>1971</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>261.34</v>
+        <v>265.78</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>137.93</v>
+        <v>265.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>3246</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>145.19</v>
+        <v>1830.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>1800</v>
+        <v>417.21</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>834</v>
+        <v>2528</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>145.19</v>
+        <v>126.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>2133</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>145.19</v>
+        <v>165.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>5766</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>224.07</v>
+        <v>133.45</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>89</v>
+        <v>8992</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>261.34</v>
+        <v>227.88</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>