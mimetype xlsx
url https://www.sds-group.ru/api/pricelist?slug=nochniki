--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,229 +8,223 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="59">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ночники</t>
   </si>
   <si>
+    <t>75-0304</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0305</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
+  </si>
+  <si>
     <t>75-0307</t>
   </si>
   <si>
     <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0360</t>
   </si>
   <si>
     <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
   </si>
   <si>
     <t>75-0301</t>
   </si>
   <si>
     <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
   </si>
   <si>
     <t>75-0308-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
     <t>75-0305-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
   </si>
   <si>
     <t>75-0308</t>
   </si>
   <si>
     <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
   </si>
   <si>
-    <t>75-0302</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0300</t>
   </si>
   <si>
     <t>Ночник светодиодный с выключателем 220В PROconnect</t>
   </si>
   <si>
-    <t>75-0304</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0310</t>
   </si>
   <si>
     <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0311</t>
   </si>
   <si>
     <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
   </si>
   <si>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0314</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0316</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0318</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0600</t>
+  </si>
+  <si>
+    <t>USB-ночник светодиодный REXANT</t>
+  </si>
+  <si>
     <t>75-0313</t>
   </si>
   <si>
     <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0314</t>
-[...26 lines deleted...]
-    <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
+    <t>75-0319</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
   </si>
   <si>
     <t>75-0603</t>
   </si>
   <si>
     <t>Ночник светодиодный Стеклянный медведь REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
   </si>
   <si>
     <t>75-0316-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -621,56 +615,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -689,408 +683,408 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>147.66</v>
+        <v>102.26</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>11693</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>147.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>147.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>215.29</v>
+        <v>147.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>239.87</v>
+        <v>147.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>162.72</v>
+        <v>147.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>215.29</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>260.16</v>
+        <v>239.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>102.26</v>
+        <v>162.72</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>13881</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>147.66</v>
+        <v>260.16</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
         <v>102.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>7762</v>
+        <v>6969</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
         <v>147.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>140.27</v>
+        <v>126.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2928</v>
+        <v>1136</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>147.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
@@ -1133,323 +1127,293 @@
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
         <v>175.05</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1971</v>
+        <v>537</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>265.78</v>
+        <v>165.21</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>112</v>
+        <v>5021</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
         <v>265.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>1830.6</v>
+        <v>417.21</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>41</v>
+        <v>2527</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>417.21</v>
+        <v>140.27</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2528</v>
+        <v>2568</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>126.25</v>
+        <v>133.45</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2133</v>
+        <v>8001</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>165.21</v>
+        <v>1830.6</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>5766</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>133.45</v>
+        <v>227.88</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F25" s="3">
-        <v>8992</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
-    <hyperlink ref="D26" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>