--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -480,51 +480,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvejonok-halsa-28549" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvezhonok-halsa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I3"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -548,51 +548,51 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2238.71</v>
+        <v>2276.77</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>