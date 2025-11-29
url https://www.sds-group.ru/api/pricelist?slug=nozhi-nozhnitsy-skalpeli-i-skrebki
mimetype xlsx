--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,318 +45,318 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ножи, ножницы, скальпели и скребки</t>
   </si>
   <si>
     <t>1.1 Ножи с сегментированными лезвиями</t>
   </si>
   <si>
+    <t>12-4915</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>12-4909-8</t>
+  </si>
+  <si>
+    <t>Набор нож с сегментированным лезвием + комплект сменных лезвий (10 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-4903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм корпус пластик REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>12-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сегментированное лезвие 9мм 10 шт. REXANT </t>
+  </si>
+  <si>
+    <t>12-4906</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 9мм, корпус металлический, c клипсой REXANT</t>
+  </si>
+  <si>
+    <t>12-4907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с трапециевидным выдвижным лезвием REXANT </t>
+  </si>
+  <si>
+    <t>12-4908</t>
+  </si>
+  <si>
+    <t>Нож с трапециевидным выдвижным лезвием, винтовой фиксатор лезвия REXANT</t>
+  </si>
+  <si>
+    <t>12-4905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 9мм, корпус пластик, c клипсой REXANT </t>
+  </si>
+  <si>
     <t>12-4912</t>
   </si>
   <si>
     <t>Сегментированное лезвие 18мм 10 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...53 lines deleted...]
-    <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
+    <t>12-4912-1</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм Профи 10 шт. REXANT</t>
   </si>
   <si>
     <t>12-4919</t>
   </si>
   <si>
     <t xml:space="preserve">Нож с сегментированным лезвием 25мм, корпус ABS пластик обрезиненный REXANT </t>
   </si>
   <si>
-    <t>12-4912-1</t>
-[...11 lines deleted...]
-    <t>комплект</t>
+    <t>12-4900</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 18мм, металлический обрезиненный корпус REXANT</t>
   </si>
   <si>
     <t>12-4918</t>
   </si>
   <si>
     <t>Нож с сегментированным лезвием 25мм, металлический обрезиненный корпус, с дополнительным замком на лезвии REXANT</t>
   </si>
   <si>
-    <t>12-4900</t>
-[...5 lines deleted...]
-    <t>1.2 Ножи строительные</t>
+    <t>1.2 Ножницы</t>
+  </si>
+  <si>
+    <t>12-4929-9</t>
+  </si>
+  <si>
+    <t>Ножницы остроконечные прямые 165мм</t>
+  </si>
+  <si>
+    <t>12-4925-9</t>
+  </si>
+  <si>
+    <t>Ножницы с двумя острыми концами прямые 145 мм</t>
+  </si>
+  <si>
+    <t>12-4926-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 140 мм</t>
+  </si>
+  <si>
+    <t>12-4927-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 165 мм</t>
+  </si>
+  <si>
+    <t>1.3 Ножи строительные</t>
+  </si>
+  <si>
+    <t>12-4928</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 280мм REXANT</t>
   </si>
   <si>
     <t>12-4921</t>
   </si>
   <si>
     <t>Нож строительный нержавеющая сталь лезвие 95мм REXANT</t>
   </si>
   <si>
+    <t>12-4934</t>
+  </si>
+  <si>
+    <t>Нож-стамеска, нержавеющая сталь, лезвие 75х22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4926</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 340мм REXANT</t>
+  </si>
+  <si>
     <t>12-4923</t>
   </si>
   <si>
     <t>Нож строительный нержавеющая сталь лезвие 100мм REXANT</t>
   </si>
   <si>
-    <t>12-4934</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4939</t>
   </si>
   <si>
     <t>Нож монтажника с чехлом лезвие 67мм REXANT</t>
   </si>
   <si>
     <t>12-4922</t>
   </si>
   <si>
     <t>Нож строительный нержавеющая сталь лезвие 90мм REXANT</t>
   </si>
   <si>
-    <t>12-4926</t>
-[...11 lines deleted...]
-    <t>1.3 Скальпели</t>
+    <t>1.4 Скальпели</t>
   </si>
   <si>
     <t>12-4911</t>
   </si>
   <si>
     <t>Лезвия перовые 5 шт. REXANT</t>
   </si>
   <si>
     <t>12-4910</t>
   </si>
   <si>
     <t>Нож с перовым лезвием 5 запасных лезвий (скальпель) REXANT</t>
   </si>
   <si>
     <t>12-4917</t>
   </si>
   <si>
     <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
   </si>
   <si>
     <t>12-4909</t>
   </si>
   <si>
     <t>Нож с перовым лезвием (скальпель) REXANT</t>
   </si>
   <si>
     <t>12-4306-8</t>
   </si>
   <si>
     <t>Нож монтажный тип Скальпель СК-01 120мм</t>
   </si>
   <si>
+    <t>12-4301-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-01 130мм</t>
+  </si>
+  <si>
+    <t>12-4303-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-03 150мм</t>
+  </si>
+  <si>
     <t>12-4308-8</t>
   </si>
   <si>
     <t>Нож монтажный тип Скальпель СК-03 150мм</t>
   </si>
   <si>
-    <t>12-4301-8</t>
-[...11 lines deleted...]
-    <t>1.4 Скребки</t>
+    <t>1.5 Скребки</t>
+  </si>
+  <si>
+    <t>12-4966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с выдвижным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с фиксированным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4963</t>
+  </si>
+  <si>
+    <t>Скребок с выдвижным лезвием, обрезиненный корпус, 5 запасных лезвий в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>12-4961</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 140мм металл REXANT</t>
   </si>
   <si>
     <t>12-4969</t>
   </si>
   <si>
     <t>Лезвия сменные для скребка 14х100х0,4мм 10 шт. REXANT</t>
   </si>
   <si>
-    <t>12-4963</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4914</t>
   </si>
   <si>
     <t>Трапециевидные лезвия 19мм 10 шт. REXANT</t>
   </si>
   <si>
-    <t>12-4965</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4968</t>
   </si>
   <si>
     <t>Лезвия сменные для скребка 19х39х0,25мм 10 шт. REXANT</t>
   </si>
   <si>
     <t>12-4962</t>
   </si>
   <si>
     <t>Скребок строительный универсальный 400мм металл REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Ножницы тупоконечные прямые 165 мм</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-le.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-95mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyuschaya-stal-lezvie-75h22mm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-90mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant-15207" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-s-segmentirovannim-lezviem-komplekt-smennih-lezviy-10-sht-rexant-28556" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-plastik-rexant-9511" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-abs-plastik-obrezinenniy-rexant-9509" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant-11169" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant-9514" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-rexant-9516" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-vintovoy-fiksator-lezviya-rexant-9517" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-plastik-c-klipsoy-rexant-9513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant-11168" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant-15210" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-korpus-abs-plastik-obrezinenniy-rexant-15206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-metallicheskiy-obrezinenniy-korpus-rexant-9508" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-metallicheskiy-obrezinenniy-korpus-s-dopolnitelnim-zamkom-na-lezvii-rexant-15209" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-ostrokonechnie-pryamie-165mm-14511" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-s-dvumya-ostrimi-kontsami-pryamie-145-mm-14529" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-140-mm-14514" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-165-mm-14508" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-280mm-rexant-20824" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-95mm-rexant-14492" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stameska-nerjaveyuschaya-stal-lezvie-75h22mm-rexant-14493" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-340mm-rexant-20822" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-100mm-rexant-14488" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-s-chehlom-lezvie-67mm-rexant-20823" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-90mm-rexant-14491" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovie-5-sht-rexant-9520" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-5-zapasnih-lezviy-skalpel-rexant-9519" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennimi-lezviyami-7-predmetov-rexant-12505" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-skalpel-rexant-9518" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-01-120mm-12564" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-01-130mm-12561" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-03-150mm-12562" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-03-150mm-12563" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-plastik-rexant-15723" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannim-lezviem-plastik-rexant-15715" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-obrezinenniy-korpus-5-zapasnih-lezviy-v-komplekte-rexant-15718" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-140mm-metall-rexant-15717" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-14h100h0-4mm-10-sht-rexant-15724" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnie-lezviya-19mm-10-sht-rexant-12506" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-19h39h0-25mm-10-sht-rexant-15720" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-400mm-metall-rexant-15719" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I48"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1330 +822,1330 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>90</v>
+        <v>369</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>27174</v>
+        <v>3752</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>44</v>
+        <v>354.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>10855</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>480</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>40</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>14379</v>
+        <v>5781</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>288</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>98.97</v>
+        <v>240</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>5937</v>
+        <v>12846</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>576</v>
+        <v>144</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>300</v>
+        <v>44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>282</v>
+        <v>8772</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>240</v>
+        <v>98.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>15997</v>
+        <v>4117</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>144</v>
+        <v>576</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>30</v>
+        <v>300</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>3742</v>
+        <v>307</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>576</v>
+        <v>144</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
         <v>400</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>1924</v>
+        <v>660</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>72</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="3">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>5313</v>
+        <v>210</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>576</v>
       </c>
       <c r="I12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>500</v>
+        <v>90</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3739</v>
+        <v>18395</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>72</v>
+        <v>180</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
         <v>190</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2187</v>
+        <v>1854</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>144</v>
       </c>
       <c r="I14" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>354.33</v>
+        <v>500</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>3022</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>842</v>
+        <v>380</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>633</v>
+        <v>6431</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>380</v>
+        <v>842</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>8472</v>
+        <v>376</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>600</v>
+        <v>675</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>1925</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>440</v>
+        <v>700</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>935</v>
+        <v>49</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>600</v>
+        <v>570</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>237</v>
+        <v>27</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>854</v>
+        <v>675</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F22" s="3">
-        <v>123</v>
+        <v>58</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1390</v>
+        <v>1205</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F24" s="3">
-        <v>359</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="C25" s="3">
+        <v>600</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" s="3">
+        <v>1446</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>72</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="3">
-[...22 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="C26" s="3">
+        <v>600</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" s="3">
+        <v>0</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>72</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>177.44</v>
+        <v>1390</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F27" s="3">
-        <v>2533</v>
+        <v>205</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>327.64</v>
+        <v>440</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>288</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>592.7</v>
+        <v>854</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F29" s="3">
-        <v>3383</v>
+        <v>745</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>291.24</v>
+        <v>540</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F30" s="3">
-        <v>11677</v>
+        <v>849</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>288</v>
+        <v>72</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>450</v>
+        <v>177.44</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>156</v>
+        <v>1816</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>550</v>
+        <v>327.64</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F33" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>592.7</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" s="3">
+        <v>1748</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>144</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C34" s="3">
-[...22 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="2"/>
-[...6 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="C35" s="3">
+        <v>291.24</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" s="3">
+        <v>10816</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>288</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>231.46</v>
+        <v>400</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F36" s="3">
-        <v>3057</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>320</v>
+        <v>550</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F37" s="3">
-        <v>3877</v>
+        <v>72</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>145.85</v>
+        <v>470</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F38" s="3">
-        <v>3889</v>
+        <v>178</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>130</v>
+        <v>450</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F39" s="3">
-        <v>2513</v>
+        <v>48</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F41" s="3">
-        <v>2342</v>
+        <v>5203</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="I41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>730.68</v>
+        <v>130</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F42" s="3">
-        <v>1756</v>
+        <v>1723</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3">
+        <v>320</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" s="3">
+        <v>2723</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>288</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C43" s="3">
+      <c r="B44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="3">
         <v>540.67</v>
       </c>
-      <c r="D43" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H43" s="3">
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" s="3">
+        <v>35</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
         <v>48</v>
       </c>
-      <c r="I43" s="3">
-[...14 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>700</v>
+        <v>231.46</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>73</v>
+        <v>2078</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>570</v>
+        <v>145.85</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>98</v>
+        <v>2937</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>675</v>
+        <v>160</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>33</v>
+        <v>1295</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>675</v>
+        <v>730.68</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F48" s="3">
-        <v>118</v>
+        <v>2306</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A26:I26"/>
-[...1 lines deleted...]
-    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
-    <hyperlink ref="D23" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D31" r:id="rId26"/>
-[...2 lines deleted...]
-    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
-    <hyperlink ref="D40" r:id="rId34"/>
-[...2 lines deleted...]
-    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>