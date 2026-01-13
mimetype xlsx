--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,318 +45,318 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ножи, ножницы, скальпели и скребки</t>
   </si>
   <si>
     <t>1.1 Ножи с сегментированными лезвиями</t>
   </si>
   <si>
+    <t>12-4901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с трапециевидным выдвижным лезвием REXANT </t>
+  </si>
+  <si>
+    <t>12-4908</t>
+  </si>
+  <si>
+    <t>Нож с трапециевидным выдвижным лезвием, винтовой фиксатор лезвия REXANT</t>
+  </si>
+  <si>
+    <t>12-4912</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>12-4918</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 25мм, металлический обрезиненный корпус, с дополнительным замком на лезвии REXANT</t>
+  </si>
+  <si>
+    <t>12-4905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 9мм, корпус пластик, c клипсой REXANT </t>
+  </si>
+  <si>
+    <t>12-4900</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 18мм, металлический обрезиненный корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-4912-1</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм Профи 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм корпус пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4906</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 9мм, корпус металлический, c клипсой REXANT</t>
+  </si>
+  <si>
+    <t>12-4909-8</t>
+  </si>
+  <si>
+    <t>Набор нож с сегментированным лезвием + комплект сменных лезвий (10 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-4919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 25мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
     <t>12-4915</t>
   </si>
   <si>
     <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>12-4913</t>
   </si>
   <si>
     <t xml:space="preserve">Сегментированное лезвие 9мм 10 шт. REXANT </t>
   </si>
   <si>
-    <t>12-4906</t>
-[...53 lines deleted...]
-    <t>1.2 Ножницы</t>
+    <t>1.2 Ножи строительные</t>
+  </si>
+  <si>
+    <t>12-4922</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 90мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4928</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 280мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4926</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 340мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4921</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 95мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4923</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 100мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4934</t>
+  </si>
+  <si>
+    <t>Нож-стамеска, нержавеющая сталь, лезвие 75х22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4939</t>
+  </si>
+  <si>
+    <t>Нож монтажника с чехлом лезвие 67мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Скальпели</t>
+  </si>
+  <si>
+    <t>12-4910</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием 5 запасных лезвий (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4911</t>
+  </si>
+  <si>
+    <t>Лезвия перовые 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4909</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4917</t>
+  </si>
+  <si>
+    <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4308-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-03 150мм</t>
+  </si>
+  <si>
+    <t>12-4306-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-01 120мм</t>
+  </si>
+  <si>
+    <t>12-4301-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-01 130мм</t>
+  </si>
+  <si>
+    <t>12-4303-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-03 150мм</t>
+  </si>
+  <si>
+    <t>1.4 Скребки</t>
+  </si>
+  <si>
+    <t>12-4961</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 140мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4962</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 400мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с фиксированным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4914</t>
+  </si>
+  <si>
+    <t>Трапециевидные лезвия 19мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4963</t>
+  </si>
+  <si>
+    <t>Скребок с выдвижным лезвием, обрезиненный корпус, 5 запасных лезвий в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>12-4969</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 14х100х0,4мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4968</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 19х39х0,25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с выдвижным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>1.5 Ножницы</t>
   </si>
   <si>
     <t>12-4929-9</t>
   </si>
   <si>
     <t>Ножницы остроконечные прямые 165мм</t>
   </si>
   <si>
+    <t>12-4927-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 165 мм</t>
+  </si>
+  <si>
     <t>12-4925-9</t>
   </si>
   <si>
     <t>Ножницы с двумя острыми концами прямые 145 мм</t>
   </si>
   <si>
     <t>12-4926-9</t>
   </si>
   <si>
     <t>Ножницы тупоконечные прямые 140 мм</t>
-  </si>
-[...151 lines deleted...]
-    <t>Скребок строительный универсальный 400мм металл REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant-15207" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-s-segmentirovannim-lezviem-komplekt-smennih-lezviy-10-sht-rexant-28556" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-plastik-rexant-9511" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-abs-plastik-obrezinenniy-rexant-9509" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant-11169" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant-9514" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-rexant-9516" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-vintovoy-fiksator-lezviya-rexant-9517" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-plastik-c-klipsoy-rexant-9513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant-11168" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant-15210" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-korpus-abs-plastik-obrezinenniy-rexant-15206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-metallicheskiy-obrezinenniy-korpus-rexant-9508" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-metallicheskiy-obrezinenniy-korpus-s-dopolnitelnim-zamkom-na-lezvii-rexant-15209" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-ostrokonechnie-pryamie-165mm-14511" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-s-dvumya-ostrimi-kontsami-pryamie-145-mm-14529" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-140-mm-14514" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-165-mm-14508" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-280mm-rexant-20824" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-95mm-rexant-14492" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stameska-nerjaveyuschaya-stal-lezvie-75h22mm-rexant-14493" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-340mm-rexant-20822" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-100mm-rexant-14488" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-s-chehlom-lezvie-67mm-rexant-20823" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-90mm-rexant-14491" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovie-5-sht-rexant-9520" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-5-zapasnih-lezviy-skalpel-rexant-9519" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennimi-lezviyami-7-predmetov-rexant-12505" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-skalpel-rexant-9518" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-01-120mm-12564" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-01-130mm-12561" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-03-150mm-12562" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-03-150mm-12563" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-plastik-rexant-15723" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannim-lezviem-plastik-rexant-15715" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-obrezinenniy-korpus-5-zapasnih-lezviy-v-komplekte-rexant-15718" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-140mm-metall-rexant-15717" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-14h100h0-4mm-10-sht-rexant-15724" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnie-lezviya-19mm-10-sht-rexant-12506" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-19h39h0-25mm-10-sht-rexant-15720" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-400mm-metall-rexant-15719" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-le" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-90mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-95mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-100mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyuschaya-stal-lezvie-75h22mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I48"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1330 +822,1330 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>369</v>
+        <v>244.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3752</v>
+        <v>11137</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>144</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>354.33</v>
+        <v>305.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>216</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>144</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>40</v>
+        <v>406.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5781</v>
+        <v>232</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>288</v>
+        <v>72</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>91.53</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12846</v>
+        <v>8443</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>44</v>
+        <v>856.31</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>8772</v>
+        <v>361</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>480</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>98.97</v>
+        <v>30.51</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>4117</v>
+        <v>611</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>576</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>300</v>
+        <v>386.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>307</v>
+        <v>4660</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>144</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>400</v>
+        <v>193.23</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>660</v>
+        <v>853</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>30</v>
+        <v>40.68</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>210</v>
+        <v>3860</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>576</v>
+        <v>288</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>90</v>
+        <v>100.65</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>18395</v>
+        <v>3372</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>180</v>
+        <v>576</v>
       </c>
       <c r="I13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>360.35</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>1854</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>144</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>500</v>
+        <v>508.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>3022</v>
+        <v>2652</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>72</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>380</v>
+        <v>375.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F16" s="3">
-        <v>6431</v>
+        <v>2530</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>144</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>842</v>
+        <v>44.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>376</v>
+        <v>1034</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>675</v>
+        <v>549.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>695</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>700</v>
+        <v>1225.49</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>570</v>
+        <v>1413.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>675</v>
+        <v>610.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>58</v>
+        <v>1253</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+      <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="B23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C23" s="3">
+        <v>447.48</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>0</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>72</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1205</v>
+        <v>610.2</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>600</v>
+        <v>868.52</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1446</v>
+        <v>455</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C26" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>1390</v>
+        <v>333.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>288</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>440</v>
+        <v>180.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>854</v>
+        <v>296.19</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>745</v>
+        <v>4021</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>540</v>
+        <v>602.78</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>849</v>
+        <v>235</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="3">
+        <v>457.65</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>3</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>177.44</v>
+        <v>406.8</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1816</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>327.64</v>
+        <v>559.35</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>592.7</v>
+        <v>477.99</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1748</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="3" t="s">
+      <c r="A35" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C35" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>400</v>
+        <v>549.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>1034</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>550</v>
+        <v>743.1</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>72</v>
+        <v>847</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>470</v>
+        <v>132.21</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>178</v>
+        <v>1260</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>450</v>
+        <v>148.33</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F39" s="3">
-        <v>48</v>
+        <v>2399</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
+      <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="2"/>
-[...6 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="B40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C40" s="3">
+        <v>325.44</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>2178</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>288</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>110</v>
+        <v>235.39</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F41" s="3">
-        <v>5203</v>
+        <v>1349</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>240</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>130</v>
+        <v>162.72</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F42" s="3">
-        <v>1723</v>
+        <v>708</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>320</v>
+        <v>111.87</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2723</v>
+        <v>5021</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="3" t="s">
+      <c r="A44" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="C44" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>231.46</v>
+        <v>686.47</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>2078</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>145.85</v>
+        <v>686.47</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>2937</v>
+        <v>63</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>160</v>
+        <v>711.9</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1295</v>
+        <v>6</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>730.68</v>
+        <v>579.69</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2306</v>
+        <v>49</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A23:I23"/>
-[...1 lines deleted...]
-    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A44:I44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
-    <hyperlink ref="D24" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D32" r:id="rId26"/>
-[...2 lines deleted...]
-    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
-    <hyperlink ref="D41" r:id="rId34"/>
-[...2 lines deleted...]
-    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>