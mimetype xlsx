--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -45,312 +45,312 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ножи, ножницы, скальпели и скребки</t>
   </si>
   <si>
     <t>1.1 Ножи с сегментированными лезвиями</t>
   </si>
   <si>
+    <t>12-4906</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 9мм, корпус металлический, c клипсой REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм корпус пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4912</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>12-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сегментированное лезвие 9мм 10 шт. REXANT </t>
+  </si>
+  <si>
+    <t>12-4900</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 18мм, металлический обрезиненный корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-4915</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4918</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 25мм, металлический обрезиненный корпус, с дополнительным замком на лезвии REXANT</t>
+  </si>
+  <si>
+    <t>12-4919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 25мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
     <t>12-4901</t>
   </si>
   <si>
     <t xml:space="preserve">Нож с сегментированным лезвием 18мм, корпус ABS пластик обрезиненный REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4907</t>
   </si>
   <si>
     <t xml:space="preserve">Нож с трапециевидным выдвижным лезвием REXANT </t>
   </si>
   <si>
     <t>12-4908</t>
   </si>
   <si>
     <t>Нож с трапециевидным выдвижным лезвием, винтовой фиксатор лезвия REXANT</t>
   </si>
   <si>
-    <t>12-4912</t>
-[...13 lines deleted...]
-  <si>
     <t>12-4905</t>
   </si>
   <si>
     <t xml:space="preserve">Нож с сегментированным лезвием 9мм, корпус пластик, c клипсой REXANT </t>
   </si>
   <si>
-    <t>12-4900</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4912-1</t>
   </si>
   <si>
     <t>Сегментированное лезвие 18мм Профи 10 шт. REXANT</t>
   </si>
   <si>
-    <t>12-4903</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4909-8</t>
   </si>
   <si>
     <t>Набор нож с сегментированным лезвием + комплект сменных лезвий (10 шт) REXANT</t>
   </si>
   <si>
     <t>комплект</t>
   </si>
   <si>
-    <t>12-4919</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Ножи строительные</t>
   </si>
   <si>
+    <t>12-4939</t>
+  </si>
+  <si>
+    <t>Нож монтажника с чехлом лезвие 67мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4921</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 95мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4923</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 100мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4934</t>
+  </si>
+  <si>
+    <t>Нож-стамеска, нержавеющая сталь, лезвие 75х22мм REXANT</t>
+  </si>
+  <si>
     <t>12-4922</t>
   </si>
   <si>
     <t>Нож строительный нержавеющая сталь лезвие 90мм REXANT</t>
   </si>
   <si>
     <t>12-4928</t>
   </si>
   <si>
     <t>Нож для резки теплоизоляционных панелей лезвие 280мм REXANT</t>
   </si>
   <si>
     <t>12-4926</t>
   </si>
   <si>
     <t>Нож для резки теплоизоляционных панелей лезвие 340мм REXANT</t>
   </si>
   <si>
-    <t>12-4921</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Скальпели</t>
   </si>
   <si>
+    <t>12-4917</t>
+  </si>
+  <si>
+    <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4910</t>
   </si>
   <si>
     <t>Нож с перовым лезвием 5 запасных лезвий (скальпель) REXANT</t>
   </si>
   <si>
     <t>12-4911</t>
   </si>
   <si>
     <t>Лезвия перовые 5 шт. REXANT</t>
   </si>
   <si>
     <t>12-4909</t>
   </si>
   <si>
     <t>Нож с перовым лезвием (скальпель) REXANT</t>
   </si>
   <si>
-    <t>12-4917</t>
-[...2 lines deleted...]
-    <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
+    <t>12-4301-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-01 130мм</t>
   </si>
   <si>
     <t>12-4308-8</t>
   </si>
   <si>
     <t>Нож монтажный тип Скальпель СК-03 150мм</t>
   </si>
   <si>
     <t>12-4306-8</t>
   </si>
   <si>
     <t>Нож монтажный тип Скальпель СК-01 120мм</t>
   </si>
   <si>
-    <t>12-4301-8</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4303-8</t>
   </si>
   <si>
     <t>Нож монтажный тип Скальпель остроконечный СО-03 150мм</t>
   </si>
   <si>
     <t>1.4 Скребки</t>
   </si>
   <si>
+    <t>12-4969</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 14х100х0,4мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с выдвижным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4914</t>
+  </si>
+  <si>
+    <t>Трапециевидные лезвия 19мм 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>12-4961</t>
   </si>
   <si>
     <t>Скребок строительный универсальный 140мм металл REXANT</t>
   </si>
   <si>
     <t>12-4962</t>
   </si>
   <si>
     <t>Скребок строительный универсальный 400мм металл REXANT</t>
   </si>
   <si>
     <t>12-4965</t>
   </si>
   <si>
     <t xml:space="preserve">Скребок с фиксированным лезвием пластик REXANT </t>
   </si>
   <si>
-    <t>12-4914</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4963</t>
   </si>
   <si>
     <t>Скребок с выдвижным лезвием, обрезиненный корпус, 5 запасных лезвий в комплекте REXANT</t>
   </si>
   <si>
-    <t>12-4969</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4968</t>
   </si>
   <si>
     <t>Лезвия сменные для скребка 19х39х0,25мм 10 шт. REXANT</t>
   </si>
   <si>
-    <t>12-4966</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Ножницы</t>
   </si>
   <si>
+    <t>12-4925-9</t>
+  </si>
+  <si>
+    <t>Ножницы с двумя острыми концами прямые 145 мм</t>
+  </si>
+  <si>
+    <t>12-4927-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 165 мм</t>
+  </si>
+  <si>
     <t>12-4929-9</t>
   </si>
   <si>
     <t>Ножницы остроконечные прямые 165мм</t>
-  </si>
-[...10 lines deleted...]
-    <t>Ножницы с двумя острыми концами прямые 145 мм</t>
   </si>
   <si>
     <t>12-4926-9</t>
   </si>
   <si>
     <t>Ножницы тупоконечные прямые 140 мм</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-le" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-90mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-95mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-100mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyuschaya-stal-lezvie-75h22mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-lezvii-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyushchaya-stal-lezvie-95mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyushchaya-stal-lezvie-100mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyushchaya-stal-lezvie-75h22mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyushchaya-stal-lezvie-90mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I48"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1272 +822,1272 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>244.08</v>
+        <v>100.65</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>11137</v>
+        <v>1883</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>144</v>
+        <v>576</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>305.1</v>
+        <v>40.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>216</v>
+        <v>19968</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>144</v>
+        <v>288</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>406.8</v>
+        <v>91.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>232</v>
+        <v>14868</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>72</v>
+        <v>180</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="3">
+        <v>44.75</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8443</v>
+        <v>3131</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="I7" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>856.31</v>
+        <v>345</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>361</v>
+        <v>2627</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>30.51</v>
+        <v>335</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>611</v>
+        <v>2460</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>576</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>386.46</v>
+        <v>856.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4660</v>
+        <v>287</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>193.23</v>
+        <v>508.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>853</v>
+        <v>2261</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>40.68</v>
+        <v>244.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3860</v>
+        <v>7932</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>288</v>
+        <v>144</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>100.65</v>
+        <v>305.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3372</v>
+        <v>2</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>576</v>
+        <v>144</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>360.35</v>
+        <v>406.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>508.5</v>
+        <v>30.51</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2652</v>
+        <v>4737</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>72</v>
+        <v>576</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>375.27</v>
+        <v>193.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>2530</v>
+        <v>660</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>144</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3">
+        <v>360.35</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C17" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>1034</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>480</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>549.18</v>
+        <v>868.52</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>695</v>
+        <v>3434</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1225.49</v>
+        <v>610.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>883</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1413.63</v>
+        <v>447.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>123</v>
+        <v>628</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>610.2</v>
+        <v>545</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1253</v>
+        <v>222</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>72</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>447.48</v>
+        <v>549.18</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>624</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>72</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>610.2</v>
+        <v>1225.49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>3243</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>868.52</v>
+        <v>1413.63</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>455</v>
+        <v>31</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>333.21</v>
+        <v>602.78</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>288</v>
+        <v>144</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>180.46</v>
+        <v>333.21</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1162</v>
+        <v>1481</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>296.19</v>
+        <v>180.46</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F29" s="3">
-        <v>4021</v>
+        <v>996</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>288</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>602.78</v>
+        <v>296.19</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>235</v>
+        <v>3288</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>144</v>
+        <v>288</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>457.65</v>
+        <v>559.35</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>3</v>
+        <v>82</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>406.8</v>
+        <v>457.65</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>559.35</v>
+        <v>406.8</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
         <v>477.99</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>572</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>549.86</v>
+        <v>235.39</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F36" s="3">
-        <v>1034</v>
+        <v>5947</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>743.1</v>
+        <v>111.87</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>847</v>
+        <v>4570</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>132.21</v>
+        <v>148.33</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F38" s="3">
-        <v>1260</v>
+        <v>3576</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>148.33</v>
+        <v>549.86</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2399</v>
+        <v>1378</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>325.44</v>
+        <v>743.1</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2178</v>
+        <v>3785</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>288</v>
+        <v>48</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>235.39</v>
+        <v>132.21</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1349</v>
+        <v>380</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>162.72</v>
+        <v>325.44</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>708</v>
+        <v>1524</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="I42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>111.87</v>
+        <v>162.72</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F43" s="3">
-        <v>5021</v>
+        <v>235</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>686.47</v>
+        <v>711.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
         <v>686.47</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>711.9</v>
+        <v>686.47</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
         <v>579.69</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A44:I44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>