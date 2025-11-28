--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,213 +42,213 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оборудование для телефонии</t>
   </si>
   <si>
-    <t>1.1 Телефонный кабель связи</t>
+    <t>1.1 Разъемы, розетки ,адаптеры</t>
+  </si>
+  <si>
+    <t>05-1001-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP RJ-9 (4P4C), CAT 3 PROconnect </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>05-1012-3</t>
+  </si>
+  <si>
+    <t>Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 PROconnect</t>
+  </si>
+  <si>
+    <t>03-0001-4</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 1 порт UTP, RJ-11 (6P2C), CAT 3 PROconnect</t>
+  </si>
+  <si>
+    <t>03-0002-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 2 порта UTP, RJ-11 (6P2C), CAT 3 PROconnect </t>
+  </si>
+  <si>
+    <t>05-1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (штекер - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>05-1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер телефонный проходной UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-12 (6P6C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>03-0002</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 2 порта UTP, RJ-14 (6P4C), CAT 3 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Плинты, коробки распределительные</t>
+  </si>
+  <si>
+    <t>04-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на хомут) REXANT </t>
+  </si>
+  <si>
+    <t>04-0170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн настенный (монтажный хомут) на 20 плинтов, отламывающийся REXANT </t>
+  </si>
+  <si>
+    <t>04-0121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9, универсальный (монтаж на рейку+ хомут) REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Телефонный кабель связи</t>
+  </si>
+  <si>
+    <t>01-5515-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Провод ПРППМ 2х1,20мм, 500м REXANT </t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-8080</t>
+  </si>
+  <si>
+    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+  </si>
+  <si>
+    <t>01-5001-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>бухта</t>
   </si>
   <si>
     <t>01-5514-1</t>
   </si>
   <si>
     <t xml:space="preserve">Провод ПРППМ 2х0,90мм, 500м REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...23 lines deleted...]
-    <t>бухта</t>
+    <t>01-5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5101-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, белый, 100м REXANT </t>
   </si>
   <si>
     <t>01-5002</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
-  </si>
-[...121 lines deleted...]
-    <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastennyy-montazhnyy-homut-na-20-plintov-otlamyvayuschiysya-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-shteker-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-9-4p4c-cat-3-proconnect-2146" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-14-6p4c-cat-3-proconnect-2147" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect-2128" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect-2129" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-14-6p4c-cat-3-rexant-103" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonniy-utp-rj-14-6p4c-shteker-2-gnezda-rexant-83" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-9-4p4c-cat-3-rexant-104" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonniy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant-82" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-12-6p6c-cat-3-rexant-105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant-88" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonniy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant-85" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant-90" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmikaemiy-markirovka-0-9-montaj-na-reyku-rexant-552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastenniy-montajniy-homut-na-20-plintov-otlamivayuschiysya-rexant-2145" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmikaemiy-markirovka-0-9-universalniy-montaj-na-reyku-homut-rexant-1054" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant-10009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant-7423" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cca-beliy-100m-rexant-2101" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant-10008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cu-cherniy-100m-rexant-513" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cu-beliy-100m-rexant-180" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cca-beliy-100m-rexant-2104" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cu-beliy-100m-rexant-505" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cu-cherniy-100m-rexant-504" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -714,787 +714,787 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>67.46</v>
+        <v>4.29</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>8000</v>
+        <v>82400</v>
       </c>
       <c r="G4" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>28.84</v>
+        <v>4.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>67000</v>
+        <v>203200</v>
       </c>
       <c r="G5" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>108.79</v>
+        <v>59.55</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5000</v>
+        <v>8151</v>
       </c>
       <c r="G6" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1433.39</v>
+        <v>90.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>1963.68</v>
+        <v>5.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>126</v>
+        <v>35900</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>2540.48</v>
+        <v>66.83</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>627</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1963.7</v>
+        <v>4.61</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>143</v>
+        <v>45100</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1594.77</v>
+        <v>46.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1071</v>
+        <v>7900</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>6.11</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>54200</v>
+      </c>
+      <c r="G12" s="3">
+        <v>100</v>
+      </c>
+      <c r="H12" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C12" s="3">
-[...22 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>62.05</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>29691</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>500</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>244.66</v>
+        <v>56.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6030</v>
+        <v>10249</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>92.9</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>17091</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>500</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="3" t="s">
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="3">
-[...11 lines deleted...]
-      <c r="G16" s="3">
+      <c r="C17" s="3">
+        <v>244.66</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>5660</v>
+      </c>
+      <c r="G17" s="3">
         <v>10</v>
       </c>
-      <c r="H16" s="3">
+      <c r="H17" s="3">
         <v>250</v>
       </c>
-      <c r="I16" s="3">
-[...14 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>4.85</v>
+        <v>1982.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>229800</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20000</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>284.66</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>7180</v>
+      </c>
+      <c r="G19" s="3">
+        <v>10</v>
+      </c>
+      <c r="H19" s="3">
+        <v>250</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C19" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="3">
+        <v>108.79</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>8651</v>
+        <v>10000</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="H21" s="3">
         <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>66.83</v>
+        <v>28.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>164500</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="C23" s="3">
+        <v>1433.39</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="3">
-        <v>19973</v>
+        <v>281</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>46.84</v>
+        <v>67.46</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="F24" s="3">
-        <v>5500</v>
+        <v>3500</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>62.05</v>
+        <v>2540.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="F25" s="3">
-        <v>33318</v>
+        <v>463</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>56.81</v>
+        <v>1963.7</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="F26" s="3">
-        <v>13450</v>
+        <v>202</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>4.61</v>
+        <v>1594.77</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="F27" s="3">
-        <v>51100</v>
+        <v>1319</v>
       </c>
       <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>10</v>
+      </c>
+      <c r="I27" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>6.11</v>
+        <v>2655.51</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="F28" s="3">
-        <v>34400</v>
+        <v>100</v>
       </c>
       <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>10</v>
+      </c>
+      <c r="I28" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>5.91</v>
+        <v>1963.68</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="F29" s="3">
-        <v>50200</v>
+        <v>97</v>
       </c>
       <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>10</v>
+      </c>
+      <c r="I29" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A20:I20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
-[...4 lines deleted...]
-    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>