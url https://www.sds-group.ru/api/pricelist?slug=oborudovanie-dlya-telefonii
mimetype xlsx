--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -8,247 +8,235 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="61">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оборудование для телефонии</t>
   </si>
   <si>
-    <t>1.1 Разъемы, розетки ,адаптеры</t>
+    <t>1.1 Плинты, коробки распределительные</t>
+  </si>
+  <si>
+    <t>04-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на хомут) REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>04-0121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9, универсальный (монтаж на рейку+ хомут) REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Телефонный кабель связи</t>
+  </si>
+  <si>
+    <t>01-5101-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-5514-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Провод ПРППМ 2х0,90мм, 500м REXANT </t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-5002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-8080</t>
+  </si>
+  <si>
+    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+  </si>
+  <si>
+    <t>01-5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5515-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Провод ПРППМ 2х1,20мм, 500м REXANT </t>
+  </si>
+  <si>
+    <t>01-5001-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Разъемы, розетки ,адаптеры</t>
   </si>
   <si>
     <t>05-1001-3</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP RJ-9 (4P4C), CAT 3 PROconnect </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>05-1012-3</t>
   </si>
   <si>
     <t>Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 PROconnect</t>
   </si>
   <si>
     <t>03-0001-4</t>
   </si>
   <si>
     <t>Розетка телефонная внешняя, 1 порт UTP, RJ-11 (6P2C), CAT 3 PROconnect</t>
   </si>
   <si>
     <t>03-0002-4</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка телефонная внешняя, 2 порта UTP, RJ-11 (6P2C), CAT 3 PROconnect </t>
   </si>
   <si>
+    <t>05-1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-12 (6P6C), CAT 3 REXANT </t>
+  </si>
+  <si>
     <t>05-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
   </si>
   <si>
-    <t>03-0031</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+    <t>03-0002</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 2 порта UTP, RJ-14 (6P4C), CAT 3 REXANT</t>
+  </si>
+  <si>
+    <t>03-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
   </si>
   <si>
     <t>03-0022</t>
   </si>
   <si>
     <t xml:space="preserve">Адаптер телефонный проходной UTP RJ-14 (6P4C), CAT 3 REXANT </t>
   </si>
   <si>
-    <t>05-1013</t>
-[...10 lines deleted...]
-  <si>
     <t>03-0032</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
-  </si>
-[...88 lines deleted...]
-    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -633,56 +621,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-9-4p4c-cat-3-proconnect-2146" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-14-6p4c-cat-3-proconnect-2147" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect-2128" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect-2129" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-14-6p4c-cat-3-rexant-103" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonniy-utp-rj-14-6p4c-shteker-2-gnezda-rexant-83" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-9-4p4c-cat-3-rexant-104" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonniy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant-82" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonniy-utp-rj-12-6p6c-cat-3-rexant-105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant-88" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonniy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant-85" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant-90" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmikaemiy-markirovka-0-9-montaj-na-reyku-rexant-552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastenniy-montajniy-homut-na-20-plintov-otlamivayuschiysya-rexant-2145" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmikaemiy-markirovka-0-9-universalniy-montaj-na-reyku-homut-rexant-1054" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant-10009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant-7423" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cca-beliy-100m-rexant-2101" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant-10008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cu-cherniy-100m-rexant-513" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cu-beliy-100m-rexant-180" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cca-beliy-100m-rexant-2104" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-4-jili-cu-beliy-100m-rexant-505" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonniy-shtlp-2-jili-cu-cherniy-100m-rexant-504" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -714,796 +702,736 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4.29</v>
+        <v>248.82</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>82400</v>
+        <v>2500</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>20000</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4.85</v>
+        <v>289.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>203200</v>
+        <v>7070</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>20000</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3">
+        <v>1621.88</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>1664</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5.91</v>
+        <v>68.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>35900</v>
+        <v>1000</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="H8" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>66.83</v>
+        <v>1997.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>4.61</v>
+        <v>29.33</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>45100</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="H10" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>46.84</v>
+        <v>2583.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>7900</v>
+        <v>580</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>6.11</v>
+        <v>110.64</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>54200</v>
+        <v>9000</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="H12" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>62.05</v>
+        <v>1457.76</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>29691</v>
+        <v>374</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>56.81</v>
+        <v>1997.08</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>10249</v>
+        <v>214</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>92.9</v>
+        <v>2700.65</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>17091</v>
+        <v>854</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>244.66</v>
+        <v>4.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5660</v>
+        <v>8200</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>250</v>
+        <v>20000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1982.88</v>
+        <v>4.93</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>169300</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>20000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>284.66</v>
+        <v>60.56</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>7180</v>
+        <v>5891</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="3">
+        <v>92.01</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>50</v>
+      </c>
+      <c r="H20" s="3">
+        <v>500</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>108.79</v>
+        <v>4.69</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>10000</v>
+        <v>39400</v>
       </c>
       <c r="G21" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>28.84</v>
+        <v>6.21</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>164500</v>
+        <v>70400</v>
       </c>
       <c r="G22" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1433.39</v>
+        <v>6.01</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>281</v>
+        <v>30700</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>67.46</v>
+        <v>94.48</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>3500</v>
+        <v>15238</v>
       </c>
       <c r="G24" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>2540.48</v>
+        <v>63.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>463</v>
+        <v>24648</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1963.7</v>
+        <v>47.64</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>202</v>
+        <v>2800</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>1594.77</v>
+        <v>57.78</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1319</v>
+        <v>7499</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
-        <v>100</v>
-[...57 lines deleted...]
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A6:I6"/>
     <mergeCell ref="A16:I16"/>
-    <mergeCell ref="A20:I20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D6" r:id="rId3"/>
-[...11 lines deleted...]
-    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
-    <hyperlink ref="D28" r:id="rId23"/>
-    <hyperlink ref="D29" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>