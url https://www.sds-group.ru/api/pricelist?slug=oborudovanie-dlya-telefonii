--- v2 (2026-02-06)
+++ v3 (2026-03-30)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оборудование для телефонии</t>
   </si>
   <si>
-    <t>1.1 Плинты, коробки распределительные</t>
+    <t>1.1 Телефонный кабель связи</t>
+  </si>
+  <si>
+    <t>01-5101-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8080</t>
+  </si>
+  <si>
+    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-5514-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Провод ПРППМ 2х0,90мм, 500м REXANT </t>
+  </si>
+  <si>
+    <t>01-5515-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Провод ПРППМ 2х1,20мм, 500м REXANT </t>
+  </si>
+  <si>
+    <t>01-5001-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Плинты, коробки распределительные</t>
+  </si>
+  <si>
+    <t>04-0121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9, универсальный (монтаж на рейку+ хомут) REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
   </si>
   <si>
     <t>04-0102</t>
   </si>
   <si>
     <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на хомут) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...73 lines deleted...]
-  <si>
     <t>1.3 Разъемы, розетки ,адаптеры</t>
   </si>
   <si>
+    <t>03-0032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>05-1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
     <t>05-1001-3</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP RJ-9 (4P4C), CAT 3 PROconnect </t>
   </si>
   <si>
+    <t>03-0022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер телефонный проходной UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0002</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 2 порта UTP, RJ-14 (6P4C), CAT 3 REXANT</t>
+  </si>
+  <si>
     <t>05-1012-3</t>
   </si>
   <si>
     <t>Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 PROconnect</t>
   </si>
   <si>
+    <t>03-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
     <t>03-0001-4</t>
   </si>
   <si>
     <t>Розетка телефонная внешняя, 1 порт UTP, RJ-11 (6P2C), CAT 3 PROconnect</t>
   </si>
   <si>
     <t>03-0002-4</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка телефонная внешняя, 2 порта UTP, RJ-11 (6P2C), CAT 3 PROconnect </t>
   </si>
   <si>
-    <t>05-1001</t>
-[...4 lines deleted...]
-  <si>
     <t>05-1013</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP, RJ-12 (6P6C), CAT 3 REXANT </t>
   </si>
   <si>
     <t>05-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
-  </si>
-[...22 lines deleted...]
-    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -702,723 +702,723 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>248.82</v>
+        <v>1621.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
         <v>10</v>
       </c>
-      <c r="H4" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>289.5</v>
+        <v>29.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>7070</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="3">
+        <v>68.61</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="F6" s="3">
+        <v>0</v>
+      </c>
+      <c r="G6" s="3">
+        <v>500</v>
+      </c>
+      <c r="H6" s="3">
+        <v>500</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1621.88</v>
+        <v>110.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>1664</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>68.61</v>
+        <v>1457.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1997.06</v>
+        <v>2700.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>29.33</v>
+        <v>1997.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>2583.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>110.64</v>
+        <v>1997.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>9000</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>289.5</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>214</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2700.65</v>
+        <v>248.82</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>854</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>4.36</v>
+        <v>57.78</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>8200</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>4.93</v>
+        <v>4.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F18" s="3">
-        <v>169300</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>20000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>60.56</v>
+        <v>4.36</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>5891</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>92.01</v>
+        <v>47.64</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>4.69</v>
+        <v>94.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F21" s="3">
-        <v>39400</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>6.21</v>
+        <v>4.93</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F22" s="3">
-        <v>70400</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>20000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>6.01</v>
+        <v>63.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F23" s="3">
-        <v>30700</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>94.48</v>
+        <v>60.56</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F24" s="3">
-        <v>15238</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>63.1</v>
+        <v>64.41</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F25" s="3">
-        <v>24648</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
         <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>47.64</v>
+        <v>6.21</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F26" s="3">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>57.78</v>
+        <v>6.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F27" s="3">
-        <v>7499</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A13:I13"/>
     <mergeCell ref="A16:I16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D7" r:id="rId3"/>
-[...5 lines deleted...]
-    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>