--- v0 (2025-10-14)
+++ v1 (2026-01-21)
@@ -8,184 +8,190 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="46">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Обжим штыревых наконечников НШВ, НШВи, НШВи (2)</t>
   </si>
   <si>
+    <t>12-3013-4</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-3205-4</t>
   </si>
   <si>
     <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-3019-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
   </si>
   <si>
     <t>12-3202-4</t>
   </si>
   <si>
     <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3019-4</t>
-[...8 lines deleted...]
-    <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
+    <t>12-3219</t>
+  </si>
+  <si>
+    <t>Кримпер комбинированный HT-02525 для обжима изолированных и штыревых наконечников 0,5 - 2,5мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3222</t>
+  </si>
+  <si>
+    <t>Кримпер HT-5-26TW для обжима двойных штыревых наконечников 2x(0,5-6,0)мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3013</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3208</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-16M для обжима втулочных наконечников 0,5-16мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3210-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-10-6 для обжима штыревых наконечников 0,08-10,0мм² с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3220</t>
+  </si>
+  <si>
+    <t>Пресс механический HT-50WF для обжима втулочных наконечников 10-50мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3202</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3303</t>
+  </si>
+  <si>
+    <t>Кримпер HT-900 для обжима штыревых наконечников 0,25-10 мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3216-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-16-4 для обжима штыревых наконечников 0,08-16,0мм², с регулятором прижимного усилия REXANT</t>
   </si>
   <si>
     <t>12-3209</t>
   </si>
   <si>
     <t>Пресс-клещи HT-35M для обжима втулочных наконечников 10-35мм² REXANT</t>
   </si>
   <si>
-    <t>12-3208</t>
-[...4 lines deleted...]
-  <si>
     <t>12-3205</t>
   </si>
   <si>
     <t>Кримпер HT-866 для обжима штыревых наконечников 0,08-6,0мм² REXANT</t>
   </si>
   <si>
+    <t>12-3206</t>
+  </si>
+  <si>
+    <t>Кримпер HT-8164 для обжима штыревых наконечников 6,0-16,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3019</t>
   </si>
   <si>
     <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
-  </si>
-[...46 lines deleted...]
-    <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,56 +576,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya-.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya-.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -638,527 +644,557 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2200</v>
+        <v>1372.95</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>426</v>
+        <v>368</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2000</v>
+        <v>2237.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>977</v>
+        <v>284</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1350</v>
+        <v>2034</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>444</v>
+        <v>726</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1400</v>
+        <v>1627.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>529</v>
+        <v>493</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1300</v>
+        <v>1525.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2975</v>
+        <v>233</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2100</v>
+        <v>1474.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>707</v>
+        <v>302</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1500</v>
+        <v>1322.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>183</v>
+        <v>973</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3300</v>
+        <v>3864.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>266</v>
+        <v>330</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1813.33</v>
+        <v>3356.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>247</v>
+        <v>57</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1955</v>
+        <v>2259.77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>573</v>
+        <v>521</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>4802.5</v>
+        <v>1932.3</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>376</v>
+        <v>460</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4590</v>
+        <v>4068</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>732</v>
+        <v>252</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3300</v>
+        <v>1423.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>107</v>
+        <v>396</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2222</v>
+        <v>2135.7</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>954</v>
+        <v>219</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1450</v>
+        <v>3356.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>343</v>
+        <v>209</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="3">
+        <v>1525.5</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3">
+        <v>163</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>50</v>
+      </c>
+      <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>