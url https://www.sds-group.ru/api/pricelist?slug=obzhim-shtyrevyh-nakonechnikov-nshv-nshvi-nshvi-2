--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Обжим штыревых наконечников НШВ, НШВи, НШВи (2)</t>
   </si>
   <si>
+    <t>12-3013</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-3208</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-16M для обжима втулочных наконечников 0,5-16мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3209</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-35M для обжима втулочных наконечников 10-35мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3205</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,08-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3206</t>
+  </si>
+  <si>
+    <t>Кримпер HT-8164 для обжима штыревых наконечников 6,0-16,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3019</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3202-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3205-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3216-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-16-4 для обжима штыревых наконечников 0,08-16,0мм², с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3210-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-10-6 для обжима штыревых наконечников 0,08-10,0мм² с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3219</t>
+  </si>
+  <si>
+    <t>Кримпер комбинированный HT-02525 для обжима изолированных и штыревых наконечников 0,5 - 2,5мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3222</t>
+  </si>
+  <si>
+    <t>Кримпер HT-5-26TW для обжима двойных штыревых наконечников 2x(0,5-6,0)мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3220</t>
+  </si>
+  <si>
+    <t>Пресс механический HT-50WF для обжима втулочных наконечников 10-50мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3013-4</t>
   </si>
   <si>
     <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+    <t>12-3202</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3019-4</t>
   </si>
   <si>
     <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3202-4</t>
-[...46 lines deleted...]
-  <si>
     <t>12-3303</t>
   </si>
   <si>
     <t>Кримпер HT-900 для обжима штыревых наконечников 0,25-10 мм² REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleshchi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleshchi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,533 +644,533 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1372.95</v>
+        <v>1135.48</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2237.4</v>
+        <v>1044.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1322.1</v>
+        <v>1124.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2034</v>
+        <v>1324.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>726</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1627.2</v>
+        <v>2449.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>493</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1525.5</v>
+        <v>1174.64</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1474.65</v>
+        <v>1330.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1322.1</v>
+        <v>1387</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>973</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3864.6</v>
+        <v>2774</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>3356.1</v>
+        <v>2397.32</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2259.77</v>
+        <v>1252.94</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1932.3</v>
+        <v>1525.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4068</v>
+        <v>2919.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1423.8</v>
+        <v>1084.63</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>396</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2135.7</v>
+        <v>1401.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>3356.1</v>
+        <v>925.47</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>209</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1525.5</v>
+        <v>1739.07</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>