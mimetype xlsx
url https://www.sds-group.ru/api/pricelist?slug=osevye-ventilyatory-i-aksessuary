--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,231 +45,231 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Осевые вентиляторы и аксессуары</t>
   </si>
   <si>
     <t>1.1 Осевой вентилятор 12VDC</t>
   </si>
   <si>
+    <t>72-5090</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>72-5051</t>
   </si>
   <si>
     <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5050</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5120</t>
   </si>
   <si>
     <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5040</t>
-[...46 lines deleted...]
-  <si>
     <t>72-5121</t>
   </si>
   <si>
     <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>1.2 Осевой вентилятор 24VDC</t>
+    <t>1.2 Осевой вентилятор 220VAC</t>
+  </si>
+  <si>
+    <t>72-6170</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6121</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6122</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6120</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Аксессуары для вентиляторов</t>
+  </si>
+  <si>
+    <t>72-7120</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 120мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7080</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 80мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7060</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 60мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Осевой вентилятор 24VDC</t>
+  </si>
+  <si>
+    <t>72-4040</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4041</t>
   </si>
   <si>
     <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4060</t>
   </si>
   <si>
     <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
   </si>
   <si>
+    <t>72-4120</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
     <t>72-4080</t>
   </si>
   <si>
     <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
   </si>
   <si>
-    <t>72-4090</t>
-[...22 lines deleted...]
-  <si>
     <t>72-4121</t>
   </si>
   <si>
     <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Решетка для вентилятора 120мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-12vdc-13345" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-12vdc-17467" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-12vdc-17466" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-12vdc-13351" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-12vdc-13346" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-12vdc-13330" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-12vdc-13335" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-12vdc-17460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-12vdc-17468" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-12-vdc-19281" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-12-vdc-19276" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-220vac-13337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-220vac-13347" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-220vac-17463" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-220vac-13348" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-220vac-13344" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-220vac-17469" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant-13342" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant-13343" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant-13338" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-24vdc-17465" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-24-vdc-19279" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-24vdc-17470" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-24vdc-17464" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-24vdc-17459" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-24vdc-17462" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-24vdc-17458" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-24-vdc-19277" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,927 +735,927 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>375.48</v>
+        <v>301.19</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>768</v>
+        <v>3016</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>140</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>422.15</v>
+        <v>375.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4254</v>
+        <v>728</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>346.11</v>
+        <v>388.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1266</v>
+        <v>1853</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1080</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>374.96</v>
+        <v>354.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2441</v>
+        <v>1558</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>504</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>354.36</v>
+        <v>346.11</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1622</v>
+        <v>1157</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>1080</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>301.19</v>
+        <v>373.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3312</v>
+        <v>943</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>140</v>
+        <v>585</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>388.16</v>
+        <v>374.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1945</v>
+        <v>2347</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>504</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
         <v>406.99</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>953</v>
+        <v>854</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>433.7</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1412</v>
+        <v>1216</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>373.6</v>
+        <v>422.15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1533</v>
+        <v>2860</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>585</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>1205.31</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1394</v>
+        <v>1357</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>720.62</v>
+        <v>3459.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>556</v>
+        <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>853.6</v>
+        <v>1279</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>624</v>
+        <v>1924</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>44</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>891.24</v>
+        <v>887.79</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1695</v>
+        <v>1075</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>180</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>467.69</v>
+        <v>1354.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3163</v>
+        <v>3575</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>346.11</v>
+        <v>1090.92</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1723</v>
+        <v>3818</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1112</v>
+        <v>72</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>846.4</v>
+        <v>1071.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1073</v>
+        <v>1484</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="C23" s="3">
+        <v>150.47</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>3019</v>
+      </c>
+      <c r="G23" s="3">
+        <v>100</v>
+      </c>
+      <c r="H23" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="C23" s="3">
-[...22 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="C24" s="3">
+        <v>131.67</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>1264</v>
+      </c>
+      <c r="G24" s="3">
+        <v>8</v>
+      </c>
+      <c r="H24" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1090.92</v>
+        <v>94.06</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>4252</v>
+        <v>922</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>72</v>
+        <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1354.26</v>
+        <v>346.11</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>4346</v>
+        <v>1530</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>44</v>
+        <v>1112</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>1279</v>
+        <v>856.35</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2146</v>
+        <v>146</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>887.79</v>
+        <v>720.62</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1280</v>
+        <v>781</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>556</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>853.6</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>527</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>500</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="C30" s="3">
-[...22 lines deleted...]
-      <c r="A31" s="2" t="s">
+      <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="C31" s="3">
+        <v>846.4</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>638</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>131.67</v>
+        <v>467.69</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1328</v>
+        <v>2321</v>
       </c>
       <c r="G32" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>156</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>94.06</v>
+        <v>891.24</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1001</v>
+        <v>1276</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1000</v>
+        <v>180</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>150.47</v>
+        <v>1354.26</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>4254</v>
+        <v>1003</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1000</v>
+        <v>44</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
-    <mergeCell ref="A24:I24"/>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
-    <hyperlink ref="D22" r:id="rId18"/>
-    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D26" r:id="rId21"/>
-[...3 lines deleted...]
-    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>