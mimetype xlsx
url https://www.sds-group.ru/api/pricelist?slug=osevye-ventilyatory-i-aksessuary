--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,231 +45,231 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Осевые вентиляторы и аксессуары</t>
   </si>
   <si>
     <t>1.1 Осевой вентилятор 12VDC</t>
   </si>
   <si>
+    <t>72-5120</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5050</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
+  </si>
+  <si>
     <t>72-5090</t>
   </si>
   <si>
     <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5051</t>
   </si>
   <si>
     <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5060</t>
-[...53 lines deleted...]
-    <t>1.2 Осевой вентилятор 220VAC</t>
+    <t>1.2 Осевой вентилятор 24VDC</t>
+  </si>
+  <si>
+    <t>72-4040</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4041</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4120</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Осевой вентилятор 220VAC</t>
+  </si>
+  <si>
+    <t>72-6121</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6120</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
   </si>
   <si>
     <t>72-6170</t>
   </si>
   <si>
     <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6121</t>
-[...10 lines deleted...]
-  <si>
     <t>72-6122</t>
   </si>
   <si>
     <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6120</t>
-[...11 lines deleted...]
-    <t>1.3 Аксессуары для вентиляторов</t>
+    <t>1.4 Аксессуары для вентиляторов</t>
   </si>
   <si>
     <t>72-7120</t>
   </si>
   <si>
     <t>Решетка для вентилятора 120мм REXANT</t>
   </si>
   <si>
     <t>72-7080</t>
   </si>
   <si>
     <t>Решетка для вентилятора 80мм REXANT</t>
   </si>
   <si>
     <t>72-7060</t>
   </si>
   <si>
     <t>Решетка для вентилятора 60мм REXANT</t>
-  </si>
-[...49 lines deleted...]
-    <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-12vdc-13345" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-12vdc-17467" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-12vdc-17466" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-12vdc-13351" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-12vdc-13346" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-12vdc-13330" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-12vdc-13335" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-12vdc-17460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-12vdc-17468" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-12-vdc-19281" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-12-vdc-19276" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-220vac-13337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-220vac-13347" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-220vac-17463" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-220vac-13348" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-220vac-13344" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-220vac-17469" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant-13342" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant-13343" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant-13338" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-24vdc-17465" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-24-vdc-19279" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-24vdc-17470" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-24vdc-17464" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-24vdc-17459" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-24vdc-17462" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-24vdc-17458" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-24-vdc-19277" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,927 +735,927 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>301.19</v>
+        <v>427.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3016</v>
+        <v>2501</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>375.48</v>
+        <v>325.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>728</v>
+        <v>1821</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>388.16</v>
+        <v>183.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1853</v>
+        <v>808</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>354.36</v>
+        <v>305.1</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1558</v>
+        <v>2297</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>504</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>346.11</v>
+        <v>305.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1157</v>
+        <v>2939</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1080</v>
+        <v>140</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>373.6</v>
+        <v>183.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>943</v>
+        <v>1166</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>585</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>374.96</v>
+        <v>254.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2347</v>
+        <v>1104</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>504</v>
+        <v>1080</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>406.99</v>
+        <v>661.05</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>854</v>
+        <v>1342</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>433.7</v>
+        <v>305.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1216</v>
+        <v>754</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>585</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>422.15</v>
+        <v>325.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2860</v>
+        <v>1543</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1205.31</v>
+        <v>233.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1357</v>
+        <v>695</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>3459.24</v>
+        <v>254.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>893</v>
+        <v>1433</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>32</v>
+        <v>1112</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1279</v>
+        <v>325.44</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1924</v>
+        <v>1156</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>887.79</v>
+        <v>661.05</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1075</v>
+        <v>372</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1354.26</v>
+        <v>457.65</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3575</v>
+        <v>771</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>44</v>
+        <v>556</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1090.92</v>
+        <v>477.99</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3818</v>
+        <v>518</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>72</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1071.2</v>
+        <v>427.14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1484</v>
+        <v>531</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="3">
+        <v>305.1</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>1708</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>156</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>150.47</v>
+        <v>870.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3019</v>
+        <v>108</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1000</v>
+        <v>32</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="3" t="s">
+      <c r="A24" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>94.06</v>
+        <v>762.75</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>922</v>
+        <v>1860</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>44</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
+      <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="B26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="3">
+        <v>569.52</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>855</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>180</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>346.11</v>
+        <v>661.05</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1530</v>
+        <v>3583</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1112</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>856.35</v>
+        <v>762.75</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>146</v>
+        <v>926</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>720.62</v>
+        <v>1627.2</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>781</v>
+        <v>356</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>556</v>
+        <v>32</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>853.6</v>
+        <v>762.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>527</v>
+        <v>2848</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>44</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C31" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>467.69</v>
+        <v>111.87</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2321</v>
+        <v>68</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>156</v>
+        <v>1000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>891.24</v>
+        <v>91.53</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1276</v>
+        <v>1244</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H33" s="3">
-        <v>180</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>1354.26</v>
+        <v>70.17</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1003</v>
+        <v>858</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>44</v>
+        <v>1000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
-    <mergeCell ref="A22:I22"/>
-    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A31:I31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
-    <hyperlink ref="D23" r:id="rId18"/>
-    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D27" r:id="rId21"/>
-[...3 lines deleted...]
-    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>