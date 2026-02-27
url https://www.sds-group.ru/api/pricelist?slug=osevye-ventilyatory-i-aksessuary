--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -45,231 +45,231 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Осевые вентиляторы и аксессуары</t>
   </si>
   <si>
     <t>1.1 Осевой вентилятор 12VDC</t>
   </si>
   <si>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
+  </si>
+  <si>
     <t>72-5120</t>
   </si>
   <si>
     <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5050</t>
   </si>
   <si>
     <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5090</t>
   </si>
   <si>
     <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5062</t>
-[...28 lines deleted...]
-  <si>
     <t>72-5051</t>
   </si>
   <si>
     <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>1.2 Осевой вентилятор 24VDC</t>
   </si>
   <si>
+    <t>72-4041</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
+  </si>
+  <si>
     <t>72-4040</t>
   </si>
   <si>
     <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4080</t>
   </si>
   <si>
     <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
   </si>
   <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
     <t>72-4121</t>
   </si>
   <si>
     <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
   </si>
   <si>
-    <t>72-4041</t>
-[...4 lines deleted...]
-  <si>
     <t>72-4060</t>
   </si>
   <si>
     <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4120</t>
   </si>
   <si>
     <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
   </si>
   <si>
-    <t>72-4090</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Осевой вентилятор 220VAC</t>
   </si>
   <si>
+    <t>72-6122</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
+  </si>
+  <si>
     <t>72-6121</t>
   </si>
   <si>
     <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
   </si>
   <si>
     <t>72-6080</t>
   </si>
   <si>
     <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
   </si>
   <si>
     <t>72-6120</t>
   </si>
   <si>
     <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6090</t>
-[...4 lines deleted...]
-  <si>
     <t>72-6170</t>
   </si>
   <si>
     <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6122</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Аксессуары для вентиляторов</t>
   </si>
   <si>
+    <t>72-7060</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 60мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7080</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 80мм REXANT</t>
+  </si>
+  <si>
     <t>72-7120</t>
   </si>
   <si>
     <t>Решетка для вентилятора 120мм REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Решетка для вентилятора 60мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,885 +735,885 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>427.14</v>
+        <v>325.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2501</v>
+        <v>1755</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>325.44</v>
+        <v>183.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1821</v>
+        <v>756</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>183.06</v>
+        <v>661.05</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>808</v>
+        <v>1294</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>305.1</v>
+        <v>427.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2297</v>
+        <v>2120</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>504</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>305.1</v>
+        <v>254.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2939</v>
+        <v>967</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>140</v>
+        <v>1080</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>183.06</v>
+        <v>305.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1166</v>
+        <v>718</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>585</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>254.25</v>
+        <v>325.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1104</v>
+        <v>1499</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1080</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>661.05</v>
+        <v>183.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1342</v>
+        <v>1149</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>305.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>754</v>
+        <v>2062</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>585</v>
+        <v>504</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>325.44</v>
+        <v>305.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1543</v>
+        <v>2732</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>233.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>695</v>
+        <v>615</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>254.25</v>
+        <v>457.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1433</v>
+        <v>737</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1112</v>
+        <v>556</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>325.44</v>
+        <v>870.91</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1156</v>
+        <v>64</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>661.05</v>
+        <v>254.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>372</v>
+        <v>1355</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>44</v>
+        <v>1112</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>457.65</v>
+        <v>325.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>771</v>
+        <v>1063</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>556</v>
+        <v>180</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>477.99</v>
+        <v>305.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>518</v>
+        <v>1692</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>156</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>427.14</v>
+        <v>661.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>531</v>
+        <v>327</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>305.1</v>
+        <v>477.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1708</v>
+        <v>447</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>156</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>870.91</v>
+        <v>427.14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>108</v>
+        <v>491</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>762.75</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1860</v>
+        <v>2561</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>44</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>569.52</v>
+        <v>762.75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>855</v>
+        <v>880</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>180</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>661.05</v>
+        <v>762.75</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3583</v>
+        <v>1506</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>762.75</v>
+        <v>569.52</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>926</v>
+        <v>799</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1627.2</v>
+        <v>661.05</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>356</v>
+        <v>3340</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>762.75</v>
+        <v>1627.2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2848</v>
+        <v>320</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>111.87</v>
+        <v>70.17</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>68</v>
+        <v>749</v>
       </c>
       <c r="G32" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>1000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
         <v>91.53</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1244</v>
+        <v>1144</v>
       </c>
       <c r="G33" s="3">
         <v>8</v>
       </c>
       <c r="H33" s="3">
         <v>1000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>70.17</v>
+        <v>111.87</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
         <v>1000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A31:I31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>