--- v0 (2025-10-20)
+++ v1 (2026-01-22)
@@ -45,999 +45,999 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оснастка по дереву Kranz</t>
   </si>
   <si>
     <t>1.1 Сверла по дереву перовые 152мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0668</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 22х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0673</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 32х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0677</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 40х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0679</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 50х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0761</t>
+  </si>
+  <si>
+    <t>Удлинитель сверла перового по дереву 300 мм E 6,3 Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0662</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 10х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0664</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 14х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0674</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 35х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0660</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 6х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0671</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 28х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0676</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 38х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0678</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 45х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0680</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 55х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0663</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 12х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0665</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 16х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0670</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 25х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0672</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 30х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...32 lines deleted...]
-    <t>Сверло перовое по дереву 6х152 мм (шестигранный хвостовик) Kranz</t>
+    <t>KR-91-0669</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 24х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0661</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 8х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0675</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 36х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0680</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-0666</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 18х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0662</t>
-[...64 lines deleted...]
-  <si>
     <t>KR-91-0667</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 20х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0669</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Наборы перовых сверл по дереву Kranz</t>
   </si>
   <si>
     <t>KR-91-0762</t>
   </si>
   <si>
     <t>Набор сверл перовых по дереву 9 предметов: 14-16-18-20-22-25-30х152 мм, удлинитель, ключ угловой Kranz</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
     <t>1.3 Сверла по дереву винтовые 230 мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0715</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 25х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0733</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 8х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0702</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 12х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0711</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 20х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0729</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 40х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0705</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 14х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0713</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 22х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0718</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 30х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0721</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 32х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0778</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 6х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0781</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 28х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0709</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 18х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0692</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 10х230 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0711</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-91-0783</t>
   </si>
   <si>
     <t>Удлинитель сверла винтового по дереву 140 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0709</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-91-0707</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 16х230 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0724</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 35х230 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0713</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Сверла по дереву винтовые 460 мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0780</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 24х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0722</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 32х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0779</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 8х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0760</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 28х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0725</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 35х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0701</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 10х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0703</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 12х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0714</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 22х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0716</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 25х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0708</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 16х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0710</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 18х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0706</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 14х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0782</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 26х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0708</t>
-[...20 lines deleted...]
-    <t>Сверло винтовое по дереву 28х460 мм (шестигранный хвостовик) Kranz</t>
+    <t>KR-91-0730</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 40х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0719</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 30х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0712</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 20х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0706</t>
-[...46 lines deleted...]
-  <si>
     <t>1.5 Сверла по дереву до 230 мм ц/х Kranz</t>
   </si>
   <si>
+    <t>KR-91-0734</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 5х85 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0736</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 7х105 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0740</t>
   </si>
   <si>
     <t>Сверло по дереву 12х150 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
-    <t>KR-91-0736</t>
-[...8 lines deleted...]
-    <t>Сверло по дереву 5х85 мм, цилиндрический хвостовик Kranz</t>
+    <t>KR-91-0738</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 9х125 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0735</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 6х90 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
     <t>KR-91-0739</t>
   </si>
   <si>
     <t>Сверло по дереву 10х130 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
-    <t>KR-91-0738</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-91-0737</t>
   </si>
   <si>
     <t>Сверло по дереву 8х115 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
     <t>1.6 Наборы сверл по дереву до 230 мм ц/х Kranz</t>
   </si>
   <si>
     <t>KR-91-0750</t>
   </si>
   <si>
     <t>Набор сверл по дереву 4-10 мм, 5 шт. Kranz</t>
   </si>
   <si>
     <t>1.7 Диски по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0108</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 48 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0111</t>
+  </si>
+  <si>
+    <t>Диск пильный 185 мм х 40 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0122</t>
+  </si>
+  <si>
+    <t>Диск пильный  210 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0131</t>
+  </si>
+  <si>
+    <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0136</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 100 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0107</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 32 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0116</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0117</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 36 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0113</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0110</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 40 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0114</t>
   </si>
   <si>
     <t>Диск пильный 190 мм х 32 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0100</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 3 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0106</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 30 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0118</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0119</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0120</t>
   </si>
   <si>
     <t>Диск пильный 210 мм х 24 зуб х 30 мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0121</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 36 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0123</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 56 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0124</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0125</t>
   </si>
   <si>
     <t>Диск пильный 235 мм х 48 зуб х 30 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0119</t>
-[...2 lines deleted...]
-    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+    <t>KR-92-0126</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0127</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 36 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0128</t>
   </si>
   <si>
     <t>Диск пильный 250 мм х 48 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0130</t>
+  </si>
+  <si>
+    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0132</t>
   </si>
   <si>
     <t>Диск пильный 300 мм х 36 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0104</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 18 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0105</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 24 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0129</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0133</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0135</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0102</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 12 зуб х 22.23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0112</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 18 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0134</t>
   </si>
   <si>
     <t>Диск пильный 305 мм х 24 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0110</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0103</t>
   </si>
   <si>
     <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
   </si>
   <si>
     <t>KR-92-0101</t>
   </si>
   <si>
     <t>Диск пильный 125 мм х 6 зуб х 22,23 мм Kranz</t>
   </si>
   <si>
-    <t>KR-92-0136</t>
-[...124 lines deleted...]
-  <si>
     <t>KR-92-0109</t>
   </si>
   <si>
     <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0115</t>
   </si>
   <si>
     <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0111</t>
-[...16 lines deleted...]
-  <si>
     <t>1.8 Пилки для электролобзика Kranz</t>
   </si>
   <si>
+    <t>KR-92-0311</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по оргстеклу T119BO 76 мм 12 зубьев на дюйм 4-20 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-92-0312</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T244D 100 мм 6 зубьев на дюйм 8-60 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0314</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T301DL 132 мм 6 зубьев на дюйм 6-85 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0317</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T144DP 100 мм 6 зубьев на дюйм 8-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0318</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по мягкому металлу T127D 100 мм 8 зубьев на дюйм 4-20 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0320</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0303</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм T101B (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0323</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 4 T101D/T111C/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0302</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 75 мм 20 з/д 2-20 мм фигурный рез T101AO (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0310</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T119B 76 мм 12 зубьев на дюйм 4-30 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0313</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118B 76 мм 12 зубьев на дюйм 3-6 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0315</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118G 76 мм 25 зубьев на дюйм 0,9-1,2 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0319</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T111D 100 мм 6 зубьев на дюйм 6-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0322</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 3 T144D/T101BR/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0309</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T344D 152 мм 6 зубьев на дюйм 8-100 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0306</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 75 мм 21 з/д 1,5-3 мм T118A (2 шт./уп.) (металл) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0304</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 6-60 мм T101D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0308</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 8-60 мм T144D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0307</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 115 мм 8 з/д 6-60 мм T301CD (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0305</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 8 з/д 5-60 мм T111C (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0316</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T119BL 132 мм 12 зубьев на дюйм 4-100 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>упак</t>
-[...35 lines deleted...]
-    <t>Пилка для электролобзика 75 мм 21 з/д 1,5-3 мм T118A (2 шт./уп.) (металл) Kranz</t>
+    <t>KR-92-0321</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 1 T101B/T111C/T119BO (3 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0301</t>
   </si>
   <si>
     <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм обр. зуб. T101BR (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0305</t>
-[...88 lines deleted...]
-  <si>
     <t>1.9 Коронки по дереву Kranz</t>
   </si>
   <si>
     <t>KR-92-0251</t>
   </si>
   <si>
     <t>Набор коронок по дереву (19, 22, 28, 32, 38, 44, 54, 64 мм) 2 держателя с ключом Kranz</t>
   </si>
   <si>
     <t>KR-92-0262</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
   <si>
     <t>KR-92-0253</t>
   </si>
   <si>
     <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0252</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0263</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0255</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 60, 67, 74, 81, 95 мм, глубина пропила 1,5" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0256</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0257</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 2" KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0252</t>
-[...16 lines deleted...]
-  <si>
     <t>1.10 Сверла по дереву перовые 300мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0772</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 20х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0773</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 22х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0777</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 35х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0771</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 16х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0770</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 12х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0775</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 30х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0776</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 32х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0777</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-91-0774</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 25х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>1.11 Сверла форстнера Kranz</t>
   </si>
   <si>
+    <t>KR-91-0786</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 15мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0787</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 20мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0790</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 30мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0791</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 35мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0793</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 40мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0794</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 50мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0788</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 22мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0789</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 25мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0792</t>
+  </si>
+  <si>
+    <t>Набор сверл Форстнера (петельных) по дереву, 10-15-20-25-35 х 73мм, 5 шт, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0795</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 60мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0789</t>
-[...52 lines deleted...]
-  <si>
     <t>1.12 Регулируемые сверла по дереву и наборы</t>
   </si>
   <si>
+    <t>KR-91-0798</t>
+  </si>
+  <si>
+    <t>Набор борфрез (шарошек) по дереву, 5 шт KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0799</t>
   </si>
   <si>
     <t>Сверло по дереву Балеринка, регулируемое, 30-120мм KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Набор борфрез (шарошек) по дереву, 5 шт KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1422,51 +1422,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-50h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-14h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-40h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-6h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-36h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-55h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-18h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-10h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-perovogo-po-derevu-300-mm-e-6-3-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-8h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-28h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-38h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-45h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-24h152-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-perovyh-po-derevu-9-predmetov-14-16-18-20-22-25-30h152-mm-udlinitel-klyuch-uglovoy-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-6h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-vintovogo-po-derevu-140-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h230-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-26h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-24h460-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-12h150-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-7h105-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-5h85-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-10h130-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-9h125-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-6h90-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-8h115-mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-derevu-4-10-mm-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-20-16-mm-kranz.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-30-20-mm-kranz.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-32-30-mm-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up-.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kran.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101b-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h300-mm-shestigrannyy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-60mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-25mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-15mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-50mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-20mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-22mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-30mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-35mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-forstnera-petelnyh-po-derevu-10-15-20-25-35-h-73mm-5-sht-tsilindricheskiy-hvostovik-kran.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-40mm-tsilindricheskiy-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-balerinka-reguliruemoe-30-120mm-kranz.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-borfrez-sharoshek-po-derevu-5-sht-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-40h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-50h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-perovogo-po-derevu-300-mm-e-6-3-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-10h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-14h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-6h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-28h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-38h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-45h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-55h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-24h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-8h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-36h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-18h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-perovyh-po-derevu-9-predmetov-14-16-18-20-22-25-30h152-mm-udlinitel-klyuch-uglovoy-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-6h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-vintovogo-po-derevu-140-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-24h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-26h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-5h85-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-7h105-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-12h150-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-9h125-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-6h90-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-10h130-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-8h115-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-derevu-4-10-mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kran" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101b-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-15mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-20mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-30mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-35mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-40mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-50mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-22mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-25mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-forstnera-petelnyh-po-derevu-10-15-20-25-35-h-73mm-5-sht-tsilindricheskiy-hvostovik-kran" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-60mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-borfrez-sharoshek-po-derevu-5-sht-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-balerinka-reguliruemoe-30-120mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I165"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1503,4559 +1503,4559 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>206.4</v>
+        <v>190.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>364.97</v>
+        <v>218.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2673</v>
+        <v>1613</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>135.06</v>
+        <v>300.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>613</v>
+        <v>2202</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>295.84</v>
+        <v>371.17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2190</v>
+        <v>3243</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>215.19</v>
+        <v>425.73</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>1492</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>110.18</v>
+        <v>130.15</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>245.49</v>
+        <v>137.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1005</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>432.32</v>
+        <v>223.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1656</v>
+        <v>2245</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>156.11</v>
+        <v>112.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>140</v>
+        <v>1518</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>127.97</v>
+        <v>199.03</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>795</v>
+        <v>3007</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>143.23</v>
+        <v>254.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1212</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>186.96</v>
+        <v>357.47</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1591</v>
+        <v>1373</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>187.14</v>
+        <v>439.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>797</v>
+        <v>996</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>220.2</v>
+        <v>132.04</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>526</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>418.61</v>
+        <v>145.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1782</v>
+        <v>3233</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>114.43</v>
+        <v>190.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1170</v>
+        <v>2768</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>195.7</v>
+        <v>209.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>543</v>
+        <v>3035</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>250.04</v>
+        <v>184.37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>189</v>
+        <v>329</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>351.49</v>
+        <v>116.38</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1386</v>
+        <v>2077</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>129.83</v>
+        <v>249.66</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1220</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>171.12</v>
+        <v>158.76</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2249</v>
+        <v>688</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>300</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>181.29</v>
+        <v>174.03</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1533</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>826.92</v>
+        <v>840.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="3">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>244.81</v>
+        <v>751.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2106</v>
+        <v>619</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>589.97</v>
+        <v>182.42</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>630</v>
+        <v>2482</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1953.34</v>
+        <v>292.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>360</v>
+        <v>1828</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>176.87</v>
+        <v>600</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>3505</v>
+        <v>435</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>989.53</v>
+        <v>1986.55</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>519</v>
+        <v>329</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>627.67</v>
+        <v>379.71</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>541</v>
+        <v>1587</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>469.72</v>
+        <v>651.77</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>875.4</v>
+        <v>1006.35</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>536</v>
+        <v>514</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>739.13</v>
+        <v>1137.61</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>649</v>
+        <v>970</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>179.37</v>
+        <v>179.88</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>3192</v>
+        <v>2913</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>287.32</v>
+        <v>890.28</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2132</v>
+        <v>525</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>373.36</v>
+        <v>477.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1773</v>
+        <v>587</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>398.5</v>
+        <v>248.97</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>793</v>
+        <v>1741</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>126</v>
+        <v>250</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>1417.64</v>
+        <v>638.34</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>790</v>
+        <v>308</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>640.88</v>
+        <v>405.27</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>844</v>
+        <v>672</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>1118.59</v>
+        <v>1441.74</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>975</v>
+        <v>751</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>2547.13</v>
+        <v>1231.72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>379</v>
+        <v>215</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>1514.86</v>
+        <v>2268.86</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>454</v>
+        <v>136</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>729.2</v>
+        <v>328.78</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>469</v>
+        <v>410</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>741.69</v>
+        <v>1771.2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>974</v>
+        <v>320</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>1197.91</v>
+        <v>2590.43</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>578</v>
+        <v>356</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>1741.59</v>
+        <v>407.21</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>378</v>
+        <v>2178</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>1855.91</v>
+        <v>470.86</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>412</v>
+        <v>1852</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>767.89</v>
+        <v>1129.83</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1432</v>
+        <v>1032</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>30</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>545.73</v>
+        <v>1218.27</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1483</v>
+        <v>323</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1110.94</v>
+        <v>741.6</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1404</v>
+        <v>26</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>462.99</v>
+        <v>754.3</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2120</v>
+        <v>795</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>2230.93</v>
+        <v>555.01</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>200</v>
+        <v>998</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>323.28</v>
+        <v>1540.61</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>490</v>
+        <v>377</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>400.4</v>
+        <v>3452.83</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2696</v>
+        <v>330</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>3395.11</v>
+        <v>1887.46</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>1211.13</v>
+        <v>780.94</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>264</v>
+        <v>1383</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>185.65</v>
+        <v>62.9</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1775</v>
+        <v>90</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>82.12</v>
+        <v>83.52</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>3103</v>
+        <v>2378</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>61.85</v>
+        <v>188.81</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>3277</v>
+        <v>57</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>123.43</v>
+        <v>106.8</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>4685</v>
+        <v>174</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>150</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>105.01</v>
+        <v>72.65</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>3207</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>71.44</v>
+        <v>125.53</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>3067</v>
+        <v>509</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>101.28</v>
+        <v>103</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>4296</v>
+        <v>3360</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>364.97</v>
+        <v>371.17</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>750</v>
+        <v>720.34</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>2844</v>
+        <v>388</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>482.31</v>
+        <v>723.64</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>658</v>
+        <v>1492</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>50</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>1028.81</v>
+        <v>908.68</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>687</v>
+        <v>715</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>892.45</v>
+        <v>1416.07</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>339</v>
+        <v>698</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>1230.31</v>
+        <v>1906.12</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>228</v>
+        <v>478</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>1112.9</v>
+        <v>378.05</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>738</v>
+        <v>445</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>1833.57</v>
+        <v>410.72</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>205</v>
+        <v>178</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>711.54</v>
+        <v>489.55</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>585</v>
+        <v>215</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>1285.1</v>
+        <v>625.69</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>614</v>
+        <v>1185</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>576.92</v>
+        <v>723.64</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1210</v>
+        <v>568</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="3">
-        <v>554.23</v>
+        <v>762.75</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>319</v>
+        <v>2771</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>1874.26</v>
+        <v>513.39</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>611</v>
+        <v>3485</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="3">
-        <v>708.3</v>
+        <v>709.4</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>508</v>
+        <v>555</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="3">
-        <v>371.73</v>
+        <v>471.89</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>484</v>
+        <v>523</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="3">
-        <v>504.81</v>
+        <v>907.62</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>3671</v>
+        <v>279</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="3">
-        <v>337.5</v>
+        <v>490.51</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>43</v>
+        <v>620</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="3">
-        <v>615.23</v>
+        <v>516.14</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1290</v>
+        <v>1059</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="3">
-        <v>403.85</v>
+        <v>1035.39</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>191</v>
+        <v>1298</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>50</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="3">
-        <v>481.37</v>
+        <v>1055.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>219</v>
+        <v>183</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="3">
-        <v>515.36</v>
+        <v>1046.3</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1217</v>
+        <v>658</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C93" s="3">
-        <v>697.54</v>
+        <v>1052.1</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>621</v>
+        <v>215</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C94" s="3">
-        <v>480.77</v>
+        <v>891.89</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1075</v>
+        <v>295</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="3">
-        <v>464</v>
+        <v>1251.23</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>555</v>
+        <v>215</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="3">
-        <v>563.9</v>
+        <v>1404.07</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1280</v>
+        <v>897</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="3">
-        <v>1018.08</v>
+        <v>1131.82</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>1493</v>
+        <v>697</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="3">
-        <v>1037.95</v>
+        <v>343.24</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>339</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="3">
-        <v>1034.51</v>
+        <v>524.12</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>223</v>
+        <v>1140</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C100" s="3">
-        <v>876.98</v>
+        <v>1275.73</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>342</v>
+        <v>235</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>25</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C101" s="3">
-        <v>1254.41</v>
+        <v>1306.95</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>259</v>
+        <v>415</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>1380.6</v>
+        <v>1466.24</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>918</v>
+        <v>358</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>1441.73</v>
+        <v>723.64</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>372</v>
+        <v>1907</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>711.54</v>
+        <v>488.94</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>2036</v>
+        <v>1014</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>596.15</v>
+        <v>1864.74</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>900</v>
+        <v>193</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>826.92</v>
+        <v>586.73</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1690</v>
+        <v>927</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>711.54</v>
+        <v>563.65</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1675</v>
+        <v>204</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C108" s="3">
-        <v>893.49</v>
+        <v>606.28</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>731</v>
+        <v>766</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>1392.4</v>
+        <v>840.98</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>724</v>
+        <v>1210</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="3">
-        <v>120.21</v>
+        <v>122.83</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F111" s="3">
-        <v>8570</v>
+        <v>3519</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="3">
-        <v>213.59</v>
+        <v>129.11</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F112" s="3">
-        <v>6425</v>
+        <v>4658</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="3">
-        <v>186.52</v>
+        <v>217.22</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F113" s="3">
-        <v>1942</v>
+        <v>6179</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>500</v>
       </c>
       <c r="I113" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>191.05</v>
+        <v>149</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F114" s="3">
-        <v>2629</v>
+        <v>3466</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>500</v>
       </c>
       <c r="I114" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>148.61</v>
+        <v>324.84</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F115" s="3">
-        <v>5534</v>
+        <v>2000</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>159.4</v>
+        <v>189.69</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F116" s="3">
-        <v>3034</v>
+        <v>1646</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>500</v>
       </c>
       <c r="I116" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>185.01</v>
+        <v>106.63</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F117" s="3">
-        <v>5674</v>
+        <v>951</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I117" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="3">
-        <v>142.49</v>
+        <v>194.3</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F118" s="3">
-        <v>2859</v>
+        <v>2483</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>500</v>
       </c>
       <c r="I118" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="3">
-        <v>119.23</v>
+        <v>112.2</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F119" s="3">
-        <v>5319</v>
+        <v>67</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>500</v>
       </c>
       <c r="I119" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="3">
-        <v>114.39</v>
+        <v>116.33</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F120" s="3">
-        <v>5070</v>
+        <v>4503</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>500</v>
       </c>
       <c r="I120" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="3">
-        <v>120.78</v>
+        <v>234.69</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F121" s="3">
-        <v>4031</v>
+        <v>3973</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="3">
-        <v>126.95</v>
+        <v>254.25</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F122" s="3">
-        <v>5274</v>
+        <v>3535</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>500</v>
       </c>
       <c r="I122" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>230.77</v>
+        <v>89.16</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F123" s="3">
-        <v>4121</v>
+        <v>4153</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>500</v>
       </c>
       <c r="I123" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>250</v>
+        <v>194.3</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F124" s="3">
-        <v>3871</v>
+        <v>3052</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>500</v>
       </c>
       <c r="I124" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>146.51</v>
+        <v>189.68</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F125" s="3">
-        <v>3816</v>
+        <v>8976</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>500</v>
       </c>
       <c r="I125" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>319.41</v>
+        <v>188.16</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F126" s="3">
-        <v>2123</v>
+        <v>5468</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>500</v>
       </c>
       <c r="I126" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>87.67</v>
+        <v>146.68</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F127" s="3">
-        <v>4850</v>
+        <v>3263</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>500</v>
       </c>
       <c r="I127" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>171.27</v>
+        <v>151.14</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F128" s="3">
-        <v>4972</v>
+        <v>5439</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>500</v>
       </c>
       <c r="I128" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>191.05</v>
+        <v>162.11</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F129" s="3">
-        <v>3323</v>
+        <v>2900</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>500</v>
       </c>
       <c r="I129" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>144.23</v>
+        <v>121.26</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F130" s="3">
-        <v>3779</v>
+        <v>5231</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>500</v>
       </c>
       <c r="I130" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>104.85</v>
+        <v>122.25</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F131" s="3">
-        <v>1215</v>
+        <v>6553</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I131" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="3">
-        <v>110.32</v>
+        <v>174.18</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F132" s="3">
-        <v>3180</v>
+        <v>4277</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>500</v>
       </c>
       <c r="I132" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>186.51</v>
+        <v>144.91</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F133" s="3">
-        <v>11123</v>
+        <v>2678</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>500</v>
       </c>
       <c r="I133" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>726.24</v>
+        <v>738.59</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>50</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>346.15</v>
+        <v>352.03</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F136" s="3">
-        <v>412</v>
+        <v>336</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>1250</v>
+        <v>1271.25</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F137" s="3">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>20</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>375</v>
+        <v>915.23</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F138" s="3">
-        <v>446</v>
+        <v>125</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>752.5</v>
+        <v>381.37</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F139" s="3">
-        <v>207</v>
+        <v>391</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>899.93</v>
+        <v>1287.95</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F140" s="3">
-        <v>211</v>
+        <v>121</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>1266.42</v>
+        <v>715.25</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F141" s="3">
-        <v>175</v>
+        <v>132</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>703.29</v>
+        <v>765.29</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F142" s="3">
-        <v>148</v>
+        <v>186</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>60</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="2"/>
       <c r="C143" s="2"/>
       <c r="D143" s="2"/>
       <c r="E143" s="2"/>
       <c r="F143" s="2"/>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
       <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C144" s="3">
-        <v>339.9</v>
+        <v>315.42</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>517</v>
+        <v>554</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>200</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C145" s="3">
-        <v>418.43</v>
+        <v>345.68</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>960</v>
+        <v>371</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>200</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C146" s="3">
-        <v>491.61</v>
+        <v>499.97</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>773</v>
+        <v>488</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="3">
-        <v>234.12</v>
+        <v>271.56</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>200</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C148" s="3">
-        <v>412.51</v>
+        <v>238.1</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>969</v>
+        <v>757</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>200</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C149" s="3">
-        <v>267.02</v>
+        <v>419.52</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>941</v>
+        <v>920</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>200</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>310.15</v>
+        <v>425.54</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>808</v>
+        <v>914</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>200</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>387.95</v>
+        <v>394.55</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>1124</v>
+        <v>592</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>200</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C153" s="3">
-        <v>821.18</v>
+        <v>216.78</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="3">
-        <v>329.31</v>
+        <v>269.71</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>310</v>
+        <v>29</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>300</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="3">
-        <v>213.16</v>
+        <v>360.13</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>389</v>
+        <v>319</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C156" s="3">
-        <v>629.75</v>
+        <v>420.62</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>230</v>
+        <v>753</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C157" s="3">
-        <v>265.2</v>
+        <v>506.84</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>368</v>
+        <v>312</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="3">
-        <v>296.16</v>
+        <v>640.46</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="3">
-        <v>354.11</v>
+        <v>301.19</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="3">
-        <v>413.59</v>
+        <v>334.91</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>1130</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="3">
-        <v>2287.71</v>
+        <v>2326.6</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F161" s="3">
-        <v>318</v>
+        <v>140</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>30</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="3">
-        <v>498.37</v>
+        <v>835.14</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B163" s="2"/>
       <c r="C163" s="2"/>
       <c r="D163" s="2"/>
       <c r="E163" s="2"/>
       <c r="F163" s="2"/>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
       <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>711.54</v>
+        <v>645.41</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="F164" s="3">
-        <v>991</v>
+        <v>1215</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C165" s="3">
-        <v>634.62</v>
+        <v>723.64</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F165" s="3">
+        <v>981</v>
+      </c>
+      <c r="G165" s="3">
+        <v>1</v>
+      </c>
+      <c r="H165" s="3">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A45:I45"/>
     <mergeCell ref="A62:I62"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A110:I110"/>
     <mergeCell ref="A134:I134"/>
     <mergeCell ref="A143:I143"/>
     <mergeCell ref="A152:I152"/>
     <mergeCell ref="A163:I163"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>