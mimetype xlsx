--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -45,999 +45,999 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оснастка по дереву Kranz</t>
   </si>
   <si>
     <t>1.1 Сверла по дереву перовые 152мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0662</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 10х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0664</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 14х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0665</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 16х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0668</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 22х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-91-0670</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 25х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0672</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 30х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0673</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 32х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0674</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 35х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0677</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 40х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0679</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 50х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0761</t>
   </si>
   <si>
     <t>Удлинитель сверла перового по дереву 300 мм E 6,3 Kranz</t>
   </si>
   <si>
-    <t>KR-91-0662</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-91-0660</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 6х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0661</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 8х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0671</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 28х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0675</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 36х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0676</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 38х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0678</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 45х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0680</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 55х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0663</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 12х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0665</t>
-[...14 lines deleted...]
-    <t>Сверло перовое по дереву 30х152 мм (шестигранный хвостовик) Kranz</t>
+    <t>KR-91-0666</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 18х152 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0667</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 20х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0669</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 24х152 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0661</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Наборы перовых сверл по дереву Kranz</t>
   </si>
   <si>
     <t>KR-91-0762</t>
   </si>
   <si>
     <t>Набор сверл перовых по дереву 9 предметов: 14-16-18-20-22-25-30х152 мм, удлинитель, ключ угловой Kranz</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
     <t>1.3 Сверла по дереву винтовые 230 мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0733</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 8х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0692</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 10х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0702</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 12х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0705</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 14х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0707</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 16х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0711</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 20х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0724</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 35х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0729</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 40х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0709</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 18х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0713</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 22х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0718</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 30х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0721</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 32х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0778</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 6х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0781</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 28х230 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0783</t>
+  </si>
+  <si>
+    <t>Удлинитель сверла винтового по дереву 140 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0715</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 25х230 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0733</t>
-[...88 lines deleted...]
-  <si>
     <t>1.4 Сверла по дереву винтовые 460 мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0722</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 32х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0725</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 35х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0779</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 8х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0782</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 26х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0701</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 10х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0703</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 12х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0706</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 14х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0708</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 16х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0710</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 18х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0712</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 20х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0714</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 22х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0716</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 25х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0760</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 28х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0719</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 30х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0730</t>
+  </si>
+  <si>
+    <t>Сверло винтовое по дереву 40х460 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0780</t>
   </si>
   <si>
     <t>Сверло винтовое по дереву 24х460 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0722</t>
-[...88 lines deleted...]
-  <si>
     <t>1.5 Сверла по дереву до 230 мм ц/х Kranz</t>
   </si>
   <si>
+    <t>KR-91-0736</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 7х105 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0738</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 9х125 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0740</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 12х150 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0734</t>
   </si>
   <si>
     <t>Сверло по дереву 5х85 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
-    <t>KR-91-0736</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-91-0735</t>
   </si>
   <si>
     <t>Сверло по дереву 6х90 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
+    <t>KR-91-0737</t>
+  </si>
+  <si>
+    <t>Сверло по дереву 8х115 мм, цилиндрический хвостовик Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0739</t>
   </si>
   <si>
     <t>Сверло по дереву 10х130 мм, цилиндрический хвостовик Kranz</t>
   </si>
   <si>
-    <t>KR-91-0737</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Наборы сверл по дереву до 230 мм ц/х Kranz</t>
   </si>
   <si>
     <t>KR-91-0750</t>
   </si>
   <si>
     <t>Набор сверл по дереву 4-10 мм, 5 шт. Kranz</t>
   </si>
   <si>
     <t>1.7 Диски по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0100</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 3 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0107</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 32 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0104</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 18 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0110</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 40 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0113</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0114</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 32 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0116</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0117</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 36 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0105</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 24 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0106</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 30 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0112</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 18 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0118</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0119</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0120</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0121</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 36 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0123</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 56 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0124</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0125</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 48 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0126</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0127</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0128</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0129</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0130</t>
+  </si>
+  <si>
+    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0132</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0133</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0134</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 24 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0135</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0102</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 12 зуб х 22.23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0103</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0101</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 6 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0109</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0115</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0108</t>
   </si>
   <si>
     <t>Диск пильный 160 мм х 48 зуб х 20/16 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0111</t>
   </si>
   <si>
     <t>Диск пильный 185 мм х 40 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0122</t>
   </si>
   <si>
     <t>Диск пильный  210 мм х 40 зуб х 30 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0131</t>
   </si>
   <si>
     <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0136</t>
   </si>
   <si>
     <t>Диск пильный 305 мм х 100 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0107</t>
-[...190 lines deleted...]
-  <si>
     <t>1.8 Пилки для электролобзика Kranz</t>
   </si>
   <si>
+    <t>KR-92-0305</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 8 з/д 5-60 мм T111C (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-92-0310</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T119B 76 мм 12 зубьев на дюйм 4-30 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0311</t>
   </si>
   <si>
     <t>Пилка для электролобзика по оргстеклу T119BO 76 мм 12 зубьев на дюйм 4-20 мм фигурный рез (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>KR-92-0312</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T244D 100 мм 6 зубьев на дюйм 8-60 мм фигурный рез (2 шт./уп.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-0313</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118B 76 мм 12 зубьев на дюйм 3-6 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0314</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T301DL 132 мм 6 зубьев на дюйм 6-85 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-0315</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118G 76 мм 25 зубьев на дюйм 0,9-1,2 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0316</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T119BL 132 мм 12 зубьев на дюйм 4-100 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0317</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T144DP 100 мм 6 зубьев на дюйм 8-60 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0318</t>
   </si>
   <si>
     <t>Пилка для электролобзика по мягкому металлу T127D 100 мм 8 зубьев на дюйм 4-20 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-0319</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T111D 100 мм 6 зубьев на дюйм 6-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0320</t>
   </si>
   <si>
     <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-0321</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 1 T101B/T111C/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0322</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 3 T144D/T101BR/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0323</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 4 T101D/T111C/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0304</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 6-60 мм T101D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0308</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 8-60 мм T144D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0307</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 115 мм 8 з/д 6-60 мм T301CD (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0306</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 75 мм 21 з/д 1,5-3 мм T118A (2 шт./уп.) (металл) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0301</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм обр. зуб. T101BR (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0303</t>
   </si>
   <si>
     <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм T101B (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0323</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-92-0302</t>
   </si>
   <si>
     <t>Пилка для электролобзика 75 мм 20 з/д 2-20 мм фигурный рез T101AO (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0310</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-92-0309</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T344D 152 мм 6 зубьев на дюйм 8-100 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0306</t>
-[...46 lines deleted...]
-  <si>
     <t>1.9 Коронки по дереву Kranz</t>
   </si>
   <si>
     <t>KR-92-0251</t>
   </si>
   <si>
     <t>Набор коронок по дереву (19, 22, 28, 32, 38, 44, 54, 64 мм) 2 держателя с ключом Kranz</t>
   </si>
   <si>
+    <t>KR-92-0253</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0252</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0262</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0253</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0263</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
   <si>
     <t>KR-92-0255</t>
   </si>
   <si>
     <t>Пила кольцевая, 60, 67, 74, 81, 95 мм, глубина пропила 1,5" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0256</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0257</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 2" KRANZ</t>
   </si>
   <si>
     <t>1.10 Сверла по дереву перовые 300мм Kranz</t>
   </si>
   <si>
+    <t>KR-91-0770</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 12х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0775</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 30х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0771</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 16х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0772</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 20х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
     <t>KR-91-0773</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 22х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
+    <t>KR-91-0774</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 25х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0776</t>
+  </si>
+  <si>
+    <t>Сверло перовое по дереву 32х300 мм (шестигранный хвостовик) Kranz</t>
+  </si>
+  <si>
     <t>KR-91-0777</t>
   </si>
   <si>
     <t>Сверло перовое по дереву 35х300 мм (шестигранный хвостовик) Kranz</t>
   </si>
   <si>
-    <t>KR-91-0771</t>
-[...28 lines deleted...]
-  <si>
     <t>1.11 Сверла форстнера Kranz</t>
   </si>
   <si>
     <t>KR-91-0786</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 15мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
     <t>KR-91-0787</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 20мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0788</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 22мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0789</t>
+  </si>
+  <si>
+    <t>Сверло Форстнера по дереву, 25мм, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0790</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 30мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
     <t>KR-91-0791</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 35мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0792</t>
+  </si>
+  <si>
+    <t>Набор сверл Форстнера (петельных) по дереву, 10-15-20-25-35 х 73мм, 5 шт, цилиндрический хвостовик KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0793</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 40мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
     <t>KR-91-0794</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 50мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0788</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-91-0795</t>
   </si>
   <si>
     <t>Сверло Форстнера по дереву, 60мм, цилиндрический хвостовик KRANZ</t>
   </si>
   <si>
     <t>1.12 Регулируемые сверла по дереву и наборы</t>
   </si>
   <si>
+    <t>KR-91-0799</t>
+  </si>
+  <si>
+    <t>Сверло по дереву Балеринка, регулируемое, 30-120мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0798</t>
   </si>
   <si>
     <t>Набор борфрез (шарошек) по дереву, 5 шт KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Сверло по дереву Балеринка, регулируемое, 30-120мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1422,51 +1422,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-40h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-50h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-perovogo-po-derevu-300-mm-e-6-3-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-10h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-14h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-6h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-28h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-38h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-45h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-55h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-24h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-8h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-36h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-18h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-perovyh-po-derevu-9-predmetov-14-16-18-20-22-25-30h152-mm-udlinitel-klyuch-uglovoy-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-6h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-vintovogo-po-derevu-140-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-24h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-26h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-5h85-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-7h105-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-12h150-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-9h125-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-6h90-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-10h130-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-8h115-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-derevu-4-10-mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kran" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101b-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-15mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-20mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-30mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-35mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-40mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-50mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-22mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-25mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-forstnera-petelnyh-po-derevu-10-15-20-25-35-h-73mm-5-sht-tsilindricheskiy-hvostovik-kran" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-60mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-borfrez-sharoshek-po-derevu-5-sht-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-balerinka-reguliruemoe-30-120mm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-10h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-14h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-40h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-50h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-perovogo-po-derevu-300-mm-e-6-3-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-6h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-8h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-28h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-36h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-38h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-45h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-55h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-18h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-24h152-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-perovyh-po-derevu-9-predmetov-14-16-18-20-22-25-30h152-mm-udlinitel-klyuch-uglovoy-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-6h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-sverla-vintovogo-po-derevu-140-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h230-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-32h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-35h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-8h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-26h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-10h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-12h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-14h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-16h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-18h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-20h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-22h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-25h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-28h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-30h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-40h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-vintovoe-po-derevu-24h460-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-7h105-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-9h125-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-12h150-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-5h85-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-6h90-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-8h115-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-10h130-mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-derevu-4-10-mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-zd-5-60-mm-t111c-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101bt118at244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101bt111ct119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144dt101brt119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101dt111ct244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-zd-6-60-mm-t101d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-zd-8-60-mm-t144d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-zd-6-60-mm-t301cd-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-zd-1-5-3-mm-t118a-2-sht-up-metall-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-zd-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-zd-4-30-mm-t101b-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-zd-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm48-mm-perovoe-sverlokoltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm54-mm-perovoe-sverlokoltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-12h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-30h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-16h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-20h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-22h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-25h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-32h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-perovoe-po-derevu-35h300-mm-shestigrannyy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-15mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-20mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-22mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-25mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-30mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-35mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-forstnera-petelnyh-po-derevu-10-15-20-25-35-h-73mm-5-sht-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-40mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-50mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-forstnera-po-derevu-60mm-tsilindricheskiy-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-derevu-balerinka-reguliruemoe-30-120mm-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-borfrez-sharoshek-po-derevu-5-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I165"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1503,1887 +1503,1887 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>190.14</v>
+        <v>123.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>218.85</v>
+        <v>130.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1613</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>300.87</v>
+        <v>138.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2202</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>371.17</v>
+        <v>180.63</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3243</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>425.73</v>
+        <v>180.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>130.15</v>
+        <v>199.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1217</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>137.36</v>
+        <v>207.91</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>223.94</v>
+        <v>212.74</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2245</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>112.05</v>
+        <v>285.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1518</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>199.03</v>
+        <v>352.61</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3007</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>254.29</v>
+        <v>404.44</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>357.47</v>
+        <v>106.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1373</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>439.67</v>
+        <v>110.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>996</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>132.04</v>
+        <v>189.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>145.66</v>
+        <v>237.18</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>3233</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>190.32</v>
+        <v>241.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2768</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>209.91</v>
+        <v>339.6</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3035</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>184.37</v>
+        <v>395.7</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>116.38</v>
+        <v>125.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>2077</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>249.66</v>
+        <v>150.82</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1220</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>158.76</v>
+        <v>165.33</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>688</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>300</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>174.03</v>
+        <v>175.15</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1533</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>840.98</v>
+        <v>756.88</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>751.7</v>
+        <v>173.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>619</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>182.42</v>
+        <v>236.52</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2482</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>292.2</v>
+        <v>277.59</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1828</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>600</v>
+        <v>360.72</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1986.55</v>
+        <v>385.01</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>379.71</v>
+        <v>540</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1587</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>651.77</v>
+        <v>1283.15</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>741</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1006.35</v>
+        <v>1768.03</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>514</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>1137.61</v>
+        <v>429.94</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>179.88</v>
+        <v>586.59</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>2913</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>890.28</v>
+        <v>905.72</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>477.71</v>
+        <v>1023.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>587</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>248.97</v>
+        <v>170.89</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1741</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>638.34</v>
+        <v>801.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>308</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>405.27</v>
+        <v>574.51</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>1441.74</v>
+        <v>676.53</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>751</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>1231.72</v>
+        <v>1973.91</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>2268.86</v>
+        <v>2253.67</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>328.78</v>
+        <v>312.34</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>410</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>1771.2</v>
+        <v>1371.14</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>2590.43</v>
+        <v>386.85</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>407.21</v>
+        <v>423.77</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>2178</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>470.86</v>
+        <v>499.51</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1852</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>1129.83</v>
+        <v>667.44</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>1218.27</v>
+        <v>678.87</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>323</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>741.6</v>
+        <v>702.85</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>754.3</v>
+        <v>1016.85</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>795</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>555.01</v>
+        <v>1096.44</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>998</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>1540.61</v>
+        <v>1576.37</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>377</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>3452.83</v>
+        <v>1679.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>1887.46</v>
+        <v>3003.96</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>780.94</v>
+        <v>1108.55</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1383</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>62.9</v>
+        <v>83.52</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>83.52</v>
+        <v>106.8</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2378</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
         <v>188.81</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>106.8</v>
+        <v>62.9</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>174</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
         <v>72.65</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>250</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>125.53</v>
+        <v>103</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>103</v>
+        <v>125.53</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>3360</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
@@ -3408,2654 +3408,2654 @@
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>720.34</v>
+        <v>462.05</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>388</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>723.64</v>
+        <v>264.64</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>50</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>908.68</v>
+        <v>240.27</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>1416.07</v>
+        <v>651.28</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>1906.12</v>
+        <v>563.12</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>378.05</v>
+        <v>686.48</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>445</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>50</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>410.72</v>
+        <v>287.5</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>489.55</v>
+        <v>342.69</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>625.69</v>
+        <v>471.71</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>1185</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>723.64</v>
+        <v>638.46</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="3">
-        <v>762.75</v>
+        <v>440.05</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>2771</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>50</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>513.39</v>
+        <v>330.32</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3485</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="3">
-        <v>709.4</v>
+        <v>816.86</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>555</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="3">
-        <v>471.89</v>
+        <v>343.36</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>523</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="3">
-        <v>907.62</v>
+        <v>361.3</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="3">
-        <v>490.51</v>
+        <v>931.85</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="3">
-        <v>516.14</v>
+        <v>950.04</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1059</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="3">
-        <v>1035.39</v>
+        <v>941.67</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>1298</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="3">
-        <v>1055.6</v>
+        <v>946.89</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>183</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>25</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="3">
-        <v>1046.3</v>
+        <v>624.32</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>25</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C93" s="3">
-        <v>1052.1</v>
+        <v>1126.11</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>25</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C94" s="3">
-        <v>891.89</v>
+        <v>1148.16</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>25</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="3">
-        <v>1251.23</v>
+        <v>1249.62</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>25</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="3">
-        <v>1404.07</v>
+        <v>792.27</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>897</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="3">
-        <v>1131.82</v>
+        <v>914.87</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>697</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>10</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="3">
-        <v>343.24</v>
+        <v>1659.62</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
         <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="3">
-        <v>524.12</v>
+        <v>1026.37</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C100" s="3">
-        <v>1275.73</v>
+        <v>651.28</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C101" s="3">
-        <v>1306.95</v>
+        <v>528.06</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>1466.24</v>
+        <v>507.29</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>358</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>723.64</v>
+        <v>545.65</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1907</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>488.94</v>
+        <v>756.88</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1014</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>50</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>1864.74</v>
+        <v>648.31</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>586.73</v>
+        <v>651.28</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>927</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>563.65</v>
+        <v>817.81</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C108" s="3">
-        <v>606.28</v>
+        <v>1260.3</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>766</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>840.98</v>
+        <v>1658.32</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1210</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="3">
-        <v>122.83</v>
+        <v>121.26</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F111" s="3">
-        <v>3519</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="3">
-        <v>129.11</v>
+        <v>116.33</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F112" s="3">
-        <v>4658</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="3">
-        <v>217.22</v>
+        <v>122.83</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F113" s="3">
-        <v>6179</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>500</v>
       </c>
       <c r="I113" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>149</v>
+        <v>129.11</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F114" s="3">
-        <v>3466</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>324.84</v>
+        <v>234.69</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F115" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>189.69</v>
+        <v>217.22</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F116" s="3">
-        <v>1646</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>500</v>
       </c>
       <c r="I116" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>106.63</v>
+        <v>254.25</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F117" s="3">
-        <v>951</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="3">
-        <v>194.3</v>
+        <v>122.25</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F118" s="3">
-        <v>2483</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>500</v>
       </c>
       <c r="I118" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="3">
-        <v>112.2</v>
+        <v>149</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F119" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>500</v>
       </c>
       <c r="I119" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="3">
-        <v>116.33</v>
+        <v>324.84</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F120" s="3">
-        <v>4503</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>500</v>
       </c>
       <c r="I120" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="3">
-        <v>234.69</v>
+        <v>89.16</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F121" s="3">
-        <v>3973</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="3">
-        <v>254.25</v>
+        <v>189.69</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F122" s="3">
-        <v>3535</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>500</v>
       </c>
       <c r="I122" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>89.16</v>
+        <v>174.18</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F123" s="3">
-        <v>4153</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>500</v>
       </c>
       <c r="I123" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="3">
         <v>194.3</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F124" s="3">
-        <v>3052</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>500</v>
       </c>
       <c r="I124" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>189.68</v>
+        <v>194.3</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F125" s="3">
-        <v>8976</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>500</v>
       </c>
       <c r="I125" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>188.16</v>
+        <v>146.68</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F126" s="3">
-        <v>5468</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>500</v>
       </c>
       <c r="I126" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>146.68</v>
+        <v>151.14</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F127" s="3">
-        <v>3263</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>500</v>
       </c>
       <c r="I127" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>151.14</v>
+        <v>162.11</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F128" s="3">
-        <v>5439</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>500</v>
       </c>
       <c r="I128" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>162.11</v>
+        <v>188.16</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F129" s="3">
-        <v>2900</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>500</v>
       </c>
       <c r="I129" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>121.26</v>
+        <v>144.91</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F130" s="3">
-        <v>5231</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>500</v>
       </c>
       <c r="I130" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>122.25</v>
+        <v>106.63</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F131" s="3">
-        <v>6553</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I131" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="3">
-        <v>174.18</v>
+        <v>112.2</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F132" s="3">
-        <v>4277</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>500</v>
       </c>
       <c r="I132" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>144.91</v>
+        <v>189.68</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F133" s="3">
-        <v>2678</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>500</v>
       </c>
       <c r="I133" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>738.59</v>
+        <v>664.73</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
         <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>50</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>352.03</v>
+        <v>1004.29</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F136" s="3">
-        <v>336</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>1271.25</v>
+        <v>732.18</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F137" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>915.23</v>
+        <v>334.43</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F138" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>381.37</v>
+        <v>343.23</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F139" s="3">
-        <v>391</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>1287.95</v>
+        <v>1017.48</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F140" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>24</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>715.25</v>
+        <v>572.2</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F141" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>765.29</v>
+        <v>612.23</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F142" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>60</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="2"/>
       <c r="C143" s="2"/>
       <c r="D143" s="2"/>
       <c r="E143" s="2"/>
       <c r="F143" s="2"/>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
       <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C144" s="3">
-        <v>315.42</v>
+        <v>226.2</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>554</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>200</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C145" s="3">
-        <v>345.68</v>
+        <v>398.54</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>371</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>200</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C146" s="3">
-        <v>499.97</v>
+        <v>257.98</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="3">
-        <v>271.56</v>
+        <v>299.65</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>863</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>200</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C148" s="3">
-        <v>238.1</v>
+        <v>328.4</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>757</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>200</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C149" s="3">
-        <v>419.52</v>
+        <v>374.82</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>920</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>200</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>425.54</v>
+        <v>382.99</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>914</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>200</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>394.55</v>
+        <v>449.97</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>592</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>200</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C153" s="3">
-        <v>216.78</v>
+        <v>184.26</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>300</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="3">
-        <v>269.71</v>
+        <v>229.25</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>300</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="3">
-        <v>360.13</v>
+        <v>256.01</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C156" s="3">
-        <v>420.62</v>
+        <v>284.67</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>753</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C157" s="3">
-        <v>506.84</v>
+        <v>306.11</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>312</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>200</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="3">
-        <v>640.46</v>
+        <v>336.5</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="3">
-        <v>301.19</v>
+        <v>1791.48</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="3">
-        <v>334.91</v>
+        <v>405.47</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
         <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="3">
-        <v>2326.6</v>
+        <v>512.37</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="3">
-        <v>835.14</v>
+        <v>668.11</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
         <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B163" s="2"/>
       <c r="C163" s="2"/>
       <c r="D163" s="2"/>
       <c r="E163" s="2"/>
       <c r="F163" s="2"/>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
       <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>645.41</v>
+        <v>578.91</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F164" s="3">
+        <v>0</v>
+      </c>
+      <c r="G164" s="3">
+        <v>1</v>
+      </c>
+      <c r="H164" s="3">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C165" s="3">
-        <v>723.64</v>
+        <v>516.33</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="F165" s="3">
-        <v>981</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A45:I45"/>
     <mergeCell ref="A62:I62"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A110:I110"/>
     <mergeCell ref="A134:I134"/>
     <mergeCell ref="A143:I143"/>
     <mergeCell ref="A152:I152"/>
     <mergeCell ref="A163:I163"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>