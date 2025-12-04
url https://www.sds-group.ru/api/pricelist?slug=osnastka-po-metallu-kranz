--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -45,1149 +45,1149 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оснастка по металлу Kranz</t>
   </si>
   <si>
     <t>1.1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0913-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>KR-90-0902</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>шт</t>
   </si>
   <si>
+    <t>KR-90-0912</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0923</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0914-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0912-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0932</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0945</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0914</t>
-[...13 lines deleted...]
-  <si>
     <t>KR-90-0947</t>
   </si>
   <si>
-    <t>Диск отрезной по металлу (230х6,0х22,23мм) KRANZ</t>
-[...44 lines deleted...]
-    <t>1.2 Коронки по металлу Kranz</t>
+    <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Сверла по металлу кобальт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Сверла по металлу ступенчатые Kranz</t>
+  </si>
+  <si>
+    <t>KR-12-6611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6615</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6601</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6602</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6612</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6613</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-6616</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Сверла по металлу Р6М5 Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0527</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0521</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0522</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0534</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0529</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0526</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Сверла по металлу HSS – по 2 (1) шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0554</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0564</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0551</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0552</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0557</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х35мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0560</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0566</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0574</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0559</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0553</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0568</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0570</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0562</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0572</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0556</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0558</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Фрезы, шарошки по металлу Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0583</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 6мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0584</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 8мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0580</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 3мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0581</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 4мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0582</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 5мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0585</t>
+  </si>
+  <si>
+    <t>Набор cверл-фрез по металлу 3-4-5-6-8мм, HSS, ТИТАН, цилиндрический хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0630</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0632</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0636</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0639</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0638</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0635</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0634</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0634-1</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0633</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0622</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Коронки по металлу Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0223</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 46мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0235</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0230</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 57мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0250</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 140мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0208</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 21мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0244</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 102мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0226</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 51мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0219</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 40мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0240</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 83мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0213</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 29мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0214</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0249</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 127мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0225</t>
   </si>
   <si>
     <t>Коронка Bimetal 50мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0235</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0220</t>
   </si>
   <si>
     <t>Коронка Bimetal 41мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0228</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 54мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0205</t>
   </si>
   <si>
     <t>Коронка Bimetal 14мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0237</t>
-[...32 lines deleted...]
-    <t>Коронка Bimetal 29мм KRANZ</t>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0218</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 38мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0246</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 111мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0211</t>
   </si>
   <si>
     <t>Коронка Bimetal 25мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0244</t>
-[...14 lines deleted...]
-    <t>Коронка Bimetal 54мм KRANZ</t>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0234</t>
   </si>
   <si>
     <t>Коронка Bimetal 67мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0209</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0203</t>
   </si>
   <si>
     <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0215</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-92-0229</t>
   </si>
   <si>
     <t>Коронка Bimetal 55мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0238</t>
-[...71 lines deleted...]
-    <t>наб.</t>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
   </si>
   <si>
     <t>KR-92-0201</t>
   </si>
   <si>
     <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0219</t>
-[...521 lines deleted...]
-    <t>1.7 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
+    <t>1.9 Экстракторы Kranz</t>
+  </si>
+  <si>
+    <t>KR-12-6702</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов № 2 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6701</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов № 1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6703</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов Профи KRANZ</t>
+  </si>
+  <si>
+    <t>1.10 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0616</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0605</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0623</t>
   </si>
   <si>
     <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0605</t>
-[...2 lines deleted...]
-    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+    <t>KR-91-0629</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10,0х133х87мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0625</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0608</t>
   </si>
   <si>
     <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0625</t>
-[...2 lines deleted...]
-    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+    <t>KR-91-0614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0627</t>
   </si>
   <si>
     <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0610</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0620</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0618</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0612</t>
   </si>
   <si>
     <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0604</t>
-[...26 lines deleted...]
-    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+    <t>KR-91-0617</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0840</t>
   </si>
   <si>
     <t>Сверло по металлу 4,8х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0621</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0603</t>
   </si>
   <si>
     <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
-  </si>
-[...163 lines deleted...]
-    <t>Сверло-фреза по металлу 5мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1572,51 +1572,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-54mm-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-hss-din-338-2-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-hss-din-338-1-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-5-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-5-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-10-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87mm-hss-din-338-5-sht-v-upakovke-kranz.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz-31457" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23-mm-kranz-24719" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23-mm-kranz-24720" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23-mm-kranz-24722" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz-31458" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz-31454" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz-31456" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23-mm-kranz-24721" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23-mm-kranz-24724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23-mm-kranz-24723" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23-mm-kranz-27024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23-mm-kranz-27023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23-mm-kranz-27025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz-31455" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24748" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24740" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24741" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24742" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24743" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24744" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24747" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-26950" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24750" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-26949" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24746" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24749" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24745" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0-mm-76-mm-65-hrc-r6m5-tin-kranz-26953" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0-mm-102-mm-62-hrc-kranz-24751" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz-30503" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0-mm-76-mm-62-hrc-kranz-26951" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0-mm-98-mm-62-hrc-kranz-26952" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0-mm-110-mm-62-hrc-kranz-24752" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0-mm-110-mm-65-hrc-r6m5-tin-kranz-24753" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0-mm-98-mm-65-hrc-r6m5-tin-kranz-26954" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0-mm-102-mm-65-hrc-r6m5-tin-kranz-26955" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatih-sverl-4-12-4-20-4-32mm-hss-tin-titan-3-sht-kranz-30498" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz-30485" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-26956" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24754" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24755" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24758" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24760" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24761" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30490" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30500" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30552" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26960" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26959" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26961" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30491" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30488" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24637" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26958" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24757" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24636" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26957" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30497" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30499" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30486" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30487" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30489" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24635" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24756" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24759" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30496" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30492" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30502" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-2-sht-v-upakovke-din-338-kranz-24641" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-1-sht-v-upakovke-din-338-kranz-24647" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-2-sht-v-upakovke-din-338-kranz-24638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-2-sht-v-upakovke-din-338-kranz-24639" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35-mm-hss-2-sht-v-upakovke-din-338-kranz-24643" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-1-sht-v-upakovke-din-338-kranz-24645" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-1-sht-v-upakovke-din-338-kranz-24648" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-hss-1-sht-v-upakovke-din-338-kranz-24652" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-1-sht-v-upakovke-din-338-kranz-26962" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-hss-2-sht-v-upakovke-din-338-kranz-24640" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-1-sht-v-upakovke-din-338-kranz-24649" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-1-sht-v-upakovke-din-338-kranz-24650" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-hss-1-sht-v-upakovke-din-338-kranz-24646" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-1-sht-v-upakovke-din-338-kranz-24651" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-2-sht-v-upakovke-din-338-kranz-24642" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-2-sht-v-upakovke-din-338-kranz-24644" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31194" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31195" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31203" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31204" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31205" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz-31196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz-30494" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0-mm-5-sht-kranz-24671" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5-mm-13-sht-kranz-24672" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-hss-4241-sh-h-kranz-29140" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30484" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz-30495" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz-30493" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-r6m5-sh-h-kranz-29712" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigranniy-hvostovik-5-sht-kranz-32039" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigranniy-hvostovik-10-sht-kranz-32038" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30483" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigranniy-hvostovik-13-sht-kranz-30501" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46-mm-kranz-27036" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68-mm-kranz-24735" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57-mm-kranz-27042" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140-mm-kranz-26948" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-21-mm-27028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102-mm-kranz-26942" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-51-mm-27038" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152-mm-kranz-24737" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40-mm-kranz-24732" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95-mm-kranz-26940" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83-mm-kranz-27050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29-mm-kranz-27030" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86-mm-kranz-26939" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105-mm-kranz-26943" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz-30959" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz-30961" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30-mm-kranz-24729" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114-mm-kranz-26945" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45-mm-kranz-27035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127-mm-kranz-26947" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79-mm-kranz-27049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-64-mm-27043" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52-mm-kranz-27039" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37-mm-kranz-27031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50-mm-kranz-24733" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41-mm-kranz-27033" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75-mm-kranz-27047" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-32-152-mm-kranz-24739" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-54-mm-27040" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14-mm-kranz-27026" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22-mm-kranz-24726" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-16-mm-27027" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-70-mm-27046" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24-mm-kranz-27029" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38-mm-kranz-27032" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44-mm-kranz-27034" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48-mm-kranz-27037" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76-mm-kranz-27048" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100-mm-kranz-26941" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111-mm-kranz-26944" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121-mm-kranz-26946" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20-mm-kranz-24725" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25-mm-kranz-24727" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32-mm-kranz-24730" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35-mm-kranz-24731" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60-mm-kranz-24734" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-65-mm-27044" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-67-mm-27045" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-14-30-mm-kranz-24738" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55-mm-kranz-27041" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27-mm-kranz-24728" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz-30960" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz-30962" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30-mm-kranz-24736" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz-26964" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz-26963" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz-26965" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24661" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24-mm-hss-10-sht-v-upakovke-din-338-kranz-24655" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-10-sht-v-upakovke-din-338-kranz-24667" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87-mm-hss-5-sht-v-upakovke-din-338-kranz-24670" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-5-sht-v-upakovke-din-338-kranz-24668" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-10-sht-v-upakovke-din-338-kranz-24656" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24660" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-5-sht-v-upakovke-din-338-kranz-24669" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-10-sht-v-upakovke-din-338-kranz-24657" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24665" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-10-sht-v-upakovke-din-338-kranz-24654" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-hss-10-sht-v-upakovke-din-338-kranz-24658" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24664" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-10-sht-v-upakovke-din-338-kranz-24659" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-10-sht-v-upakovke-din-338-kranz-24662" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24663" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24666" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-10-sht-v-upakovke-din-338-kranz-24653" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I189"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1653,5478 +1653,5478 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>51.15</v>
+        <v>571.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>20667</v>
+        <v>1125</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>102.73</v>
+        <v>51.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>50</v>
+        <v>18119</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>141.26</v>
+        <v>56.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>6394</v>
+        <v>55331</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>209.58</v>
+        <v>102.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>65.39</v>
+        <v>797.78</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>23069</v>
+        <v>333</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>587.01</v>
+        <v>240.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>2667</v>
+        <v>84</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>421.07</v>
+        <v>587.01</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>81</v>
+        <v>2671</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>797.78</v>
+        <v>59.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>297</v>
+        <v>10902</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>56.12</v>
+        <v>182.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F12" s="3">
-        <v>111236</v>
+        <v>1076</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>59.94</v>
+        <v>141.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>59660</v>
+        <v>5411</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>182.43</v>
+        <v>188.02</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>6898</v>
+        <v>209</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>188.02</v>
+        <v>65.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>2429</v>
+        <v>7609</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>240.79</v>
+        <v>209.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>571.54</v>
+        <v>421.07</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>1439</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>653.85</v>
+        <v>289.68</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>440</v>
+        <v>2938</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>937.43</v>
+        <v>115.38</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5950</v>
+        <v>6085</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>487.82</v>
+        <v>125.54</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3573</v>
+        <v>11285</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>596.15</v>
+        <v>142.87</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>83</v>
+        <v>6535</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>230.77</v>
+        <v>164.94</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>334</v>
+        <v>7921</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>1023.89</v>
+        <v>130.77</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>590</v>
+        <v>6530</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>1105.77</v>
+        <v>230.77</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>115</v>
+        <v>10496</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1149.84</v>
+        <v>1119.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F26" s="3">
-        <v>203</v>
+        <v>4383</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>1257.72</v>
+        <v>740.38</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>224</v>
+        <v>4217</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>1440.03</v>
+        <v>101.92</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>433</v>
+        <v>4788</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>410.95</v>
+        <v>192.31</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>333</v>
+        <v>13390</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>377.2</v>
+        <v>451.92</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>636</v>
+        <v>6384</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1373.89</v>
+        <v>175.32</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>231</v>
+        <v>5536</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>48</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>444.71</v>
+        <v>1456.58</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F33" s="3">
-        <v>136</v>
+        <v>544</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>800.61</v>
+        <v>1631.17</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F34" s="3">
-        <v>270</v>
+        <v>1623</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>291.16</v>
+        <v>733.16</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F35" s="3">
-        <v>502</v>
+        <v>631</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>769.23</v>
+        <v>869.83</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F36" s="3">
-        <v>181</v>
+        <v>860</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>255.84</v>
+        <v>1631.17</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F37" s="3">
-        <v>2167</v>
+        <v>1469</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>418.22</v>
+        <v>1974.69</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>784</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>411.77</v>
+        <v>3751.48</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F39" s="3">
-        <v>367</v>
+        <v>518</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>615.38</v>
+        <v>2884.24</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F40" s="3">
-        <v>400</v>
+        <v>1237</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>589.77</v>
+        <v>3906.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41" s="3">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="C42" s="3">
+        <v>3026.5</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C42" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F42" s="3">
-        <v>507</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>663.46</v>
+        <v>2698.04</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F43" s="3">
-        <v>87</v>
+        <v>650</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
+      <c r="A44" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1025.39</v>
+        <v>160.37</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>98</v>
+        <v>1179</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>640.38</v>
+        <v>86.54</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>113</v>
+        <v>1918</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>1404.66</v>
+        <v>101.92</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>593</v>
+        <v>2605</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>1534.36</v>
+        <v>105.26</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>1609.8</v>
+        <v>182.44</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>722</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>1711.92</v>
+        <v>273.44</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>98</v>
+        <v>1157</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>615.38</v>
+        <v>252.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F51" s="3">
-        <v>1104</v>
+        <v>7</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>730.77</v>
+        <v>73.9</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>164.95</v>
+        <v>129.04</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F53" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>1296.38</v>
+        <v>278.41</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>723</v>
+        <v>417</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>1075.3</v>
+        <v>223.87</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>89</v>
+        <v>262</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>64</v>
+        <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>6115.23</v>
+        <v>892.93</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>129</v>
+        <v>633</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>297.84</v>
+        <v>415.27</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F57" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>532.91</v>
+        <v>134.9</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F58" s="3">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>8593.97</v>
+        <v>520.67</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>5595.63</v>
+        <v>174.96</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>238</v>
+        <v>633</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>480.48</v>
+        <v>133.09</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>4139</v>
+        <v>510</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>1397</v>
+        <v>418.82</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>290</v>
+        <v>246</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>48</v>
+        <v>400</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>368.24</v>
+        <v>129.63</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>288</v>
+        <v>911</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>538.46</v>
+        <v>785.95</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="3">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>548.08</v>
+        <v>80.94</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>673.08</v>
+        <v>143.12</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="3">
+        <v>36</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>150</v>
+      </c>
+      <c r="I66" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>987.81</v>
+        <v>492.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F67" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>269.56</v>
+        <v>321.43</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F68" s="3">
-        <v>255</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>451.25</v>
+        <v>316.57</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>158</v>
+        <v>714</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>736.54</v>
+        <v>120.93</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>3507</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>388.24</v>
+        <v>149.22</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>61</v>
+        <v>847</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C72" s="3">
+        <v>188.26</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
         <v>150</v>
-      </c>
-[...19 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="A73" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C73" s="3">
+        <v>157.18</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73" s="3">
+        <v>0</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>150</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="C74" s="3">
+        <v>96.2</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
+        <v>490</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>150</v>
+      </c>
+      <c r="I74" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="C74" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>192.31</v>
+        <v>70.07</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>10844</v>
+        <v>3968</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>740.38</v>
+        <v>71.11</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>5008</v>
+        <v>14061</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>101.92</v>
+        <v>53.02</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>5362</v>
+        <v>3107</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I78" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>115.38</v>
+        <v>49.04</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>6930</v>
+        <v>3760</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I79" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>142.87</v>
+        <v>73.82</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>7232</v>
+        <v>3106</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>400</v>
       </c>
       <c r="I80" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>164.94</v>
+        <v>55.83</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>5048</v>
+        <v>5440</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>400</v>
       </c>
       <c r="I81" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>130.77</v>
+        <v>87.16</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>5938</v>
+        <v>4453</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>451.92</v>
+        <v>234.62</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>7084</v>
+        <v>258</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>1119.68</v>
+        <v>62.19</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>4730</v>
+        <v>6737</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>175.32</v>
+        <v>61.56</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>6160</v>
+        <v>5361</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>289.68</v>
+        <v>113.39</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>3289</v>
+        <v>4092</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="A87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" s="3">
+        <v>152.96</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="3">
+        <v>0</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>200</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>1631.17</v>
+        <v>67.75</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>2816</v>
+        <v>3655</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>1631.17</v>
+        <v>180.38</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1672</v>
+        <v>4082</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>2884.24</v>
+        <v>70.48</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>1413</v>
+        <v>4046</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>3751.48</v>
+        <v>74.98</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>632</v>
+        <v>2341</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A92" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>1456.58</v>
+        <v>176.97</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F93" s="3">
-        <v>728</v>
+        <v>899</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>733.16</v>
+        <v>267.83</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F94" s="3">
-        <v>815</v>
+        <v>1752</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>2698.04</v>
+        <v>115.65</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F95" s="3">
-        <v>707</v>
+        <v>508</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>3026.5</v>
+        <v>139.79</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="F96" s="3">
-        <v>1</v>
+        <v>257</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>869.83</v>
+        <v>159.89</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F97" s="3">
-        <v>1120</v>
+        <v>501</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>1974.69</v>
+        <v>768.86</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F98" s="3">
-        <v>1117</v>
+        <v>1364</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="2"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C100" s="3">
-        <v>101.92</v>
+        <v>1526.8</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F100" s="3">
-        <v>3114</v>
+        <v>78</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I100" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C101" s="3">
-        <v>492.69</v>
+        <v>678.41</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>598</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>149.22</v>
+        <v>567.31</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F102" s="3">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>96.2</v>
+        <v>1403.85</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F103" s="3">
-        <v>961</v>
+        <v>1</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>120.93</v>
+        <v>1018.21</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F104" s="3">
+        <v>0</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
         <v>25</v>
       </c>
-      <c r="F104" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I104" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>73.9</v>
+        <v>2920.93</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F105" s="3">
-        <v>176</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>150</v>
+        <v>12</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>143.12</v>
+        <v>1630.55</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F106" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>80.94</v>
+        <v>3082.67</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>202</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>150</v>
+        <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>134.9</v>
+        <v>1411.2</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>489</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>157.18</v>
+        <v>2704.8</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>632</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>129.04</v>
+        <v>697.97</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F110" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>415.27</v>
+        <v>1250</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A112" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C113" s="3">
-        <v>105.26</v>
+        <v>615.38</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F113" s="3">
-        <v>3852</v>
+        <v>1040</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>182.44</v>
+        <v>937.43</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F114" s="3">
-        <v>2243</v>
+        <v>3323</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>273.44</v>
+        <v>555.56</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F115" s="3">
-        <v>1211</v>
+        <v>466</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>400</v>
+        <v>96</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>174.96</v>
+        <v>1711.92</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F116" s="3">
-        <v>775</v>
+        <v>68</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>223.87</v>
+        <v>164.95</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F117" s="3">
-        <v>461</v>
+        <v>60</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C118" s="3">
-        <v>278.41</v>
+        <v>1373.89</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F118" s="3">
-        <v>483</v>
+        <v>186</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C119" s="3">
-        <v>892.93</v>
+        <v>663.46</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F119" s="3">
-        <v>726</v>
+        <v>188</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C120" s="3">
-        <v>316.57</v>
+        <v>487.82</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F120" s="3">
-        <v>1156</v>
+        <v>2656</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C121" s="3">
-        <v>86.54</v>
+        <v>532.91</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F121" s="3">
-        <v>3111</v>
+        <v>582</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I121" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C122" s="3">
-        <v>133.09</v>
+        <v>1257.72</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F122" s="3">
-        <v>658</v>
+        <v>195</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>400</v>
+        <v>48</v>
       </c>
       <c r="I122" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>418.82</v>
+        <v>1075.3</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F123" s="3">
-        <v>304</v>
+        <v>61</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C124" s="3">
+        <v>410.95</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F124" s="3">
         <v>251</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>160.37</v>
+        <v>1149.84</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F125" s="3">
-        <v>1316</v>
+        <v>226</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I125" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>129.63</v>
+        <v>1397</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F126" s="3">
-        <v>1041</v>
+        <v>262</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>400</v>
+        <v>48</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>188.26</v>
+        <v>1000</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F127" s="3">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>785.95</v>
+        <v>6115.23</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C129" s="3">
+        <v>411.77</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F129" s="3">
+        <v>317</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
+        <v>300</v>
+      </c>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I130" s="2"/>
+      <c r="C130" s="3">
+        <v>1440.03</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F130" s="3">
+        <v>335</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>36</v>
+      </c>
+      <c r="I130" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>70.07</v>
+        <v>615.38</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F131" s="3">
-        <v>4653</v>
+        <v>498</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>500</v>
+        <v>180</v>
       </c>
       <c r="I131" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C132" s="3">
-        <v>73.82</v>
+        <v>1609.8</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F132" s="3">
-        <v>3415</v>
+        <v>683</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I132" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>71.11</v>
+        <v>1105.77</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F133" s="3">
-        <v>15854</v>
+        <v>93</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C134" s="3">
-        <v>49.04</v>
+        <v>736.54</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F134" s="3">
-        <v>5134</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I134" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C135" s="3">
-        <v>62.19</v>
+        <v>673.08</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F135" s="3">
-        <v>7408</v>
+        <v>379</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C136" s="3">
-        <v>74.98</v>
+        <v>538.46</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F136" s="3">
-        <v>2954</v>
+        <v>137</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I136" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C137" s="3">
-        <v>70.48</v>
+        <v>653.85</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F137" s="3">
-        <v>5867</v>
+        <v>269</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I137" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C138" s="3">
-        <v>53.02</v>
+        <v>596.15</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F138" s="3">
-        <v>3144</v>
+        <v>245</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>600</v>
+        <v>180</v>
       </c>
       <c r="I138" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C139" s="3">
-        <v>61.56</v>
+        <v>1023.89</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F139" s="3">
-        <v>6505</v>
+        <v>481</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>500</v>
+        <v>64</v>
       </c>
       <c r="I139" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C140" s="3">
-        <v>55.83</v>
+        <v>480.48</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F140" s="3">
-        <v>7677</v>
+        <v>2709</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C141" s="3">
-        <v>67.75</v>
+        <v>444.71</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F141" s="3">
-        <v>3725</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C142" s="3">
-        <v>87.16</v>
+        <v>230.77</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F142" s="3">
-        <v>6763</v>
+        <v>323</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>300</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C143" s="3">
-        <v>113.39</v>
+        <v>291.16</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F143" s="3">
-        <v>4637</v>
+        <v>539</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C144" s="3">
-        <v>152.96</v>
+        <v>240.38</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F144" s="3">
-        <v>79</v>
+        <v>428</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C145" s="3">
-        <v>180.38</v>
+        <v>987.81</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F145" s="3">
-        <v>4659</v>
+        <v>206</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C146" s="3">
+        <v>368.24</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F146" s="3">
+        <v>258</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>300</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="B147" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C146" s="3">
-[...32 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="C147" s="3">
+        <v>548.08</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F147" s="3">
+        <v>161</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>180</v>
+      </c>
+      <c r="I147" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>594.5</v>
+        <v>589.77</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F148" s="3">
-        <v>159</v>
+        <v>275</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I148" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>109.62</v>
+        <v>640.38</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F149" s="3">
-        <v>3096</v>
+        <v>307</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I149" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>116.05</v>
+        <v>1025.39</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F150" s="3">
-        <v>1614</v>
+        <v>172</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>480</v>
+        <v>64</v>
       </c>
       <c r="I150" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>380.62</v>
+        <v>1296.38</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F151" s="3">
-        <v>477</v>
+        <v>585</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I151" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>459.07</v>
+        <v>1404.66</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F152" s="3">
-        <v>197</v>
+        <v>523</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I152" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>174.74</v>
+        <v>1534.36</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F153" s="3">
-        <v>1713</v>
+        <v>382</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>480</v>
+        <v>24</v>
       </c>
       <c r="I153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>96.15</v>
+        <v>269.56</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F154" s="3">
-        <v>1</v>
+        <v>352</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>157.11</v>
+        <v>377.2</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F155" s="3">
-        <v>1</v>
+        <v>922</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>255.13</v>
+        <v>418.22</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F156" s="3">
-        <v>2399</v>
+        <v>97</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I156" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>325.28</v>
+        <v>451.25</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F157" s="3">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>221.57</v>
+        <v>730.77</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F158" s="3">
-        <v>906</v>
+        <v>243</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I158" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>252.25</v>
+        <v>769.23</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F159" s="3">
-        <v>1248</v>
+        <v>247</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>76.92</v>
+        <v>800.61</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F160" s="3">
-        <v>1951</v>
+        <v>207</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>480</v>
+        <v>80</v>
       </c>
       <c r="I160" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>233.83</v>
+        <v>255.84</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F161" s="3">
-        <v>982</v>
+        <v>1838</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>337.97</v>
+        <v>692.31</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F162" s="3">
-        <v>2945</v>
+        <v>212</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I162" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>121.02</v>
+        <v>388.24</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F163" s="3">
-        <v>0</v>
+        <v>194</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>174.26</v>
+        <v>5595.63</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="F164" s="3">
-        <v>72</v>
+        <v>210</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="C165" s="3">
+        <v>8593.97</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F165" s="3">
+        <v>0</v>
+      </c>
+      <c r="G165" s="3">
+        <v>1</v>
+      </c>
+      <c r="H165" s="3">
+        <v>10</v>
+      </c>
+      <c r="I165" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="C165" s="3">
-[...22 lines deleted...]
-      <c r="A166" s="2" t="s">
+      <c r="B166" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B166" s="2"/>
-[...6 lines deleted...]
-      <c r="I166" s="2"/>
+      <c r="C166" s="3">
+        <v>297.84</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F166" s="3">
+        <v>367</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>100</v>
+      </c>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
+      <c r="A167" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>567.31</v>
+        <v>346.15</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="F168" s="3">
-        <v>3866</v>
+        <v>485</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>3082.67</v>
+        <v>480.77</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="F169" s="3">
-        <v>350</v>
+        <v>245</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3">
+        <v>634.41</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" s="3">
+        <v>1821</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>40</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="C170" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C172" s="3">
-        <v>2920.93</v>
+        <v>221.57</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C173" s="3">
-        <v>1630.55</v>
+        <v>109.62</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>1</v>
+        <v>2344</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C174" s="3">
-        <v>1250</v>
+        <v>594.5</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C175" s="3">
-        <v>1411.2</v>
+        <v>612.58</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>635</v>
+        <v>1102</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C176" s="3">
-        <v>2704.8</v>
+        <v>380.62</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>746</v>
+        <v>285</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C177" s="3">
-        <v>1526.8</v>
+        <v>116.05</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>970</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C178" s="3">
-        <v>697.97</v>
+        <v>174.26</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A179" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I179" s="2"/>
+      <c r="A179" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C179" s="3">
+        <v>459.07</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179" s="3">
+        <v>132</v>
+      </c>
+      <c r="G179" s="3">
+        <v>1</v>
+      </c>
+      <c r="H179" s="3">
+        <v>60</v>
+      </c>
+      <c r="I179" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>480.77</v>
+        <v>121.02</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>461</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>40</v>
+        <v>480</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="3">
-        <v>346.15</v>
+        <v>325.28</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>400</v>
+        <v>1025</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>634.41</v>
+        <v>96.15</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>1710</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="2" t="s">
+      <c r="A183" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B183" s="2"/>
-[...6 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="C183" s="3">
+        <v>157.11</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F183" s="3">
+        <v>1</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>480</v>
+      </c>
+      <c r="I183" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C184" s="3">
-        <v>768.86</v>
+        <v>255.13</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>1566</v>
+        <v>1099</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C185" s="3">
-        <v>139.79</v>
+        <v>174.74</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>419</v>
+        <v>262</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>500</v>
+        <v>480</v>
       </c>
       <c r="I185" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C186" s="3">
-        <v>176.97</v>
+        <v>233.83</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>1524</v>
+        <v>701</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C187" s="3">
-        <v>267.83</v>
+        <v>252.25</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>1895</v>
+        <v>1263</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C188" s="3">
-        <v>115.65</v>
+        <v>337.97</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>859</v>
+        <v>1756</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C189" s="3">
-        <v>159.89</v>
+        <v>76.92</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>691</v>
+        <v>1819</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>500</v>
+        <v>480</v>
       </c>
       <c r="I189" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A73:I73"/>
-    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A92:I92"/>
     <mergeCell ref="A99:I99"/>
-    <mergeCell ref="A130:I130"/>
-[...3 lines deleted...]
-    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A171:I171"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D32" r:id="rId28"/>
-[...142 lines deleted...]
-    <hyperlink ref="D182" r:id="rId171"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D74" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D93" r:id="rId85"/>
+    <hyperlink ref="D94" r:id="rId86"/>
+    <hyperlink ref="D95" r:id="rId87"/>
+    <hyperlink ref="D96" r:id="rId88"/>
+    <hyperlink ref="D97" r:id="rId89"/>
+    <hyperlink ref="D98" r:id="rId90"/>
+    <hyperlink ref="D100" r:id="rId91"/>
+    <hyperlink ref="D101" r:id="rId92"/>
+    <hyperlink ref="D102" r:id="rId93"/>
+    <hyperlink ref="D103" r:id="rId94"/>
+    <hyperlink ref="D104" r:id="rId95"/>
+    <hyperlink ref="D105" r:id="rId96"/>
+    <hyperlink ref="D106" r:id="rId97"/>
+    <hyperlink ref="D107" r:id="rId98"/>
+    <hyperlink ref="D108" r:id="rId99"/>
+    <hyperlink ref="D109" r:id="rId100"/>
+    <hyperlink ref="D110" r:id="rId101"/>
+    <hyperlink ref="D111" r:id="rId102"/>
+    <hyperlink ref="D113" r:id="rId103"/>
+    <hyperlink ref="D114" r:id="rId104"/>
+    <hyperlink ref="D115" r:id="rId105"/>
+    <hyperlink ref="D116" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D129" r:id="rId119"/>
+    <hyperlink ref="D130" r:id="rId120"/>
+    <hyperlink ref="D131" r:id="rId121"/>
+    <hyperlink ref="D132" r:id="rId122"/>
+    <hyperlink ref="D133" r:id="rId123"/>
+    <hyperlink ref="D134" r:id="rId124"/>
+    <hyperlink ref="D135" r:id="rId125"/>
+    <hyperlink ref="D136" r:id="rId126"/>
+    <hyperlink ref="D137" r:id="rId127"/>
+    <hyperlink ref="D138" r:id="rId128"/>
+    <hyperlink ref="D139" r:id="rId129"/>
+    <hyperlink ref="D140" r:id="rId130"/>
+    <hyperlink ref="D141" r:id="rId131"/>
+    <hyperlink ref="D142" r:id="rId132"/>
+    <hyperlink ref="D143" r:id="rId133"/>
+    <hyperlink ref="D144" r:id="rId134"/>
+    <hyperlink ref="D145" r:id="rId135"/>
+    <hyperlink ref="D146" r:id="rId136"/>
+    <hyperlink ref="D147" r:id="rId137"/>
+    <hyperlink ref="D148" r:id="rId138"/>
+    <hyperlink ref="D149" r:id="rId139"/>
+    <hyperlink ref="D150" r:id="rId140"/>
+    <hyperlink ref="D151" r:id="rId141"/>
+    <hyperlink ref="D152" r:id="rId142"/>
+    <hyperlink ref="D153" r:id="rId143"/>
+    <hyperlink ref="D154" r:id="rId144"/>
+    <hyperlink ref="D155" r:id="rId145"/>
+    <hyperlink ref="D156" r:id="rId146"/>
+    <hyperlink ref="D157" r:id="rId147"/>
+    <hyperlink ref="D158" r:id="rId148"/>
+    <hyperlink ref="D159" r:id="rId149"/>
+    <hyperlink ref="D160" r:id="rId150"/>
+    <hyperlink ref="D161" r:id="rId151"/>
+    <hyperlink ref="D162" r:id="rId152"/>
+    <hyperlink ref="D163" r:id="rId153"/>
+    <hyperlink ref="D164" r:id="rId154"/>
+    <hyperlink ref="D165" r:id="rId155"/>
+    <hyperlink ref="D166" r:id="rId156"/>
+    <hyperlink ref="D168" r:id="rId157"/>
+    <hyperlink ref="D169" r:id="rId158"/>
+    <hyperlink ref="D170" r:id="rId159"/>
+    <hyperlink ref="D172" r:id="rId160"/>
+    <hyperlink ref="D173" r:id="rId161"/>
+    <hyperlink ref="D174" r:id="rId162"/>
+    <hyperlink ref="D175" r:id="rId163"/>
+    <hyperlink ref="D176" r:id="rId164"/>
+    <hyperlink ref="D177" r:id="rId165"/>
+    <hyperlink ref="D178" r:id="rId166"/>
+    <hyperlink ref="D179" r:id="rId167"/>
+    <hyperlink ref="D180" r:id="rId168"/>
+    <hyperlink ref="D181" r:id="rId169"/>
+    <hyperlink ref="D182" r:id="rId170"/>
+    <hyperlink ref="D183" r:id="rId171"/>
     <hyperlink ref="D184" r:id="rId172"/>
     <hyperlink ref="D185" r:id="rId173"/>
     <hyperlink ref="D186" r:id="rId174"/>
     <hyperlink ref="D187" r:id="rId175"/>
     <hyperlink ref="D188" r:id="rId176"/>
     <hyperlink ref="D189" r:id="rId177"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>