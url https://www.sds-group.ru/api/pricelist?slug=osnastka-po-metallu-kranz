--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -8,1186 +8,1258 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="728" uniqueCount="378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="776" uniqueCount="402">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оснастка по металлу Kranz</t>
   </si>
   <si>
     <t>1.1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0945</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0932</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0947</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0912</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0912-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-90-0902</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0923</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0913-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...25 lines deleted...]
-  <si>
     <t>KR-90-0914-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0946</t>
-[...53 lines deleted...]
-    <t>1.2 Сверла по металлу кобальт Kranz</t>
+    <t>1.2 Коронки по металлу Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0223</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 46мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0226</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 51мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0240</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 83мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0246</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 111мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0249</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 127мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0220</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 41мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0205</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 14мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0250</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 140мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0208</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 21мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0214</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0234</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 67мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0225</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0235</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0230</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 57мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0244</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 102мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0211</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 25мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0229</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 55мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0219</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 40мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0213</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 29мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0218</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 38мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Сверла по металлу кобальт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0543</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0544</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0545</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0546</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0547</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0548</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0509</t>
   </si>
   <si>
     <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0501</t>
-[...71 lines deleted...]
-    <t>1.3 Сверла по металлу ступенчатые Kranz</t>
+    <t>1.4 Сверла по металлу ступенчатые Kranz</t>
+  </si>
+  <si>
+    <t>KR-12-6612</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6601</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6613</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6615</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6616</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6602</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-12-6611</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
     <t>KR-12-6603</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6615</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-12-6604</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6614</t>
-[...32 lines deleted...]
-    <t>1.4 Сверла по металлу Р6М5 Kranz</t>
+    <t>1.5 Сверла по металлу Р6М5 Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0529</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0527</t>
   </si>
   <si>
     <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
+    <t>KR-91-5504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0522</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0521</t>
   </si>
   <si>
     <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0522</t>
-[...68 lines deleted...]
-    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0526</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0534</t>
   </si>
   <si>
     <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0531</t>
-[...89 lines deleted...]
-    <t>1.5 Сверла по металлу HSS – по 2 (1) шт Kranz</t>
+    <t>1.6 Сверла по металлу HSS – по 2 (1) шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0551</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0562</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0574</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0552</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0553</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0554</t>
   </si>
   <si>
     <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0557</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х35мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0560</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0564</t>
   </si>
   <si>
     <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0551</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-91-0566</t>
   </si>
   <si>
     <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0574</t>
-[...2 lines deleted...]
-    <t>Сверло по металлу 10х133х87мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+    <t>KR-91-0568</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0570</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0572</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0559</t>
   </si>
   <si>
     <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0553</t>
-[...26 lines deleted...]
-    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+    <t>KR-91-0558</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0556</t>
   </si>
   <si>
     <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0558</t>
-[...5 lines deleted...]
-    <t>1.6 Фрезы, шарошки по металлу Kranz</t>
+    <t>1.7 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0627</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0610</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0629</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10,0х133х87мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0605</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0608</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0625</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0616</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0840</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,8х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0620</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0621</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0618</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0623</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0617</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0612</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0635</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0632</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0630</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0639</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0633</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0622</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0634</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0636</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0638</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0634-1</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.9 Экстракторы Kranz</t>
+  </si>
+  <si>
+    <t>KR-12-6701</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов № 1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6702</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов № 2 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6703</t>
+  </si>
+  <si>
+    <t>Набор экстракторов для шурупов Профи KRANZ</t>
+  </si>
+  <si>
+    <t>1.10 Фрезы, шарошки по металлу Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-0698</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М10, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0693</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М3, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0694</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М4, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0695</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М5, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0696</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М6, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0697</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М8, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0699</t>
+  </si>
+  <si>
+    <t>Набор сверл-метчиков (M3x1, M4x1, M5x2, M6x2, M8x2, M10x2) Р6М5, ТИТАН, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0582</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 5мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-91-0583</t>
   </si>
   <si>
     <t>Сверло-фреза по металлу 6мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0580</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 3мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0581</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 4мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0585</t>
+  </si>
+  <si>
+    <t>Набор cверл-фрез по металлу 3-4-5-6-8мм, HSS, ТИТАН, цилиндрический хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0584</t>
   </si>
   <si>
     <t>Сверло-фреза по металлу 8мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
-  </si>
-[...556 lines deleted...]
-    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1572,56 +1644,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz-31457" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23-mm-kranz-24719" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23-mm-kranz-24720" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23-mm-kranz-24722" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz-31458" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz-31454" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz-31456" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23-mm-kranz-24721" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23-mm-kranz-24724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23-mm-kranz-24723" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23-mm-kranz-27024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23-mm-kranz-27023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23-mm-kranz-27025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz-31455" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24748" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24740" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24741" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24742" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24743" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24744" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24747" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-26950" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24750" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-26949" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24746" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24749" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24745" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0-mm-76-mm-65-hrc-r6m5-tin-kranz-26953" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0-mm-102-mm-62-hrc-kranz-24751" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz-30503" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0-mm-76-mm-62-hrc-kranz-26951" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0-mm-98-mm-62-hrc-kranz-26952" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0-mm-110-mm-62-hrc-kranz-24752" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0-mm-110-mm-65-hrc-r6m5-tin-kranz-24753" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0-mm-98-mm-65-hrc-r6m5-tin-kranz-26954" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0-mm-102-mm-65-hrc-r6m5-tin-kranz-26955" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatih-sverl-4-12-4-20-4-32mm-hss-tin-titan-3-sht-kranz-30498" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz-30485" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-26956" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24754" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24755" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24758" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24760" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24761" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30490" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30500" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30552" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26960" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26959" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26961" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30491" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30488" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24637" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26958" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24757" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24636" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26957" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30497" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30499" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30486" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30487" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30489" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24635" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24756" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24759" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30496" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30492" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30502" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-2-sht-v-upakovke-din-338-kranz-24641" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-1-sht-v-upakovke-din-338-kranz-24647" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-2-sht-v-upakovke-din-338-kranz-24638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-2-sht-v-upakovke-din-338-kranz-24639" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35-mm-hss-2-sht-v-upakovke-din-338-kranz-24643" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-1-sht-v-upakovke-din-338-kranz-24645" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-1-sht-v-upakovke-din-338-kranz-24648" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-hss-1-sht-v-upakovke-din-338-kranz-24652" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-1-sht-v-upakovke-din-338-kranz-26962" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-hss-2-sht-v-upakovke-din-338-kranz-24640" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-1-sht-v-upakovke-din-338-kranz-24649" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-1-sht-v-upakovke-din-338-kranz-24650" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-hss-1-sht-v-upakovke-din-338-kranz-24646" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-1-sht-v-upakovke-din-338-kranz-24651" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-2-sht-v-upakovke-din-338-kranz-24642" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-2-sht-v-upakovke-din-338-kranz-24644" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31194" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31195" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31203" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31204" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz-31205" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz-31196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz-30494" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0-mm-5-sht-kranz-24671" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5-mm-13-sht-kranz-24672" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-hss-4241-sh-h-kranz-29140" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30484" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz-30495" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz-30493" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-r6m5-sh-h-kranz-29712" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigranniy-hvostovik-5-sht-kranz-32039" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigranniy-hvostovik-10-sht-kranz-32038" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30483" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigranniy-hvostovik-13-sht-kranz-30501" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46-mm-kranz-27036" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68-mm-kranz-24735" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57-mm-kranz-27042" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140-mm-kranz-26948" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-21-mm-27028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102-mm-kranz-26942" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-51-mm-27038" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152-mm-kranz-24737" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40-mm-kranz-24732" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95-mm-kranz-26940" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83-mm-kranz-27050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29-mm-kranz-27030" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86-mm-kranz-26939" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105-mm-kranz-26943" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz-30959" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz-30961" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30-mm-kranz-24729" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114-mm-kranz-26945" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45-mm-kranz-27035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127-mm-kranz-26947" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79-mm-kranz-27049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-64-mm-27043" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52-mm-kranz-27039" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37-mm-kranz-27031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50-mm-kranz-24733" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41-mm-kranz-27033" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75-mm-kranz-27047" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-32-152-mm-kranz-24739" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-54-mm-27040" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14-mm-kranz-27026" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22-mm-kranz-24726" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-16-mm-27027" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-70-mm-27046" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24-mm-kranz-27029" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38-mm-kranz-27032" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44-mm-kranz-27034" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48-mm-kranz-27037" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76-mm-kranz-27048" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100-mm-kranz-26941" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111-mm-kranz-26944" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121-mm-kranz-26946" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20-mm-kranz-24725" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25-mm-kranz-24727" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32-mm-kranz-24730" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35-mm-kranz-24731" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60-mm-kranz-24734" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-65-mm-27044" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-67-mm-27045" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-14-30-mm-kranz-24738" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55-mm-kranz-27041" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27-mm-kranz-24728" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz-30960" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz-30962" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30-mm-kranz-24736" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz-26964" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz-26963" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz-26965" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24661" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24-mm-hss-10-sht-v-upakovke-din-338-kranz-24655" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-10-sht-v-upakovke-din-338-kranz-24667" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87-mm-hss-5-sht-v-upakovke-din-338-kranz-24670" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-5-sht-v-upakovke-din-338-kranz-24668" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-10-sht-v-upakovke-din-338-kranz-24656" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24660" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-5-sht-v-upakovke-din-338-kranz-24669" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-10-sht-v-upakovke-din-338-kranz-24657" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24665" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-10-sht-v-upakovke-din-338-kranz-24654" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-hss-10-sht-v-upakovke-din-338-kranz-24658" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24664" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-10-sht-v-upakovke-din-338-kranz-24659" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-10-sht-v-upakovke-din-338-kranz-24662" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24663" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24666" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-10-sht-v-upakovke-din-338-kranz-24653" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m10-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m3-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m4-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m5-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m6-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m8-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-metchikov-m3x1-m4x1-m5x2-m6x2-m8x2-m10x2-r6m5-titan-10-sht-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I189"/>
+  <dimension ref="A1:I201"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1653,5484 +1725,5844 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>571.54</v>
+        <v>213.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1125</v>
+        <v>5831</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>51.15</v>
+        <v>60.96</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>18119</v>
+        <v>106661</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>56.12</v>
+        <v>143.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>55331</v>
+        <v>7489</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>102.73</v>
+        <v>191.22</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>2446</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>797.78</v>
+        <v>428.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>333</v>
+        <v>4</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>240.79</v>
+        <v>57.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>84</v>
+        <v>147986</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>596.99</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>2671</v>
+        <v>2300</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>59.94</v>
+        <v>52.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>10902</v>
+        <v>18307</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>182.43</v>
+        <v>104.48</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1076</v>
+        <v>23937</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>141.26</v>
+        <v>185.53</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5411</v>
+        <v>14242</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>188.02</v>
+        <v>66.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>209</v>
+        <v>56142</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>65.39</v>
+        <v>244.88</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>7609</v>
+        <v>910</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>209.58</v>
+        <v>581.26</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>527</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>421.07</v>
+        <v>811.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>289.68</v>
+        <v>567.17</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2938</v>
+        <v>980</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>115.38</v>
+        <v>625.85</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>6085</v>
+        <v>109</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I20" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>125.54</v>
+        <v>1093.58</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>11285</v>
+        <v>35</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>142.87</v>
+        <v>1428.54</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>6535</v>
+        <v>416</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I22" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>164.94</v>
+        <v>1525.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7921</v>
+        <v>599</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>130.77</v>
+        <v>316.25</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>6530</v>
+        <v>165</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>230.77</v>
+        <v>528.06</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>10496</v>
+        <v>231</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1119.68</v>
+        <v>1134.35</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>4383</v>
+        <v>229</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>740.38</v>
+        <v>1420.75</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>4217</v>
+        <v>199</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>150</v>
+        <v>48</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>101.92</v>
+        <v>234.69</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>4788</v>
+        <v>295</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>192.31</v>
+        <v>1036.56</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>13390</v>
+        <v>74</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>451.92</v>
+        <v>1095.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6384</v>
+        <v>207</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>64</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>175.32</v>
+        <v>1564.62</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>5536</v>
+        <v>46</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
+      <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="B32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="3">
+        <v>167.75</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>35</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>300</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>1456.58</v>
+        <v>749.06</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>1631.17</v>
+        <v>496.11</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1623</v>
+        <v>1995</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>733.16</v>
+        <v>244.47</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>631</v>
+        <v>181</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>869.83</v>
+        <v>273.81</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>860</v>
+        <v>324</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>1631.17</v>
+        <v>425.33</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1469</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>1974.69</v>
+        <v>458.92</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>784</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>3751.48</v>
+        <v>228.83</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>518</v>
+        <v>318</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>2884.24</v>
+        <v>277.72</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1237</v>
+        <v>342</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>3906.5</v>
+        <v>1163.68</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>331</v>
+        <v>400</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>3026.5</v>
+        <v>260.19</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>2698.04</v>
+        <v>352.04</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>650</v>
+        <v>112</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
+      <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="2"/>
-[...6 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="B44" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C44" s="3">
+        <v>8740.07</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F44" s="3">
+        <v>0</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>10</v>
+      </c>
+      <c r="I44" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>160.37</v>
+        <v>387.24</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1179</v>
+        <v>251</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>86.54</v>
+        <v>479.16</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1918</v>
+        <v>89</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I46" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>101.92</v>
+        <v>645.4</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2605</v>
+        <v>296</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>105.26</v>
+        <v>977.88</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>352</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>182.44</v>
+        <v>1464.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>274</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>273.44</v>
+        <v>782.31</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1157</v>
+        <v>159</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>252.2</v>
+        <v>814.22</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>7</v>
+        <v>151</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>73.9</v>
+        <v>586.73</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>129.04</v>
+        <v>840.98</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>2128</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>278.41</v>
+        <v>449.83</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>417</v>
+        <v>1697</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>223.87</v>
+        <v>547.62</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>262</v>
+        <v>449</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>892.93</v>
+        <v>576.95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>633</v>
+        <v>288</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>415.27</v>
+        <v>1466.83</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>257</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>134.9</v>
+        <v>880.1</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>520.67</v>
+        <v>537.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>174.96</v>
+        <v>661.05</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>633</v>
+        <v>234</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>400</v>
+        <v>96</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>133.09</v>
+        <v>1042.82</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>510</v>
+        <v>109</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="I61" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>418.82</v>
+        <v>1397.25</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>246</v>
+        <v>168</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>400</v>
+        <v>48</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>129.63</v>
+        <v>320.75</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>911</v>
+        <v>787</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>785.95</v>
+        <v>655.18</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>80.94</v>
+        <v>938.77</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>143.12</v>
+        <v>6219.19</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="F66" s="3">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>492.69</v>
+        <v>704.08</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>321.43</v>
+        <v>508.5</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>519</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>316.57</v>
+        <v>5690.76</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F69" s="3">
-        <v>714</v>
+        <v>207</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>120.93</v>
+        <v>379.42</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3507</v>
+        <v>209</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I70" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>149.22</v>
+        <v>498.72</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>847</v>
+        <v>50</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H72" s="3">
+      <c r="A72" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="I72" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>157.18</v>
+        <v>355.95</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>150</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>96.2</v>
+        <v>366.12</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>150</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="A75" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C75" s="3">
+        <v>376.29</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>0</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>150</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>70.07</v>
+        <v>386.46</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>3968</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I76" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>71.11</v>
+        <v>406.8</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>14061</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>53.02</v>
+        <v>477.99</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>3107</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>49.04</v>
+        <v>103.65</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F79" s="3">
-        <v>3760</v>
+        <v>3913</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="I79" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>73.82</v>
+        <v>1138.71</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>3106</v>
+        <v>123</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>55.83</v>
+        <v>167.74</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F81" s="3">
-        <v>5440</v>
+        <v>1890</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>400</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>87.16</v>
+        <v>117.34</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F82" s="3">
-        <v>4453</v>
+        <v>5403</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>234.62</v>
+        <v>127.67</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F83" s="3">
-        <v>258</v>
+        <v>9873</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>62.19</v>
+        <v>132.99</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F84" s="3">
-        <v>6737</v>
+        <v>1552</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>400</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>61.56</v>
+        <v>195.58</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F85" s="3">
-        <v>5361</v>
+        <v>9692</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I85" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>113.39</v>
+        <v>234.69</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F86" s="3">
-        <v>4092</v>
+        <v>3694</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>152.96</v>
+        <v>459.6</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>1890</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>67.75</v>
+        <v>752.97</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F88" s="3">
-        <v>3655</v>
+        <v>1</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>180.38</v>
+        <v>145.3</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F89" s="3">
-        <v>4082</v>
+        <v>5696</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>70.48</v>
+        <v>166.24</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F90" s="3">
-        <v>4046</v>
+        <v>3948</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I90" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>74.98</v>
+        <v>294.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F91" s="3">
-        <v>2341</v>
+        <v>838</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>176.97</v>
+        <v>2444.71</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>899</v>
+        <v>563</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>267.83</v>
+        <v>884.62</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1752</v>
+        <v>680</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>115.65</v>
+        <v>3520.38</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>508</v>
+        <v>100</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>139.79</v>
+        <v>3324.81</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>257</v>
+        <v>476</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>159.89</v>
+        <v>684.52</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>501</v>
+        <v>474</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>768.86</v>
+        <v>2542.5</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>1364</v>
+        <v>444</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" s="3">
+        <v>1378.82</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" s="3">
+        <v>1324</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>40</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>1526.8</v>
+        <v>3077.95</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F100" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>678.41</v>
+        <v>1232.13</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>598</v>
+        <v>454</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>567.31</v>
+        <v>1466.83</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>6</v>
+        <v>1028</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>1403.85</v>
+        <v>1857.98</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1</v>
+        <v>667</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A104" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>2920.93</v>
+        <v>117.35</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>928</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>12</v>
+        <v>400</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>1630.55</v>
+        <v>321.95</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>570</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>3082.67</v>
+        <v>164.28</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F107" s="3">
-        <v>202</v>
+        <v>594</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>18</v>
+        <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>1411.2</v>
+        <v>211.22</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F108" s="3">
-        <v>489</v>
+        <v>299</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>2704.8</v>
+        <v>821.42</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F109" s="3">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>697.97</v>
+        <v>163.1</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F110" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>1250</v>
+        <v>137.19</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="A112" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C112" s="3">
+        <v>122.99</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F112" s="3">
+        <v>3387</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>400</v>
+      </c>
+      <c r="I112" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>615.38</v>
+        <v>75.16</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F113" s="3">
-        <v>1040</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>937.43</v>
+        <v>256.49</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>3323</v>
+        <v>46</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>555.56</v>
+        <v>422.33</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>466</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>1711.92</v>
+        <v>799.31</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>164.95</v>
+        <v>82.32</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F117" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>1373.89</v>
+        <v>145.55</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>663.46</v>
+        <v>326.89</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>487.82</v>
+        <v>159.85</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>2656</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>532.91</v>
+        <v>131.23</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>582</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>1257.72</v>
+        <v>244.47</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F122" s="3">
-        <v>195</v>
+        <v>426</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C123" s="3">
-        <v>1075.3</v>
+        <v>103.65</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F123" s="3">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>410.95</v>
+        <v>107.05</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F124" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>1149.84</v>
+        <v>185.54</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F125" s="3">
-        <v>226</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>1397</v>
+        <v>278.09</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F126" s="3">
-        <v>262</v>
+        <v>1225</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>48</v>
+        <v>400</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>1000</v>
+        <v>501.07</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>6115.23</v>
+        <v>97.84</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F128" s="3">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>411.77</v>
+        <v>191.46</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>317</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>1440.03</v>
+        <v>88.01</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F130" s="3">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>615.38</v>
+        <v>135.35</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F131" s="3">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>1609.8</v>
+        <v>151.76</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F132" s="3">
-        <v>683</v>
+        <v>110</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C133" s="3">
-        <v>1105.77</v>
+        <v>425.94</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F133" s="3">
-        <v>93</v>
+        <v>247</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C134" s="3">
-        <v>736.54</v>
+        <v>529.52</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F134" s="3">
         <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A135" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>538.46</v>
+        <v>53.92</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F136" s="3">
-        <v>137</v>
+        <v>1241</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>180</v>
+        <v>600</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>653.85</v>
+        <v>68.9</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F137" s="3">
-        <v>269</v>
+        <v>4</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>596.15</v>
+        <v>238.61</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F138" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>1023.89</v>
+        <v>49.87</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F139" s="3">
-        <v>481</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>64</v>
+        <v>600</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>480.48</v>
+        <v>62.61</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F140" s="3">
-        <v>2709</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>444.71</v>
+        <v>71.26</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>230.77</v>
+        <v>75.07</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F142" s="3">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>291.16</v>
+        <v>56.78</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F143" s="3">
-        <v>539</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>240.38</v>
+        <v>72.32</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F144" s="3">
-        <v>428</v>
+        <v>66</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>987.81</v>
+        <v>88.64</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F145" s="3">
-        <v>206</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>368.24</v>
+        <v>115.32</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F146" s="3">
-        <v>258</v>
+        <v>3441</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>548.08</v>
+        <v>155.56</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F147" s="3">
-        <v>161</v>
+        <v>1</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>589.77</v>
+        <v>183.45</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F148" s="3">
-        <v>275</v>
+        <v>188</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>640.38</v>
+        <v>63.25</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F149" s="3">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>1025.39</v>
+        <v>76.25</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F150" s="3">
-        <v>172</v>
+        <v>319</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>64</v>
+        <v>400</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>1296.38</v>
+        <v>71.68</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F151" s="3">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>48</v>
+        <v>500</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A152" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A152" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C153" s="3">
-        <v>1534.36</v>
+        <v>466.87</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F153" s="3">
-        <v>382</v>
+        <v>76</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C154" s="3">
-        <v>269.56</v>
+        <v>123.08</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F154" s="3">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C155" s="3">
-        <v>377.2</v>
+        <v>580.86</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F155" s="3">
-        <v>922</v>
+        <v>362</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C156" s="3">
-        <v>418.22</v>
+        <v>146.68</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F156" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C157" s="3">
-        <v>451.25</v>
+        <v>111.48</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F157" s="3">
-        <v>0</v>
+        <v>1909</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C158" s="3">
-        <v>730.77</v>
+        <v>118.02</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F158" s="3">
-        <v>243</v>
+        <v>392</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C159" s="3">
-        <v>769.23</v>
+        <v>498.72</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F159" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C160" s="3">
-        <v>800.61</v>
+        <v>209.27</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F160" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C161" s="3">
-        <v>255.84</v>
+        <v>256.54</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F161" s="3">
-        <v>1838</v>
+        <v>1008</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C162" s="3">
-        <v>692.31</v>
+        <v>330.81</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F162" s="3">
-        <v>212</v>
+        <v>869</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C163" s="3">
-        <v>388.24</v>
+        <v>343.72</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F163" s="3">
-        <v>194</v>
+        <v>303</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C164" s="3">
-        <v>5595.63</v>
+        <v>259.47</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F164" s="3">
-        <v>210</v>
+        <v>320</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
+        <v>200</v>
+      </c>
+      <c r="I164" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C165" s="3">
-        <v>8593.97</v>
+        <v>177.22</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
+        <v>200</v>
+      </c>
+      <c r="I165" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C166" s="3">
-        <v>297.84</v>
+        <v>543.7</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F166" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>100</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I167" s="2"/>
+      <c r="A167" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C167" s="3">
+        <v>215.13</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F167" s="3">
+        <v>107</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1</v>
+      </c>
+      <c r="H167" s="3">
+        <v>200</v>
+      </c>
+      <c r="I167" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>346.15</v>
+        <v>78.23</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F168" s="3">
-        <v>485</v>
+        <v>1608</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>40</v>
+        <v>480</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C169" s="3">
-        <v>480.77</v>
+        <v>107.57</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F169" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C170" s="3">
-        <v>634.41</v>
+        <v>164.28</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F170" s="3">
-        <v>1821</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>40</v>
+        <v>480</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B171" s="2"/>
       <c r="C171" s="2"/>
       <c r="D171" s="2"/>
       <c r="E171" s="2"/>
       <c r="F171" s="2"/>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
       <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C172" s="3">
-        <v>221.57</v>
+        <v>3135.08</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F172" s="3">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>200</v>
+        <v>18</v>
       </c>
       <c r="I172" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C173" s="3">
-        <v>109.62</v>
+        <v>576.95</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F173" s="3">
-        <v>2344</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C174" s="3">
-        <v>594.5</v>
+        <v>689.94</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F174" s="3">
-        <v>17</v>
+        <v>568</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I174" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C175" s="3">
-        <v>612.58</v>
+        <v>1552.76</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F175" s="3">
-        <v>1102</v>
+        <v>72</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I175" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C176" s="3">
-        <v>380.62</v>
+        <v>2970.59</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F176" s="3">
-        <v>285</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I176" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C177" s="3">
-        <v>116.05</v>
+        <v>1035.52</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F177" s="3">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>480</v>
+        <v>25</v>
       </c>
       <c r="I177" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>174.26</v>
+        <v>664.96</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I178" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>459.07</v>
+        <v>1271.25</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F179" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I179" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>121.02</v>
+        <v>1435.19</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>444</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I180" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C181" s="3">
-        <v>325.28</v>
+        <v>1427.72</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F181" s="3">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I181" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C182" s="3">
-        <v>96.15</v>
+        <v>1658.27</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F182" s="3">
         <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I182" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C183" s="3">
-        <v>157.11</v>
+        <v>2750.78</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="F183" s="3">
-        <v>1</v>
+        <v>593</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>480</v>
+        <v>80</v>
       </c>
       <c r="I183" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A184" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A184" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="B184" s="2"/>
+      <c r="C184" s="2"/>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2"/>
+      <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C185" s="3">
-        <v>174.74</v>
+        <v>488.94</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>262</v>
+        <v>58</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>480</v>
+        <v>40</v>
       </c>
       <c r="I185" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C186" s="3">
-        <v>233.83</v>
+        <v>352.03</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>701</v>
+        <v>270</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I186" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>252.25</v>
+        <v>645.19</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>1263</v>
+        <v>953</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I187" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B188" s="3" t="s">
+      <c r="A188" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="C188" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C189" s="3">
-        <v>76.92</v>
+        <v>691.56</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1819</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I189" s="3">
-        <v>10</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C190" s="3">
+        <v>508.5</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190" s="3">
+        <v>0</v>
+      </c>
+      <c r="G190" s="3">
+        <v>1</v>
+      </c>
+      <c r="H190" s="3">
+        <v>200</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C191" s="3">
+        <v>549.18</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F191" s="3">
+        <v>0</v>
+      </c>
+      <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
+        <v>200</v>
+      </c>
+      <c r="I191" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C192" s="3">
+        <v>569.52</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F192" s="3">
+        <v>0</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1</v>
+      </c>
+      <c r="H192" s="3">
+        <v>200</v>
+      </c>
+      <c r="I192" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C193" s="3">
+        <v>610.2</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F193" s="3">
+        <v>0</v>
+      </c>
+      <c r="G193" s="3">
+        <v>1</v>
+      </c>
+      <c r="H193" s="3">
+        <v>200</v>
+      </c>
+      <c r="I193" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C194" s="3">
+        <v>640.71</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F194" s="3">
+        <v>0</v>
+      </c>
+      <c r="G194" s="3">
+        <v>1</v>
+      </c>
+      <c r="H194" s="3">
+        <v>200</v>
+      </c>
+      <c r="I194" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C195" s="3">
+        <v>3559.5</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F195" s="3">
+        <v>0</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>16</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C196" s="3">
+        <v>162.61</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F196" s="3">
+        <v>485</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>500</v>
+      </c>
+      <c r="I196" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C197" s="3">
+        <v>179.98</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F197" s="3">
+        <v>785</v>
+      </c>
+      <c r="G197" s="3">
+        <v>1</v>
+      </c>
+      <c r="H197" s="3">
+        <v>500</v>
+      </c>
+      <c r="I197" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C198" s="3">
+        <v>117.62</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F198" s="3">
+        <v>423</v>
+      </c>
+      <c r="G198" s="3">
+        <v>1</v>
+      </c>
+      <c r="H198" s="3">
+        <v>500</v>
+      </c>
+      <c r="I198" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C199" s="3">
+        <v>142.17</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F199" s="3">
+        <v>723</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>500</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C200" s="3">
+        <v>781.93</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F200" s="3">
+        <v>1235</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>100</v>
+      </c>
+      <c r="I200" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C201" s="3">
+        <v>272.38</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F201" s="3">
+        <v>1672</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>500</v>
+      </c>
+      <c r="I201" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A32:I32"/>
-[...1 lines deleted...]
-    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A72:I72"/>
     <mergeCell ref="A92:I92"/>
-    <mergeCell ref="A99:I99"/>
-[...1 lines deleted...]
-    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A104:I104"/>
+    <mergeCell ref="A135:I135"/>
+    <mergeCell ref="A152:I152"/>
     <mergeCell ref="A171:I171"/>
+    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A188:I188"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D33" r:id="rId28"/>
-[...147 lines deleted...]
-    <hyperlink ref="D188" r:id="rId176"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D64" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId61"/>
+    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D67" r:id="rId63"/>
+    <hyperlink ref="D68" r:id="rId64"/>
+    <hyperlink ref="D69" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId66"/>
+    <hyperlink ref="D71" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D81" r:id="rId76"/>
+    <hyperlink ref="D82" r:id="rId77"/>
+    <hyperlink ref="D83" r:id="rId78"/>
+    <hyperlink ref="D84" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D90" r:id="rId85"/>
+    <hyperlink ref="D91" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D115" r:id="rId108"/>
+    <hyperlink ref="D116" r:id="rId109"/>
+    <hyperlink ref="D117" r:id="rId110"/>
+    <hyperlink ref="D118" r:id="rId111"/>
+    <hyperlink ref="D119" r:id="rId112"/>
+    <hyperlink ref="D120" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D124" r:id="rId117"/>
+    <hyperlink ref="D125" r:id="rId118"/>
+    <hyperlink ref="D126" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D136" r:id="rId128"/>
+    <hyperlink ref="D137" r:id="rId129"/>
+    <hyperlink ref="D138" r:id="rId130"/>
+    <hyperlink ref="D139" r:id="rId131"/>
+    <hyperlink ref="D140" r:id="rId132"/>
+    <hyperlink ref="D141" r:id="rId133"/>
+    <hyperlink ref="D142" r:id="rId134"/>
+    <hyperlink ref="D143" r:id="rId135"/>
+    <hyperlink ref="D144" r:id="rId136"/>
+    <hyperlink ref="D145" r:id="rId137"/>
+    <hyperlink ref="D146" r:id="rId138"/>
+    <hyperlink ref="D147" r:id="rId139"/>
+    <hyperlink ref="D148" r:id="rId140"/>
+    <hyperlink ref="D149" r:id="rId141"/>
+    <hyperlink ref="D150" r:id="rId142"/>
+    <hyperlink ref="D151" r:id="rId143"/>
+    <hyperlink ref="D153" r:id="rId144"/>
+    <hyperlink ref="D154" r:id="rId145"/>
+    <hyperlink ref="D155" r:id="rId146"/>
+    <hyperlink ref="D156" r:id="rId147"/>
+    <hyperlink ref="D157" r:id="rId148"/>
+    <hyperlink ref="D158" r:id="rId149"/>
+    <hyperlink ref="D159" r:id="rId150"/>
+    <hyperlink ref="D160" r:id="rId151"/>
+    <hyperlink ref="D161" r:id="rId152"/>
+    <hyperlink ref="D162" r:id="rId153"/>
+    <hyperlink ref="D163" r:id="rId154"/>
+    <hyperlink ref="D164" r:id="rId155"/>
+    <hyperlink ref="D165" r:id="rId156"/>
+    <hyperlink ref="D166" r:id="rId157"/>
+    <hyperlink ref="D167" r:id="rId158"/>
+    <hyperlink ref="D168" r:id="rId159"/>
+    <hyperlink ref="D169" r:id="rId160"/>
+    <hyperlink ref="D170" r:id="rId161"/>
+    <hyperlink ref="D172" r:id="rId162"/>
+    <hyperlink ref="D173" r:id="rId163"/>
+    <hyperlink ref="D174" r:id="rId164"/>
+    <hyperlink ref="D175" r:id="rId165"/>
+    <hyperlink ref="D176" r:id="rId166"/>
+    <hyperlink ref="D177" r:id="rId167"/>
+    <hyperlink ref="D178" r:id="rId168"/>
+    <hyperlink ref="D179" r:id="rId169"/>
+    <hyperlink ref="D180" r:id="rId170"/>
+    <hyperlink ref="D181" r:id="rId171"/>
+    <hyperlink ref="D182" r:id="rId172"/>
+    <hyperlink ref="D183" r:id="rId173"/>
+    <hyperlink ref="D185" r:id="rId174"/>
+    <hyperlink ref="D186" r:id="rId175"/>
+    <hyperlink ref="D187" r:id="rId176"/>
     <hyperlink ref="D189" r:id="rId177"/>
+    <hyperlink ref="D190" r:id="rId178"/>
+    <hyperlink ref="D191" r:id="rId179"/>
+    <hyperlink ref="D192" r:id="rId180"/>
+    <hyperlink ref="D193" r:id="rId181"/>
+    <hyperlink ref="D194" r:id="rId182"/>
+    <hyperlink ref="D195" r:id="rId183"/>
+    <hyperlink ref="D196" r:id="rId184"/>
+    <hyperlink ref="D197" r:id="rId185"/>
+    <hyperlink ref="D198" r:id="rId186"/>
+    <hyperlink ref="D199" r:id="rId187"/>
+    <hyperlink ref="D200" r:id="rId188"/>
+    <hyperlink ref="D201" r:id="rId189"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>