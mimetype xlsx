--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -45,1221 +45,1221 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Оснастка по металлу Kranz</t>
   </si>
   <si>
     <t>1.1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0902</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0912</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0923</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0932</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0945</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0947</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0912</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0912-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>KR-90-0902</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-90-0913-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-90-0914-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>1.2 Коронки по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-92-0225</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0235</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0205</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 14мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0213</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 29мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0218</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 38мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0220</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 41мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0211</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 25мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0234</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 67мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0223</t>
   </si>
   <si>
     <t>Коронка Bimetal 46мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0226</t>
   </si>
   <si>
     <t>Коронка Bimetal 51мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0229</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 55мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0230</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 57мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0240</t>
   </si>
   <si>
     <t>Коронка Bimetal 83мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0244</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 102мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0246</t>
   </si>
   <si>
     <t>Коронка Bimetal 111мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0249</t>
   </si>
   <si>
     <t>Коронка Bimetal 127мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0210</t>
-[...40 lines deleted...]
-  <si>
     <t>KR-92-0250</t>
   </si>
   <si>
     <t>Коронка Bimetal 140мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0219</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 40мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0208</t>
   </si>
   <si>
     <t>Коронка Bimetal 21мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0232</t>
-[...38 lines deleted...]
-    <t>Коронка Bimetal 16мм KRANZ</t>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
   </si>
   <si>
     <t>KR-92-0201</t>
   </si>
   <si>
     <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0243</t>
-[...25 lines deleted...]
-  <si>
     <t>KR-92-0214</t>
   </si>
   <si>
     <t>Коронка Bimetal 30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0217</t>
-[...154 lines deleted...]
-  <si>
     <t>1.3 Сверла по металлу кобальт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0543</t>
   </si>
   <si>
     <t>Сверло по металлу 3мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0544</t>
   </si>
   <si>
     <t>Сверло по металлу 4мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0545</t>
   </si>
   <si>
     <t>Сверло по металлу 5мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0546</t>
   </si>
   <si>
     <t>Сверло по металлу 6мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0547</t>
   </si>
   <si>
     <t>Сверло по металлу 7мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0548</t>
   </si>
   <si>
     <t>Сверло по металлу 8мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0512</t>
-[...76 lines deleted...]
-  <si>
     <t>1.4 Сверла по металлу ступенчатые Kranz</t>
   </si>
   <si>
+    <t>KR-12-6603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6602</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6612</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
     <t>KR-12-6601</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
   </si>
   <si>
+    <t>KR-12-6611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6613</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6614</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-6615</t>
   </si>
   <si>
     <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
   </si>
   <si>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6616</t>
   </si>
   <si>
     <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6602</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5 Сверла по металлу Р6М5 Kranz</t>
   </si>
   <si>
+    <t>KR-91-0522</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0521</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0526</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0534</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0527</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0529</t>
   </si>
   <si>
     <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0536</t>
-[...26 lines deleted...]
-    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
     <t>KR-91-5504</t>
   </si>
   <si>
     <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0523</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-91-5506</t>
   </si>
   <si>
     <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
+    <t>KR-91-5502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-5503</t>
   </si>
   <si>
     <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0535</t>
-[...76 lines deleted...]
-  <si>
     <t>1.6 Сверла по металлу HSS – по 2 (1) шт Kranz</t>
   </si>
   <si>
     <t>KR-91-0551</t>
   </si>
   <si>
     <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0552</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0553</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0554</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0557</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х35мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0560</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0562</t>
   </si>
   <si>
     <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0564</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0566</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0568</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0570</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0559</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0556</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0558</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 2 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0572</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0574</t>
   </si>
   <si>
     <t>Сверло по металлу 10х133х87мм (HSS), DIN 338, 1 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0552</t>
-[...76 lines deleted...]
-  <si>
     <t>1.7 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0605</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0608</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0610</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0623</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0625</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0627</t>
   </si>
   <si>
     <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0610</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-0629</t>
   </si>
   <si>
     <t>Сверло по металлу 10,0х133х87мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0611</t>
   </si>
   <si>
     <t>Сверло по металлу 3,2х65х36мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0605</t>
-[...14 lines deleted...]
-    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+    <t>KR-91-0612</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0616</t>
   </si>
   <si>
     <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0617</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0840</t>
   </si>
   <si>
     <t>Сверло по металлу 4,8х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0618</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0620</t>
   </si>
   <si>
     <t>Сверло по металлу 5,5х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0621</t>
   </si>
   <si>
     <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0618</t>
-[...40 lines deleted...]
-  <si>
     <t>1.8 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
   </si>
   <si>
+    <t>KR-91-0632</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0635</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0631</t>
-[...8 lines deleted...]
-    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+    <t>KR-91-0636</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0630</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0637</t>
   </si>
   <si>
     <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
   </si>
   <si>
     <t>KR-91-0639</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0633</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0638</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0622</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0634</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0636</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-91-0634-1</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>1.9 Экстракторы Kranz</t>
   </si>
   <si>
     <t>KR-12-6701</t>
   </si>
   <si>
     <t>Набор экстракторов для шурупов № 1 KRANZ</t>
   </si>
   <si>
     <t>KR-12-6702</t>
   </si>
   <si>
     <t>Набор экстракторов для шурупов № 2 KRANZ</t>
   </si>
   <si>
     <t>KR-12-6703</t>
   </si>
   <si>
     <t>Набор экстракторов для шурупов Профи KRANZ</t>
   </si>
   <si>
     <t>1.10 Фрезы, шарошки по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-91-0580</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 3мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0581</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 4мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0582</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 5мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0583</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 6мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0584</t>
+  </si>
+  <si>
+    <t>Сверло-фреза по металлу 8мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0585</t>
+  </si>
+  <si>
+    <t>Набор cверл-фрез по металлу 3-4-5-6-8мм, HSS, ТИТАН, цилиндрический хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0693</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М3, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0694</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М4, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0695</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М5, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0696</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М6, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0697</t>
+  </si>
+  <si>
+    <t>Сверло-метчик М8, Р6М5 ТИТАН KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0698</t>
   </si>
   <si>
     <t>Сверло-метчик М10, Р6М5 ТИТАН KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0693</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-91-0699</t>
   </si>
   <si>
     <t>Набор сверл-метчиков (M3x1, M4x1, M5x2, M6x2, M8x2, M10x2) Р6М5, ТИТАН, 10 шт. KRANZ</t>
-  </si>
-[...34 lines deleted...]
-    <t>Сверло-фреза по металлу 8мм, HSS, ТИТАН, цилиндрический хвостовик (1 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1644,51 +1644,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m10-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m3-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m4-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m5-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m6-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m8-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-metchikov-m3x1-m4x1-m5x2-m6x2-m8x2-m10x2-r6m5-titan-10-sht-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-sht-up-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h35mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-2-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-hss-din-338-1-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-1-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-2-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ekstraktorov-dlya-shurupov-profi-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-3mm-hss-titan-tsilindricheskiy-hvostovik-1-shtup-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-4mm-hss-titan-tsilindricheskiy-hvostovik-1-shtup-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-5mm-hss-titan-tsilindricheskiy-hvostovik-1-shtup-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-6mm-hss-titan-tsilindricheskiy-hvostovik-1-shtup-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-freza-po-metallu-8mm-hss-titan-tsilindricheskiy-hvostovik-1-shtup-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-cverl-frez-po-metallu-3-4-5-6-8mm-hss-titan-tsilindricheskiy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m3-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m4-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m5-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m6-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m8-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-metchik-m10-r6m5-titan-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-metchikov-m3x1-m4x1-m5x2-m6x2-m8x2-m10x2-r6m5-titan-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I201"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1725,5635 +1725,5635 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>213.14</v>
+        <v>44.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5831</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>60.96</v>
+        <v>51.36</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>106661</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>143.66</v>
+        <v>54.86</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7489</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>191.22</v>
+        <v>94.03</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2446</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>428.23</v>
+        <v>129.29</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>57.07</v>
+        <v>166.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>147986</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>596.99</v>
+        <v>59.85</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>52.02</v>
+        <v>172.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>18307</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>104.48</v>
+        <v>191.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>23937</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>185.53</v>
+        <v>220.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>14242</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>66.5</v>
+        <v>385.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>56142</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>537.29</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C15" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>581.26</v>
+        <v>523.13</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>811.34</v>
+        <v>730.21</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>228</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>567.17</v>
+        <v>498.72</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>980</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>625.85</v>
+        <v>714.83</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1093.58</v>
+        <v>421.69</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1428.54</v>
+        <v>382.36</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>416</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1525.5</v>
+        <v>164.28</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>599</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>316.25</v>
+        <v>284.63</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>300</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>528.06</v>
+        <v>341.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>231</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1134.35</v>
+        <v>407.29</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>1420.75</v>
+        <v>423.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>234.69</v>
+        <v>448.85</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>1036.56</v>
+        <v>548.59</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>1095.23</v>
+        <v>831.2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>64</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1564.62</v>
+        <v>881.08</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>167.75</v>
+        <v>930.95</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>749.06</v>
+        <v>964.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>496.11</v>
+        <v>1193.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1995</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>244.47</v>
+        <v>1230.19</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>273.81</v>
+        <v>246.43</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>300</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>425.33</v>
+        <v>217.58</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>458.92</v>
+        <v>288.68</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>228.83</v>
+        <v>382.8</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>277.72</v>
+        <v>390.08</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>342</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>1163.68</v>
+        <v>598.47</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>260.19</v>
+        <v>205.95</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>929</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>352.04</v>
+        <v>636.7</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>8740.07</v>
+        <v>664.96</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>387.24</v>
+        <v>692.09</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>479.16</v>
+        <v>748.09</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>645.4</v>
+        <v>234.17</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>977.88</v>
+        <v>457.16</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>1464.51</v>
+        <v>465.48</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>274</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>782.31</v>
+        <v>482.09</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>180</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>814.22</v>
+        <v>490.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>586.73</v>
+        <v>531.97</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>840.98</v>
+        <v>556.9</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>2128</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>449.83</v>
+        <v>462.74</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1697</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>547.62</v>
+        <v>886.4</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>576.95</v>
+        <v>929.54</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>1466.83</v>
+        <v>977.49</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>880.1</v>
+        <v>1173.69</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>537.84</v>
+        <v>1199.97</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>661.05</v>
+        <v>1232.14</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>234</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>1042.82</v>
+        <v>1281.42</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>1397.25</v>
+        <v>1314.28</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>320.75</v>
+        <v>432.23</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>787</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>655.18</v>
+        <v>117.43</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>938.77</v>
+        <v>316.84</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>64</v>
+        <v>300</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>6219.19</v>
+        <v>797.95</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3">
+        <v>4438.79</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="C67" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>508.5</v>
+        <v>4850.97</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="F68" s="3">
-        <v>519</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>5690.76</v>
+        <v>6817.25</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F69" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>379.42</v>
+        <v>249.95</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>209</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>498.72</v>
+        <v>348.52</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>355.95</v>
+        <v>109.13</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>366.12</v>
+        <v>118.73</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>376.29</v>
+        <v>135.13</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>386.46</v>
+        <v>156</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>406.8</v>
+        <v>123.68</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>477.99</v>
+        <v>181.89</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>103.65</v>
+        <v>218.26</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F79" s="3">
-        <v>3913</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>400</v>
       </c>
       <c r="I79" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>1138.71</v>
+        <v>427.43</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F80" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>167.74</v>
+        <v>700.26</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F81" s="3">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I81" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>117.34</v>
+        <v>96.39</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F82" s="3">
-        <v>5403</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>400</v>
       </c>
       <c r="I82" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>127.67</v>
+        <v>910.97</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>9873</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>132.99</v>
+        <v>154.6</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F84" s="3">
-        <v>1552</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>400</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>195.58</v>
+        <v>273.98</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F85" s="3">
-        <v>9692</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>234.69</v>
+        <v>302.56</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>3694</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>459.6</v>
+        <v>311.2</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>752.97</v>
+        <v>319.85</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>150</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>145.3</v>
+        <v>328.49</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>5696</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I89" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>166.24</v>
+        <v>345.78</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>3948</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>294.6</v>
+        <v>406.29</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>838</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>200</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>2444.71</v>
+        <v>1158.8</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>563</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>884.62</v>
+        <v>1089.27</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>680</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>3520.38</v>
+        <v>1467.8</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>40</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>3324.81</v>
+        <v>2427.11</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>476</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>40</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>684.52</v>
+        <v>1882.43</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>474</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>2542.5</v>
+        <v>707.7</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>1378.82</v>
+        <v>973.38</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1324</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>3077.95</v>
+        <v>2569.88</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>1232.13</v>
+        <v>547.62</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>454</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>60</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>1466.83</v>
+        <v>2370.02</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="F102" s="3">
-        <v>1028</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>1857.98</v>
+        <v>1957.73</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>667</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>40</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>117.35</v>
+        <v>98.47</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F105" s="3">
-        <v>928</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>400</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>321.95</v>
+        <v>101.7</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F106" s="3">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>164.28</v>
+        <v>176.26</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F107" s="3">
-        <v>594</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>211.22</v>
+        <v>264.19</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F108" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>821.42</v>
+        <v>156.07</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F109" s="3">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>163.1</v>
+        <v>200.66</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F110" s="3">
-        <v>1162</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I110" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>137.19</v>
+        <v>232.25</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>122.99</v>
+        <v>739.28</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F112" s="3">
-        <v>3387</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>75.16</v>
+        <v>305.85</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>256.49</v>
+        <v>83.61</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F114" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>422.33</v>
+        <v>116.84</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F115" s="3">
         <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>799.31</v>
+        <v>128.58</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F116" s="3">
         <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>82.32</v>
+        <v>144.17</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>145.55</v>
+        <v>404.64</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F118" s="3">
         <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>326.89</v>
+        <v>476.57</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F119" s="3">
         <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>150</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C120" s="3">
-        <v>159.85</v>
+        <v>154.95</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C121" s="3">
-        <v>131.23</v>
+        <v>111.48</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F121" s="3">
         <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C122" s="3">
-        <v>244.47</v>
+        <v>401.21</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C123" s="3">
-        <v>103.65</v>
+        <v>719.38</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I123" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C124" s="3">
-        <v>107.05</v>
+        <v>78.2</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C125" s="3">
-        <v>185.54</v>
+        <v>181.89</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C126" s="3">
-        <v>278.09</v>
+        <v>71.4</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F126" s="3">
-        <v>1225</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C127" s="3">
-        <v>501.07</v>
+        <v>243.67</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C128" s="3">
-        <v>97.84</v>
+        <v>138.27</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>150</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C129" s="3">
-        <v>191.46</v>
+        <v>450.96</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C130" s="3">
-        <v>88.01</v>
+        <v>310.55</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I130" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C131" s="3">
-        <v>135.35</v>
+        <v>130.33</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I131" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C132" s="3">
-        <v>151.76</v>
+        <v>151.86</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C133" s="3">
-        <v>425.94</v>
+        <v>92.95</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F133" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C134" s="3">
-        <v>529.52</v>
+        <v>124.67</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
         <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>150</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B135" s="2"/>
       <c r="C135" s="2"/>
       <c r="D135" s="2"/>
       <c r="E135" s="2"/>
       <c r="F135" s="2"/>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
       <c r="I135" s="2"/>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>53.92</v>
+        <v>51.22</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F136" s="3">
-        <v>1241</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>600</v>
       </c>
       <c r="I136" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>68.9</v>
+        <v>47.38</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F137" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>238.61</v>
+        <v>59.48</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F138" s="3">
         <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>49.87</v>
+        <v>67.7</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F139" s="3">
         <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I139" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>62.61</v>
+        <v>71.32</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F140" s="3">
         <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I140" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>71.26</v>
+        <v>53.94</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F141" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I141" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>75.07</v>
+        <v>65.46</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F142" s="3">
-        <v>317</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>400</v>
       </c>
       <c r="I142" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>56.78</v>
+        <v>68.7</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>400</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>72.32</v>
+        <v>84.21</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F144" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>88.64</v>
+        <v>109.55</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F145" s="3">
         <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>115.32</v>
+        <v>147.78</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F146" s="3">
-        <v>3441</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>155.56</v>
+        <v>60.09</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>183.45</v>
+        <v>68.1</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F148" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>63.25</v>
+        <v>72.44</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F149" s="3">
         <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>400</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>76.25</v>
+        <v>174.28</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F150" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I150" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>71.68</v>
+        <v>226.68</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F151" s="3">
         <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I151" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C153" s="3">
-        <v>466.87</v>
+        <v>105.91</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F153" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I153" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C154" s="3">
-        <v>123.08</v>
+        <v>112.12</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F154" s="3">
         <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>480</v>
       </c>
       <c r="I154" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C155" s="3">
-        <v>580.86</v>
+        <v>116.93</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F155" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I155" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C156" s="3">
-        <v>146.68</v>
+        <v>168.36</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F156" s="3">
         <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C157" s="3">
-        <v>111.48</v>
+        <v>489.33</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F157" s="3">
-        <v>1909</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C158" s="3">
-        <v>118.02</v>
+        <v>473.78</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F158" s="3">
-        <v>392</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I158" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C159" s="3">
-        <v>498.72</v>
+        <v>420.18</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I159" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C160" s="3">
-        <v>209.27</v>
+        <v>522.77</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F160" s="3">
         <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I160" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C161" s="3">
-        <v>256.54</v>
+        <v>74.32</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F161" s="3">
-        <v>1008</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I161" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C162" s="3">
-        <v>330.81</v>
+        <v>102.19</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F162" s="3">
-        <v>869</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I162" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C163" s="3">
-        <v>343.72</v>
+        <v>139.35</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F163" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I163" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C164" s="3">
-        <v>259.47</v>
+        <v>156.07</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F164" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I164" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C165" s="3">
-        <v>177.22</v>
+        <v>198.81</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>200</v>
       </c>
       <c r="I165" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C166" s="3">
-        <v>543.7</v>
+        <v>204.37</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F166" s="3">
         <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I166" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C167" s="3">
-        <v>215.13</v>
+        <v>243.71</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F167" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>200</v>
       </c>
       <c r="I167" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>78.23</v>
+        <v>246.5</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F168" s="3">
-        <v>1608</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C169" s="3">
-        <v>107.57</v>
+        <v>314.27</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F169" s="3">
         <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C170" s="3">
-        <v>164.28</v>
+        <v>326.53</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F170" s="3">
         <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
         <v>343</v>
       </c>
       <c r="B171" s="2"/>
       <c r="C171" s="2"/>
       <c r="D171" s="2"/>
       <c r="E171" s="2"/>
       <c r="F171" s="2"/>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
       <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C172" s="3">
-        <v>3135.08</v>
+        <v>620.95</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F172" s="3">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C173" s="3">
-        <v>576.95</v>
+        <v>519.26</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>50</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C174" s="3">
-        <v>689.94</v>
+        <v>2727.52</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F174" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C175" s="3">
-        <v>1552.76</v>
+        <v>1270.67</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F175" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>20</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C176" s="3">
-        <v>2970.59</v>
+        <v>1381.96</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F176" s="3">
         <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C177" s="3">
-        <v>1035.52</v>
+        <v>2584.41</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F177" s="3">
         <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>664.96</v>
+        <v>931.97</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="3">
-        <v>1271.25</v>
+        <v>598.46</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F179" s="3">
         <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="3">
-        <v>1435.19</v>
+        <v>1475.86</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F180" s="3">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C181" s="3">
-        <v>1427.72</v>
+        <v>1144.13</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F181" s="3">
         <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>20</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C182" s="3">
-        <v>1658.27</v>
+        <v>1291.67</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F182" s="3">
         <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C183" s="3">
-        <v>2750.78</v>
+        <v>2475.7</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F183" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>80</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
         <v>368</v>
       </c>
       <c r="B184" s="2"/>
       <c r="C184" s="2"/>
       <c r="D184" s="2"/>
       <c r="E184" s="2"/>
       <c r="F184" s="2"/>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
       <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="3">
-        <v>488.94</v>
+        <v>440.05</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>40</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="3">
-        <v>352.03</v>
+        <v>334.43</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>40</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>645.19</v>
+        <v>580.67</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>953</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>40</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="2"/>
       <c r="C188" s="2"/>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C189" s="3">
-        <v>691.56</v>
+        <v>111.74</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
         <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C190" s="3">
-        <v>508.5</v>
+        <v>135.06</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
         <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C191" s="3">
-        <v>549.18</v>
+        <v>154.48</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C192" s="3">
-        <v>569.52</v>
+        <v>170.98</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C193" s="3">
-        <v>610.2</v>
+        <v>258.76</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
         <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C194" s="3">
-        <v>640.71</v>
+        <v>703.74</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="F194" s="3">
         <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="3">
-        <v>3559.5</v>
+        <v>432.23</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="F195" s="3">
         <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="3">
-        <v>162.61</v>
+        <v>466.8</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="3">
-        <v>179.98</v>
+        <v>484.09</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>785</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="3">
-        <v>117.62</v>
+        <v>518.67</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>423</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="3">
-        <v>142.17</v>
+        <v>544.6</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>723</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="3">
-        <v>781.93</v>
+        <v>587.83</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>1235</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="3">
-        <v>272.38</v>
+        <v>3025.58</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="F201" s="3">
-        <v>1672</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>500</v>
+        <v>64</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A92:I92"/>
     <mergeCell ref="A104:I104"/>
     <mergeCell ref="A135:I135"/>
     <mergeCell ref="A152:I152"/>
     <mergeCell ref="A171:I171"/>
     <mergeCell ref="A184:I184"/>
     <mergeCell ref="A188:I188"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>