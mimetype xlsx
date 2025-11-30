--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -8,355 +8,361 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="103">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 От комаров и прочих летающих насекомых</t>
   </si>
   <si>
+    <t>71-0096-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>71-0126-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>71-0091-F</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0186-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>71-0096-F</t>
-[...14 lines deleted...]
-    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
+  </si>
+  <si>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
   </si>
   <si>
     <t>70-0440</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
   </si>
   <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
     <t>71-0656</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
   </si>
   <si>
-    <t>70-0441</t>
-[...2 lines deleted...]
-    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
   </si>
   <si>
     <t>71-0016</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
   </si>
   <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
+  </si>
+  <si>
     <t>71-0014</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
   </si>
   <si>
-    <t>71-0036</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0066</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
   </si>
   <si>
+    <t>71-0136</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
+  </si>
+  <si>
     <t>71-0146</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
   </si>
   <si>
     <t>71-0156</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
   </si>
   <si>
-    <t>70-0410</t>
-[...2 lines deleted...]
-    <t>Мухобойка электрическая 0410 800В REXANT</t>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
   </si>
   <si>
     <t>71-0056</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
   </si>
   <si>
-    <t>71-0136</t>
-[...4 lines deleted...]
-  <si>
     <t>70-0420</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
   </si>
   <si>
     <t>71-0034</t>
   </si>
   <si>
     <t>Фумигатор USB, S 30м², белый REXANT</t>
   </si>
   <si>
     <t>71-0686</t>
   </si>
   <si>
     <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
   </si>
   <si>
     <t>71-0044</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
   </si>
   <si>
     <t>71-0054</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
   </si>
   <si>
     <t>70-0430</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
   </si>
   <si>
     <t>70-0491</t>
   </si>
   <si>
     <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>71-0222</t>
-[...10 lines deleted...]
-  <si>
     <t>70-0460</t>
   </si>
   <si>
     <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
   </si>
   <si>
     <t>71-0223</t>
   </si>
   <si>
     <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
   </si>
   <si>
-    <t>71-0227</t>
-[...8 lines deleted...]
-    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
   </si>
   <si>
     <t>71-0006</t>
   </si>
   <si>
     <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой  лампой, S 20м², 220В REXANT</t>
   </si>
   <si>
     <t>71-0031</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>71-0021</t>
   </si>
   <si>
     <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
   </si>
   <si>
     <t>71-0024</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
   </si>
   <si>
-    <t>71-0676</t>
-[...16 lines deleted...]
-  <si>
     <t>70-0470</t>
   </si>
   <si>
     <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,56 +747,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-sup2-2h6vt-220v-chetire-sezona-31859" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-sup2-3vt-220v-chetire-sezona-31858" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolniy-podvesnoy-chetire-sezona-31857" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetire-sezona-31856" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-sup2-2h10vt-220v-chetire-sezona-31832" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant-30453" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant-28389" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant-28382" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomih-rexant-30452" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant-26280" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant-28387" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-35m-sup2-3vt-220v-rexant-28381" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-80m-2h10vt-220v-rexant-17343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant-13290" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-kempingoviy-fonar-trehrejimniy-uv-podsvetka-s-akkumulyatorom-usb-rexant-20897" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomih-r-10m-nastolniy-podvesnoy-rexant-28378" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant-28386" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-30m-sup2-3vt-220v-rexant-13282" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant-28385" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant-28390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant-28391" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant-28392" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-2h6vt-220v-s-60m-sup2-rexant-13292" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-sup2-220v-rexant-13283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-20m-10vt-e27-rexant-19559" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtojitelya-s-60m-sup2-6vt-rexant-28160" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-80m-10vt-rexant-23620" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-100m-sup2-15vt-rexant-28161" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant-20577" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-100m-sup2-2h15vt-220v-rexant-17342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant-17190" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-sup2-beliy-rexant-20896" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant-20576" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-beliy-rexant-26029" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-temno-siniy-rexant-26030" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant-26279" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant-28383" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant-28384" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant-28388" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant-28393" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtojitel-nasekomih-s-ultrafioletovoy-lampoy-220v-rexant-8763" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant-13287" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant-13289" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant-17341" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtojennih-nasekomih-rexant-30454" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -809,1315 +815,1344 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>482.28</v>
+        <v>3890</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>248</v>
+        <v>376</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>4980</v>
+        <v>1869</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3890</v>
+        <v>1300</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>47</v>
+        <v>651</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1300</v>
+        <v>482.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>651</v>
+        <v>183</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1869</v>
+        <v>4980</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
+        <v>334</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1940</v>
+        <v>1468.94</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
+        <v>1868</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>40</v>
+      </c>
+      <c r="I8" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2400</v>
+        <v>600</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2</v>
+        <v>607</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>795.67</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1480</v>
+        <v>360.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>30</v>
+        <v>2491</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>375</v>
+        <v>1940</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>4604.03</v>
+        <v>726.72</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>6610.22</v>
+        <v>2400</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>188</v>
+        <v>159</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>713.45</v>
+        <v>6610.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>11</v>
+        <v>140</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>428.44</v>
+        <v>690</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>22</v>
+        <v>7178</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>587.58</v>
+        <v>2140</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>690</v>
+        <v>1100</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>6752</v>
+        <v>154</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>8446.39</v>
+        <v>580</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>433</v>
+        <v>858</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>286.62</v>
+        <v>1480</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1448</v>
+        <v>40</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1100</v>
+        <v>580</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1178</v>
+        <v>1640</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>410</v>
+        <v>600</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>777.47</v>
+        <v>580</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>1378</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1885.66</v>
+        <v>330</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>2901</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1885.66</v>
+        <v>4604.03</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2</v>
+        <v>286</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>650.25</v>
+        <v>375</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>192</v>
+        <v>4</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1285.32</v>
+        <v>713.45</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>506</v>
+        <v>40</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>726.72</v>
+        <v>286.62</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1605</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>580</v>
+        <v>428.44</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1629</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>1348.32</v>
+        <v>587.58</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>580</v>
+        <v>818.82</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>137</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>330</v>
+        <v>8446.39</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2413</v>
+        <v>806</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>580</v>
+        <v>1100</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1063</v>
+        <v>1268</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>690</v>
+        <v>410</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>550</v>
+        <v>460</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>740</v>
+        <v>777.47</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>188</v>
+        <v>1</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>599.82</v>
+        <v>1885.66</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>533.41</v>
+        <v>1885.66</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>818.82</v>
+        <v>650.25</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1</v>
+        <v>680</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="C39" s="3">
+        <v>1285.32</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C39" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F39" s="3">
-        <v>30</v>
+        <v>522</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>360.77</v>
+        <v>1348.32</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>2297</v>
+        <v>1</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>2900</v>
+        <v>580</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>549</v>
+        <v>964</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>246</v>
+        <v>103</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>1100</v>
+        <v>690</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>141</v>
+        <v>645</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>600</v>
+        <v>740</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>180</v>
+        <v>152</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>580</v>
+        <v>599.82</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>864</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>1468.94</v>
+        <v>533.41</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>1871</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>160</v>
       </c>
       <c r="I46" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C47" s="3">
+        <v>2900</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3">
+        <v>571</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>20</v>
+      </c>
+      <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2126,50 +2161,51 @@
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
+    <hyperlink ref="D47" r:id="rId45"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>