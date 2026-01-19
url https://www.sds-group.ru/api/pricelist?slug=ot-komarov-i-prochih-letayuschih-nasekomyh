--- v1 (2025-11-30)
+++ v2 (2026-01-19)
@@ -42,327 +42,327 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 От комаров и прочих летающих насекомых</t>
   </si>
   <si>
+    <t>71-0126-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>71-0096-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+    <t>71-0186-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0091-F</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>71-0186-F</t>
-[...2 lines deleted...]
-    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+    <t>70-0491</t>
+  </si>
+  <si>
+    <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
+  </si>
+  <si>
+    <t>71-0024</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0031</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0021</t>
+  </si>
+  <si>
+    <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>70-0470</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0656</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>70-0460</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0006</t>
+  </si>
+  <si>
+    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой  лампой, S 20м², 220В REXANT</t>
   </si>
   <si>
     <t>70-0480</t>
   </si>
   <si>
     <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
   </si>
   <si>
+    <t>70-0440</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
     <t>71-0224</t>
   </si>
   <si>
     <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
   </si>
   <si>
-    <t>70-0441</t>
-[...32 lines deleted...]
-    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
   </si>
   <si>
     <t>70-0410</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0410 800В REXANT</t>
   </si>
   <si>
-    <t>71-0076</t>
-[...16 lines deleted...]
-  <si>
     <t>71-0016</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
   </si>
   <si>
-    <t>71-0220</t>
-[...28 lines deleted...]
-  <si>
     <t>71-0014</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
   </si>
   <si>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
     <t>71-0066</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
   </si>
   <si>
     <t>71-0136</t>
   </si>
   <si>
     <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
   </si>
   <si>
     <t>71-0146</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
   </si>
   <si>
     <t>71-0156</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
   </si>
   <si>
-    <t>71-0676</t>
-[...28 lines deleted...]
-  <si>
     <t>71-0044</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
   </si>
   <si>
     <t>71-0054</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
   </si>
   <si>
     <t>70-0430</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -747,51 +747,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-sup2-2h6vt-220v-chetire-sezona-31859" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-sup2-3vt-220v-chetire-sezona-31858" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolniy-podvesnoy-chetire-sezona-31857" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetire-sezona-31856" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-sup2-2h10vt-220v-chetire-sezona-31832" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant-30453" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant-28389" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant-28382" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomih-rexant-30452" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant-26280" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant-28387" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-35m-sup2-3vt-220v-rexant-28381" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-80m-2h10vt-220v-rexant-17343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant-13290" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-kempingoviy-fonar-trehrejimniy-uv-podsvetka-s-akkumulyatorom-usb-rexant-20897" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomih-r-10m-nastolniy-podvesnoy-rexant-28378" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant-28386" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-30m-sup2-3vt-220v-rexant-13282" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant-28385" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant-28390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant-28391" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant-28392" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-2h6vt-220v-s-60m-sup2-rexant-13292" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-sup2-220v-rexant-13283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-20m-10vt-e27-rexant-19559" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtojitelya-s-60m-sup2-6vt-rexant-28160" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-80m-10vt-rexant-23620" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-100m-sup2-15vt-rexant-28161" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant-20577" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-100m-sup2-2h15vt-220v-rexant-17342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant-17190" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-sup2-beliy-rexant-20896" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant-20576" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-beliy-rexant-26029" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-temno-siniy-rexant-26030" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant-26279" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant-28383" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant-28384" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant-28388" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant-28393" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtojitel-nasekomih-s-ultrafioletovoy-lampoy-220v-rexant-8763" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant-13287" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant-13289" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant-17341" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtojennih-nasekomih-rexant-30454" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -815,1345 +815,1345 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3890</v>
+        <v>1900.77</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>376</v>
+        <v>8</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1869</v>
+        <v>1322.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>9</v>
+        <v>360</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1300</v>
+        <v>3956.13</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>651</v>
+        <v>398</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>482.28</v>
+        <v>5064.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>183</v>
+        <v>385</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>4980</v>
+        <v>490.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>334</v>
+        <v>178</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1468.94</v>
+        <v>1307.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>1868</v>
+        <v>567</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>600</v>
+        <v>610.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>607</v>
+        <v>192</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>795.67</v>
+        <v>223.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>360.77</v>
+        <v>542.48</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2491</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>1940</v>
+        <v>752.58</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>726.72</v>
+        <v>739.07</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>2400</v>
+        <v>416.97</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>159</v>
+        <v>461</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>6610.22</v>
+        <v>790.69</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>690</v>
+        <v>610.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>7178</v>
+        <v>1</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>2140</v>
+        <v>2949.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>97</v>
+        <v>477</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>1100</v>
+        <v>2440.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>580</v>
+        <v>2176.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>858</v>
+        <v>179</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>1480</v>
+        <v>1371.24</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>580</v>
+        <v>589.86</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1640</v>
+        <v>880</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>600</v>
+        <v>335.61</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>190</v>
+        <v>2910</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>580</v>
+        <v>809.2</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1378</v>
+        <v>13</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>330</v>
+        <v>832.74</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2901</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>4604.03</v>
+        <v>701.73</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>286</v>
+        <v>646</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>375</v>
+        <v>1493.91</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>4</v>
+        <v>891</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>713.45</v>
+        <v>1972.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>286.62</v>
+        <v>6722.59</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1605</v>
+        <v>85</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>428.44</v>
+        <v>8589.98</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>805</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>587.58</v>
+        <v>366.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>2019</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>818.82</v>
+        <v>1118.7</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>8446.39</v>
+        <v>589.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>806</v>
+        <v>1452</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>1100</v>
+        <v>589.86</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1268</v>
+        <v>1368</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>410</v>
+        <v>610.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>460</v>
+        <v>631</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>777.47</v>
+        <v>589.86</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1</v>
+        <v>876</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>1885.66</v>
+        <v>4682.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>39</v>
+        <v>279</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>1885.66</v>
+        <v>701.73</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>32</v>
+        <v>7054</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>650.25</v>
+        <v>1505.16</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>680</v>
+        <v>31</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>1285.32</v>
+        <v>381.37</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>522</v>
+        <v>1</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>1348.32</v>
+        <v>1118.7</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1</v>
+        <v>1210</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>580</v>
+        <v>725.58</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>964</v>
+        <v>57</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>220</v>
+        <v>291.49</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>103</v>
+        <v>1514</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>690</v>
+        <v>435.72</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>740</v>
+        <v>597.57</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>599.82</v>
+        <v>1917.72</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>533.41</v>
+        <v>1821.83</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>2900</v>
+        <v>661.3</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>571</v>
+        <v>679</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>