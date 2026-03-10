--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -8,361 +8,526 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="158">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 От комаров и прочих летающих насекомых</t>
   </si>
   <si>
+    <t>71-0016</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>70-0440</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0656</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0014</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0066</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
+  </si>
+  <si>
+    <t>71-0136</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0146</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0156</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0044</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0054</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
+  </si>
+  <si>
+    <t>70-0430</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
+  </si>
+  <si>
+    <t>70-0460</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>70-0491</t>
+  </si>
+  <si>
+    <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
+  </si>
+  <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
+  </si>
+  <si>
+    <t>71-0006</t>
+  </si>
+  <si>
+    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой лампой, S 20м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0031</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0021</t>
+  </si>
+  <si>
+    <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0024</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
+  </si>
+  <si>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
+  </si>
+  <si>
+    <t>70-0470</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0186-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>71-0126-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>71-0096-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0091-F</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0071-F</t>
   </si>
   <si>
     <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>71-0096-F</t>
-[...257 lines deleted...]
-    <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
+    <t>71-0044-F</t>
+  </si>
+  <si>
+    <t>Комплект фумигаторов USB, S 30м²х2, белый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>70-0470-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0480-F</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0410-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0420-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0430-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0430 mini, 800В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0440-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0440 1000В, с подставкой ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0441-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0460-F</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0016-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 30м² 1Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0036-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа, 2х6Вт, 220В, S 60м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0136-F</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0046-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 80м², 2х10Вт, 220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0146-F</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 80м², 10Вт ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0056-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 100м², 2х15Вт, 220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0156-F</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 100м², 15Вт ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0076-F</t>
+  </si>
+  <si>
+    <t>Антимоскитный кемпинговый фонарь трехрежимный, УФ-подсветка, с аккумулятором, USB ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0656-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 35м², 4Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0014-F</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров S 30м², 220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0031-F</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0051-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0034-F</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0220-F</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0221-F</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0223-F</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0226-F</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0227-F</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -747,56 +912,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt220v-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt220v-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vte27-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyypodvesnoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyypodvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompletk-fumigatorov-usb-s-30mh2-belyy-2-sht-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-30m-1vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-2h6vt-220v-s-60m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-chetyre-sezona" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-80m-2h10vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-chetyre-sezona" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-100m-2h15vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-chetyre-sezona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-kempingovyy-fonar-trehrezhimnyy-uf-podsvetka-s-akkumulyatorom-usb-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-35m-4vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-chetyre-sezona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyypodvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I74"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -815,1345 +980,2128 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1900.77</v>
+        <v>1189.08</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1322.1</v>
+        <v>1381.09</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3956.13</v>
+        <v>1879.42</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>398</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>5064.66</v>
+        <v>566.44</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>490.48</v>
+        <v>305.1</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1307.17</v>
+        <v>3277.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>567</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>610.2</v>
+        <v>491.21</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>192</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>223.74</v>
+        <v>4907.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>542.48</v>
+        <v>6270.69</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>752.58</v>
+        <v>783.09</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>739.07</v>
+        <v>507.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>416.97</v>
+        <v>204.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>461</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>790.69</v>
+        <v>370.36</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>610.02</v>
+        <v>478.06</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>2949.3</v>
+        <v>1675.81</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>477</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>2440.8</v>
+        <v>291.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>2176.38</v>
+        <v>582.92</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1371.24</v>
+        <v>553.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>1342.4</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3">
+        <v>0</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
         <v>50</v>
-      </c>
-[...16 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>335.61</v>
+        <v>1275.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2910</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>809.2</v>
+        <v>462.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>832.74</v>
+        <v>959.87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>701.73</v>
+        <v>1118.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>646</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>915.02</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C26" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="3">
-        <v>891</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1972.98</v>
+        <v>412.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>6722.59</v>
+        <v>471.89</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>8589.98</v>
+        <v>517.35</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>805</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>366.9</v>
+        <v>412.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2019</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>1118.7</v>
+        <v>488.16</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>589.86</v>
+        <v>488.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1452</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>589.86</v>
+        <v>412.9</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1368</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>610.2</v>
+        <v>234.93</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>631</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>589.86</v>
+        <v>156.62</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>876</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>4682.3</v>
+        <v>561.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>701.73</v>
+        <v>526.81</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>7054</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>1505.16</v>
+        <v>427.01</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>381.37</v>
+        <v>379.74</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>1118.7</v>
+        <v>311.87</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1210</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>725.58</v>
+        <v>1045.74</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>291.49</v>
+        <v>2152.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1514</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>435.72</v>
+        <v>4304.96</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>597.57</v>
+        <v>1615.65</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>1917.72</v>
+        <v>3362.71</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>1821.83</v>
+        <v>416.91</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>661.3</v>
+        <v>925.47</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>679</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C48" s="3">
+        <v>392</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>1</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="3">
+        <v>3335.5</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="3">
+        <v>0</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>0</v>
+      </c>
+      <c r="I49" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C50" s="3">
+        <v>1358.1</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3">
+        <v>0</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
+        <v>0</v>
+      </c>
+      <c r="I50" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C51" s="3">
+        <v>655.52</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="3">
+        <v>0</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
+        <v>0</v>
+      </c>
+      <c r="I51" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C52" s="3">
+        <v>1234.84</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="3">
+        <v>0</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>0</v>
+      </c>
+      <c r="I52" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" s="3">
+        <v>601.19</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>0</v>
+      </c>
+      <c r="I53" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C54" s="3">
+        <v>2025.82</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>0</v>
+      </c>
+      <c r="I54" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C55" s="3">
+        <v>735.64</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>0</v>
+      </c>
+      <c r="I55" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C56" s="3">
+        <v>1246.58</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>0</v>
+      </c>
+      <c r="I56" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C57" s="3">
+        <v>1584.45</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>0</v>
+      </c>
+      <c r="I57" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C58" s="3">
+        <v>4256.63</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="3">
+        <v>0</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>10</v>
+      </c>
+      <c r="I58" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C59" s="3">
+        <v>265</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>0</v>
+      </c>
+      <c r="I59" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C60" s="3">
+        <v>6111.45</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="3">
+        <v>0</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>0</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C61" s="3">
+        <v>396.11</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>0</v>
+      </c>
+      <c r="I61" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C62" s="3">
+        <v>7809.08</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>8</v>
+      </c>
+      <c r="I62" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" s="3">
+        <v>543.24</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>0</v>
+      </c>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C64" s="3">
+        <v>2391.98</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>0</v>
+      </c>
+      <c r="I64" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C65" s="3">
+        <v>2138.87</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="3">
+        <v>0</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>0</v>
+      </c>
+      <c r="I65" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C66" s="3">
+        <v>413.5</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="3">
+        <v>0</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>0</v>
+      </c>
+      <c r="I66" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C67" s="3">
+        <v>744.9</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>0</v>
+      </c>
+      <c r="I67" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="3">
+        <v>1199.44</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="3">
+        <v>0</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>0</v>
+      </c>
+      <c r="I68" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C69" s="3">
+        <v>452.26</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="3">
+        <v>0</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>0</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C70" s="3">
+        <v>585.76</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="3">
+        <v>0</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>0</v>
+      </c>
+      <c r="I70" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C71" s="3">
+        <v>585.76</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="3">
+        <v>0</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>0</v>
+      </c>
+      <c r="I71" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C72" s="3">
+        <v>585.76</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>0</v>
+      </c>
+      <c r="I72" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C73" s="3">
+        <v>585.76</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="3">
+        <v>0</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>0</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C74" s="3">
+        <v>398.66</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>0</v>
+      </c>
+      <c r="I74" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -2162,50 +3110,77 @@
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
+    <hyperlink ref="D48" r:id="rId46"/>
+    <hyperlink ref="D49" r:id="rId47"/>
+    <hyperlink ref="D50" r:id="rId48"/>
+    <hyperlink ref="D51" r:id="rId49"/>
+    <hyperlink ref="D52" r:id="rId50"/>
+    <hyperlink ref="D53" r:id="rId51"/>
+    <hyperlink ref="D54" r:id="rId52"/>
+    <hyperlink ref="D55" r:id="rId53"/>
+    <hyperlink ref="D56" r:id="rId54"/>
+    <hyperlink ref="D57" r:id="rId55"/>
+    <hyperlink ref="D58" r:id="rId56"/>
+    <hyperlink ref="D59" r:id="rId57"/>
+    <hyperlink ref="D60" r:id="rId58"/>
+    <hyperlink ref="D61" r:id="rId59"/>
+    <hyperlink ref="D62" r:id="rId60"/>
+    <hyperlink ref="D63" r:id="rId61"/>
+    <hyperlink ref="D64" r:id="rId62"/>
+    <hyperlink ref="D65" r:id="rId63"/>
+    <hyperlink ref="D66" r:id="rId64"/>
+    <hyperlink ref="D67" r:id="rId65"/>
+    <hyperlink ref="D68" r:id="rId66"/>
+    <hyperlink ref="D69" r:id="rId67"/>
+    <hyperlink ref="D70" r:id="rId68"/>
+    <hyperlink ref="D71" r:id="rId69"/>
+    <hyperlink ref="D72" r:id="rId70"/>
+    <hyperlink ref="D73" r:id="rId71"/>
+    <hyperlink ref="D74" r:id="rId72"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>