--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,739 +8,745 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="231">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Отвертки</t>
   </si>
   <si>
     <t>1.1 Отвертки крестовые (PH,PZ)</t>
   </si>
   <si>
+    <t>12-6405</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-6404</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6403</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6414</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
     <t>12-4730</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4728</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
+    <t>12-6411</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6409</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6406</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6407</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4728-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4726</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6415</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6416</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6414-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6415-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4729</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6401</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH00х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6412</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6413</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6402</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6408</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6401</t>
-[...130 lines deleted...]
-  <si>
     <t>1.2 Отвертки шлицевые (SL)</t>
   </si>
   <si>
+    <t>12-4725</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6434</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6435</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6426</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6428</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6429</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6433</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL8х200мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
+    <t>12-4721-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, трехкомпонентная рукоятка сталь, S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6423</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4724</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6422</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6421</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6425</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL4х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6421</t>
-[...62 lines deleted...]
-    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6427</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6430</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL6х100мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
+    <t>12-6431</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6432</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6424-1</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL4х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
-    <t>12-6426</t>
-[...16 lines deleted...]
-  <si>
     <t>12-4723-1</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL6х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
-    <t>12-6423</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3 Набор отвертки с насадками</t>
   </si>
   <si>
     <t>KR-12-4791</t>
   </si>
   <si>
     <t>Набор отверток 31 предмет KRANZ</t>
   </si>
   <si>
     <t>KR-12-4792</t>
   </si>
   <si>
     <t>Набор отверток 38 предметов в кейсе KRANZ</t>
   </si>
   <si>
+    <t>12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток 18 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4703</t>
   </si>
   <si>
     <t>Набор отверток 7 предметов (крестовые и шлицевые) REXANT</t>
   </si>
   <si>
+    <t>12-4742</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4741</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, двухкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4745</t>
+  </si>
+  <si>
+    <t>Отвертка реверсивная комбинированная, трехкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4779</t>
+  </si>
+  <si>
+    <t>Набор 8 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток 33 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток 10 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4778</t>
+  </si>
+  <si>
+    <t>Набор 13 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-6075</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с реверсивной отверткой, 21 предмет REXANT</t>
+  </si>
+  <si>
     <t>12-4743</t>
   </si>
   <si>
     <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 40мм (крестовая PH2, шлицевая SL6) REXANT</t>
   </si>
   <si>
-    <t>12-4775</t>
-[...58 lines deleted...]
-  <si>
     <t>1.4 Наборы отверток для точных работ</t>
   </si>
   <si>
+    <t>KR-12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 62 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4752</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 73 предмета KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-4753</t>
   </si>
   <si>
     <t>Набор отверток для точных работ RA-03, 25 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4752</t>
-[...2 lines deleted...]
-    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+    <t>KR-12-4755</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
   </si>
   <si>
     <t>KR-12-4776</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 37 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4755</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-4754</t>
   </si>
   <si>
     <t>Набор отверток для точных работ RA-04, 24 предмета KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4777</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-12-4751</t>
   </si>
   <si>
     <t>Набор отверток для точных работ RA-01, 25 предметов KRANZ</t>
   </si>
   <si>
+    <t>KR-12-4778</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 114 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 54 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 40 предметов KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-4770</t>
   </si>
   <si>
     <t>Набор отверток и роликов для ремонта мобильных устройств 9 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4773</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-4775</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 48 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4778</t>
-[...14 lines deleted...]
-    <t>Набор отверток для точных работ 114 предметов KRANZ</t>
+    <t>12-4704</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отвертка с насадками 6 шт. REXANT </t>
+  </si>
+  <si>
+    <t>12-4762</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 25 предметов в чехле REXANT</t>
+  </si>
+  <si>
+    <t>12-4701</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 32 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4763</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4761</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+  </si>
+  <si>
+    <t>12-4702</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4706</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 45 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-6051</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ REXANT XA-04, 24 предмета</t>
+  </si>
+  <si>
+    <t>12-4764</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 6 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток 19 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток 28 предметов REXANT</t>
   </si>
   <si>
     <t>12-4765</t>
   </si>
   <si>
     <t>Набор для точных работ 9 предметов в пластиковом боксе REXANT</t>
   </si>
   <si>
-    <t>12-4701</t>
-[...58 lines deleted...]
-  <si>
     <t>12-4766</t>
   </si>
   <si>
     <t>Отвертка для телефонов Pentalobe 0,8 (звездочка) REXANT</t>
   </si>
   <si>
+    <t>12-6050</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток (6 предметов) REXANT</t>
+  </si>
+  <si>
     <t>12-6041</t>
   </si>
   <si>
     <t>Набор часовых отверток TORX 7 предметов REXANT</t>
   </si>
   <si>
-    <t>12-4761</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Диэлектрические отвертки</t>
   </si>
   <si>
     <t>12-4773</t>
   </si>
   <si>
     <t>Набор отверток (8 предметов) PROconnect</t>
   </si>
   <si>
+    <t>12-4772-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4771-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 76 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4715</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4714</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL6х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4711</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL3х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4712</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL4х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4713</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL5х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-4717</t>
   </si>
   <si>
     <t>Отвертка крестовая диэлектрическая PH1х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
+    <t>12-4773-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4716</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-4718</t>
   </si>
   <si>
     <t>Отвертка крестовая диэлектрическая PH2х150мм, до 100В, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4716</t>
-[...34 lines deleted...]
-  <si>
     <t>12-4719</t>
   </si>
   <si>
     <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1125,56 +1131,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsev.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitse.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-sh.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-kres.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant-23740" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23739" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant-23738" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23749" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23752" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant-9552" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant-9550" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant-23746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant-23744" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant-23741" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23742" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23754" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant-9548" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant-9549" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23750" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant-23751" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23753" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23755" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23756" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant-9551" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant-23736" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant-23747" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant-23748" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant-23737" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant-23743" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant-9547" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant-23730" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant-22116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant-23731" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant-22118" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant-23724" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23734" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant-23725" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant-23729" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23732" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant-22115" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant-9544" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant-9545" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant-9546" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant-22114" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant-9543" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant-22113" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant-22117" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant-23723" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant-23726" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant-23727" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant-23728" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23733" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23735" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz-26343" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz-26342" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant-23758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovie-i-shlitsevie-rexant-9534" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9554" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9553" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-23763" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant-23762" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant-23759" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant-23757" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant-23760" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant-23761" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant-23764" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-40mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9555" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-62-predmeta-kranz-26477" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-02-30-predmetov-kranz-26121" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-73-predmeta-kranz-26480" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-03-25-predmetov-kranz-26122" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-05-106-predmetov-kranz-26124" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-kranz-26479" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-04-24-predmeta-kranz-26123" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-01-25-predmetov-kranz-26344" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-31-predmet-kranz-26481" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-114-predmetov-kranz-26485" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-54-predmeta-kranz-26484" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-40-predmetov-kranz-26476" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnih-ustroystv-9-predmetov-kranz-26483" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-48-predmetov-kranz-26478" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-16-predmetov-rexant-9556" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant-9515" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-25-predmetov-v-chehle-rexant-14242" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-32-predmeta-rexant-9532" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-8-predmetov-rexant-14248" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-38-predmetov-profi-rexant-12396" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-rexant-9533" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-45-predmetov-rexant-12397" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-16-predmetov-rexant-2295" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-rexant-xa-04-24-predmeta-24437" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-6-predmetov-rexant-14243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant-12394" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant-12395" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-9-predmetov-v-plastikovom-bokse-rexant-14239" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant-14238" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-6-predmetov-rexant-2294" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-torx-7-predmetov-rexant-2291" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect-14120" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant-30647" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant-30646" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9539" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9538" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9535" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9536" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9537" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9541" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant-30648" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9540" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant-9542" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-30645" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I113"/>
+  <dimension ref="A1:I114"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1206,3176 +1212,3205 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>108</v>
+        <v>144</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>381</v>
+        <v>199</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3184</v>
+        <v>743</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>180</v>
+        <v>117</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>882</v>
+        <v>92</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>897</v>
+        <v>1024</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>180</v>
+        <v>99</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1202</v>
+        <v>1252</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>350</v>
+        <v>108</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>399</v>
+        <v>2703</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>162</v>
+        <v>350</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>99</v>
+        <v>216</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1301</v>
+        <v>452</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>99</v>
+        <v>216</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>261</v>
+        <v>180</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>572</v>
+        <v>648</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>678</v>
+        <v>1994</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>261</v>
+        <v>81</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>316</v>
+        <v>2768</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>894</v>
+        <v>3447</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>360</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2380</v>
+        <v>37</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>240</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>81</v>
+        <v>261</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3717</v>
+        <v>235</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>480</v>
+        <v>144</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4865</v>
+        <v>1081</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>360</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>252</v>
+        <v>207</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>487</v>
+        <v>526</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>144</v>
+        <v>360</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>131</v>
+        <v>261</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>592</v>
+        <v>457</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
+        <v>252</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>293</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1202</v>
+        <v>756</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>216</v>
+        <v>99</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>929</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>362</v>
+        <v>340</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>480</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>216</v>
+        <v>97</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>748</v>
+        <v>970</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>97</v>
+        <v>180</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>730</v>
+        <v>21</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>252</v>
+        <v>113</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>206</v>
+        <v>640</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>126</v>
+        <v>306</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>480</v>
+        <v>144</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2334</v>
+        <v>1453</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>480</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>971</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>480</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>117</v>
+        <v>154</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>217</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>480</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>83</v>
+        <v>144</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>6319</v>
+        <v>311</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>113</v>
+        <v>156</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1195</v>
+        <v>1468</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>306</v>
+        <v>162</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>1758</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
         <v>252</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1365</v>
+        <v>279</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>144</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1132</v>
+        <v>1478</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>113</v>
+        <v>144</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1769</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>480</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>406</v>
+        <v>2526</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>360</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>180</v>
+        <v>137</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1840</v>
+        <v>562</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>153</v>
+        <v>252</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>215</v>
+        <v>1307</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
         <v>126</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>824</v>
+        <v>658</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>480</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>375</v>
+        <v>2529</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>480</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>234</v>
+        <v>101</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>288</v>
+        <v>1737</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3444</v>
+        <v>864</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>171</v>
+        <v>126</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1945</v>
+        <v>174</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>126</v>
+        <v>171</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>317</v>
+        <v>395</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>752</v>
+        <v>230</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>171</v>
+        <v>126</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>514</v>
+        <v>381</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1343</v>
+        <v>1722</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
         <v>1020</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>36</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
         <v>1140</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>10</v>
+        <v>355</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>24</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>1603.3</v>
+        <v>2363</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1188</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>126</v>
+        <v>1603.3</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>5647</v>
+        <v>1782</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>480</v>
+        <v>36</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>2363</v>
+        <v>155</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>1223</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>4020</v>
+        <v>433</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>240</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>175</v>
+        <v>460</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1860</v>
+        <v>2563</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>1400</v>
+        <v>576</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>546</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>550</v>
+        <v>1280</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>1280</v>
+        <v>1400</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>700</v>
+        <v>750</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>60</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>750</v>
+        <v>550</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>60</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>576</v>
+        <v>700</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>724</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>460</v>
+        <v>126</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2563</v>
+        <v>2648</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>1300</v>
+        <v>2000</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
         <v>1250</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>72</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>3000</v>
+        <v>3400</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>2300</v>
+        <v>1300</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1250</v>
+        <v>2300</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>789</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>3400</v>
+        <v>3000</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>20</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>2000</v>
+        <v>1250</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>711</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
         <v>900</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>685</v>
+        <v>472</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>72</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>420</v>
+        <v>3850</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>2768.54</v>
+        <v>1270</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>183</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>60</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>2650</v>
+        <v>2340.58</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>3850</v>
+        <v>2768.54</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>2340.58</v>
+        <v>420</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>1270</v>
+        <v>2650</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>500</v>
+        <v>240</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>168</v>
+        <v>1745</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>200</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>420</v>
+        <v>320</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>2621</v>
+        <v>783</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>120</v>
+        <v>288</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1559</v>
+        <v>1599</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>550</v>
+        <v>420</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>2058</v>
+        <v>1710</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>216</v>
+        <v>120</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
+        <v>300</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" s="3">
+        <v>5157</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
         <v>240</v>
-      </c>
-[...13 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
         <v>800</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>2588</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>60</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>320</v>
+        <v>500</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>894</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>720</v>
+        <v>800</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>792</v>
+        <v>1147</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>600</v>
+        <v>720</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>440</v>
+        <v>1584.84</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1236</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
         <v>310</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>400</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>376.58</v>
+        <v>440</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>564</v>
+        <v>1055</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>2148</v>
+        <v>109</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>60</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>300</v>
+        <v>376.58</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>6506</v>
+        <v>63</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
         <v>220</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>5329</v>
+        <v>3002</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
+      <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B100" s="2"/>
-[...6 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="B100" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C100" s="3">
+        <v>400</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>1780</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>60</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B101" s="3" t="s">
+      <c r="A101" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="C101" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>200</v>
+        <v>1108.65</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>8236</v>
+        <v>2819</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>260</v>
+        <v>5000</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>4332</v>
+        <v>104</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>160</v>
+        <v>4000</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>3498</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>480</v>
+        <v>24</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>3917</v>
+        <v>1703</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>480</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>2993</v>
+        <v>28</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
         <v>140</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>6484</v>
+        <v>6312</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>480</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>674</v>
+        <v>2413</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>2922</v>
+        <v>1810</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>295</v>
+        <v>200</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1036</v>
+        <v>6269</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>4000</v>
+        <v>1950</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>283</v>
+        <v>179</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>5000</v>
+        <v>160</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>128</v>
+        <v>1506</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>24</v>
+        <v>480</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>1950</v>
+        <v>260</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>589</v>
+        <v>2331</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I113" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C114" s="3">
+        <v>295</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>784</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>240</v>
+      </c>
+      <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A69:I69"/>
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A101:I101"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -4427,63 +4462,64 @@
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
     <hyperlink ref="D94" r:id="rId88"/>
     <hyperlink ref="D95" r:id="rId89"/>
     <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D97" r:id="rId91"/>
     <hyperlink ref="D98" r:id="rId92"/>
     <hyperlink ref="D99" r:id="rId93"/>
-    <hyperlink ref="D101" r:id="rId94"/>
+    <hyperlink ref="D100" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
     <hyperlink ref="D107" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
     <hyperlink ref="D109" r:id="rId102"/>
     <hyperlink ref="D110" r:id="rId103"/>
     <hyperlink ref="D111" r:id="rId104"/>
     <hyperlink ref="D112" r:id="rId105"/>
     <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>