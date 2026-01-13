--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,745 +8,739 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="229">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Отвертки</t>
   </si>
   <si>
     <t>1.1 Отвертки крестовые (PH,PZ)</t>
   </si>
   <si>
+    <t>12-6416</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4728</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6403</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6405</t>
   </si>
   <si>
     <t>Отвертка крестовая PH1х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-6409</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6414</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4729</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6408</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4730</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6415</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6404</t>
   </si>
   <si>
     <t>Отвертка крестовая PH1х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6403</t>
-[...8 lines deleted...]
-    <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6401</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH00х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4728-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6402</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6407</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6412</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-4726-1</t>
   </si>
   <si>
     <t>Отвертка крестовая PH0х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
-    <t>12-4730</t>
-[...8 lines deleted...]
-    <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6406</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х200мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6411</t>
   </si>
   <si>
     <t>Отвертка крестовая PH3х250мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6409</t>
-[...44 lines deleted...]
-    <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6413</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ0х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-4727-1</t>
   </si>
   <si>
     <t>Отвертка крестовая PH1х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
     <t>12-6414-1</t>
   </si>
   <si>
     <t>Отвертка крестовая PZ1х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
     <t>12-6415-1</t>
   </si>
   <si>
     <t>Отвертка крестовая PZ2х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
-    <t>12-4729</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2 Отвертки шлицевые (SL)</t>
   </si>
   <si>
+    <t>12-4721</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6428</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6429</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6432</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6433</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, трехкомпонентная рукоятка сталь, S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4722-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6421</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4724</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-4725</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL6х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6434</t>
-[...8 lines deleted...]
-    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6423</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6426</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6431</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6435</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL5х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6426</t>
-[...56 lines deleted...]
-    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-6427</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6430</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
   </si>
   <si>
     <t>12-6422</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL3х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4721</t>
-[...10 lines deleted...]
-  <si>
     <t>12-6425</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL4х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6427</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Набор отвертки с насадками</t>
   </si>
   <si>
     <t>KR-12-4791</t>
   </si>
   <si>
     <t>Набор отверток 31 предмет KRANZ</t>
   </si>
   <si>
     <t>KR-12-4792</t>
   </si>
   <si>
     <t>Набор отверток 38 предметов в кейсе KRANZ</t>
   </si>
   <si>
+    <t>12-4741</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, двухкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4742</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4779</t>
+  </si>
+  <si>
+    <t>Набор 8 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток 33 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4743</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 40мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток 10 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4778</t>
+  </si>
+  <si>
+    <t>Набор 13 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4703</t>
+  </si>
+  <si>
+    <t>Набор отверток 7 предметов (крестовые и шлицевые) REXANT</t>
+  </si>
+  <si>
     <t>12-4775</t>
   </si>
   <si>
     <t>Набор отверток 18 предметов REXANT</t>
   </si>
   <si>
-    <t>12-4703</t>
-[...16 lines deleted...]
-  <si>
     <t>12-4745</t>
   </si>
   <si>
     <t>Отвертка реверсивная комбинированная, трехкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
   </si>
   <si>
-    <t>12-4779</t>
-[...28 lines deleted...]
-  <si>
     <t>12-6075</t>
   </si>
   <si>
     <t>Набор головок и бит с реверсивной отверткой, 21 предмет REXANT</t>
   </si>
   <si>
-    <t>12-4743</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Наборы отверток для точных работ</t>
   </si>
   <si>
+    <t>KR-12-4770</t>
+  </si>
+  <si>
+    <t>Набор отверток и роликов для ремонта мобильных устройств 9 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 40 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4778</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4755</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4753</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-03, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 73 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4752</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4751</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-01, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 54 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-04, 24 предмета KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-4774</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 62 предмета KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4752</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-12-4776</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 37 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4754</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-12-4772</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 114 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4771</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-12-4775</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 48 предметов KRANZ</t>
   </si>
   <si>
+    <t>12-6051</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4702</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4704</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 16 предметов REXANT</t>
   </si>
   <si>
+    <t>12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток 28 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4761</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+  </si>
+  <si>
+    <t>12-4764</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 6 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4705</t>
   </si>
   <si>
     <t xml:space="preserve">Отвертка с насадками 6 шт. REXANT </t>
   </si>
   <si>
+    <t>12-4701</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 32 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4763</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4765</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 9 предметов в пластиковом боксе REXANT</t>
+  </si>
+  <si>
+    <t>12-4766</t>
+  </si>
+  <si>
+    <t>Отвертка для телефонов Pentalobe 0,8 (звездочка) REXANT</t>
+  </si>
+  <si>
+    <t>12-6041</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток TORX 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-6050</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток (6 предметов) REXANT</t>
+  </si>
+  <si>
+    <t>12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ REXANT XA-04, 24 предмета</t>
+  </si>
+  <si>
+    <t>12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток 19 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4706</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 45 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4762</t>
   </si>
   <si>
     <t>Набор для точных работ 25 предметов в чехле REXANT</t>
   </si>
   <si>
-    <t>12-4701</t>
-[...82 lines deleted...]
-  <si>
     <t>1.5 Диэлектрические отвертки</t>
   </si>
   <si>
     <t>12-4773</t>
   </si>
   <si>
     <t>Набор отверток (8 предметов) PROconnect</t>
   </si>
   <si>
+    <t>12-4714</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL6х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4715</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4716</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4771-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 76 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4773-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4712</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL4х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4711</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL3х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4713</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL5х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4717</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH1х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4718</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH2х150мм, до 100В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4719</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-4772-3</t>
   </si>
   <si>
     <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1131,56 +1125,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant-23740" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23739" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant-23738" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23749" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23752" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant-9552" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant-9550" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant-23746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant-23744" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant-23741" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23742" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23754" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant-9548" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant-9549" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23750" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant-23751" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23753" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23755" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23756" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant-9551" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant-23736" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant-23747" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant-23748" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant-23737" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant-23743" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant-9547" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant-23730" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant-22116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant-23731" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant-22118" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant-23724" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23734" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant-23725" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant-23729" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23732" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant-22115" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant-9544" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant-9545" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant-9546" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant-22114" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant-9543" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant-22113" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant-22117" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant-23723" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant-23726" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant-23727" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant-23728" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23733" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23735" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz-26343" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz-26342" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant-23758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovie-i-shlitsevie-rexant-9534" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9554" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9553" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-23763" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant-23762" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant-23759" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant-23757" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant-23760" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant-23761" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant-23764" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-40mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9555" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-62-predmeta-kranz-26477" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-02-30-predmetov-kranz-26121" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-73-predmeta-kranz-26480" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-03-25-predmetov-kranz-26122" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-05-106-predmetov-kranz-26124" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-kranz-26479" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-04-24-predmeta-kranz-26123" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-01-25-predmetov-kranz-26344" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-31-predmet-kranz-26481" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-114-predmetov-kranz-26485" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-54-predmeta-kranz-26484" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-40-predmetov-kranz-26476" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnih-ustroystv-9-predmetov-kranz-26483" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-48-predmetov-kranz-26478" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-16-predmetov-rexant-9556" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant-9515" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-25-predmetov-v-chehle-rexant-14242" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-32-predmeta-rexant-9532" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-8-predmetov-rexant-14248" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-38-predmetov-profi-rexant-12396" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-rexant-9533" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-45-predmetov-rexant-12397" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-16-predmetov-rexant-2295" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-rexant-xa-04-24-predmeta-24437" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-6-predmetov-rexant-14243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant-12394" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant-12395" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-9-predmetov-v-plastikovom-bokse-rexant-14239" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant-14238" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-6-predmetov-rexant-2294" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-torx-7-predmetov-rexant-2291" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect-14120" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant-30647" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant-30646" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9539" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9538" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9535" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9536" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9537" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9541" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant-30648" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9540" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant-9542" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-30645" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-sh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsev" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-kres" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-rexant-xa-04-24-predmeta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I114"/>
+  <dimension ref="A1:I113"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1212,3314 +1206,3284 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
+        <v>265.44</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>237</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>131</v>
+        <v>150.52</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>743</v>
+        <v>433</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>117</v>
+        <v>82.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>92</v>
+        <v>2072</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>480</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>135</v>
+        <v>118.99</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1024</v>
+        <v>20</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>99</v>
+        <v>146.45</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1252</v>
+        <v>97</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>108</v>
+        <v>219.67</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>333</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>148</v>
+        <v>137.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2703</v>
+        <v>591</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>350</v>
+        <v>256.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>144</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>216</v>
+        <v>183.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>452</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>240</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>216</v>
+        <v>109.84</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>180</v>
+        <v>164.75</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>648</v>
+        <v>15</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>180</v>
+        <v>133.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1994</v>
+        <v>295</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>81</v>
+        <v>118.99</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2768</v>
+        <v>672</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>480</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>115</v>
+        <v>116.96</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3447</v>
+        <v>2444</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>360</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>162</v>
+        <v>183.06</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>37</v>
+        <v>1887</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>240</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>261</v>
+        <v>98.65</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>235</v>
+        <v>813</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>156</v>
+        <v>183.06</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1081</v>
+        <v>120</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>207</v>
+        <v>100.68</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>526</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>261</v>
+        <v>100.68</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>457</v>
+        <v>565</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>252</v>
+        <v>219.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>293</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>144</v>
+        <v>360</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>117</v>
+        <v>355.95</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>756</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>480</v>
+        <v>144</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>99</v>
+        <v>100.68</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>306</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>480</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>99</v>
+        <v>158.65</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>340</v>
+        <v>555</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>97</v>
+        <v>210.52</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>970</v>
+        <v>80</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>180</v>
+        <v>265.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>240</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>113</v>
+        <v>84.41</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>640</v>
+        <v>3843</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>480</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>306</v>
+        <v>118.99</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1685</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>144</v>
+        <v>360</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>113</v>
+        <v>146.45</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1453</v>
+        <v>276</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>117</v>
+        <v>148.28</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>480</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>154</v>
+        <v>237.98</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
+        <v>256.28</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>260</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>156</v>
+        <v>100.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1468</v>
+        <v>534</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>162</v>
+        <v>158.65</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1758</v>
+        <v>1391</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>252</v>
+        <v>102.72</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>279</v>
+        <v>612</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>99</v>
+        <v>139.33</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1478</v>
+        <v>322</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
+        <v>256.28</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>773</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>480</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>117</v>
+        <v>114.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2526</v>
+        <v>390</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>137</v>
+        <v>114.92</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>562</v>
+        <v>368</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>252</v>
+        <v>146.45</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1307</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>126</v>
+        <v>156.62</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>658</v>
+        <v>156</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>480</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>83</v>
+        <v>173.91</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>2529</v>
+        <v>381</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>101</v>
+        <v>118.99</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1737</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>480</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>126</v>
+        <v>128.14</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>864</v>
+        <v>109</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>480</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>126</v>
+        <v>173.91</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>174</v>
+        <v>1662</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>153</v>
+        <v>155.6</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>240</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>171</v>
+        <v>128.14</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>395</v>
+        <v>233</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>234</v>
+        <v>128.14</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>230</v>
+        <v>50</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>126</v>
+        <v>128.14</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>381</v>
+        <v>739</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>480</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C53" s="3">
-[...22 lines deleted...]
-      <c r="A54" s="2" t="s">
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="2"/>
-[...6 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="C54" s="3">
+        <v>1037.34</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>1250</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>36</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1020</v>
+        <v>1159.38</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>54</v>
+        <v>2184</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>1140</v>
+        <v>177.98</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>355</v>
+        <v>3</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>2363</v>
+        <v>157.64</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>1603.3</v>
+        <v>585.79</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1782</v>
+        <v>510</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>155</v>
+        <v>1301.76</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1223</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>175</v>
+        <v>128.14</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>433</v>
+        <v>13</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>460</v>
+        <v>1423.8</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2563</v>
+        <v>210</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>576</v>
+        <v>762.75</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>546</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>1280</v>
+        <v>559.35</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>1400</v>
+        <v>1372.95</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>750</v>
+        <v>2403.17</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>550</v>
+        <v>467.82</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>15</v>
+        <v>2058</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>700</v>
+        <v>711.9</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>60</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
+      <c r="A68" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C68" s="3">
-[...22 lines deleted...]
-      <c r="A69" s="2" t="s">
+      <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B69" s="2"/>
-[...6 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="C69" s="3">
+        <v>427.14</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>53</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>100</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>2000</v>
+        <v>2815.61</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>1250</v>
+        <v>3915.45</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>3400</v>
+        <v>2339.1</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>2300</v>
+        <v>3457.8</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>20</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>3000</v>
+        <v>1271.25</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>1250</v>
+        <v>915.3</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>711</v>
+        <v>236</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>72</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>900</v>
+        <v>2380.37</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>472</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>3850</v>
+        <v>1271.25</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>672</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>183</v>
+        <v>41</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>2340.58</v>
+        <v>3051</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>2768.54</v>
+        <v>1291.59</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>60</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>420</v>
+        <v>2695.05</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>2650</v>
+        <v>732.24</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>240</v>
+        <v>508.5</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1745</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>320</v>
+        <v>244.08</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>783</v>
+        <v>972</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>288</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>550</v>
+        <v>610.2</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1599</v>
+        <v>20</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>420</v>
+        <v>813.6</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1710</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>300</v>
+        <v>315.27</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>5157</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>800</v>
+        <v>325.44</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>685</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>60</v>
+        <v>288</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>500</v>
+        <v>427.14</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>1392</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>120</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>800</v>
+        <v>305.1</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>720</v>
+        <v>508.5</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>1584.84</v>
+        <v>382.98</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>72</v>
+        <v>400</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>310</v>
+        <v>406.8</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>1489</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>440</v>
+        <v>223.74</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1055</v>
+        <v>1409</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>600</v>
+        <v>1611.78</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>500</v>
+        <v>447.48</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>55</v>
+        <v>817</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>376.58</v>
+        <v>813.6</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>63</v>
+        <v>949</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>220</v>
+        <v>559.35</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>3002</v>
+        <v>645</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C100" s="3">
-[...14 lines deleted...]
-      <c r="H100" s="3">
+      <c r="B101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C101" s="3">
+        <v>1127.5</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="3">
+        <v>0</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
         <v>60</v>
       </c>
-      <c r="I100" s="3">
-[...14 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>1108.65</v>
+        <v>244.08</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2819</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>5000</v>
+        <v>142.38</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>104</v>
+        <v>948</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>24</v>
+        <v>480</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>4000</v>
+        <v>162.72</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>366</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>24</v>
+        <v>480</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>140</v>
+        <v>4068</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>1703</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>480</v>
+        <v>24</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>240</v>
+        <v>1983.15</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>140</v>
+        <v>162.72</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>6312</v>
+        <v>295</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>480</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>160</v>
+        <v>142.38</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>2413</v>
+        <v>425</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>480</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>200</v>
+        <v>203.4</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1810</v>
+        <v>931</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>360</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>200</v>
+        <v>203.4</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>6269</v>
+        <v>5118</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>360</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>1950</v>
+        <v>264.42</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>179</v>
+        <v>900</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>160</v>
+        <v>300.02</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1506</v>
+        <v>582</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>260</v>
+        <v>5085</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>2331</v>
+        <v>35</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A29:I29"/>
-    <mergeCell ref="A54:I54"/>
-[...1 lines deleted...]
-    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A100:I100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
-    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D58" r:id="rId53"/>
     <hyperlink ref="D59" r:id="rId54"/>
     <hyperlink ref="D60" r:id="rId55"/>
     <hyperlink ref="D61" r:id="rId56"/>
     <hyperlink ref="D62" r:id="rId57"/>
     <hyperlink ref="D63" r:id="rId58"/>
     <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D65" r:id="rId60"/>
     <hyperlink ref="D66" r:id="rId61"/>
     <hyperlink ref="D67" r:id="rId62"/>
-    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
     <hyperlink ref="D94" r:id="rId88"/>
     <hyperlink ref="D95" r:id="rId89"/>
     <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D97" r:id="rId91"/>
     <hyperlink ref="D98" r:id="rId92"/>
     <hyperlink ref="D99" r:id="rId93"/>
-    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
     <hyperlink ref="D107" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
     <hyperlink ref="D109" r:id="rId102"/>
     <hyperlink ref="D110" r:id="rId103"/>
     <hyperlink ref="D111" r:id="rId104"/>
     <hyperlink ref="D112" r:id="rId105"/>
     <hyperlink ref="D113" r:id="rId106"/>
-    <hyperlink ref="D114" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>