--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -45,702 +45,702 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Отвертки</t>
   </si>
   <si>
     <t>1.1 Отвертки крестовые (PH,PZ)</t>
   </si>
   <si>
+    <t>12-6407</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-6413</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6414-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6411</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6406</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4727-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6415-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4728-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4729</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6404</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6405</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-6416</t>
   </si>
   <si>
     <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-4730</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-4728</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4726</t>
-[...4 lines deleted...]
-  <si>
     <t>12-6403</t>
   </si>
   <si>
     <t>Отвертка крестовая PH0х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-6405</t>
-[...4 lines deleted...]
-  <si>
     <t>12-6409</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х200мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6414</t>
   </si>
   <si>
     <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4729</t>
-[...2 lines deleted...]
-    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+    <t>12-4727</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6402</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6415</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6401</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH00х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
     <t>12-6408</t>
   </si>
   <si>
     <t>Отвертка крестовая PH2х150мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4730</t>
-[...46 lines deleted...]
-  <si>
     <t>12-6412</t>
   </si>
   <si>
     <t>Отвертка крестовая PH1х40мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4726-1</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Отвертки шлицевые (SL)</t>
   </si>
   <si>
+    <t>12-4725</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6421</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6422</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6423</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6427</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6430</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6433</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4723-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6425</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6435</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6426</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6428</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6429</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6431</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6432</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, трехкомпонентная рукоятка сталь, S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6424-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4724</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
     <t>12-4721</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL3х75мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4722</t>
-[...46 lines deleted...]
-  <si>
     <t>12-4723</t>
   </si>
   <si>
     <t>Отвертка шлицевая SL6х125мм, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4724</t>
-[...76 lines deleted...]
-  <si>
     <t>1.3 Набор отвертки с насадками</t>
   </si>
   <si>
     <t>KR-12-4791</t>
   </si>
   <si>
     <t>Набор отверток 31 предмет KRANZ</t>
   </si>
   <si>
     <t>KR-12-4792</t>
   </si>
   <si>
     <t>Набор отверток 38 предметов в кейсе KRANZ</t>
   </si>
   <si>
+    <t>12-6075</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с реверсивной отверткой, 21 предмет REXANT</t>
+  </si>
+  <si>
+    <t>12-4703</t>
+  </si>
+  <si>
+    <t>Набор отверток 7 предметов (крестовые и шлицевые) REXANT</t>
+  </si>
+  <si>
     <t>12-4741</t>
   </si>
   <si>
     <t>Отвертка комбинированная, двухкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
   </si>
   <si>
+    <t>12-4743</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 40мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4745</t>
+  </si>
+  <si>
+    <t>Отвертка реверсивная комбинированная, трехкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4778</t>
+  </si>
+  <si>
+    <t>Набор 13 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток 10 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток 18 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4742</t>
   </si>
   <si>
     <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
   </si>
   <si>
     <t>12-4779</t>
   </si>
   <si>
     <t>Набор 8 предметов с реверсивной отверткой REXANT</t>
   </si>
   <si>
     <t>12-4776</t>
   </si>
   <si>
     <t>Набор отверток 33 предмета REXANT</t>
   </si>
   <si>
-    <t>12-4743</t>
-[...46 lines deleted...]
-  <si>
     <t>1.4 Наборы отверток для точных работ</t>
   </si>
   <si>
+    <t>KR-12-4752</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-04, 24 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4755</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4751</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-01, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 114 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4778</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 40 предметов KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-4770</t>
   </si>
   <si>
     <t>Набор отверток и роликов для ремонта мобильных устройств 9 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4773</t>
-[...14 lines deleted...]
-    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
+    <t>KR-12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 48 предметов KRANZ</t>
   </si>
   <si>
     <t>KR-12-4753</t>
   </si>
   <si>
     <t>Набор отверток для точных работ RA-03, 25 предметов KRANZ</t>
   </si>
   <si>
     <t>KR-12-4777</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 73 предмета KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4752</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-12-4771</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 54 предмета KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4754</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-4774</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 62 предмета KRANZ</t>
   </si>
   <si>
     <t>KR-12-4776</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 37 предметов KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4772</t>
-[...8 lines deleted...]
-    <t>Набор отверток для точных работ 48 предметов KRANZ</t>
+    <t>12-4701</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 32 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4762</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 25 предметов в чехле REXANT</t>
+  </si>
+  <si>
+    <t>12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ REXANT XA-04, 24 предмета</t>
+  </si>
+  <si>
+    <t>12-4704</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4763</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4706</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 45 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4761</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+  </si>
+  <si>
+    <t>12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток 19 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток 28 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4765</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 9 предметов в пластиковом боксе REXANT</t>
+  </si>
+  <si>
+    <t>12-4766</t>
+  </si>
+  <si>
+    <t>Отвертка для телефонов Pentalobe 0,8 (звездочка) REXANT</t>
   </si>
   <si>
     <t>12-6051</t>
   </si>
   <si>
     <t>Набор часовых отверток 16 предметов REXANT</t>
   </si>
   <si>
+    <t>12-6041</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток TORX 7 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4702</t>
   </si>
   <si>
     <t>Набор отверток для точных работ 37 предметов REXANT</t>
   </si>
   <si>
-    <t>12-4704</t>
-[...14 lines deleted...]
-    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+    <t>12-6050</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток (6 предметов) REXANT</t>
   </si>
   <si>
     <t>12-4764</t>
   </si>
   <si>
     <t>Набор для точных работ 6 предметов REXANT</t>
   </si>
   <si>
     <t>12-4705</t>
   </si>
   <si>
     <t xml:space="preserve">Отвертка с насадками 6 шт. REXANT </t>
   </si>
   <si>
-    <t>12-4701</t>
-[...58 lines deleted...]
-  <si>
     <t>1.5 Диэлектрические отвертки</t>
   </si>
   <si>
     <t>12-4773</t>
   </si>
   <si>
     <t>Набор отверток (8 предметов) PROconnect</t>
   </si>
   <si>
+    <t>12-4715</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4711</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL3х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4713</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL5х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4717</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH1х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4718</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH2х150мм, до 100В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4772-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4773-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4719</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4771-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 76 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-4714</t>
   </si>
   <si>
     <t>Отвертка шлицевая диэлектрическая SL6х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4715</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4716</t>
   </si>
   <si>
     <t>Отвертка крестовая диэлектрическая PH0х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
   </si>
   <si>
-    <t>12-4771-3</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4712</t>
   </si>
   <si>
     <t>Отвертка шлицевая диэлектрическая SL4х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1125,51 +1125,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-sh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsev" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-kres" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-rexant-xa-04-24-predmeta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsevaya-sl6-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-rexant-xa-04-24-predmeta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I113"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1206,2773 +1206,2773 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>265.44</v>
+        <v>183.06</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>150.52</v>
+        <v>100.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>433</v>
+        <v>219</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>82.38</v>
+        <v>210.52</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2072</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>118.99</v>
+        <v>355.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>480</v>
+        <v>144</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>146.45</v>
+        <v>82.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>97</v>
+        <v>2944</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>219.67</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>137.3</v>
+        <v>100.68</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>591</v>
+        <v>181</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>256.28</v>
+        <v>158.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>132</v>
+        <v>975</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>144</v>
+        <v>360</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>183.06</v>
+        <v>265.44</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>240</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>109.84</v>
+        <v>183.06</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>1579</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>164.75</v>
+        <v>256.28</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>15</v>
+        <v>348</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
         <v>133.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>295</v>
+        <v>158</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>360</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>118.99</v>
+        <v>146.45</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>672</v>
+        <v>40</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>116.96</v>
+        <v>265.44</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2444</v>
+        <v>182</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>360</v>
+        <v>144</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>183.06</v>
+        <v>109.84</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1887</v>
+        <v>833</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>98.65</v>
+        <v>150.52</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>813</v>
+        <v>1160</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>183.06</v>
+        <v>118.99</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>100.68</v>
+        <v>219.67</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>100.68</v>
+        <v>137.3</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>565</v>
+        <v>458</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>219.67</v>
+        <v>116.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>2430</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>360</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>355.95</v>
+        <v>98.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>687</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>100.68</v>
+        <v>164.75</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>158.65</v>
+        <v>118.99</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>555</v>
+        <v>517</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>210.52</v>
+        <v>183.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>265.44</v>
+        <v>100.68</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>406</v>
+        <v>232</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>84.41</v>
+        <v>114.92</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>3843</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>480</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>118.99</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1685</v>
+        <v>1424</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>360</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>146.45</v>
+        <v>102.72</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>276</v>
+        <v>788</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>360</v>
+        <v>480</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>148.28</v>
+        <v>128.14</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1690</v>
+        <v>3</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>480</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>237.98</v>
+        <v>146.45</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>194</v>
+        <v>783</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>256.28</v>
+        <v>128.14</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>260</v>
+        <v>18</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>100.68</v>
+        <v>155.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>534</v>
+        <v>211</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>158.65</v>
+        <v>256.28</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1391</v>
+        <v>191</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>360</v>
+        <v>144</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>102.72</v>
+        <v>158.65</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>612</v>
+        <v>1197</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>139.33</v>
+        <v>173.91</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>322</v>
+        <v>1505</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>240</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>256.28</v>
+        <v>128.14</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>773</v>
+        <v>542</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>114.92</v>
+        <v>118.99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>480</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
         <v>114.92</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>368</v>
+        <v>613</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>480</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>146.45</v>
+        <v>156.62</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>201</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>480</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>156.62</v>
+        <v>146.45</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>156</v>
+        <v>2</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>173.91</v>
+        <v>148.28</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>381</v>
+        <v>1540</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>118.99</v>
+        <v>173.91</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>288</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>128.14</v>
+        <v>237.98</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>173.91</v>
+        <v>100.68</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1662</v>
+        <v>999</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>155.6</v>
+        <v>128.14</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>521</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>128.14</v>
+        <v>256.28</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>233</v>
+        <v>390</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>480</v>
+        <v>144</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>128.14</v>
+        <v>84.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>50</v>
+        <v>4868</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>480</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>128.14</v>
+        <v>139.33</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>739</v>
+        <v>1345</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
         <v>1037.34</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1250</v>
+        <v>937</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>36</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
         <v>1159.38</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>2184</v>
+        <v>1531</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>24</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>177.98</v>
+        <v>711.9</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>157.64</v>
+        <v>1372.95</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>585.79</v>
+        <v>177.98</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>510</v>
+        <v>8</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>1301.76</v>
+        <v>128.14</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>128.14</v>
+        <v>467.82</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
         <v>1423.8</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>762.75</v>
+        <v>559.35</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>559.35</v>
+        <v>762.75</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>1372.95</v>
+        <v>2550</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>662</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>2403.17</v>
+        <v>157.64</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>467.82</v>
+        <v>585.79</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2058</v>
+        <v>71</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>711.9</v>
+        <v>1301.76</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>427.14</v>
+        <v>1271.25</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>2815.61</v>
+        <v>1271.25</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>509</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>3915.45</v>
+        <v>2339.1</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>2339.1</v>
+        <v>915.3</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>1322.1</v>
+        <v>1291.59</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>3457.8</v>
+        <v>3915.45</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>1271.25</v>
+        <v>2815.61</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>915.3</v>
+        <v>427.14</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>236</v>
+        <v>46</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>2380.37</v>
+        <v>2695.05</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>1271.25</v>
+        <v>1322.1</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>2034</v>
+        <v>3457.8</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>3051</v>
+        <v>2380.37</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>2695.05</v>
+        <v>3051</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>732.24</v>
+        <v>427.14</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>474</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>508.5</v>
+        <v>559.35</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>244.08</v>
+        <v>1611.78</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>610.2</v>
+        <v>244.08</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>813.6</v>
+        <v>305.1</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>3607</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>315.27</v>
+        <v>813.6</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>325.44</v>
+        <v>813.6</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>685</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>427.14</v>
+        <v>447.48</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>1392</v>
+        <v>733</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>305.1</v>
+        <v>610.2</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1135</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
         <v>508.5</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>1977</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
         <v>382.98</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>400</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>406.8</v>
+        <v>732.24</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>223.74</v>
+        <v>406.8</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1409</v>
+        <v>906</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>1611.78</v>
+        <v>508.5</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
         <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>447.48</v>
+        <v>223.74</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>817</v>
+        <v>544</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>813.6</v>
+        <v>315.27</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>949</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>559.35</v>
+        <v>325.44</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>645</v>
+        <v>506</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>216</v>
+        <v>288</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>204</v>
       </c>
@@ -3984,388 +3984,388 @@
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>60</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>244.08</v>
+        <v>128</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>479</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>142.38</v>
+        <v>128</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>948</v>
+        <v>6576</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>480</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>162.72</v>
+        <v>182</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>366</v>
+        <v>1280</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>480</v>
+        <v>360</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>4068</v>
+        <v>182</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>4527</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>24</v>
+        <v>360</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>1983.15</v>
+        <v>237</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1</v>
+        <v>761</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>162.72</v>
+        <v>4550</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>295</v>
+        <v>5</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>480</v>
+        <v>24</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>142.38</v>
+        <v>1770</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>480</v>
+        <v>80</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>203.4</v>
+        <v>270</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>931</v>
+        <v>362</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>203.4</v>
+        <v>3650</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>5118</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>360</v>
+        <v>24</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>264.42</v>
+        <v>220</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>900</v>
+        <v>666</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>240</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>300.02</v>
+        <v>145</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>582</v>
+        <v>3734</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>5085</v>
+        <v>145</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>35</v>
+        <v>6183</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>24</v>
+        <v>480</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A53:I53"/>
     <mergeCell ref="A68:I68"/>
     <mergeCell ref="A100:I100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>