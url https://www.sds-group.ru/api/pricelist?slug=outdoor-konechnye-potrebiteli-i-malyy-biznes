--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -8,730 +8,748 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="247">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 OUTDOOR – Конечные потребители и малый бизнес</t>
   </si>
   <si>
     <t>1.1 Уличные гирлянды IP44</t>
   </si>
   <si>
+    <t>305-565</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 20м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>255-525</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 5х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 112LED NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-509-6</t>
   </si>
   <si>
     <t>Гирлянда Мультишарики Ø17,5 мм, 10 м, 80 LED МУЛЬТИ, темно-зеленый ПВХ, IP65, динамика, 230В не соединяется NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>303-104</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная Уличная 120 LED БЕЛЫЕ 12 метров</t>
   </si>
   <si>
+    <t>303-609</t>
+  </si>
+  <si>
+    <t>Гирлянда Мультишарики 20м, 200LED, диаметр 15мм, IP44, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-566</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 20м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-596</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 25х0,6м, c эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 588LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-595</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 25х0,6м, c эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 588LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-555</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х3м, эффект мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 300LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-525</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 75LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-545</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 10х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 238LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-526</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 5х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 112LED NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-526</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 75LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-566</t>
-[...4 lines deleted...]
-  <si>
     <t>235-556</t>
   </si>
   <si>
     <t>Гирлянда Дождь светодиодный 2х3м, эффект мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 300LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-525</t>
-[...2 lines deleted...]
-    <t>Гирлянда Нить 10м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 75LED NEON-NIGHT</t>
+    <t>235-515</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х1,5м, эффект мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-103</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная Уличная 100 LED БЕЛЫЕ 10 метров с контроллером</t>
   </si>
   <si>
     <t>255-546</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Айсикл (бахрома) 10х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 238LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-555</t>
-[...28 lines deleted...]
-  <si>
     <t>235-516</t>
   </si>
   <si>
     <t>Гирлянда Дождь светодиодный 2х1,5м, эффект мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 150LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-515</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Уличная гирлянда Роса</t>
   </si>
   <si>
+    <t>303-205</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором, 20 м, 200 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-216</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 30 м, 300 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-249</t>
+  </si>
+  <si>
+    <t>Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, цвет свечения мультиколор</t>
+  </si>
+  <si>
     <t>303-206</t>
   </si>
   <si>
     <t>Гирлянда Роса с трансформатором 20 м, 200 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-205</t>
-[...2 lines deleted...]
-    <t>Гирлянда Роса с трансформатором, 20 м, 200 LED, белое свечение NEON-NIGHT</t>
+    <t>303-215</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 30 м, 300 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-246</t>
+  </si>
+  <si>
+    <t>Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>303-209</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 20 м, 200 LED, цвет свечения мультиколор NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-229</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 50 м, 500 LED, цвет свечения мультиколор NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-236</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 100 м, 1000 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
     <t>303-245</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, белое свечение </t>
   </si>
   <si>
-    <t>303-236</t>
-[...22 lines deleted...]
-  <si>
     <t>303-225</t>
   </si>
   <si>
     <t>Гирлянда Роса с трансформатором 50 м, 500 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-209</t>
-[...14 lines deleted...]
-    <t>Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, теплое белое свечение</t>
+    <t>303-256</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса 10м, 100LED, теплый белый, IP44, на батарейках 3хАА, с пультом 8 режимов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-257</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса 20м, 200LED, теплый белый, IP44, на батарейках 3хАА, с пультом 8 режимов NEON-NIGHT</t>
   </si>
   <si>
     <t>303-259</t>
   </si>
   <si>
     <t>Гирлянда Роса 10м, 100LED, RGB, IP44, на батарейках 3хАА, с пультом 44 режима NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-256</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Комплекты Белт-лайта</t>
   </si>
   <si>
-    <t>1.3.1 Комплекты Белт-лайта с лампами</t>
+    <t>1.3.1 Комплекты Белт-лайта без ламп</t>
+  </si>
+  <si>
+    <t>331-334</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, белый каучук, шаг 50см, 40 патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-336</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, белый каучук, шаг 50см, 20 подвесных патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-333</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, черный каучук, шаг 50см, 40 патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-337</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, черный каучук, шаг 50см, 40 подвесных патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-332</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, белый каучук, шаг 50см, 20 патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-338</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, белый каучук, шаг 50см, 40 подвесных патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-335</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, черный каучук, шаг 50см, 20 подвесных патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-331</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, черный каучук, шаг 50см, 20 патронов, IP44</t>
+  </si>
+  <si>
+    <t>1.3.2 Комплекты Белт-лайта с лампами</t>
   </si>
   <si>
     <t>331-356</t>
   </si>
   <si>
     <t>Уличная гирлянда Лофт 10м, черный каучук, 20 матовых ламп х 5 LED, влагостойкая IP44</t>
   </si>
   <si>
     <t>331-357</t>
   </si>
   <si>
     <t>Уличная гирлянда Лофт 10м, черный каучук, 20 прозрачных ламп х 5 LED, влагостойкая IP44</t>
   </si>
   <si>
+    <t>331-359</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 15м, черный ПВХ, 50 прозрачных ламп, цвет Теплый Белый, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-322</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Красный, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-358</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 7,5м, черный ПВХ, 25 прозрачных ламп, цвет Теплый Белый, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-305</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-323</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Синий, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-325</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Белый, IP65, соединяется</t>
+  </si>
+  <si>
     <t>331-301</t>
   </si>
   <si>
     <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Желтый, IP65, соединяется</t>
   </si>
   <si>
-    <t>331-359</t>
-[...20 lines deleted...]
-    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Белый, IP65, соединяется</t>
+    <t>331-326</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Теплый белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-355</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 10м, черный каучук, 20 прозрачных ламп, теплый белый, влагостойкая IP65</t>
   </si>
   <si>
     <t>331-329</t>
   </si>
   <si>
     <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Мультиколор, IP65, соединяется</t>
   </si>
   <si>
+    <t>331-302</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Красный, IP65, соединяется</t>
+  </si>
+  <si>
     <t>331-306</t>
   </si>
   <si>
     <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Теплый белый, IP65, соединяется</t>
   </si>
   <si>
-    <t>331-355</t>
-[...79 lines deleted...]
-  <si>
     <t>1.4 Комплекты Дюралайта</t>
   </si>
   <si>
+    <t>245-109</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, свечение с динамикой (2W) - RGB Ø13мм, 36LED/м, 6м</t>
+  </si>
+  <si>
+    <t>121-326-06</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, свечение с динамикой (3W), 24 LED/м, ТЕПЛЫЙ БЕЛЫЙ, 6м</t>
+  </si>
+  <si>
+    <t>121-326-10</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, теплый белый, 10 м</t>
+  </si>
+  <si>
+    <t>121-329-10</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, мульти (RYGB), 10 м</t>
+  </si>
+  <si>
+    <t>121-327-14</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, фиксинг (2W), 24 LED/м, теплый белый, 25 м</t>
+  </si>
+  <si>
+    <t>121-329-20</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, мульти (RYGB), 20 м</t>
+  </si>
+  <si>
+    <t>121-326-20</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, теплый белый, 20 м</t>
+  </si>
+  <si>
     <t>121-328-14</t>
   </si>
   <si>
     <t>Дюралайт LED, фиксинг (2W), 24 LED/м, мультиколор (RYGB), 25 м</t>
   </si>
   <si>
-    <t>121-329-20</t>
-[...10 lines deleted...]
-  <si>
     <t>121-323-14</t>
   </si>
   <si>
     <t>Дюралайт LED, фиксинг (2W), 24 LED/м, белый, 25 м</t>
   </si>
   <si>
-    <t>121-326-10</t>
-[...8 lines deleted...]
-    <t>Дюралайт LED фиксинг (2W), 24 LED/м, мульти (RYGB), 10 м</t>
+    <t>121-326-14</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, свечение с динамикой (3W), 24 LED/м, ТЕПЛЫЙ БЕЛЫЙ, 14м</t>
   </si>
   <si>
     <t>123-031</t>
   </si>
   <si>
     <t>Контроллер для наборов трехжильного светодиодного дюралайта 6м и 14м, до 30м</t>
   </si>
   <si>
     <t>245-119</t>
   </si>
   <si>
     <t>Дюралайт LED , свечение с динамикой (2W) - RGB Ø13мм, 36LED/м, 14м</t>
   </si>
   <si>
-    <t>245-109</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5 Комплекты Гибкого неона</t>
   </si>
   <si>
     <t>131-007</t>
   </si>
   <si>
     <t>Гибкий неон NEON-NIGHT LED SMD 8х16 мм, односторонний белый, 120 LED/м, 20 м</t>
   </si>
   <si>
+    <t>131-004</t>
+  </si>
+  <si>
+    <t>Гибкий неон NEON-NIGHT SMD (8х16 мм) односторонний теплый белый, 120 LED/м, набор 10 м (с комплектом подключения), IP65</t>
+  </si>
+  <si>
     <t>131-008</t>
   </si>
   <si>
     <t>Гибкий неон NEON-NIGHT LED SMD 8х16 мм, односторонний теплый белый, 120 LED/м, 20 м</t>
   </si>
   <si>
+    <t>131-006</t>
+  </si>
+  <si>
+    <t>Гибкий неон LED SMD 8х16 мм, односторонний, теплый белый, 120 LED/м, 5 м</t>
+  </si>
+  <si>
     <t>131-005</t>
   </si>
   <si>
     <t>Гибкий неон LED SMD 8х16 мм, односторонний, белый, 120 LED/м, 5 м</t>
   </si>
   <si>
-    <t>131-006</t>
-[...10 lines deleted...]
-  <si>
     <t>131-003</t>
   </si>
   <si>
     <t>Гибкий неон NEON-NIGHT SMD (8х16 мм) односторонний белый, 120 LED/м, набор 10 м (с комплектом подключения), IP65</t>
   </si>
   <si>
     <t>1.6 Деревья</t>
   </si>
   <si>
+    <t>531-124</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, зеленые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-129</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, RGB светодиоды, контроллер, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>531-109</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 1,5 м, диаметр кроны 1,4м, RGB светодиоды, контроллер, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>531-236</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 6921LED, высота 3,6м, диаметр кроны 3,0м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-101</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура высота 1,5м, диаметр кроны 1,8м, желтые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-215</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 1728LED, высота 3,6м, диаметр кроны 3,0м, белые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-125</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 2,0 м, белые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-104</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, зеленые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-322</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 1,7м, красные диоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-122</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0, красные светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-105</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, белые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>531-102</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, красные светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-101</t>
-[...8 lines deleted...]
-    <t>Светодиодное дерево Сакура, 6921LED, высота 3,6м, диаметр кроны 3,0м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+    <t>531-103</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, синие светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-106</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>531-235</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, 6921LED, высота 3,6м, диаметр кроны 3,0м, белые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
     <t>531-233</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0м, синие светодиоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-103</t>
-[...4 lines deleted...]
-  <si>
     <t>531-232</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны3,0м, красные светодиоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-215</t>
-[...2 lines deleted...]
-    <t>Светодиодное дерево Сакура, 1728LED, высота 3,6м, диаметр кроны 3,0м, белые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+    <t>531-213</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0, синие светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
     <t>531-126</t>
   </si>
   <si>
     <t>Светодиодное Дерево Сакура, высота 2,4м, диаметр кроны 2,0м, фиолетовые диоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>531-121</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, желтые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-123</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, синие светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-104</t>
-[...4 lines deleted...]
-  <si>
     <t>531-234</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0м, зеленые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-322</t>
-[...4 lines deleted...]
-  <si>
     <t>531-324</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 1,7 м, зеленые диоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
+    <t>531-216</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 1728LED, высота 3,6м, диаметр кроны 3,0м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-128</t>
   </si>
   <si>
     <t>Светодиодное Дерево Сакура, высота 2,4м, диаметр кроны 2,0м, розовые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-124</t>
-[...40 lines deleted...]
-  <si>
     <t>531-108</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, розовые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>1.7 Уличные фигуры</t>
   </si>
   <si>
     <t>501-372</t>
   </si>
   <si>
     <t>Светодиодная фигура Олениха 155см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
   </si>
   <si>
+    <t>501-373</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 180см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-371</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олененок 107см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-375</t>
   </si>
   <si>
     <t>Светодиодная фигура бегущий Олень 88см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-373</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.1 Акриловые фигуры средние</t>
   </si>
   <si>
+    <t>513-282</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик в шляпе 38х38х72 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-280</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Олень 50х25х75 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-281</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Пятнистый олень 50х25х75 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Акриловая светодиодная фигура Олень 50х25х75 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-283</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Снеговик в синих варежках 31х25х59 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-285</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Северный олень 49х18х85 см, 120 светодиодов, IP65 понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
     <t>513-267</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Мишка 60 см, 200 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>1.7.2 Надувные фигуры</t>
   </si>
   <si>
     <t>511-114</t>
   </si>
@@ -1161,56 +1179,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-17-5-mm-10-m-80-led-multi-temno-zelenyy-pvh-ip65-dinamika-230v-ne-soedinyaets.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-120-led-belye-12-metrov.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-75led-neon-n.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-150led-neon-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h3m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-75led-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-di.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h3m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-300led-.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-dio.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-150led-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-100-led-belye-10-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-di.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h1-5m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-bely.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h1-5m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-150le.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-20m-200led-diametr-15mm-ip44-zelenyy-provod-svechenie-multi-rg-rb-miganie-230.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-beloe-svechenie.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-100-m-1000-led-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-tsvet-svecheniya-multikolor.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-tsvet-svecheniya-multikolor-neon-night.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-tsvet-svecheniya-multikolor-neon-night.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-teploe-beloe-svechenie.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-rgb-ip44-na-batareykah-3haa-s-pultom-44-rezhima-neon-night.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-teplyy-belyy-ip44-na-batareykah-3haa-s-pultom-8-rezhimov-neon-night.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-20m-200led-teplyy-belyy-ip44-na-batareykah-3haa-s-pultom-8-rezhimov-neon-night.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-matovyh-lamp-h-5-led-vlagostoykaya-ip44.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-prozrachnyh-lamp-h-5-led-vlagostoykaya-ip44.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-zheltyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-15m-chernyy-pvh-50-prozrachnyh-lamp-tsvet-teplyy-belyy-vlagostoykaya-ip44.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-siniy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-krasnyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-belyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-multikolor-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-teplyy-belyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-prozrachnyh-lamp-teplyy-belyy-vlagostoykaya-ip65.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-7-5m-chernyy-pvh-25-prozrachnyh-lamp-tsvet-teplyy-belyy-vlagostoykaya-ip44.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-krasnyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-teplyy-belyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-belyy-ip65-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-belyy-kauchuk-shag-50sm-20-podvesnyh-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-chernyy-kauchuk-shag-50sm-40-podvesnyh-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-chernyy-kauchuk-shag-50sm-20-podvesnyh-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-chernyy-kauchuk-shag-50sm-40-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-belyy-kauchuk-shag-50sm-40-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-belyy-kauchuk-shag-50sm-40-podvesnyh-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-chernyy-kauchuk-shag-50sm-20-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-belyy-kauchuk-shag-50sm-20-patronov-ip44.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multikolor-rygb-25-m.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-20-m.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-teplyy-belyy-25-m.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-belyy-25-m.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-teplyy-belyy-10-m.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-10-m.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-naborov-trehzhilnogo-svetodiodnogo-dyuralayta-6m-i-14m-do-30m.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-13mm-36led-m-14m.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-13mm-36led-m-6m.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-teplyy-belyy-20-m.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-teplyy-belyy-14m.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-teplyy-belyy-6m.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-belyy-120-led-m-20-m.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-led-m-20-m.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-belyy-120-led-m-5-m.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-led-m-5-m.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-led-m-nabor-10-m-s-komplektom-podk.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-belyy-120-led-m-nabor-10-m-s-komplektom-podklyuchen.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-rgb-svetodiody-kontroller-ip65-ponizhayusc.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5-m-diametr-krony-1-4m-rgb-svetodiody-kontroller-ip65-ponizhayus.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-belye-svetodiody-ip-65-ponizhayuschiy-tran.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-krasnye-svetodiody-ip-65-ponizhayuschiy-tr.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-zheltye-svetodiody-ip-65-ponizhayuschiy-tr.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-6921led-vysota-3-6m-diametr-krony-3-0m-fioletovye-svetodiody-ip-65-ponizh.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-6921led-vysota-3-6m-diametr-krony-3-0m-belye-svetodiody-ip-65-ponizhayusc.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0m-sinie-svetodiody-ip65-ponizhayuschiy-trans.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-sinie-svetodiody-ip-65-ponizhayuschiy-tran.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony3-0m-krasnye-svetodiody-ip65-ponizhayuschiy-tran.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-1728led-vysota-3-6m-diametr-krony-3-0m-belye-svetodiody-ip-65-ponizhayusc.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-fioletovye-diody-ip-65-ponizhayuschiy-tran.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-sinie-svetodiody-ip-65-ponizhayuschiy-tran.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-zelenye-svetodiody-ip-65-ponizhayuschiy-tr.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0m-zelenye-svetodiody-ip-65-ponizhayuschiy-tr.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-1-7m-krasnye-diody-ip65-ponizhayuschiy-transfo.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-1-7-m-zelenye-diody-ip65-ponizhayuschiy-transf.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-rozovye-svetodiody-ip65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-zelenye-svetodiody-ip65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0-sinie-svetodiody-ip-65-ponizhayuschiy-trans.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0-krasnye-svetodiody-ip-65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-2-0-m-belye-svetodiody-ip65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-fioletovye-svetodiody-ip-65-ponizhayuschiy.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-zheltye-svetodiody-ip65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-1728led-vysota-3-6m-diametr-krony-3-0m-fioletovye-svetodiody-ip-65-ponizh.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-rozovye-svetodiody-ip65-ponizhayuschiy-tra.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-oleniha-155sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-beguschiy-olen-88sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip4.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-180sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-ni.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olenenok-107sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neo.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pyatnistyy-olen-50h25h75-sm-ip65-ponizhayuschiy-transformator-v-komp.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-shlyape-38h38h72-sm-ip65-ponizhayuschiy-transformator-v-k.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olen-50h25h75-sm-ip65-ponizhayuschiy-transformator-v-komplekte-neon-.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-sinih-varezhkah-31h25h59-sm-ip65-ponizhayuschiy-transform.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-49h18h85-sm-120-svetodiodov-ip65-ponizhayuschiy-transf.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-mishka-60-sm-200-svetodiodov-ip65-ponizhayuschiy-transformator-v-kom.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-privetstvuet-razmer-180-sm-vnutrennyaya-podsvetka-5-led-kompressor-s-a.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegovik-s-metloy-razmer-180-sm-vnutrennyaya-podsvetka-4-led-kompressor-s-adapte.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-s-podarkami-razmer-300sm-vnutrennyaya-podsvetka-12led-kompressor-s-ada.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegurochka-razmer-300sm-vnutrennyaya-podsvetka-9led-kompressor-s-adapterom-12v-.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-150led-neon-night-30023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-112led-neon-night-30055" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-temno-zeleniy-pvh-80-diodov-tsvet-multikolor-6561" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-120-led-belie-12-metrov-18293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-20m-200led-diametr-15mm-ip44-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30037" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-150led-neon-night-30022" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-588led-neon-night-30058" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-588led-neon-night-30059" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h3m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-300led-neon-night-30062" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-75led-neon-night-30021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-238led-neon-night-30057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-112led-neon-night-30002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-75led-neon-night-30003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h3m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-300led-neon-night-30004" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h1-5m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-150led-neon-night-30061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-100-led-belie-10-metrov-s-kontrollerom-18287" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-238led-neon-night-30056" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h1-5m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-150led-neon-night-30060" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-beloe-svechenie-neon-night-24838" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-teploe-beloe-svechenie-neon-night-24839" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-tsvet-svecheniya-multikolor-28697" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-teploe-beloe-svechenie-neon-night-24837" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-beloe-svechenie-neon-night-24840" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-teploe-beloe-svechenie-28696" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-tsvet-svecheniya-multikolor-neon-night-28661" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-tsvet-svecheniya-multikolor-neon-night-28692" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-100-m-1000-led-teploe-beloe-svechenie-neon-night-28694" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-beloe-svechenie-28695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-beloe-svechenie-neon-night-28662" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-tepliy-beliy-ip44-na-batareykah-3haa-s-pultom-8-rejimov-neon-night-30017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-20m-200led-tepliy-beliy-ip44-na-batareykah-3haa-s-pultom-8-rejimov-neon-night-31176" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-rgb-ip44-na-batareykah-3haa-s-pultom-44-rejima-neon-night-30018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-beliy-kauchuk-shag-50sm-40-patronov-ip44-27596" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-beliy-kauchuk-shag-50sm-20-podvesnih-patronov-ip44-27591" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-cherniy-kauchuk-shag-50sm-40-patronov-ip44-27595" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-cherniy-kauchuk-shag-50sm-40-podvesnih-patronov-ip44-27592" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-beliy-kauchuk-shag-50sm-20-patronov-ip44-27594" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-beliy-kauchuk-shag-50sm-40-podvesnih-patronov-ip44-29762" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-cherniy-kauchuk-shag-50sm-20-podvesnih-patronov-ip44-27590" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-cherniy-kauchuk-shag-50sm-20-patronov-ip44-27593" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-matovih-lamp-h-5-led-vlagostoykaya-ip44-27952" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-prozrachnih-lamp-h-5-led-vlagostoykaya-ip44-27953" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-15m-cherniy-pvh-50-prozrachnih-lamp-tsvet-tepliy-beliy-vlagostoykaya-ip44-30044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-krasniy-ip65-soedinyaetsya-7489" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-7-5m-cherniy-pvh-25-prozrachnih-lamp-tsvet-tepliy-beliy-vlagostoykaya-ip44-30043" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-beliy-ip65-soedinyaetsya-6692" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-siniy-ip65-soedinyaetsya-7490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-beliy-ip65-soedinyaetsya-7492" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-jeltiy-ip65-soedinyaetsya-6689" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-tepliy-beliy-ip65-soedinyaetsya-7493" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-prozrachnih-lamp-vlagostoykaya-ip65-29336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-multikolor-ip65-soedinyaetsya-7494" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-krasniy-ip65-soedinyaetsya-6688" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-tepliy-beliy-ip65-soedinyaetsya-6693" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-oslash-13mm-36led-m-6m-14589" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-tepliy-beliy-6m-14546" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-10-m-27864" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-10-m-27865" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-25-m-27974" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-20-m-27867" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-20-m-27866" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multikolor-rygb-25-m-27975" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-beliy-25-m-27973" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-tepliy-beliy-14m-14539" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-naborov-trehjilnogo-svetodiodnogo-dyuralayta-6m-i-14m-do-30m-14497" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-oslash-13mm-36led-m-14m-14612" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-beliy-120-led-m-20-m-26176" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-nabor-10-m-s-komplektom-podklyucheniya-ip65-30971" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-20-m-26177" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-5-m-20354" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-beliy-120-led-m-5-m-20353" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-beliy-120-led-m-nabor-10-m-s-komplektom-podklyucheniya-ip65-30970" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-zelenie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1564" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-rgb-svetodiodi-kontroller-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-9642" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5-m-diametr-kroni-1-4m-rgb-svetodiodi-kontroller-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-9643" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1-1578" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-jeltie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1555" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1571" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-2-0-m-belie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1565" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-zelenie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1558" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-1-72m-krasnie-diodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-6431" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0-krasnie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1562" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1559" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-krasnie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1556" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1557" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1560" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1-1577" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1575" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni3-0m-krasnie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1574" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1569" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-fioletovie-diodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1566" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-jeltie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1561" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1563" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-zelenie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1576" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-1-7-m-zelenie-diodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-6433" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1572" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-rozovie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-29879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-rozovie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-29880" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-oleniha-155sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-180sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-ni.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olenenok-107sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neo.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-beguschiy-olen-88sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip4.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-shlyape-38h38h72-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23495" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olen-50h25h75-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-28689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pyatnistiy-olen-50h25h75-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23493" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-sinih-varejkah-31h25h59-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23496" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severniy-olen-49h18h85-sm-120-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-28691" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-mishka-60-sm-200-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3992" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-privetstvuet-razmer-180-sm-vnutrennyaya-podsvetka-5-led-kompressor-s-adapterom-12v-ip-65-neon-night-12089" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegovik-s-metloy-razmer-180-sm-vnutrennyaya-podsvetka-4-led-kompressor-s-adapterom-12v-ip-65-neon-night-1464" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-s-podarkami-razmer-300sm-vnutrennyaya-podsvetka-12led-kompressor-s-adapterom-12v-ip44-neon-night-30045" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegurochka-razmer-300sm-vnutrennyaya-podsvetka-9led-kompressor-s-adapterom-12v-ip44-neon-night-30046" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I122"/>
+  <dimension ref="A1:I125"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1242,2288 +1260,2288 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>3025.76</v>
+        <v>2161.34</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>24</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>916.36</v>
+        <v>2161.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1403.94</v>
+        <v>3025.76</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>464</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2161.34</v>
+        <v>916.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>3799.84</v>
+        <v>4560.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>84</v>
+        <v>297</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1403.94</v>
+        <v>2161.34</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>369</v>
+        <v>43</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>24</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3799.86</v>
+        <v>6993</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>285</v>
+        <v>15</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>3799.84</v>
+        <v>6993</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>348</v>
+        <v>222</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>2161.34</v>
+        <v>3799.84</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>292</v>
+        <v>74</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2161.34</v>
+        <v>1403.94</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>467</v>
+        <v>264</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1087.33</v>
+        <v>3799.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>6993</v>
+        <v>2161.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>276</v>
+        <v>88</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2161.34</v>
+        <v>1403.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>319</v>
+        <v>261</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2161.34</v>
+        <v>3799.84</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>402</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>4560.17</v>
+        <v>2161.34</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>391</v>
+        <v>221</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
+      <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="B19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="3">
+        <v>1087.33</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>1</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>100</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>1490</v>
+        <v>3799.86</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1490</v>
+        <v>2161.34</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>3320</v>
+        <v>1490</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>4990</v>
+        <v>1790</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>48</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>1790</v>
+        <v>4990</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1790</v>
+        <v>1490</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>2990</v>
+        <v>1790</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1490</v>
+        <v>4990</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>48</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2990</v>
+        <v>1490</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>48</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>4990</v>
+        <v>2990</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>48</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1935.06</v>
+        <v>3320</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>623.75</v>
+        <v>4491</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>874</v>
+        <v>1</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
+        <v>2990</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>0</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>48</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C34" s="3">
+        <v>623.75</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>0</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>100</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C35" s="3">
         <v>873.75</v>
       </c>
-      <c r="D33" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H33" s="3">
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>0</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
         <v>100</v>
       </c>
-      <c r="I33" s="3">
-[...27 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="I35" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>4100</v>
+        <v>1935.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>239</v>
+        <v>6</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A37" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C38" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>4780.82</v>
+        <v>7864.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>6554.44</v>
+        <v>6704.03</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>8091.9</v>
+        <v>10216.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>4</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>9990</v>
+        <v>8599.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>4</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>8091.9</v>
+        <v>5586.42</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>9990</v>
+        <v>8599.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>4</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>4100</v>
+        <v>5586.43</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>2584.41</v>
+        <v>4924.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>382</v>
+        <v>191</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>9990</v>
+        <v>4100</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>82</v>
+        <v>190</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="C49" s="3">
+        <v>4100</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>438</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>6</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C49" s="3">
-[...8 lines deleted...]
-      <c r="F49" s="3">
+      <c r="B50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C50" s="3">
+        <v>4780.82</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="3">
+        <v>0</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
         <v>12</v>
       </c>
-      <c r="G49" s="3">
-[...20 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="I50" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>6704.03</v>
+        <v>8091.9</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>4</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>8599.5</v>
+        <v>2584.41</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>5586.43</v>
+        <v>8991</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>10216.5</v>
+        <v>6554.44</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>7864.5</v>
+        <v>9990</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>4</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>8599.5</v>
+        <v>9990</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>116</v>
+        <v>3</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>4</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>4924.5</v>
+        <v>9990</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>5586.42</v>
+        <v>4100</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="2" t="s">
+      <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B59" s="2"/>
-[...6 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="B59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C59" s="3">
+        <v>8091.9</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>4</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>7068.34</v>
+        <v>6554.44</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>609</v>
+        <v>1</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>5795.79</v>
+        <v>9990</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="C62" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>7068.34</v>
+        <v>7775.32</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>589</v>
+        <v>80</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>3293.09</v>
+        <v>1976.74</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
         <v>3293.09</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>57</v>
+        <v>2</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>1062.33</v>
+        <v>3293.09</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>252</v>
+        <v>3</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>17531.6</v>
+        <v>7068.34</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>38</v>
+        <v>233</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>7775.32</v>
+        <v>5795.79</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="3">
         <v>5795.79</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>5</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>3400.26</v>
+        <v>7068.34</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>5</v>
+        <v>401</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>1976.74</v>
+        <v>7068.34</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>55</v>
+        <v>274</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
+      <c r="A72" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B72" s="2"/>
-[...6 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="B72" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C72" s="3">
+        <v>3400.26</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>5</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>6300</v>
+        <v>1062.33</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>232</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>6300</v>
+        <v>17531.6</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B75" s="3" t="s">
+      <c r="A75" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="C75" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>1459.5</v>
+        <v>6300</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>7</v>
+        <v>206</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
         <v>3150</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>3150</v>
+        <v>6300</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="2" t="s">
+      <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B79" s="2"/>
-[...6 lines deleted...]
-      <c r="I79" s="2"/>
+      <c r="B79" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="3">
+        <v>1459.5</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" s="3">
+        <v>1065</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>20</v>
+      </c>
+      <c r="I79" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>204608</v>
+        <v>1459.5</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>1671</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>121743</v>
+        <v>3150</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B82" s="3" t="s">
+      <c r="A82" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="C82" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>59087.5</v>
+        <v>111597</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="3">
-        <v>59087.5</v>
+        <v>204608</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>351735</v>
+        <v>121743</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
         <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
@@ -3537,1163 +3555,1253 @@
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>294087</v>
+        <v>59087.5</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>59087.5</v>
+        <v>111597</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>294087</v>
+        <v>111597</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>111597</v>
+        <v>59087.5</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>102637</v>
+        <v>47270</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>102637</v>
+        <v>111597</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="3">
         <v>59087.5</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>1</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>351735</v>
+        <v>59087.5</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>47270</v>
+        <v>59087.5</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>47270</v>
+        <v>59087.5</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>95059.4</v>
+        <v>351735</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>111597</v>
+        <v>294087</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
         <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>102637</v>
+        <v>294087</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
         <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>111597</v>
+        <v>102637</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>111597</v>
+        <v>102637</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
         <v>4</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>59087.5</v>
+        <v>111597</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>111597</v>
+        <v>102637</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>111597</v>
+        <v>351735</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>54725</v>
+        <v>47270</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
+      <c r="A106" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B106" s="2"/>
-[...6 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="B106" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C106" s="3">
+        <v>111597</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>1</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C107" s="3">
-        <v>24990</v>
+        <v>95059.4</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>91</v>
+        <v>5</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C108" s="3">
-        <v>11990</v>
+        <v>54725</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C109" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>14990</v>
+        <v>24990</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
+      <c r="A111" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="B111" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C111" s="3">
+        <v>29990</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>0</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>1</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>25154.2</v>
+        <v>14990</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>17107.3</v>
+        <v>11990</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B114" s="3" t="s">
+      <c r="A114" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="C114" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>10885.9</v>
+        <v>17107.3</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>25311.15</v>
+        <v>25154.2</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
         <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C117" s="3">
-        <v>17814.3</v>
+        <v>25154.2</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
+        <v>1</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C118" s="3">
+        <v>10885.9</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>0</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
         <v>2</v>
       </c>
-      <c r="I117" s="3">
-[...14 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C119" s="3">
-        <v>7981.3</v>
+        <v>25311.15</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C120" s="3">
-        <v>10108.2</v>
+        <v>17814.3</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B121" s="3" t="s">
+      <c r="A121" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="C121" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C122" s="3">
+        <v>7981.3</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>0</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>6</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C123" s="3">
+        <v>10108.2</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>0</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>6</v>
+      </c>
+      <c r="I123" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C124" s="3">
+        <v>15204</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" s="3">
+        <v>141</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>4</v>
+      </c>
+      <c r="I124" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C125" s="3">
         <v>13683.4</v>
       </c>
-      <c r="D122" s="4" t="s">
-[...14 lines deleted...]
-      <c r="I122" s="3">
+      <c r="D125" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" s="3">
+        <v>160</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>1</v>
+      </c>
+      <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A19:I19"/>
-[...8 lines deleted...]
-    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A121:I121"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
-    <hyperlink ref="D20" r:id="rId16"/>
-[...1 lines deleted...]
-    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
-    <hyperlink ref="D36" r:id="rId30"/>
-[...1 lines deleted...]
-    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
-    <hyperlink ref="D47" r:id="rId41"/>
-[...1 lines deleted...]
-    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
-    <hyperlink ref="D60" r:id="rId52"/>
-[...1 lines deleted...]
-    <hyperlink ref="D62" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
     <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D64" r:id="rId56"/>
     <hyperlink ref="D65" r:id="rId57"/>
     <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D67" r:id="rId59"/>
     <hyperlink ref="D68" r:id="rId60"/>
     <hyperlink ref="D69" r:id="rId61"/>
     <hyperlink ref="D70" r:id="rId62"/>
     <hyperlink ref="D71" r:id="rId63"/>
-    <hyperlink ref="D73" r:id="rId64"/>
-[...1 lines deleted...]
-    <hyperlink ref="D75" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId64"/>
+    <hyperlink ref="D73" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
-    <hyperlink ref="D80" r:id="rId70"/>
-[...1 lines deleted...]
-    <hyperlink ref="D82" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D94" r:id="rId84"/>
     <hyperlink ref="D95" r:id="rId85"/>
     <hyperlink ref="D96" r:id="rId86"/>
     <hyperlink ref="D97" r:id="rId87"/>
     <hyperlink ref="D98" r:id="rId88"/>
     <hyperlink ref="D99" r:id="rId89"/>
     <hyperlink ref="D100" r:id="rId90"/>
     <hyperlink ref="D101" r:id="rId91"/>
     <hyperlink ref="D102" r:id="rId92"/>
     <hyperlink ref="D103" r:id="rId93"/>
     <hyperlink ref="D104" r:id="rId94"/>
     <hyperlink ref="D105" r:id="rId95"/>
-    <hyperlink ref="D107" r:id="rId96"/>
-[...1 lines deleted...]
-    <hyperlink ref="D109" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId96"/>
+    <hyperlink ref="D107" r:id="rId97"/>
+    <hyperlink ref="D108" r:id="rId98"/>
     <hyperlink ref="D110" r:id="rId99"/>
-    <hyperlink ref="D112" r:id="rId100"/>
-[...1 lines deleted...]
-    <hyperlink ref="D114" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId100"/>
+    <hyperlink ref="D112" r:id="rId101"/>
+    <hyperlink ref="D113" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
-    <hyperlink ref="D119" r:id="rId106"/>
-[...1 lines deleted...]
-    <hyperlink ref="D121" r:id="rId108"/>
+    <hyperlink ref="D118" r:id="rId106"/>
+    <hyperlink ref="D119" r:id="rId107"/>
+    <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D122" r:id="rId109"/>
+    <hyperlink ref="D123" r:id="rId110"/>
+    <hyperlink ref="D124" r:id="rId111"/>
+    <hyperlink ref="D125" r:id="rId112"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>