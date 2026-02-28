--- v1 (2025-12-14)
+++ v2 (2026-02-28)
@@ -8,793 +8,763 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="237">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 OUTDOOR – Конечные потребители и малый бизнес</t>
   </si>
   <si>
     <t>1.1 Уличные гирлянды IP44</t>
   </si>
   <si>
+    <t>303-103</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная Уличная 100 LED БЕЛЫЕ 10 метров с контроллером</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>235-556</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х3м, эффект мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 300LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-525</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 5х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 112LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-545</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 10х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 238LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-609</t>
+  </si>
+  <si>
+    <t>Гирлянда Мультишарики 20м, 200LED, диаметр 15мм, IP44, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-566</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 20м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-546</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 10х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 238LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-596</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 25х0,6м, c эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 588LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-515</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х1,5м, эффект мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Мультишарики Ø17,5 мм, 10 м, 80 LED МУЛЬТИ, темно-зеленый ПВХ, IP65, динамика, 230В не соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-525</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 75LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-595</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Айсикл (бахрома) 25х0,6м, c эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 588LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-516</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х1,5м, эффект мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 150LED NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-555</t>
+  </si>
+  <si>
+    <t>Гирлянда Дождь светодиодный 2х3м, эффект мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 300LED NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-565</t>
   </si>
   <si>
     <t>Гирлянда Нить 20м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды БЕЛЫЕ, 150LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>303-104</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная Уличная 120 LED БЕЛЫЕ 12 метров</t>
   </si>
   <si>
-    <t>303-609</t>
-[...40 lines deleted...]
-  <si>
     <t>255-526</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Айсикл (бахрома) 5х0,6м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 112LED NEON-NIGHT</t>
   </si>
   <si>
     <t>305-526</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, с эффектом мерцания, прозрачный провод, IP44, 230В, диоды ТЕПЛЫЕ БЕЛЫЕ, 75LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-556</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Уличная гирлянда Роса</t>
   </si>
   <si>
+    <t>303-225</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 50 м, 500 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-229</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 50 м, 500 LED, цвет свечения мультиколор NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-256</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса 10м, 100LED, теплый белый, IP44, на батарейках 3хАА, с пультом 8 режимов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-259</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса 10м, 100LED, RGB, IP44, на батарейках 3хАА, с пультом 44 режима NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-209</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 20 м, 200 LED, цвет свечения мультиколор NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, белое свечение </t>
+  </si>
+  <si>
+    <t>303-246</t>
+  </si>
+  <si>
+    <t>Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>303-249</t>
+  </si>
+  <si>
+    <t>Гирлянда роса Фейерверк с трансформатором 20 м, 1000 LED, цвет свечения мультиколор</t>
+  </si>
+  <si>
+    <t>303-236</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 100 м, 1000 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-206</t>
+  </si>
+  <si>
+    <t>Гирлянда Роса с трансформатором 20 м, 200 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-205</t>
   </si>
   <si>
     <t>Гирлянда Роса с трансформатором, 20 м, 200 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
     <t>303-216</t>
   </si>
   <si>
     <t>Гирлянда Роса с трансформатором 30 м, 300 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-249</t>
-[...10 lines deleted...]
-  <si>
     <t>303-215</t>
   </si>
   <si>
     <t>Гирлянда Роса с трансформатором 30 м, 300 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-246</t>
-[...40 lines deleted...]
-  <si>
     <t>303-257</t>
   </si>
   <si>
     <t>Гирлянда Роса 20м, 200LED, теплый белый, IP44, на батарейках 3хАА, с пультом 8 режимов NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-259</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Комплекты Белт-лайта</t>
   </si>
   <si>
-    <t>1.3.1 Комплекты Белт-лайта без ламп</t>
+    <t>1.3.1 Комплекты Белт-лайта с лампами</t>
+  </si>
+  <si>
+    <t>331-357</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 10м, черный каучук, 20 прозрачных ламп х 5 LED, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-301</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Желтый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-358</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 7,5м, черный ПВХ, 25 прозрачных ламп, цвет Теплый Белый, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-359</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 15м, черный ПВХ, 50 прозрачных ламп, цвет Теплый Белый, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-323</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Синий, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-355</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 10м, черный каучук, 20 прозрачных ламп, теплый белый, влагостойкая IP65</t>
+  </si>
+  <si>
+    <t>331-306</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Теплый белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-325</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-329</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Мультиколор, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-302</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Красный, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-326</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Теплый белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-356</t>
+  </si>
+  <si>
+    <t>Уличная гирлянда Лофт 10м, черный каучук, 20 матовых ламп х 5 LED, влагостойкая IP44</t>
+  </si>
+  <si>
+    <t>331-305</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, белый каучук, 30 ламп, цвет Белый, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>331-322</t>
+  </si>
+  <si>
+    <t>Набор Белт-Лайт 10 м, черный каучук, 30 ламп, цвет Красный, IP65, соединяется</t>
+  </si>
+  <si>
+    <t>1.3.2 Комплекты Белт-лайта без ламп</t>
+  </si>
+  <si>
+    <t>331-332</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, белый каучук, шаг 50см, 20 патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-333</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, черный каучук, шаг 50см, 40 патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-337</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 20м, черный каучук, шаг 50см, 40 подвесных патронов, IP44</t>
+  </si>
+  <si>
+    <t>331-336</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, белый каучук, шаг 50см, 20 подвесных патронов, IP44</t>
   </si>
   <si>
     <t>331-334</t>
   </si>
   <si>
     <t>Белт-Лайт 20м, белый каучук, шаг 50см, 40 патронов, IP44</t>
   </si>
   <si>
-    <t>331-336</t>
-[...20 lines deleted...]
-    <t>Белт-Лайт 10м, белый каучук, шаг 50см, 20 патронов, IP44</t>
+    <t>331-331</t>
+  </si>
+  <si>
+    <t>Белт-Лайт 10м, черный каучук, шаг 50см, 20 патронов, IP44</t>
   </si>
   <si>
     <t>331-338</t>
   </si>
   <si>
     <t>Белт-Лайт 20м, белый каучук, шаг 50см, 40 подвесных патронов, IP44</t>
   </si>
   <si>
     <t>331-335</t>
   </si>
   <si>
     <t>Белт-Лайт 10м, черный каучук, шаг 50см, 20 подвесных патронов, IP44</t>
   </si>
   <si>
-    <t>331-331</t>
-[...91 lines deleted...]
-  <si>
     <t>1.4 Комплекты Дюралайта</t>
   </si>
   <si>
+    <t>121-327-14</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, фиксинг (2W), 24 LED/м, теплый белый, 25 м</t>
+  </si>
+  <si>
+    <t>121-328-14</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, фиксинг (2W), 24 LED/м, мультиколор (RYGB), 25 м</t>
+  </si>
+  <si>
+    <t>121-326-10</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, теплый белый, 10 м</t>
+  </si>
+  <si>
     <t>245-109</t>
   </si>
   <si>
     <t>Дюралайт LED, свечение с динамикой (2W) - RGB Ø13мм, 36LED/м, 6м</t>
   </si>
   <si>
+    <t>245-119</t>
+  </si>
+  <si>
+    <t>Дюралайт LED , свечение с динамикой (2W) - RGB Ø13мм, 36LED/м, 14м</t>
+  </si>
+  <si>
     <t>121-326-06</t>
   </si>
   <si>
     <t>Дюралайт LED, свечение с динамикой (3W), 24 LED/м, ТЕПЛЫЙ БЕЛЫЙ, 6м</t>
   </si>
   <si>
-    <t>121-326-10</t>
-[...2 lines deleted...]
-    <t>Дюралайт LED фиксинг (2W), 24 LED/м, теплый белый, 10 м</t>
+    <t>123-031</t>
+  </si>
+  <si>
+    <t>Контроллер для наборов трехжильного светодиодного дюралайта 6м и 14м, до 30м</t>
+  </si>
+  <si>
+    <t>121-323-14</t>
+  </si>
+  <si>
+    <t>Дюралайт LED, фиксинг (2W), 24 LED/м, белый, 25 м</t>
+  </si>
+  <si>
+    <t>121-326-20</t>
+  </si>
+  <si>
+    <t>Дюралайт LED фиксинг (2W), 24 LED/м, теплый белый, 20 м</t>
   </si>
   <si>
     <t>121-329-10</t>
   </si>
   <si>
     <t>Дюралайт LED фиксинг (2W), 24 LED/м, мульти (RYGB), 10 м</t>
   </si>
   <si>
-    <t>121-327-14</t>
-[...4 lines deleted...]
-  <si>
     <t>121-329-20</t>
   </si>
   <si>
     <t>Дюралайт LED фиксинг (2W), 24 LED/м, мульти (RYGB), 20 м</t>
   </si>
   <si>
-    <t>121-326-20</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5 Комплекты Гибкого неона</t>
   </si>
   <si>
     <t>131-007</t>
   </si>
   <si>
     <t>Гибкий неон NEON-NIGHT LED SMD 8х16 мм, односторонний белый, 120 LED/м, 20 м</t>
   </si>
   <si>
+    <t>131-006</t>
+  </si>
+  <si>
+    <t>Гибкий неон LED SMD 8х16 мм, односторонний, теплый белый, 120 LED/м, 5 м</t>
+  </si>
+  <si>
+    <t>131-005</t>
+  </si>
+  <si>
+    <t>Гибкий неон LED SMD 8х16 мм, односторонний, белый, 120 LED/м, 5 м</t>
+  </si>
+  <si>
+    <t>131-008</t>
+  </si>
+  <si>
+    <t>Гибкий неон NEON-NIGHT LED SMD 8х16 мм, односторонний теплый белый, 120 LED/м, 20 м</t>
+  </si>
+  <si>
+    <t>131-003</t>
+  </si>
+  <si>
+    <t>Гибкий неон NEON-NIGHT SMD (8х16 мм) односторонний белый, 120 LED/м, набор 10 м (с комплектом подключения), IP65</t>
+  </si>
+  <si>
     <t>131-004</t>
   </si>
   <si>
     <t>Гибкий неон NEON-NIGHT SMD (8х16 мм) односторонний теплый белый, 120 LED/м, набор 10 м (с комплектом подключения), IP65</t>
   </si>
   <si>
-    <t>131-008</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6 Деревья</t>
   </si>
   <si>
+    <t>531-129</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, RGB светодиоды, контроллер, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-109</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5 м, диаметр кроны 1,4м, RGB светодиоды, контроллер, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-122</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0, красные светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-105</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, белые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-102</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, красные светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-103</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, синие светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-106</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-236</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 6921LED, высота 3,6м, диаметр кроны 3,0м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-232</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны3,0м, красные светодиоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-215</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 1728LED, высота 3,6м, диаметр кроны 3,0м, белые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-126</t>
+  </si>
+  <si>
+    <t>Светодиодное Дерево Сакура, высота 2,4м, диаметр кроны 2,0м, фиолетовые диоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-104</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, зеленые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-234</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0м, зеленые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-101</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура высота 1,5м, диаметр кроны 1,8м, желтые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-128</t>
+  </si>
+  <si>
+    <t>Светодиодное Дерево Сакура, высота 2,4м, диаметр кроны 2,0м, розовые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-108</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, розовые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-125</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 2,0 м, белые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-124</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, зеленые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-129</t>
-[...38 lines deleted...]
-    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, зеленые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+    <t>531-213</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0, синие светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-123</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, синие светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>531-322</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 1,7м, красные диоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-122</t>
-[...26 lines deleted...]
-    <t>Светодиодное дерево Сакура, высота 1,5м, диаметр кроны 1,8м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+    <t>531-324</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4 м, диаметр кроны 1,7 м, зеленые диоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-121</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, высота 2,4м, диаметр кроны 2,0м, желтые светодиоды, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-216</t>
+  </si>
+  <si>
+    <t>Светодиодное дерево Сакура, 1728LED, высота 3,6м, диаметр кроны 3,0м, фиолетовые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
     <t>531-235</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, 6921LED, высота 3,6м, диаметр кроны 3,0м, белые светодиоды, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
     <t>531-233</t>
   </si>
   <si>
     <t>Светодиодное дерево Сакура, высота 3,6м, диаметр кроны 3,0м, синие светодиоды, IP65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
   </si>
   <si>
-    <t>531-232</t>
-[...58 lines deleted...]
-  <si>
     <t>1.7 Уличные фигуры</t>
   </si>
   <si>
+    <t>501-371</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олененок 107см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-372</t>
   </si>
   <si>
     <t>Светодиодная фигура Олениха 155см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
   </si>
   <si>
+    <t>501-375</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура бегущий Олень 88см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-373</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 180см, цвет свечения теплый белый, питание от трансформатора, IP44 NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-371</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.1 Акриловые фигуры средние</t>
   </si>
   <si>
     <t>513-282</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Снеговик в шляпе 38х38х72 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-280</t>
-[...10 lines deleted...]
-  <si>
     <t>513-283</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Снеговик в синих варежках 31х25х59 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-285</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.2 Надувные фигуры</t>
   </si>
   <si>
     <t>511-114</t>
   </si>
   <si>
     <t>3D фигура надувная Дед Мороз приветствует, размер 180 см, внутренняя подсветка 5 LED, компрессор с адаптером 12В, IP 65 NEON-NIGHT</t>
   </si>
   <si>
+    <t>511-055</t>
+  </si>
+  <si>
+    <t>3D фигура надувная Дед Мороз с подарками, размер 300см, внутренняя подсветка 12LED, компрессор с адаптером 12В, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-056</t>
+  </si>
+  <si>
+    <t>3D фигура надувная Снегурочка, размер 300см, внутренняя подсветка 9LED, компрессор с адаптером 12В, IP44 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>511-122</t>
   </si>
   <si>
     <t>3D фигура надувная Снеговик с метлой, размер 180 см, внутренняя подсветка 4 LED, компрессор с адаптером 12В, IP 65 NEON-NIGHT</t>
-  </si>
-[...10 lines deleted...]
-    <t>3D фигура надувная Снегурочка, размер 300см, внутренняя подсветка 9LED, компрессор с адаптером 12В, IP44 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1179,56 +1149,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-150led-neon-night-30023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-112led-neon-night-30055" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-temno-zeleniy-pvh-80-diodov-tsvet-multikolor-6561" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-120-led-belie-12-metrov-18293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-20m-200led-diametr-15mm-ip44-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30037" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-150led-neon-night-30022" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-588led-neon-night-30058" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-588led-neon-night-30059" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h3m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-300led-neon-night-30062" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-75led-neon-night-30021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-238led-neon-night-30057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-112led-neon-night-30002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-75led-neon-night-30003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h3m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-300led-neon-night-30004" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h1-5m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-belie-150led-neon-night-30061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-100-led-belie-10-metrov-s-kontrollerom-18287" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-238led-neon-night-30056" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dojd-svetodiodniy-2h1-5m-effekt-mertsaniya-prozrachniy-provod-ip44-230v-diodi-teplie-belie-150led-neon-night-30060" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-beloe-svechenie-neon-night-24838" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-teploe-beloe-svechenie-neon-night-24839" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-tsvet-svecheniya-multikolor-28697" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-teploe-beloe-svechenie-neon-night-24837" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-beloe-svechenie-neon-night-24840" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-teploe-beloe-svechenie-28696" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-tsvet-svecheniya-multikolor-neon-night-28661" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-tsvet-svecheniya-multikolor-neon-night-28692" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-100-m-1000-led-teploe-beloe-svechenie-neon-night-28694" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-beloe-svechenie-28695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-beloe-svechenie-neon-night-28662" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-tepliy-beliy-ip44-na-batareykah-3haa-s-pultom-8-rejimov-neon-night-30017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-20m-200led-tepliy-beliy-ip44-na-batareykah-3haa-s-pultom-8-rejimov-neon-night-31176" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-rgb-ip44-na-batareykah-3haa-s-pultom-44-rejima-neon-night-30018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-beliy-kauchuk-shag-50sm-40-patronov-ip44-27596" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-beliy-kauchuk-shag-50sm-20-podvesnih-patronov-ip44-27591" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-cherniy-kauchuk-shag-50sm-40-patronov-ip44-27595" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-cherniy-kauchuk-shag-50sm-40-podvesnih-patronov-ip44-27592" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-beliy-kauchuk-shag-50sm-20-patronov-ip44-27594" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-beliy-kauchuk-shag-50sm-40-podvesnih-patronov-ip44-29762" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-cherniy-kauchuk-shag-50sm-20-podvesnih-patronov-ip44-27590" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-cherniy-kauchuk-shag-50sm-20-patronov-ip44-27593" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-matovih-lamp-h-5-led-vlagostoykaya-ip44-27952" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-prozrachnih-lamp-h-5-led-vlagostoykaya-ip44-27953" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-15m-cherniy-pvh-50-prozrachnih-lamp-tsvet-tepliy-beliy-vlagostoykaya-ip44-30044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-krasniy-ip65-soedinyaetsya-7489" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-7-5m-cherniy-pvh-25-prozrachnih-lamp-tsvet-tepliy-beliy-vlagostoykaya-ip44-30043" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-beliy-ip65-soedinyaetsya-6692" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-siniy-ip65-soedinyaetsya-7490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-beliy-ip65-soedinyaetsya-7492" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-jeltiy-ip65-soedinyaetsya-6689" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-tepliy-beliy-ip65-soedinyaetsya-7493" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-cherniy-kauchuk-20-prozrachnih-lamp-vlagostoykaya-ip65-29336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-cherniy-kauchuk-30-lamp-tsvet-multikolor-ip65-soedinyaetsya-7494" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-krasniy-ip65-soedinyaetsya-6688" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-beliy-kauchuk-30-lamp-tsvet-tepliy-beliy-ip65-soedinyaetsya-6693" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-oslash-13mm-36led-m-6m-14589" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-tepliy-beliy-6m-14546" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-10-m-27864" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-10-m-27865" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-25-m-27974" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multi-rygb-20-m-27867" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-tepliy-beliy-20-m-27866" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-multikolor-rygb-25-m-27975" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-led-m-beliy-25-m-27973" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-tepliy-beliy-14m-14539" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-naborov-trehjilnogo-svetodiodnogo-dyuralayta-6m-i-14m-do-30m-14497" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-oslash-13mm-36led-m-14m-14612" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-beliy-120-led-m-20-m-26176" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-nabor-10-m-s-komplektom-podklyucheniya-ip65-30971" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-20-m-26177" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-tepliy-beliy-120-led-m-5-m-20354" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-beliy-120-led-m-5-m-20353" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-beliy-120-led-m-nabor-10-m-s-komplektom-podklyucheniya-ip65-30970" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-zelenie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1564" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-rgb-svetodiodi-kontroller-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-9642" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5-m-diametr-kroni-1-4m-rgb-svetodiodi-kontroller-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-9643" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1-1578" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-jeltie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1555" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1571" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-2-0-m-belie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1565" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-zelenie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1558" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-1-72m-krasnie-diodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-6431" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0-krasnie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1562" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1559" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-krasnie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1556" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1557" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1560" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-belie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1-1577" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1575" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni3-0m-krasnie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1574" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1569" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-fioletovie-diodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1566" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-jeltie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-1561" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-sinie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1563" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-zelenie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1576" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4-m-diametr-kroni-1-7-m-zelenie-diodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-6433" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-3-6m-diametr-kroni-3-0m-fioletovie-svetodiodi-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-1572" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-2-4m-diametr-kroni-2-0m-rozovie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-29879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-visota-1-5m-diametr-kroni-1-8m-rozovie-svetodiodi-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-29880" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-oleniha-155sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-180sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-ni.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olenenok-107sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neo.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-beguschiy-olen-88sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip4.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-shlyape-38h38h72-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23495" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olen-50h25h75-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-28689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pyatnistiy-olen-50h25h75-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23493" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-sinih-varejkah-31h25h59-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23496" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severniy-olen-49h18h85-sm-120-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-28691" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-mishka-60-sm-200-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3992" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-privetstvuet-razmer-180-sm-vnutrennyaya-podsvetka-5-led-kompressor-s-adapterom-12v-ip-65-neon-night-12089" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegovik-s-metloy-razmer-180-sm-vnutrennyaya-podsvetka-4-led-kompressor-s-adapterom-12v-ip-65-neon-night-1464" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-s-podarkami-razmer-300sm-vnutrennyaya-podsvetka-12led-kompressor-s-adapterom-12v-ip44-neon-night-30045" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegurochka-razmer-300sm-vnutrennyaya-podsvetka-9led-kompressor-s-adapterom-12v-ip44-neon-night-30046" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-100-led-belye-10-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h3m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-300led-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-112led-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-238led-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-20m-200led-diametr-15mm-ip44-zelenyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-150led-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-10h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-238led-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-588led-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h1-5m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-150led-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-17-5-mm-10-m-80-led-multi-temno-zelenyy-pvh-ip65-dinamika-230v-ne-soedinyaetsya-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-75led-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-25h0-6m-c-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-588led-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h1-5m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-150led-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-dozhd-svetodiodnyy-2h3m-effekt-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-300led-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-20m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-belye-150led-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-ulichnaya-120-led-belye-12-metrov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-5h0-6m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-112led-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachnyy-provod-ip44-230v-diody-teplye-belye-75led-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-50-m-500-led-tsvet-svecheniya-multikolor-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-teplyy-belyy-ip44-na-batareykah-3haa-s-pultom-8-rezhimov-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10m-100led-rgb-ip44-na-batareykah-3haa-s-pultom-44-rezhima-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-tsvet-svecheniya-multikolor-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-beloe-svechenie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-transformatorom-20-m-1000-led-tsvet-svecheniya-multikolor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-100-m-1000-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-20-m-200-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-transformatorom-30-m-300-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-20m-200led-teplyy-belyy-ip44-na-batareykah-3haa-s-pultom-8-rezhimov-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-prozrachnyh-lamp-h-5-led-vlagostoykaya-ip44" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-zheltyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-7-5m-chernyy-pvh-25-prozrachnyh-lamp-tsvet-teplyy-belyy-vlagostoykaya-ip44" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-15m-chernyy-pvh-50-prozrachnyh-lamp-tsvet-teplyy-belyy-vlagostoykaya-ip44" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-siniy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-prozrachnyh-lamp-teplyy-belyy-vlagostoykaya-ip65" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-teplyy-belyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-belyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-multikolor-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-krasnyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-teplyy-belyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ulichnaya-girlyanda-loft-10m-chernyy-kauchuk-20-matovyh-lamp-h-5-led-vlagostoykaya-ip44" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-belyy-kauchuk-30-lamp-tsvet-belyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-belt-layt-10-m-chernyy-kauchuk-30-lamp-tsvet-krasnyy-ip65-soedinyaetsya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-belyy-kauchuk-shag-50sm-20-patronov-ip44" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-chernyy-kauchuk-shag-50sm-40-patronov-ip44" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-chernyy-kauchuk-shag-50sm-40-podvesnyh-patronov-ip44" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-belyy-kauchuk-shag-50sm-20-podvesnyh-patronov-ip44" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-belyy-kauchuk-shag-50sm-40-patronov-ip44" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-chernyy-kauchuk-shag-50sm-20-patronov-ip44" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-20m-belyy-kauchuk-shag-50sm-40-podvesnyh-patronov-ip44" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-layt-10m-chernyy-kauchuk-shag-50sm-20-podvesnyh-patronov-ip44" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-teplyy-belyy-25-m" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-multikolor-rygb-25-m" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-teplyy-belyy-10-m" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-13mm-36ledm-6m" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-2w-rgb-13mm-36ledm-14m" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-24-led-m-teplyy-belyy-6m" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-naborov-trehzhilnogo-svetodiodnogo-dyuralayta-6m-i-14m-do-30m" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-belyy-25-m" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-teplyy-belyy-20-m" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-multi-rygb-10-m" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-fiksing-2w-24-ledm-multi-rygb-20-m" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-belyy-120-ledm-20-m" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-ledm-5-m" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-odnostoronniy-belyy-120-ledm-5-m" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-led-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-ledm-20-m" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-belyy-120-led-m-nabor-10-m-s-komplektom-podklyuchen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-neon-night-smd-8h16-mm-odnostoronniy-teplyy-belyy-120-led-m-nabor-10-m-s-komplektom-podk" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-rgb-svetodiody-kontroller-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5-m-diametr-krony-1-4m-rgb-svetodiody-kontroller-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0-krasnye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-belye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-krasnye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-sinie-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-fioletovye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-6921led-vysota-3-6m-diametr-krony-3-0m-fioletovye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony3-0m-krasnye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-1728led-vysota-3-6m-diametr-krony-3-0m-belye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-fioletovye-diody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-zelenye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0m-zelenye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-zheltye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-rozovye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-1-5m-diametr-krony-1-8m-rozovye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-2-0-m-belye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-zelenye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0-sinie-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-sinie-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-1-7m-krasnye-diody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4-m-diametr-krony-1-7-m-zelenye-diody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-2-4m-diametr-krony-2-0m-zheltye-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-1728led-vysota-3-6m-diametr-krony-3-0m-fioletovye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-6921led-vysota-3-6m-diametr-krony-3-0m-belye-svetodiody-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnoe-derevo-sakura-vysota-3-6m-diametr-krony-3-0m-sinie-svetodiody-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olenenok-107sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-night" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-oleniha-155sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-night" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-begushchiy-olen-88sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-night" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-180sm-tsvet-svecheniya-teplyy-belyy-pitanie-ot-transformatora-ip44-neon-night" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-shlyape-38h38h72-sm-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-v-sinih-varezhkah-31h25h59-sm-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-privetstvuet-razmer-180-sm-vnutrennyaya-podsvetka-5-led-kompressor-s-adapterom-12v-ip-65-neon-night" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-ded-moroz-s-podarkami-razmer-300sm-vnutrennyaya-podsvetka-12led-kompressor-s-adapterom-12v-ip44-neon-night" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegurochka-razmer-300sm-vnutrennyaya-podsvetka-9led-kompressor-s-adapterom-12v-ip44-neon-night" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/3d-figura-naduvnaya-snegovik-s-metloy-razmer-180-sm-vnutrennyaya-podsvetka-4-led-kompressor-s-adapterom-12v-ip-65-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I125"/>
+  <dimension ref="A1:I120"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1260,3548 +1230,3398 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2161.34</v>
+        <v>1105.81</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>222</v>
+        <v>1</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2161.34</v>
+        <v>3864.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>20</v>
+        <v>257</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3025.76</v>
+        <v>2198.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>185</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>916.36</v>
+        <v>3864.46</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>4560.17</v>
+        <v>4637.69</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>297</v>
+        <v>357</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2161.34</v>
+        <v>2198.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>43</v>
+        <v>191</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>24</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>6993</v>
+        <v>3864.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>6993</v>
+        <v>7111.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>222</v>
+        <v>154</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3799.84</v>
+        <v>2198.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>74</v>
+        <v>354</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1403.94</v>
+        <v>3077.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>264</v>
+        <v>43</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>3799.86</v>
+        <v>1427.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>394</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2161.34</v>
+        <v>7111.88</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>88</v>
+        <v>278</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1403.94</v>
+        <v>2198.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>261</v>
+        <v>281</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>3799.84</v>
+        <v>3864.44</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>12</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2161.34</v>
+        <v>2198.08</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>221</v>
+        <v>292</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1087.33</v>
+        <v>838.74</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>3799.86</v>
+        <v>2198.08</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>339</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>2161.34</v>
+        <v>1427.81</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1490</v>
+        <v>3040.83</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1790</v>
+        <v>3040.83</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>48</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>4990</v>
+        <v>634.35</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1490</v>
+        <v>1967.96</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1790</v>
+        <v>1515.33</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>4990</v>
+        <v>4567.35</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>48</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1490</v>
+        <v>5074.83</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>48</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>2990</v>
+        <v>5074.83</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>48</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>3320</v>
+        <v>3376.44</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>163</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>36</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>4491</v>
+        <v>1515.33</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>48</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>2990</v>
+        <v>1515.33</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>623.75</v>
+        <v>1820.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>873.75</v>
+        <v>1820.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1935.06</v>
+        <v>888.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>6</v>
+        <v>353</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>7864.5</v>
+        <v>4169.7</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>97</v>
+        <v>466</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>6704.03</v>
+        <v>9143.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>10216.5</v>
+        <v>2628.34</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>81</v>
+        <v>3</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>8599.5</v>
+        <v>4862.09</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>5586.42</v>
+        <v>5999.28</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>8599.5</v>
+        <v>4169.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>94</v>
+        <v>421</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>5586.43</v>
+        <v>10159.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>4924.5</v>
+        <v>10159.83</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>191</v>
+        <v>1</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="2" t="s">
+      <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="2"/>
-[...6 lines deleted...]
-      <c r="I47" s="2"/>
+      <c r="B47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C47" s="3">
+        <v>8229.46</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>0</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>4</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>4100</v>
+        <v>5999.28</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>190</v>
+        <v>6</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>4100</v>
+        <v>10159.83</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>438</v>
+        <v>10</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>4780.82</v>
+        <v>4169.7</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>8091.9</v>
+        <v>8229.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>4</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>2584.41</v>
+        <v>7406.52</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="C53" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>6554.44</v>
+        <v>5681.39</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>9990</v>
+        <v>10390.18</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>4</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>9990</v>
+        <v>8745.69</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>4</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>9990</v>
+        <v>6818</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>4</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>4100</v>
+        <v>7998.2</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>8091.9</v>
+        <v>5008.22</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>166</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>6554.44</v>
+        <v>8745.69</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1</v>
+        <v>92</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>9990</v>
+        <v>5681.4</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>7775.32</v>
+        <v>7188.5</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>80</v>
+        <v>209</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>1976.74</v>
+        <v>7188.5</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>47</v>
+        <v>324</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>3293.09</v>
+        <v>3349.07</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>3293.09</v>
+        <v>7907.5</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3</v>
+        <v>79</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>10</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>7068.34</v>
+        <v>17829.64</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>233</v>
+        <v>22</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>5795.79</v>
+        <v>2010.34</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>5795.79</v>
+        <v>1026.37</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>2</v>
+        <v>223</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>7068.34</v>
+        <v>7188.5</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>401</v>
+        <v>424</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>4</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>7068.34</v>
+        <v>5894.32</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>274</v>
+        <v>9</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>3400.26</v>
+        <v>3349.07</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>1062.33</v>
+        <v>5894.32</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C74" s="3">
-[...22 lines deleted...]
-      <c r="A75" s="2" t="s">
+      <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B75" s="2"/>
-[...6 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="C75" s="3">
+        <v>6407.1</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>14</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>1</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>6300</v>
+        <v>1484.31</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>206</v>
+        <v>54</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>3150</v>
+        <v>1484.31</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>6300</v>
+        <v>6407.1</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>1459.5</v>
+        <v>3203.55</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1065</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>1459.5</v>
+        <v>3203.55</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1671</v>
+        <v>577</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="C81" s="3">
-[...22 lines deleted...]
-      <c r="A82" s="2" t="s">
+      <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B82" s="2"/>
-[...6 lines deleted...]
-      <c r="I82" s="2"/>
+      <c r="C82" s="3">
+        <v>208086.34</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3">
+        <v>0</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>1</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>111597</v>
+        <v>123812.63</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
         <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="3">
-        <v>204608</v>
+        <v>113494.15</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>121743</v>
+        <v>60091.99</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
         <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>351735</v>
+        <v>60091.99</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>59087.5</v>
+        <v>60091.99</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>111597</v>
+        <v>60091.99</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>111597</v>
+        <v>357714.5</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>59087.5</v>
+        <v>299086.48</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>47270</v>
+        <v>113494.15</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>111597</v>
+        <v>104381.83</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="3">
-        <v>59087.5</v>
+        <v>60091.99</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>1</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>59087.5</v>
+        <v>357714.5</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>59087.5</v>
+        <v>60091.99</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>59087.5</v>
+        <v>96675.41</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>351735</v>
+        <v>55655.33</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>294087</v>
+        <v>113494.15</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>294087</v>
+        <v>113494.15</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
         <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>102637</v>
+        <v>104381.83</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>102637</v>
+        <v>104381.83</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>111597</v>
+        <v>48073.59</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>102637</v>
+        <v>48073.59</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>351735</v>
+        <v>113494.15</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>47270</v>
+        <v>113494.15</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C106" s="3">
-        <v>111597</v>
+        <v>357714.5</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
         <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C107" s="3">
-        <v>95059.4</v>
+        <v>299086.48</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
+      <c r="A108" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="C108" s="3">
-[...22 lines deleted...]
-      <c r="A109" s="2" t="s">
+      <c r="B109" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B109" s="2"/>
-[...6 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="C109" s="3">
+        <v>15244.83</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>18</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>1</v>
+      </c>
+      <c r="I109" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>24990</v>
+        <v>25414.83</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>29990</v>
+        <v>12193.83</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>14990</v>
+        <v>30499.83</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
+      <c r="A113" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="C113" s="3">
-[...22 lines deleted...]
-      <c r="A114" s="2" t="s">
+      <c r="B114" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B114" s="2"/>
-[...6 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="C114" s="3">
+        <v>17398.12</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>0</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>1</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>17107.3</v>
+        <v>11070.96</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
+      <c r="A116" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>25154.2</v>
+        <v>8116.98</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>10885.9</v>
+        <v>15462.47</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>25311.15</v>
+        <v>13916.02</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>17814.3</v>
+        <v>10280.04</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
-      </c>
-[...127 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A38:I38"/>
-    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A53:I53"/>
     <mergeCell ref="A62:I62"/>
-    <mergeCell ref="A75:I75"/>
-[...3 lines deleted...]
-    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A116:I116"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
-    <hyperlink ref="D48" r:id="rId41"/>
-[...4 lines deleted...]
-    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
     <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
     <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D64" r:id="rId56"/>
     <hyperlink ref="D65" r:id="rId57"/>
     <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D67" r:id="rId59"/>
     <hyperlink ref="D68" r:id="rId60"/>
     <hyperlink ref="D69" r:id="rId61"/>
     <hyperlink ref="D70" r:id="rId62"/>
     <hyperlink ref="D71" r:id="rId63"/>
     <hyperlink ref="D72" r:id="rId64"/>
     <hyperlink ref="D73" r:id="rId65"/>
-    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
-    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D94" r:id="rId84"/>
     <hyperlink ref="D95" r:id="rId85"/>
     <hyperlink ref="D96" r:id="rId86"/>
     <hyperlink ref="D97" r:id="rId87"/>
     <hyperlink ref="D98" r:id="rId88"/>
     <hyperlink ref="D99" r:id="rId89"/>
     <hyperlink ref="D100" r:id="rId90"/>
     <hyperlink ref="D101" r:id="rId91"/>
     <hyperlink ref="D102" r:id="rId92"/>
     <hyperlink ref="D103" r:id="rId93"/>
     <hyperlink ref="D104" r:id="rId94"/>
     <hyperlink ref="D105" r:id="rId95"/>
     <hyperlink ref="D106" r:id="rId96"/>
     <hyperlink ref="D107" r:id="rId97"/>
-    <hyperlink ref="D108" r:id="rId98"/>
+    <hyperlink ref="D109" r:id="rId98"/>
     <hyperlink ref="D110" r:id="rId99"/>
     <hyperlink ref="D111" r:id="rId100"/>
     <hyperlink ref="D112" r:id="rId101"/>
-    <hyperlink ref="D113" r:id="rId102"/>
+    <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
-    <hyperlink ref="D116" r:id="rId104"/>
-[...7 lines deleted...]
-    <hyperlink ref="D125" r:id="rId112"/>
+    <hyperlink ref="D117" r:id="rId104"/>
+    <hyperlink ref="D118" r:id="rId105"/>
+    <hyperlink ref="D119" r:id="rId106"/>
+    <hyperlink ref="D120" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>