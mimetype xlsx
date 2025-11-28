--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,184 +8,190 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="46">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Панель светодиодная</t>
   </si>
   <si>
+    <t>606-1000</t>
+  </si>
+  <si>
+    <t>Панель светодиодная 595х595х19мм ПРИЗМА 6500К 36Вт 3600Лм 165-265В IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>606-301</t>
+  </si>
+  <si>
+    <t>Комплект подвесных крепежей для светодиодных панелей № 1 REXANT</t>
+  </si>
+  <si>
+    <t>606-006</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>606-007</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 48Вт 165-265В IP20 4100Лм 6500K холодный свет (драйвер 606-202 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>606-202</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
+  </si>
+  <si>
+    <t>1.1 Панель светодиодная универсальная 19мм REXANT</t>
+  </si>
+  <si>
+    <t>606-011</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Панель светодиодная круглая LAMPER</t>
+  </si>
+  <si>
+    <t>606-1012</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1010</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-1004</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>606-1006</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
+    <t>606-1013</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1011</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-1007</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1008</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1009</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
-  </si>
-[...64 lines deleted...]
-    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,56 +576,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper-31100" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnih-krepejey-dlya-svetodiodnih-paneley-1-rexant-21144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodniy-svet-drayver-606-201-otdelno-rexant-21140" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodniy-svet-drayver-606-202-otdelno-rexant-21141" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc-21143" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralniy-svet-rexant-26604" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper-31267" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper-31265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper-31259" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper-31261" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper-31268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper-31260" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper-31266" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper-31262" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper-31263" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper-31264" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -638,527 +644,555 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>156.7</v>
+        <v>1000</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>6086</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>201.67</v>
+        <v>310.26</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5227</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>201.67</v>
+        <v>1003.97</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4553</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>251.83</v>
+        <v>1055.98</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>7784</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>251.83</v>
+        <v>508.03</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>7038</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>1028.16</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3">
+        <v>0</v>
+      </c>
+      <c r="G9" s="3">
+        <v>4</v>
+      </c>
+      <c r="H9" s="3">
+        <v>4</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>517.08</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>9230</v>
+        <v>8923</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>366.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>8344</v>
+        <v>8298</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1000</v>
+        <v>156.7</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>3549</v>
       </c>
       <c r="G13" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>310.26</v>
+        <v>201.67</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1808</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1055.98</v>
+        <v>517.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>8523</v>
       </c>
       <c r="G15" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>508.03</v>
+        <v>156.7</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>1708</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1028.16</v>
+        <v>366.78</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>7832</v>
       </c>
       <c r="G17" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="3">
+        <v>201.67</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3">
+        <v>2894</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>80</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C18" s="3">
-[...18 lines deleted...]
-        <v>1</v>
+      <c r="C19" s="3">
+        <v>251.83</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3">
+        <v>6588</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>60</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="3">
+        <v>251.83</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3">
+        <v>6435</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>60</v>
+      </c>
+      <c r="I20" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A10:I10"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
-    <hyperlink ref="D8" r:id="rId6"/>
-[...9 lines deleted...]
-    <hyperlink ref="D18" r:id="rId16"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>