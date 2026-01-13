--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,190 +8,199 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="49">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Панель светодиодная</t>
   </si>
   <si>
+    <t>1.1 Панель светодиодная ультратонкая 9мм REXANT</t>
+  </si>
+  <si>
+    <t>606-006</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>606-007</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 48Вт 165-265В IP20 4100Лм 6500K холодный свет (драйвер 606-202 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Аксессуары</t>
+  </si>
+  <si>
+    <t>606-202</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
+  </si>
+  <si>
+    <t>606-301</t>
+  </si>
+  <si>
+    <t>Комплект подвесных крепежей для светодиодных панелей № 1 REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Панель светодиодная универсальная 19мм REXANT</t>
+  </si>
+  <si>
+    <t>606-011</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Панель светодиодная универсальная 19мм LAMPER</t>
+  </si>
+  <si>
     <t>606-1000</t>
   </si>
   <si>
     <t>Панель светодиодная 595х595х19мм ПРИЗМА 6500К 36Вт 3600Лм 165-265В IP20 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...38 lines deleted...]
-    <t>1.2 Панель светодиодная круглая LAMPER</t>
+    <t>1.5 Панель светодиодная круглая LAMPER</t>
+  </si>
+  <si>
+    <t>606-1010</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1006</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1007</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1009</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1012</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1010</t>
-[...2 lines deleted...]
-    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1008</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1011</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1013</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1004</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
-  </si>
-[...40 lines deleted...]
-    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,56 +585,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper-31100" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnih-krepejey-dlya-svetodiodnih-paneley-1-rexant-21144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodniy-svet-drayver-606-201-otdelno-rexant-21140" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodniy-svet-drayver-606-202-otdelno-rexant-21141" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc-21143" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralniy-svet-rexant-26604" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper-31267" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper-31265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper-31259" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper-31261" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper-31268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper-31260" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper-31266" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper-31262" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper-31263" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper-31264" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I20"/>
+  <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -637,562 +646,604 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>310.26</v>
+        <v>1021.04</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>8</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>1003.97</v>
+        <v>1073.93</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>8</v>
       </c>
       <c r="H5" s="3">
         <v>8</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>508.03</v>
+        <v>465</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+      <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="3">
+        <v>315.53</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>0</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>250</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="2"/>
-[...9 lines deleted...]
-      <c r="A9" s="3" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="3">
-[...11 lines deleted...]
-      <c r="G9" s="3">
+      <c r="C10" s="3">
+        <v>1045.64</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>1</v>
+      </c>
+      <c r="G10" s="3">
         <v>4</v>
       </c>
-      <c r="H9" s="3">
+      <c r="H10" s="3">
         <v>4</v>
       </c>
-      <c r="I9" s="3">
-[...4 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>0</v>
+      </c>
+      <c r="G12" s="3">
+        <v>4</v>
+      </c>
+      <c r="H12" s="3">
+        <v>4</v>
+      </c>
+      <c r="I12" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C14" s="3">
-        <v>201.67</v>
+        <v>335.72</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1808</v>
+        <v>7857</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C15" s="3">
-        <v>517.08</v>
+        <v>205.1</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>8523</v>
+        <v>1777</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C16" s="3">
-        <v>156.7</v>
+        <v>205.1</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1708</v>
+        <v>3719</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C17" s="3">
-        <v>366.78</v>
+        <v>256.11</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>7832</v>
+        <v>6759</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>201.67</v>
+        <v>473.28</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2894</v>
+        <v>8473</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>251.83</v>
+        <v>159.36</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>6588</v>
+        <v>1707</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>251.83</v>
+        <v>256.11</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>6435</v>
+        <v>6553</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>335.72</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>7386</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>30</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="3">
+        <v>473.28</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>8054</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>30</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="3">
+        <v>159.36</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>3542</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>100</v>
+      </c>
+      <c r="I23" s="3">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A13:I13"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D3" r:id="rId1"/>
-[...14 lines deleted...]
-    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D12" r:id="rId6"/>
+    <hyperlink ref="D14" r:id="rId7"/>
+    <hyperlink ref="D15" r:id="rId8"/>
+    <hyperlink ref="D16" r:id="rId9"/>
+    <hyperlink ref="D17" r:id="rId10"/>
+    <hyperlink ref="D18" r:id="rId11"/>
+    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>