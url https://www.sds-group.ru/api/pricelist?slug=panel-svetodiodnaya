--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,199 +8,169 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="39">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Панель светодиодная</t>
   </si>
   <si>
-    <t>1.1 Панель светодиодная ультратонкая 9мм REXANT</t>
-[...5 lines deleted...]
-    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+    <t>1.1 Аксессуары</t>
+  </si>
+  <si>
+    <t>606-202</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>606-007</t>
-[...20 lines deleted...]
-    <t>1.3 Панель светодиодная универсальная 19мм REXANT</t>
+    <t>1.2 Панель светодиодная универсальная 19мм REXANT</t>
   </si>
   <si>
     <t>606-011</t>
   </si>
   <si>
     <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>1.4 Панель светодиодная универсальная 19мм LAMPER</t>
-[...8 lines deleted...]
-    <t>1.5 Панель светодиодная круглая LAMPER</t>
+    <t>1.3 Панель светодиодная круглая LAMPER</t>
+  </si>
+  <si>
+    <t>606-1004</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1008</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1010</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1006</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1007</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1009</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1012</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1005</t>
-[...10 lines deleted...]
-  <si>
     <t>606-1011</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1013</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
-  </si>
-[...4 lines deleted...]
-    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -585,56 +555,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moshchnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I17"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -666,584 +636,436 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1021.04</v>
+        <v>465</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>8</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="3">
-[...22 lines deleted...]
-      <c r="A6" s="2" t="s">
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="C6" s="3">
+        <v>1045.64</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="3">
+        <v>0</v>
+      </c>
+      <c r="G6" s="3">
+        <v>4</v>
+      </c>
+      <c r="H6" s="3">
+        <v>4</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3">
+        <v>159.36</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>1504</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>100</v>
+      </c>
+      <c r="I8" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="3">
-[...22 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="2"/>
-[...6 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="C9" s="3">
+        <v>256.11</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="3">
+        <v>5948</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>60</v>
+      </c>
+      <c r="I9" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>1045.64</v>
+        <v>159.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="3">
+        <v>335.72</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>6286</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>30</v>
+      </c>
+      <c r="I11" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>1017</v>
+        <v>205.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="3">
+        <v>205.1</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>2417</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>80</v>
+      </c>
+      <c r="I13" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>335.72</v>
+        <v>256.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>7857</v>
+        <v>6059</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>205.1</v>
+        <v>473.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1777</v>
+        <v>7196</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>205.1</v>
+        <v>335.72</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3719</v>
+        <v>5357</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>256.11</v>
+        <v>473.28</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>6759</v>
+        <v>7346</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-[...172 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A6:I6"/>
-[...2 lines deleted...]
-    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A7:I7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D5" r:id="rId2"/>
-[...1 lines deleted...]
-    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
-    <hyperlink ref="D12" r:id="rId6"/>
-[...9 lines deleted...]
-    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>