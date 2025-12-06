--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-корды медные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>02-0104-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0104-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0102-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>02-0105-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0106-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0102-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
   </si>
   <si>
+    <t>02-0104-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
     <t>02-0103-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
-  </si>
-[...214 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant-29000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant-29024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-0-5m-rexant-29003" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-3m-rexant-29027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-1m-rexant-29011" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-0-3m-rexant-28999" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-0-5m-rexant-29008" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-1m-rexant-29009" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-1-5m-rexant-29017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-2m-rexant-29021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-2m-rexant-29026" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-3m-rexant-29028" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-3m-rexant-29031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-3m-rexant-29032" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-5m-rexant-28959" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-5m-rexant-28960" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-0-3m-rexant-28997" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-0-3m-rexant-28998" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-0-3m-rexant-29001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-0-3m-rexant-29002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-0-5m-rexant-29004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant-29006" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-0-5m-rexant-29007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-1m-rexant-29010" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant-29012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-1m-rexant-29013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-1m-rexant-29014" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-1-5m-rexant-29015" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-1-5m-rexant-29016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant-29018" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-1-5m-rexant-29019" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-1-5m-rexant-29020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-2m-rexant-29022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-2m-rexant-29023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-3m-rexant-29029" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant-29030" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-5m-rexant-29033" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-5m-rexant-29034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-5m-rexant-28957" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant-28958" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-2m-rexant-29025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-0-5m-rexant-29005" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>135.26</v>
+        <v>125.23</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>79</v>
+        <v>197</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>135.26</v>
+        <v>257.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>125.23</v>
+        <v>145.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2069</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>135.26</v>
+        <v>390.88</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2986</v>
+        <v>1145</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>170.7</v>
+        <v>204.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>170.7</v>
+        <v>135.26</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>571</v>
+        <v>375</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>170.7</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1821</v>
+        <v>1351</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>135.26</v>
+        <v>184.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>289</v>
+        <v>234</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>170.7</v>
+        <v>239.46</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1604</v>
+        <v>235</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>204.66</v>
+        <v>257.7</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>52</v>
+        <v>316</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>239.46</v>
+        <v>257.7</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>653</v>
+        <v>474</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>150</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>184.55</v>
+        <v>409.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1374</v>
+        <v>297</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>204.66</v>
+        <v>409.65</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>40</v>
+        <v>364</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>204.66</v>
+        <v>409.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>225</v>
+        <v>630</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>204.66</v>
+        <v>602.91</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>962</v>
+        <v>428</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>203.2</v>
+        <v>651.16</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>535</v>
+        <v>340</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>230</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>239.46</v>
+        <v>135.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>743</v>
+        <v>1973</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>239.46</v>
+        <v>135.26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>350</v>
+        <v>301</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>239.46</v>
+        <v>135.26</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>602</v>
+        <v>2996</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>257.7</v>
+        <v>135.26</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>662</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>257.7</v>
+        <v>170.7</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>803</v>
+        <v>646</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>278.32</v>
+        <v>170.7</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>642</v>
+        <v>1764</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>390.88</v>
+        <v>170.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>164</v>
+        <v>1604</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>409.65</v>
+        <v>204.66</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>368</v>
+        <v>424</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>257.7</v>
+        <v>204.66</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>722</v>
+        <v>7</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>409.65</v>
+        <v>204.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>414</v>
+        <v>642</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>409.65</v>
+        <v>204.66</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>631</v>
+        <v>949</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>519.65</v>
+        <v>203.2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>141</v>
+        <v>558</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>602.91</v>
+        <v>239.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>482</v>
+        <v>1077</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>602.91</v>
+        <v>239.46</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>472</v>
+        <v>961</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>135.26</v>
+        <v>239.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1</v>
+        <v>373</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>409.65</v>
+        <v>239.46</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>503</v>
+        <v>602</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>170.7</v>
+        <v>257.7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1469</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>145.95</v>
+        <v>257.7</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1544</v>
+        <v>368</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>602.91</v>
+        <v>409.65</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>188</v>
+        <v>479</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>257.7</v>
+        <v>409.65</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>142</v>
+        <v>401</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>409.65</v>
+        <v>519.65</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>818</v>
+        <v>384</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
         <v>602.91</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>245</v>
+        <v>284</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>204.66</v>
+        <v>602.91</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>671</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>257.7</v>
+        <v>602.91</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>170</v>
+        <v>459</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>239.46</v>
+        <v>278.32</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1201</v>
+        <v>624</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>651.16</v>
+        <v>170.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>369</v>
+        <v>501</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>