--- v1 (2025-12-06)
+++ v2 (2026-03-31)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-корды медные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>02-0100-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0102-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0104-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>02-0105-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
   </si>
   <si>
     <t>02-0104-2</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
   </si>
   <si>
-    <t>02-0100-05</t>
-[...2 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+    <t>02-0105-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
   </si>
   <si>
     <t>02-0100-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
   </si>
   <si>
-    <t>02-0103-1</t>
-[...40 lines deleted...]
-  <si>
     <t>02-0102-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
   </si>
   <si>
+    <t>02-0103-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
+  </si>
+  <si>
     <t>02-0105-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
   </si>
   <si>
     <t>02-0106-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
   </si>
   <si>
+    <t>02-0100-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0105-5</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
   </si>
   <si>
     <t>02-0106-5</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
-  </si>
-[...154 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant-29000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant-29024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-0-5m-rexant-29003" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-3m-rexant-29027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-1m-rexant-29011" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-0-3m-rexant-28999" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-0-5m-rexant-29008" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-1m-rexant-29009" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-1-5m-rexant-29017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-2m-rexant-29021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-2m-rexant-29026" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-3m-rexant-29028" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-3m-rexant-29031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-3m-rexant-29032" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-5m-rexant-28959" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-5m-rexant-28960" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-0-3m-rexant-28997" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-0-3m-rexant-28998" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-0-3m-rexant-29001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-0-3m-rexant-29002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-0-5m-rexant-29004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant-29006" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-0-5m-rexant-29007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-1m-rexant-29010" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant-29012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-1m-rexant-29013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-1m-rexant-29014" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-1-5m-rexant-29015" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-1-5m-rexant-29016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant-29018" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-1-5m-rexant-29019" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zeleniy-1-5m-rexant-29020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-2m-rexant-29022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-2m-rexant-29023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-3m-rexant-29029" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant-29030" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seriy-5m-rexant-29033" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-cherniy-5m-rexant-29034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-5m-rexant-28957" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant-28958" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-jeltiy-2m-rexant-29025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasniy-0-5m-rexant-29005" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>125.23</v>
+        <v>116.93</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>257.7</v>
+        <v>116.93</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>145.95</v>
+        <v>116.93</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>390.88</v>
+        <v>118.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1145</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>204.66</v>
+        <v>116.93</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>381</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>135.26</v>
+        <v>116.93</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>375</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>170.7</v>
+        <v>138.37</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1351</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>184.55</v>
+        <v>136.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>234</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>239.46</v>
+        <v>136.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>257.7</v>
+        <v>136.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>257.7</v>
+        <v>136.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>474</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>409.65</v>
+        <v>136.1</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>297</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>409.65</v>
+        <v>174.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>409.65</v>
+        <v>176.92</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>602.91</v>
+        <v>176.92</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>428</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>651.16</v>
+        <v>176.92</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>135.26</v>
+        <v>176.92</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1973</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>135.26</v>
+        <v>156.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>135.26</v>
+        <v>192.65</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2996</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>135.26</v>
+        <v>227.04</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>662</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>170.7</v>
+        <v>227.04</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>646</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>170.7</v>
+        <v>227.04</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1764</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>170.7</v>
+        <v>227.04</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1604</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>204.66</v>
+        <v>227.04</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>300</v>
+        <v>230</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>204.66</v>
+        <v>244.32</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>204.66</v>
+        <v>244.32</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>642</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>204.66</v>
+        <v>244.32</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>949</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>203.2</v>
+        <v>244.32</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>558</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>239.46</v>
+        <v>263.87</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1077</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>150</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>239.46</v>
+        <v>244.32</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>961</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>239.46</v>
+        <v>370.58</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>373</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>239.46</v>
+        <v>366.76</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>602</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>257.7</v>
+        <v>366.76</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>257.7</v>
+        <v>366.76</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>409.65</v>
+        <v>366.76</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>409.65</v>
+        <v>339.86</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>519.65</v>
+        <v>463.7</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>384</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>602.91</v>
+        <v>538</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>602.91</v>
+        <v>538</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>602.91</v>
+        <v>538</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>459</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>278.32</v>
+        <v>538</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>624</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>170.7</v>
+        <v>491.78</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>501</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>