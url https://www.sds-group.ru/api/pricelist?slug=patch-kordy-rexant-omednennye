--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -45,231 +45,231 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-корды REXANT омедненные</t>
   </si>
   <si>
     <t>1.1 Патч-корды омедненные PVC 5е UTP</t>
   </si>
   <si>
+    <t>18-1002</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>18-1007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 5м REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>18-1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-1005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 2м REXANT</t>
   </si>
   <si>
+    <t>18-1011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 20м REXANT </t>
+  </si>
+  <si>
     <t>18-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 25м REXANT </t>
   </si>
   <si>
+    <t>18-1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+  </si>
+  <si>
+    <t>18-1001</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>18-1004</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>18-1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 7м REXANT </t>
+  </si>
+  <si>
     <t>18-1010</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 15м REXANT</t>
   </si>
   <si>
-    <t>18-1002</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Патч-корды омедненные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>18-8001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT</t>
   </si>
   <si>
-    <t>18-8006</t>
-[...22 lines deleted...]
-  <si>
     <t>18-8007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.3 Патч-корды омедненные LSZH 5е FTP</t>
   </si>
   <si>
+    <t>18-8007-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8001-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8005-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
+  </si>
+  <si>
+    <t>18-8006-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
     <t>18-8004-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
   </si>
   <si>
-    <t>18-8002-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.4 Патч-корды омедненные LSZH 6 FTP</t>
   </si>
   <si>
     <t>18-8105-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 2м REXANT </t>
   </si>
   <si>
     <t>18-8106-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 3м REXANT </t>
   </si>
   <si>
+    <t>18-8101-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8102-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
     <t>18-8107-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 5м REXANT </t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1m-rexant-1077" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-5m-rexant-991" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-3m-rexant-990" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-2m-rexant-989" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-20m-rexant-3854" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-25m-rexant-3855" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-10m-rexant-992" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-0-5m-rexant-1076" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1-5m-rexant-988" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-7m-rexant-1078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-15m-rexant-1079" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-0-5m-rexant-19116" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-3m-rexant-19126" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1m-rexant-19115" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1-5m-rexant-19129" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-2m-rexant-19117" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-5m-rexant-19127" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-5m-rexant-19123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-0-5m-rexant-19118" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-2m-rexant-19124" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-3m-rexant-19121" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1m-rexant-19119" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1-5m-rexant-19130" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-2m-rexant-19132" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-3m-rexant-19128" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-0-5m-rexant-19120" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-1m-rexant-19125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-5m-rexant-19131" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,891 +735,891 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>221.35</v>
+        <v>75.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>16205</v>
+        <v>51822</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>103.07</v>
+        <v>221.35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>28679</v>
+        <v>13484</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>220</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1027.08</v>
+        <v>136.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1730</v>
+        <v>36375</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>531.7</v>
+        <v>103.07</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3068</v>
+        <v>19089</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>220</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>75.97</v>
+        <v>697.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>59762</v>
+        <v>2401</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>136.75</v>
+        <v>1027.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>43623</v>
+        <v>1570</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>697.47</v>
+        <v>360.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2604</v>
+        <v>7717</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>360.92</v>
+        <v>84.33</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>8367</v>
+        <v>39153</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>79.64</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>47975</v>
+        <v>44344</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>324.42</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>6326</v>
+        <v>5182</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>84.33</v>
+        <v>531.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>34077</v>
+        <v>4097</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>172.57</v>
+        <v>86.64</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>10645</v>
+        <v>8710</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
         <v>207.49</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5244</v>
+        <v>5349</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
         <v>117.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>3952</v>
+        <v>791</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>86.64</v>
+        <v>131.17</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>8454</v>
+        <v>2558</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>131.17</v>
+        <v>172.57</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1499</v>
+        <v>8428</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
         <v>331.71</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>462</v>
+        <v>562</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>154.12</v>
+        <v>353.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1374</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>124.63</v>
+        <v>104.53</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1570</v>
+        <v>4668</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>241.16</v>
+        <v>193.04</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2560</v>
+        <v>1137</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I25" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>353.16</v>
+        <v>241.16</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>19</v>
+        <v>2357</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>104.53</v>
+        <v>124.63</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>4604</v>
+        <v>266</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>193.04</v>
+        <v>154.12</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1232</v>
+        <v>1065</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>2</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
         <v>327.32</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1380</v>
+        <v>1140</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>150</v>
       </c>
       <c r="I30" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
         <v>345.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2578</v>
+        <v>1905</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>557.87</v>
+        <v>178.48</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1619</v>
+        <v>818</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I32" s="3">
-        <v>5</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>178.48</v>
+        <v>213.49</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1014</v>
+        <v>816</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>213.49</v>
+        <v>557.87</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1213</v>
+        <v>1525</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>