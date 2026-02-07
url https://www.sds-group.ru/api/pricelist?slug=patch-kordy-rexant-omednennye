--- v1 (2025-12-06)
+++ v2 (2026-02-07)
@@ -45,225 +45,225 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-корды REXANT омедненные</t>
   </si>
   <si>
     <t>1.1 Патч-корды омедненные PVC 5е UTP</t>
   </si>
   <si>
+    <t>18-1011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 20м REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 25м REXANT </t>
+  </si>
+  <si>
+    <t>18-1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+  </si>
+  <si>
+    <t>18-1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 7м REXANT </t>
+  </si>
+  <si>
+    <t>18-1005</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 2м REXANT</t>
+  </si>
+  <si>
     <t>18-1002</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>18-1010</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 15м REXANT</t>
   </si>
   <si>
     <t>18-1007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 5м REXANT </t>
   </si>
   <si>
     <t>18-1006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-1005</t>
-[...22 lines deleted...]
-  <si>
     <t>18-1001</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>18-1004</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1,5м REXANT</t>
   </si>
   <si>
-    <t>18-1008</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Патч-корды омедненные LSZH 5е UTP</t>
   </si>
   <si>
     <t>18-8001</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
   </si>
   <si>
+    <t>18-8002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8005</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT</t>
+  </si>
+  <si>
     <t>18-8006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-8002</t>
-[...16 lines deleted...]
-  <si>
     <t>18-8007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.3 Патч-корды омедненные LSZH 5е FTP</t>
   </si>
   <si>
+    <t>18-8005-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
+  </si>
+  <si>
     <t>18-8007-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>18-8001-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
   </si>
   <si>
-    <t>18-8005-1</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
+    <t>18-8002-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
   </si>
   <si>
     <t>18-8006-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-8002-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Патч-корды омедненные LSZH 6 FTP</t>
   </si>
   <si>
+    <t>18-8102-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8101-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8105-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 2м REXANT </t>
   </si>
   <si>
     <t>18-8106-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 3м REXANT </t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
   </si>
   <si>
     <t>18-8107-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1m-rexant-1077" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-5m-rexant-991" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-3m-rexant-990" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-2m-rexant-989" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-20m-rexant-3854" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-25m-rexant-3855" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-10m-rexant-992" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-0-5m-rexant-1076" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1-5m-rexant-988" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-7m-rexant-1078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-15m-rexant-1079" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-0-5m-rexant-19116" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-3m-rexant-19126" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1m-rexant-19115" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1-5m-rexant-19129" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-2m-rexant-19117" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-u-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-5m-rexant-19127" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-5m-rexant-19123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-0-5m-rexant-19118" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-2m-rexant-19124" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-3m-rexant-19121" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1m-rexant-19119" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-5e-zh-ng-a-hf-seriy-1-5m-rexant-19130" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-2m-rexant-19132" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-3m-rexant-19128" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-0-5m-rexant-19120" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-1m-rexant-19125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionniy-patch-kord-f-utp-rj45-rj45-cat-6-zh-ng-a-hf-seriy-5m-rexant-19131" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,882 +735,882 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>75.97</v>
+        <v>709.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>51822</v>
+        <v>2151</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>221.35</v>
+        <v>1044.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>13484</v>
+        <v>1047</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>136.75</v>
+        <v>367.07</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>36375</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>103.07</v>
+        <v>329.93</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>19089</v>
+        <v>2693</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>220</v>
+        <v>80</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>697.47</v>
+        <v>95.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2401</v>
+        <v>8317</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1027.08</v>
+        <v>70.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1570</v>
+        <v>14319</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>360.92</v>
+        <v>540.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>7717</v>
+        <v>3924</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>84.33</v>
+        <v>171</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>39153</v>
+        <v>5345</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>79.64</v>
+        <v>120.98</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>44344</v>
+        <v>31224</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>324.42</v>
+        <v>58.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5182</v>
+        <v>13832</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>531.7</v>
+        <v>80.98</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4097</v>
+        <v>42120</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>86.64</v>
+        <v>88.12</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>8710</v>
+        <v>8066</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>400</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>207.49</v>
+        <v>119.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5349</v>
+        <v>2396</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>117.72</v>
+        <v>133.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>791</v>
+        <v>1722</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>131.17</v>
+        <v>175.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2558</v>
+        <v>4200</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>172.57</v>
+        <v>211.02</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>8428</v>
+        <v>5530</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>331.71</v>
+        <v>337.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>562</v>
+        <v>478</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>353.16</v>
+        <v>196.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1488</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>104.53</v>
+        <v>359.16</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>4668</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>0.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>193.04</v>
+        <v>106.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1137</v>
+        <v>360</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
-        <v>2</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>241.16</v>
+        <v>126.75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2357</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I26" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>124.63</v>
+        <v>156.73</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>266</v>
+        <v>659</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>154.12</v>
+        <v>245.27</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1065</v>
+        <v>2080</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>1.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>327.32</v>
+        <v>217.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1140</v>
+        <v>401</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I30" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>345.52</v>
+        <v>181.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1905</v>
+        <v>287</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
-        <v>3</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>178.48</v>
+        <v>332.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>818</v>
+        <v>157</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I32" s="3">
-        <v>0.5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>213.49</v>
+        <v>351.38</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>816</v>
+        <v>642</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>557.87</v>
+        <v>567.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1525</v>
+        <v>1387</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>