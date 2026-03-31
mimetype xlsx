--- v2 (2026-02-07)
+++ v3 (2026-03-31)
@@ -45,213 +45,213 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-корды REXANT омедненные</t>
   </si>
   <si>
     <t>1.1 Патч-корды омедненные PVC 5е UTP</t>
   </si>
   <si>
+    <t>18-1002</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 5м REXANT </t>
+  </si>
+  <si>
+    <t>18-1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 3м REXANT </t>
+  </si>
+  <si>
+    <t>18-1005</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 2м REXANT</t>
+  </si>
+  <si>
     <t>18-1011</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 20м REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>18-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 25м REXANT </t>
   </si>
   <si>
     <t>18-1009</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
   </si>
   <si>
+    <t>18-1001</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>18-1004</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>18-1010</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 15м REXANT</t>
+  </si>
+  <si>
     <t>18-1008</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 7м REXANT </t>
   </si>
   <si>
-    <t>18-1005</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Патч-корды омедненные LSZH 5е UTP</t>
   </si>
   <si>
     <t>18-8001</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
   </si>
   <si>
     <t>18-8002</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
   </si>
   <si>
     <t>18-8004</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
   </si>
   <si>
     <t>18-8005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT</t>
   </si>
   <si>
     <t>18-8006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-8007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.3 Патч-корды омедненные LSZH 5е FTP</t>
   </si>
   <si>
+    <t>18-8001-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8005-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
   </si>
   <si>
+    <t>18-8006-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
+  </si>
+  <si>
     <t>18-8007-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
-    <t>18-8001-1</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4 Патч-корды омедненные LSZH 6 FTP</t>
   </si>
   <si>
+    <t>18-8101-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8102-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
   </si>
   <si>
     <t>18-8105-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 2м REXANT </t>
   </si>
   <si>
     <t>18-8106-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-8107-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,882 +735,882 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>709.33</v>
+        <v>60.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2151</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1044.53</v>
+        <v>145.35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>367.07</v>
+        <v>102.83</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>329.93</v>
+        <v>81.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2693</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>220</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>95.95</v>
+        <v>546.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>8317</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>70.91</v>
+        <v>804.29</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>14319</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>540.73</v>
+        <v>282.64</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3924</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>171</v>
+        <v>49.64</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5345</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>120.98</v>
+        <v>68.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>31224</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>58.4</v>
+        <v>416.36</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>13832</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>80.98</v>
+        <v>254.05</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>42120</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>88.12</v>
+        <v>74.9</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>8066</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>400</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>119.72</v>
+        <v>101.76</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2396</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>133.4</v>
+        <v>113.39</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1722</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>175.5</v>
+        <v>149.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>4200</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>150</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>211.02</v>
+        <v>179.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5530</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>337.35</v>
+        <v>286.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>196.32</v>
+        <v>90.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1488</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>2</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>359.16</v>
+        <v>107.74</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>106.32</v>
+        <v>133.22</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>126.75</v>
+        <v>166.87</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>156.73</v>
+        <v>208.48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>659</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>1.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>245.27</v>
+        <v>305.29</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2080</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>217.12</v>
+        <v>154.29</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>181.52</v>
+        <v>184.55</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I31" s="3">
-        <v>0.5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>332.88</v>
+        <v>282.95</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>150</v>
       </c>
       <c r="I32" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>351.38</v>
+        <v>298.67</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>642</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>567.35</v>
+        <v>482.25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1387</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>