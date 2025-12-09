--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -45,135 +45,135 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-панели</t>
   </si>
   <si>
     <t>1.1 Патч-панели REXANT PRO 5е UTP / STP</t>
   </si>
   <si>
+    <t>02-0033</t>
+  </si>
+  <si>
+    <t>Панель коммутационная высокой плотности с кабельными органайзерами 19", 1U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0031</t>
+  </si>
+  <si>
+    <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0032</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0041</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 1U, 24 порта, STP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
-    <t>02-0031</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Патч-панели REXANT PRO 6 UTP / STP</t>
   </si>
   <si>
     <t>02-0232</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, RJ-45, CAT 6, UTP REXANT PRO</t>
   </si>
   <si>
     <t>02-0231</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, RJ-45, CAT 6, UTP REXANT PRO</t>
   </si>
   <si>
     <t>02-0234</t>
   </si>
   <si>
     <t>Панель коммутационная 19" PRO, 1U, 24 порта, UTP, RJ-45, CAT 6 REXANT</t>
   </si>
   <si>
     <t>1.3 Патч-панели наборные</t>
   </si>
   <si>
+    <t>02-0053</t>
+  </si>
+  <si>
+    <t>Панель коммутационная наборная 19", 1U, 24 порта, UTP REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0054</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, STP REXANT PRO</t>
   </si>
   <si>
-    <t>02-0053</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Патч-панели REXANT 5е UTP / STP</t>
   </si>
   <si>
     <t>04-0020</t>
   </si>
   <si>
     <t>Панель коммутационная настенная, 12 портов, UTP, RJ-45, CAT 5e REXANT</t>
   </si>
   <si>
+    <t>04-0021</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>04-0022</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Панель коммутационная 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT</t>
   </si>
   <si>
     <t>04-0025</t>
   </si>
   <si>
     <t>Панель коммутационная 10", 1U, 12 портов UTP, RJ-45, CAT 5e REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28870" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-f-utp-rj-45-cat-5e-rexant-pro-28872" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-u-utp-rj-45-cat-5e-rexant-pro-28869" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-visokoy-plotnosti-s-kabelnimi-organayzerami-19-1u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28871" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-utp-rj-45-cat-6-rexant-pro-28875" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-utp-rj-45-cat-6-rexant-pro-28874" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant-29805" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro-29537" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-u-utp-rexant-pro-28873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant-2140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant-554" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant-553" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant-3345" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-visokoy-plotnosti-s-kabelnimi-organayzerami-19-1u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28871" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-u-utp-rj-45-cat-5e-rexant-pro-28869" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28870" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-f-utp-rj-45-cat-5e-rexant-pro-28872" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-utp-rj-45-cat-6-rexant-pro-28875" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-utp-rj-45-cat-6-rexant-pro-28874" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant-29805" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-u-utp-rexant-pro-28873" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro-29537" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant-2140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant-553" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant-554" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant-3345" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -645,447 +645,447 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>5632.2</v>
+        <v>7889.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>72</v>
+        <v>145</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5168.29</v>
+        <v>2953.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>385</v>
+        <v>577</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2953.44</v>
+        <v>5632.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>643</v>
+        <v>40</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>7889.7</v>
+        <v>5168.29</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>186</v>
+        <v>342</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
         <v>6032.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>4120.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>3051.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>1693.8</v>
+        <v>1539.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>1539.58</v>
+        <v>1693.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
         <v>1675.83</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1492</v>
+        <v>1412</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>5195.04</v>
+        <v>2427.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>297</v>
+        <v>1482</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>2427.72</v>
+        <v>5195.04</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2183</v>
+        <v>172</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
         <v>1407.17</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>446</v>
+        <v>412</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A15:I15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>