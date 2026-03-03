--- v1 (2025-12-09)
+++ v2 (2026-03-03)
@@ -45,141 +45,141 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Патч-панели</t>
   </si>
   <si>
     <t>1.1 Патч-панели REXANT PRO 5е UTP / STP</t>
   </si>
   <si>
+    <t>02-0032</t>
+  </si>
+  <si>
+    <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>02-0033</t>
   </si>
   <si>
     <t>Панель коммутационная высокой плотности с кабельными органайзерами 19", 1U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0031</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
-    <t>02-0032</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0041</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 1U, 24 порта, STP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>1.2 Патч-панели REXANT PRO 6 UTP / STP</t>
   </si>
   <si>
+    <t>02-0231</t>
+  </si>
+  <si>
+    <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, RJ-45, CAT 6, UTP REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0234</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19" PRO, 1U, 24 порта, UTP, RJ-45, CAT 6 REXANT</t>
+  </si>
+  <si>
     <t>02-0232</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, RJ-45, CAT 6, UTP REXANT PRO</t>
   </si>
   <si>
-    <t>02-0231</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Патч-панели наборные</t>
   </si>
   <si>
     <t>02-0053</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, UTP REXANT PRO</t>
   </si>
   <si>
     <t>02-0054</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, STP REXANT PRO</t>
   </si>
   <si>
     <t>1.4 Патч-панели REXANT 5е UTP / STP</t>
   </si>
   <si>
+    <t>04-0025</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 10", 1U, 12 портов UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>04-0022</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>04-0021</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>04-0020</t>
   </si>
   <si>
     <t>Панель коммутационная настенная, 12 портов, UTP, RJ-45, CAT 5e REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Панель коммутационная 10", 1U, 12 портов UTP, RJ-45, CAT 5e REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-visokoy-plotnosti-s-kabelnimi-organayzerami-19-1u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28871" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-u-utp-rj-45-cat-5e-rexant-pro-28869" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-u-utp-rj-45-cat-5e-rexant-pro-28870" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-f-utp-rj-45-cat-5e-rexant-pro-28872" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnimi-organayzerami-19-2u-48-portov-utp-rj-45-cat-6-rexant-pro-28875" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnim-organayzerom-19-1u-24-porta-utp-rj-45-cat-6-rexant-pro-28874" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant-29805" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-u-utp-rexant-pro-28873" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro-29537" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant-2140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant-553" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant-554" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant-3345" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-vysokoy-plotnosti-s-kabelnymi-organayzerami-19-1u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-stp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -645,447 +645,447 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7889.7</v>
+        <v>6282.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>145</v>
+        <v>32</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2953.44</v>
+        <v>8800.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>577</v>
+        <v>115</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5632.2</v>
+        <v>3294.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>40</v>
+        <v>529</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5168.29</v>
+        <v>5764.81</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>342</v>
+        <v>316</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>6032.06</v>
+        <v>4190.49</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>152</v>
+        <v>6</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>4120.44</v>
+        <v>3403.21</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>114</v>
+        <v>1219</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>3051.06</v>
+        <v>6728.27</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1236</v>
+        <v>105</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>1539.58</v>
+        <v>1717.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>1693.8</v>
+        <v>1889.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>1675.83</v>
+        <v>1431.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1412</v>
+        <v>406</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>2427.72</v>
+        <v>5283.37</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1482</v>
+        <v>146</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>5195.04</v>
+        <v>2468.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>172</v>
+        <v>1452</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>1407.17</v>
+        <v>1704.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>412</v>
+        <v>1196</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A15:I15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>