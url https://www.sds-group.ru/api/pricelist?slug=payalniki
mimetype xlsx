--- v0 (2025-10-15)
+++ v1 (2026-01-13)
@@ -45,450 +45,450 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Паяльники</t>
   </si>
   <si>
     <t>1.1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
   </si>
   <si>
+    <t>12-0121-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-0125-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-0126-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0122-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0123-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0124-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0121-4</t>
-[...14 lines deleted...]
-    <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
+    <t>12-0121</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0122</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0125</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0126</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0122-1</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Паяльники специальные</t>
   </si>
   <si>
+    <t>12-0620</t>
+  </si>
+  <si>
+    <t>Паяльник цифровой, с керам. нагревателем, 65Вт, 220В, темп. 200-500 °C REXANT</t>
+  </si>
+  <si>
+    <t>12-0185</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка, газовый, 15мл, с регул. пламени, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0501</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0184</t>
+  </si>
+  <si>
+    <t>Паяльник со штекером прикуривателя, 12В, 40Вт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0139</t>
+  </si>
+  <si>
+    <t>Паяльник-пинцет с керам. нагревателем, 48Вт, 220В, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0181</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 4,5В, питание от 3 бат. АА, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0171</t>
+  </si>
+  <si>
+    <t>Паяльник с экстрактором припоя, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0180</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 5В, питание от USB, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0138</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, LED подсветка, 40Вт, 220В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0130</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Точная Пайка, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0138</t>
-[...10 lines deleted...]
-  <si>
     <t>12-0505</t>
   </si>
   <si>
     <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 6 насадок + припой + губка, коробка REXANT</t>
   </si>
   <si>
-    <t>12-0184</t>
-[...2 lines deleted...]
-    <t>Паяльник со штекером прикуривателя, 12В, 40Вт, блистер REXANT</t>
+    <t>12-0611</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0613</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, регул. темп. 250-500°C, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0189</t>
+  </si>
+  <si>
+    <t>Паяльник с зажимами КРОКОДИЛ, 40Вт, 12В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0120</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 12В, 8Вт, без БП, блистер REXANT</t>
   </si>
   <si>
     <t>12-0170</t>
   </si>
   <si>
     <t>Паяльник с регулировкой температуры, 30-50Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0611</t>
-[...58 lines deleted...]
-  <si>
     <t>1.3 Паяльники импульсные</t>
   </si>
   <si>
+    <t>12-0162-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия Classic, 30/130Вт, 230В PROconnect</t>
+  </si>
+  <si>
     <t>12-0161-4</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный, серия Classic, 30/70Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0162-4</t>
-[...2 lines deleted...]
-    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия Classic, 30/130Вт, 230В PROconnect</t>
+    <t>12-0162-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия ПРОФИ, 25/130Вт, 230В REXANT</t>
+  </si>
+  <si>
+    <t>12-0161-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия ПРОФИ, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0161</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия МАСТЕР, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0133</t>
+  </si>
+  <si>
+    <t>Паяльник двухрежимный с керам. нагревателем, 30/70Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0162</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия МАСТЕР, 30/130Вт, 230В REXANT</t>
   </si>
   <si>
-    <t>12-0133</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4 Паяльники высокомощные</t>
   </si>
   <si>
+    <t>12-0188</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, 300Вт, 230В, Топор, с кнопкой, подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0211</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 200Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0292</t>
+  </si>
+  <si>
+    <t>Паяльник-топор высокомощный, серия ЭПСН, 200Вт, 230В, с деревянной ручкой, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0215</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет высокомощный, керам. тэн, 500Вт, 230В, с карболитовой ручкой, коробка REXANT</t>
+  </si>
+  <si>
     <t>12-0213</t>
   </si>
   <si>
     <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 300Вт, 230В, с дерев. ручкой, коробка REXANT</t>
   </si>
   <si>
-    <t>12-0292</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5 Паяльники с деревянной ручкой</t>
   </si>
   <si>
+    <t>12-0178-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0174-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0177-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 85Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0175-4</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия WOOD, 40Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0176-4</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия WOOD, 65Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0177-4</t>
-[...14 lines deleted...]
-    <t>Паяльник с деревянной ручкой, серия WOOD, 25Вт, 230В, блистер PROconnect</t>
+    <t>12-0240</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0280</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0225</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
   </si>
   <si>
-    <t>12-0240</t>
-[...10 lines deleted...]
-  <si>
     <t>12-0265</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0291</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>1.6 Паяльники ЭПСН с пластмассовой ручкой (Россия)</t>
   </si>
   <si>
+    <t>12-0225-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0291-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
     <t>12-0265-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
   </si>
   <si>
-    <t>12-0225-1</t>
-[...10 lines deleted...]
-  <si>
     <t>12-0240-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0280-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>1.7 Паяльники ЭПСН с керамическим нагревателем (Россия)</t>
   </si>
   <si>
     <t>12-0480</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия ЭПСН, 80Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0490</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия ЭПСН, 100Вт, 230В, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0465</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 65Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0425</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия ЭПСН, 25Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0440</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия ЭПСН, 40Вт, 230В, блистер REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Паяльник с керам. нагревателем, серия ЭПСН, 65Вт, 230В, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -873,51 +873,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-zhalo-bliste.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-30-70vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoschnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoschnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-zhalo-bliste" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-30-70vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoschnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoschnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I72"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -954,1936 +954,1936 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>652.13</v>
+        <v>312.69</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3077</v>
+        <v>5410</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>366.73</v>
+        <v>663.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>27469</v>
+        <v>1685</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>393.9</v>
+        <v>689.42</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>33202</v>
+        <v>3429</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>307.46</v>
+        <v>345.85</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>6085</v>
+        <v>3068</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>340.07</v>
+        <v>372.96</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>5530</v>
+        <v>3331</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>677.9</v>
+        <v>400.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>6352</v>
+        <v>14532</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>609</v>
+        <v>533.93</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3609</v>
+        <v>1791</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1049</v>
+        <v>579.69</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1717</v>
+        <v>3719</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>899</v>
+        <v>812.58</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>10062</v>
+        <v>341</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>525</v>
+        <v>1260.06</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2617</v>
+        <v>1976</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>649</v>
+        <v>710.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6391</v>
+        <v>824</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>749</v>
+        <v>914.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>6223</v>
+        <v>9744</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>869</v>
+        <v>549.18</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2031</v>
+        <v>3015</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1239</v>
+        <v>833.94</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4814</v>
+        <v>833</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>799</v>
+        <v>1005.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>597</v>
+        <v>737</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>865.5</v>
+        <v>2699.35</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1245</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>799</v>
+        <v>2008.02</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>505</v>
+        <v>169</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1974.45</v>
+        <v>2847.6</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1133</v>
+        <v>310</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>3815.42</v>
+        <v>762.75</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1008</v>
+        <v>431</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>750</v>
+        <v>1439.06</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1459</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>1901.4</v>
+        <v>820.36</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1979</v>
+        <v>413</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1840.35</v>
+        <v>627.19</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2063</v>
+        <v>228</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>806.65</v>
+        <v>1194.85</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>350</v>
+        <v>812.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2199</v>
+        <v>526</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1349</v>
+        <v>880.21</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>947</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>750</v>
+        <v>3880.28</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>644</v>
+        <v>756</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1174.88</v>
+        <v>1871.64</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>1574</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>2654.23</v>
+        <v>1921.06</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>713</v>
+        <v>1996</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1888.95</v>
+        <v>762.75</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>5219</v>
+        <v>546</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>2800</v>
+        <v>355.95</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>536</v>
+        <v>1232</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>616.71</v>
+        <v>1933.72</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1886</v>
+        <v>1527</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>460.71</v>
+        <v>537.99</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2138</v>
+        <v>512</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>529</v>
+        <v>468.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>2239</v>
+        <v>957</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>1069.25</v>
+        <v>1066.66</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1646</v>
+        <v>705</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>1407.1</v>
+        <v>792.24</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>664</v>
+        <v>423</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>1048.83</v>
+        <v>901.79</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2210</v>
+        <v>979</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>886.72</v>
+        <v>1431.02</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1219</v>
+        <v>349</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>779</v>
+        <v>1087.43</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1377</v>
+        <v>1236</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>2339</v>
+        <v>6941.63</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1483</v>
+        <v>309</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>4399</v>
+        <v>1626.18</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>786</v>
+        <v>915</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>3299</v>
+        <v>4473.78</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>372</v>
+        <v>419</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>1599</v>
+        <v>3355.08</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1725</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>6825.59</v>
+        <v>2378.76</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>349</v>
+        <v>430</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>319</v>
+        <v>537.99</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3874</v>
+        <v>501</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>399</v>
+        <v>283.74</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2632</v>
+        <v>1010</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>469</v>
+        <v>476.97</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>657</v>
+        <v>565</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>529</v>
+        <v>324.42</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1402</v>
+        <v>32</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>279</v>
+        <v>405.78</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>1066</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>249</v>
+        <v>286.79</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>12686</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>282</v>
+        <v>432.23</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>17498</v>
+        <v>8891</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>425</v>
+        <v>253.23</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>9706</v>
+        <v>7734</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>329</v>
+        <v>334.59</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>16434</v>
+        <v>2750</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>430</v>
+        <v>437.31</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>25489</v>
+        <v>12791</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>329</v>
+        <v>253.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>5808</v>
+        <v>6540</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>249</v>
+        <v>437.31</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>17814</v>
+        <v>650</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>430</v>
+        <v>334.59</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>7818</v>
+        <v>2545</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>282</v>
+        <v>286.79</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>5296</v>
+        <v>2222</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>425.6</v>
+        <v>432.84</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>5995</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>999</v>
+        <v>965.18</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>1899</v>
+        <v>1931.28</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>929</v>
+        <v>1534.65</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1241</v>
+        <v>538</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>1229</v>
+        <v>944.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>822</v>
+        <v>1100</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>1509</v>
+        <v>1249.89</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>720</v>
+        <v>579</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A67:I67"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>