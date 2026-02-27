--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -45,450 +45,450 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Паяльники</t>
   </si>
   <si>
     <t>1.1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
   </si>
   <si>
+    <t>12-0122-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0123-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0124-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0121-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0125-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0126-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0122-4</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0121</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0125</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0126</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0123</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0121-1</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0123-1</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0124</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0122-1</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0122</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Паяльники специальные</t>
   </si>
   <si>
+    <t>12-0185</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка, газовый, 15мл, с регул. пламени, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0138</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, LED подсветка, 40Вт, 220В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0170</t>
+  </si>
+  <si>
+    <t>Паяльник с регулировкой температуры, 30-50Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0620</t>
   </si>
   <si>
     <t>Паяльник цифровой, с керам. нагревателем, 65Вт, 220В, темп. 200-500 °C REXANT</t>
   </si>
   <si>
-    <t>12-0185</t>
-[...2 lines deleted...]
-    <t>Паяльник-горелка, газовый, 15мл, с регул. пламени, 2 насадки, блистер REXANT</t>
+    <t>12-0130</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Точная Пайка, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0139</t>
+  </si>
+  <si>
+    <t>Паяльник-пинцет с керам. нагревателем, 48Вт, 220В, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0611</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0613</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, регул. темп. 250-500°C, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0505</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 6 насадок + припой + губка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0120</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 12В, 8Вт, без БП, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0180</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 5В, питание от USB, блистер REXANT</t>
   </si>
   <si>
     <t>12-0501</t>
   </si>
   <si>
     <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 2 насадки, блистер REXANT</t>
   </si>
   <si>
     <t>12-0184</t>
   </si>
   <si>
     <t>Паяльник со штекером прикуривателя, 12В, 40Вт, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0139</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0181</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 4,5В, питание от 3 бат. АА, блистер REXANT</t>
   </si>
   <si>
     <t>12-0171</t>
   </si>
   <si>
     <t>Паяльник с экстрактором припоя, 40Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0180</t>
-[...34 lines deleted...]
-  <si>
     <t>12-0189</t>
   </si>
   <si>
     <t>Паяльник с зажимами КРОКОДИЛ, 40Вт, 12В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0120</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Паяльники импульсные</t>
   </si>
   <si>
+    <t>12-0161-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия Classic, 30/70Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0162-4</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия Classic, 30/130Вт, 230В PROconnect</t>
   </si>
   <si>
-    <t>12-0161-4</t>
-[...2 lines deleted...]
-    <t>Паяльник-пистолет двухрежимный, серия Classic, 30/70Вт, 230В, блистер PROconnect</t>
+    <t>12-0133</t>
+  </si>
+  <si>
+    <t>Паяльник двухрежимный с керам. нагревателем, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0161-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия ПРОФИ, 30/70Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0162-1</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия ПРОФИ, 25/130Вт, 230В REXANT</t>
   </si>
   <si>
-    <t>12-0161-1</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0161</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный, серия МАСТЕР, 30/70Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0133</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0162</t>
   </si>
   <si>
     <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия МАСТЕР, 30/130Вт, 230В REXANT</t>
   </si>
   <si>
     <t>1.4 Паяльники высокомощные</t>
   </si>
   <si>
+    <t>12-0213</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 300Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0292</t>
+  </si>
+  <si>
+    <t>Паяльник-топор высокомощный, серия ЭПСН, 200Вт, 230В, с деревянной ручкой, пакет REXANT</t>
+  </si>
+  <si>
     <t>12-0188</t>
   </si>
   <si>
     <t>Паяльник высокомощный, 300Вт, 230В, Топор, с кнопкой, подставка, коробка REXANT</t>
   </si>
   <si>
+    <t>12-0215</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет высокомощный, керам. тэн, 500Вт, 230В, с карболитовой ручкой, коробка REXANT</t>
+  </si>
+  <si>
     <t>12-0211</t>
   </si>
   <si>
     <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 200Вт, 230В, с дерев. ручкой, коробка REXANT</t>
   </si>
   <si>
-    <t>12-0292</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Паяльники с деревянной ручкой</t>
   </si>
   <si>
     <t>12-0178-4</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия WOOD, 100Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
+    <t>12-0177-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 85Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0176-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 65Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0174-4</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия WOOD, 25Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0177-4</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0175-4</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия WOOD, 40Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0176-4</t>
-[...2 lines deleted...]
-    <t>Паяльник с деревянной ручкой, серия WOOD, 65Вт, 230В, блистер PROconnect</t>
+    <t>12-0225</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0240</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0280</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
   </si>
   <si>
-    <t>12-0225</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0265</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0291</t>
   </si>
   <si>
     <t>Паяльник с деревянной ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
   </si>
   <si>
-    <t>1.6 Паяльники ЭПСН с пластмассовой ручкой (Россия)</t>
+    <t>1.6 Паяльники ЭПСН с керамическим нагревателем (Россия)</t>
+  </si>
+  <si>
+    <t>12-0425</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0480</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0465</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 65Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0490</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0440</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Паяльники ЭПСН с пластмассовой ручкой (Россия)</t>
+  </si>
+  <si>
+    <t>12-0291-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0225-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
   </si>
   <si>
-    <t>12-0291-1</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0265-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0240-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
   </si>
   <si>
     <t>12-0280-1</t>
   </si>
   <si>
     <t>Паяльник с пластиковой ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Паяльник с керам. нагревателем, серия ЭПСН, 40Вт, 230В, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -873,51 +873,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-zhalo-bliste" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-30-70vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoschnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoschnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500c-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-3070vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-3070vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoshchnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoshchnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I72"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -954,1936 +954,1936 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>312.69</v>
+        <v>345.85</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5410</v>
+        <v>2697</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>663.22</v>
+        <v>372.96</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1685</v>
+        <v>2813</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>689.42</v>
+        <v>400.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3429</v>
+        <v>16055</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>345.85</v>
+        <v>312.69</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3068</v>
+        <v>3645</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>372.96</v>
+        <v>663.22</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3331</v>
+        <v>1850</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>400.6</v>
+        <v>689.42</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>14532</v>
+        <v>5668</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>533.93</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1791</v>
+        <v>1364</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>579.69</v>
+        <v>812.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3719</v>
+        <v>334</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>812.58</v>
+        <v>549.18</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>341</v>
+        <v>2678</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1260.06</v>
+        <v>710.88</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1976</v>
+        <v>2763</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>710.88</v>
+        <v>833.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>824</v>
+        <v>477</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>914.28</v>
+        <v>1005.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>9744</v>
+        <v>386</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>549.18</v>
+        <v>579.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3015</v>
+        <v>2438</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>833.94</v>
+        <v>1260.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>833</v>
+        <v>3508</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1005.81</v>
+        <v>914.28</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>737</v>
+        <v>9546</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>2699.35</v>
+        <v>2008.02</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>577</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>2008.02</v>
+        <v>812.58</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>169</v>
+        <v>353</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2847.6</v>
+        <v>1933.72</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>310</v>
+        <v>1405</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>762.75</v>
+        <v>2699.35</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>431</v>
+        <v>294</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1439.06</v>
+        <v>880.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>825</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>820.36</v>
+        <v>1439.06</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>413</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>627.19</v>
+        <v>1871.64</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>228</v>
+        <v>1544</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1194.85</v>
+        <v>1921.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>1242</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>812.58</v>
+        <v>3880.28</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>526</v>
+        <v>714</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>880.21</v>
+        <v>355.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>947</v>
+        <v>895</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>3880.28</v>
+        <v>1194.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>756</v>
+        <v>433</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1871.64</v>
+        <v>2847.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1574</v>
+        <v>222</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1921.06</v>
+        <v>762.75</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1996</v>
+        <v>777</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>762.75</v>
+        <v>820.36</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>546</v>
+        <v>264</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>355.95</v>
+        <v>627.19</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1232</v>
+        <v>293</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1933.72</v>
+        <v>762.75</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1527</v>
+        <v>469</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>537.99</v>
+        <v>468.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>512</v>
+        <v>714</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>468.54</v>
+        <v>537.99</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>957</v>
+        <v>513</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>1066.66</v>
+        <v>1431.02</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>705</v>
+        <v>437</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
         <v>792.24</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>423</v>
+        <v>679</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>901.79</v>
+        <v>1066.66</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>979</v>
+        <v>551</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1431.02</v>
+        <v>901.79</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>349</v>
+        <v>913</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
         <v>1087.43</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1236</v>
+        <v>1077</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>6941.63</v>
+        <v>2378.76</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>309</v>
+        <v>244</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>1626.18</v>
+        <v>4473.78</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>915</v>
+        <v>395</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>4473.78</v>
+        <v>6941.63</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>419</v>
+        <v>287</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
         <v>3355.08</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>2378.76</v>
+        <v>1626.18</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>430</v>
+        <v>949</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>537.99</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>501</v>
+        <v>223</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>283.74</v>
+        <v>476.97</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1010</v>
+        <v>396</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>476.97</v>
+        <v>405.78</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>324.42</v>
+        <v>283.74</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>32</v>
+        <v>1763</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>405.78</v>
+        <v>324.42</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1066</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>286.79</v>
+        <v>253.23</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>17</v>
+        <v>5505</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>432.23</v>
+        <v>286.79</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>8891</v>
+        <v>15669</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>253.23</v>
+        <v>432.23</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>7734</v>
+        <v>11224</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
         <v>334.59</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2750</v>
+        <v>8250</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
         <v>437.31</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>12791</v>
+        <v>11557</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>253.23</v>
+        <v>944.79</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>6540</v>
+        <v>964</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>437.31</v>
+        <v>965.18</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>334.59</v>
+        <v>1534.65</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2545</v>
+        <v>473</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>286.79</v>
+        <v>1931.28</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>2222</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>432.84</v>
+        <v>1249.89</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>520</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>965.18</v>
+        <v>437.31</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>1931.28</v>
+        <v>253.23</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>1534.65</v>
+        <v>334.59</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>538</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>944.79</v>
+        <v>286.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1100</v>
+        <v>2540</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>1249.89</v>
+        <v>432.84</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>579</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A67:I67"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>