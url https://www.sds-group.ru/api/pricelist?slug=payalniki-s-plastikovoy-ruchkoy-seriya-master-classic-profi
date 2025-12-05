--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -42,144 +42,144 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
   </si>
   <si>
+    <t>12-0121-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0122-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0123-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0124-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0125-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>12-0126-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
+    <t>12-0121</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0122</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0125</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0126</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0122-1</t>
   </si>
   <si>
     <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-25vt-230v-blister-proconnect-4319" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-30vt-230v-blister-proconnect-4320" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-40vt-230v-blister-proconnect-4321" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-60vt-230v-blister-proconnect-4322" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-80vt-230v-blister-proconnect-4489" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-100vt-230v-blister-proconnect-4490" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-25vt-230v-blister-rexant-3576" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-30vt-230v-blister-rexant-3577" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-25vt-230v-blister-rexant-4063" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-40vt-230v-blister-rexant-4065" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-40vt-230v-blister-rexant-3578" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-60vt-230v-blister-rexant-3579" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-80vt-230v-blister-rexant-3580" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-100vt-230v-blister-rexant-3581" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-30vt-230v-blister-rexant-4064" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I17"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -632,466 +632,466 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>652.13</v>
+        <v>307.46</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3077</v>
+        <v>5334</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>366.73</v>
+        <v>340.07</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>27469</v>
+        <v>3965</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>393.9</v>
+        <v>366.73</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>33202</v>
+        <v>23831</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>307.46</v>
+        <v>393.9</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>6085</v>
+        <v>26311</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>340.07</v>
+        <v>652.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>5530</v>
+        <v>2695</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>677.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6352</v>
+        <v>4297</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>609</v>
+        <v>525</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3609</v>
+        <v>2013</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1049</v>
+        <v>540</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1717</v>
+        <v>3193</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>899</v>
+        <v>799</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>10062</v>
+        <v>523</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>525</v>
+        <v>1239</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2617</v>
+        <v>4015</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>649</v>
+        <v>570</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>6391</v>
+        <v>4639</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>749</v>
+        <v>699</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>6223</v>
+        <v>3096</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>869</v>
+        <v>820</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2031</v>
+        <v>1297</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1239</v>
+        <v>989</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4814</v>
+        <v>1059</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>799</v>
+        <v>899</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>597</v>
+        <v>9947</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>