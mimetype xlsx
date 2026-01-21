--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -54,132 +54,132 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
   </si>
   <si>
     <t>12-0121-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>12-0125-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0126-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0122-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0123-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0124-4</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
   </si>
   <si>
-    <t>12-0125-4</t>
-[...10 lines deleted...]
-  <si>
     <t>12-0121</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0123</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0122</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0121-1</t>
-[...22 lines deleted...]
-  <si>
     <t>12-0125</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
   </si>
   <si>
     <t>12-0126</t>
   </si>
   <si>
     <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-25vt-230v-blister-proconnect-4319" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-30vt-230v-blister-proconnect-4320" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-40vt-230v-blister-proconnect-4321" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-60vt-230v-blister-proconnect-4322" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-80vt-230v-blister-proconnect-4489" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-100vt-230v-blister-proconnect-4490" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-25vt-230v-blister-rexant-3576" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-30vt-230v-blister-rexant-3577" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-25vt-230v-blister-rexant-4063" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-40vt-230v-blister-rexant-4065" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-40vt-230v-blister-rexant-3578" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-60vt-230v-blister-rexant-3579" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-80vt-230v-blister-rexant-3580" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-100vt-230v-blister-rexant-3581" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-30vt-230v-blister-rexant-4064" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I17"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -632,466 +632,466 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>307.46</v>
+        <v>312.69</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>5334</v>
+        <v>5205</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>340.07</v>
+        <v>663.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3965</v>
+        <v>1618</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>366.73</v>
+        <v>689.42</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>23831</v>
+        <v>3380</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>393.9</v>
+        <v>345.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>26311</v>
+        <v>3001</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>652.13</v>
+        <v>372.96</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2695</v>
+        <v>3115</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>677.9</v>
+        <v>400.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4297</v>
+        <v>13568</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>525</v>
+        <v>533.93</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2013</v>
+        <v>1681</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>540</v>
+        <v>579.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3193</v>
+        <v>3525</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>799</v>
+        <v>812.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>523</v>
+        <v>341</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1239</v>
+        <v>1260.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4015</v>
+        <v>1959</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>570</v>
+        <v>710.88</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4639</v>
+        <v>883</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>699</v>
+        <v>914.28</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3096</v>
+        <v>9742</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>820</v>
+        <v>549.18</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1297</v>
+        <v>2959</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>989</v>
+        <v>833.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1059</v>
+        <v>797</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>899</v>
+        <v>1005.81</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>9947</v>
+        <v>708</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>