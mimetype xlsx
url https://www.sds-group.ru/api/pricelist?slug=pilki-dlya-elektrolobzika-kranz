--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -42,192 +42,192 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пилки для электролобзика Kranz</t>
   </si>
   <si>
+    <t>KR-92-0310</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T119B 76 мм 12 зубьев на дюйм 4-30 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>KR-92-0316</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T119BL 132 мм 12 зубьев на дюйм 4-100 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-92-0320</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0305</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 8 з/д 5-60 мм T111C (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0312</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T244D 100 мм 6 зубьев на дюйм 8-60 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0315</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118G 76 мм 25 зубьев на дюйм 0,9-1,2 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0321</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 1 T101B/T111C/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0311</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по оргстеклу T119BO 76 мм 12 зубьев на дюйм 4-20 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0313</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118B 76 мм 12 зубьев на дюйм 3-6 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0314</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T301DL 132 мм 6 зубьев на дюйм 6-85 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0320</t>
-[...2 lines deleted...]
-    <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
+    <t>KR-92-0317</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T144DP 100 мм 6 зубьев на дюйм 8-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0318</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по мягкому металлу T127D 100 мм 8 зубьев на дюйм 4-20 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0319</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T111D 100 мм 6 зубьев на дюйм 6-60 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0323</t>
   </si>
   <si>
     <t>Набор полотен для электролобзика № 4 T101D/T111C/T244D (3 шт./уп.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-0322</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 3 T144D/T101BR/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0301</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм обр. зуб. T101BR (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0307</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 115 мм 8 з/д 6-60 мм T301CD (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0309</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T344D 152 мм 6 зубьев на дюйм 8-100 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0304</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 6-60 мм T101D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0308</t>
   </si>
   <si>
     <t>Пилка для электролобзика 100 мм 6 з/д 8-60 мм T144D (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0307</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-92-0306</t>
   </si>
   <si>
     <t>Пилка для электролобзика 75 мм 21 з/д 1,5-3 мм T118A (2 шт./уп.) (металл) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0301</t>
-[...76 lines deleted...]
-  <si>
     <t>KR-92-0303</t>
   </si>
   <si>
     <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм T101B (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
     <t>KR-92-0302</t>
   </si>
   <si>
     <t>Пилка для электролобзика 75 мм 20 з/д 2-20 мм фигурный рез T101AO (2 шт./уп.) (дерево) Kranz</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пилка для электролобзика по дереву T344D 152 мм 6 зубьев на дюйм 8-100 мм (2 шт./уп.) Kranz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up-.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kran.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101b-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz-26437" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz-26443" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz-26447" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz-24494" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurniy-rez-2-sht-up-kranz-26439" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz-26442" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz-26448" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurniy-rez-2-sht-up-kranz-26438" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz-26440" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz-26441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz-26444" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz-26445" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz-26446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz-26450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz-26449" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz-24490" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz-24495" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz-26436" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz-24492" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz-24493" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz-24497" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101v-2-sht-up-derevo-kranz-24491" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurniy-rez-t101ao-2-sht-up-derevo-kranz-24496" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -680,698 +680,698 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>120.21</v>
+        <v>114.39</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8570</v>
+        <v>4579</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>213.59</v>
+        <v>120.21</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6425</v>
+        <v>7289</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>186.52</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1942</v>
+        <v>1728</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>191.05</v>
+        <v>119.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2629</v>
+        <v>5309</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>148.61</v>
+        <v>126.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>5534</v>
+        <v>4903</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>159.4</v>
+        <v>250</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3034</v>
+        <v>3502</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>185.01</v>
+        <v>171.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5674</v>
+        <v>4616</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>142.49</v>
+        <v>120.78</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2859</v>
+        <v>3668</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>119.23</v>
+        <v>230.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5319</v>
+        <v>3975</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>114.39</v>
+        <v>213.59</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5070</v>
+        <v>6230</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>120.78</v>
+        <v>146.51</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4031</v>
+        <v>3562</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>126.95</v>
+        <v>319.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>5274</v>
+        <v>2082</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>230.77</v>
+        <v>87.67</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4121</v>
+        <v>4358</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>250</v>
+        <v>191.05</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3871</v>
+        <v>2512</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>500</v>
       </c>
       <c r="I16" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>146.51</v>
+        <v>191.05</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3816</v>
+        <v>3044</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>319.41</v>
+        <v>142.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2123</v>
+        <v>2736</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>87.67</v>
+        <v>159.4</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4850</v>
+        <v>2943</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>171.27</v>
+        <v>186.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4972</v>
+        <v>9465</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>500</v>
       </c>
       <c r="I20" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>191.05</v>
+        <v>144.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>3323</v>
+        <v>3223</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>500</v>
       </c>
       <c r="I21" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>144.23</v>
+        <v>148.61</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3779</v>
+        <v>5460</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>104.85</v>
+        <v>185.01</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1215</v>
+        <v>5530</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>110.32</v>
+        <v>104.85</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>3180</v>
+        <v>1026</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>186.51</v>
+        <v>110.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>11123</v>
+        <v>780</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>