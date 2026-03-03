--- v1 (2025-12-06)
+++ v2 (2026-03-03)
@@ -42,192 +42,192 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пилки для электролобзика Kranz</t>
   </si>
   <si>
+    <t>KR-92-0312</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T244D 100 мм 6 зубьев на дюйм 8-60 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-92-0320</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0321</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 1 T101B/T111C/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0322</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 3 T144D/T101BR/T119BO (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0311</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по оргстеклу T119BO 76 мм 12 зубьев на дюйм 4-20 мм фигурный рез (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0318</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по мягкому металлу T127D 100 мм 8 зубьев на дюйм 4-20 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0323</t>
+  </si>
+  <si>
+    <t>Набор полотен для электролобзика № 4 T101D/T111C/T244D (3 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0304</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 6-60 мм T101D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0308</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 6 з/д 8-60 мм T144D (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0307</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 115 мм 8 з/д 6-60 мм T301CD (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0309</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T344D 152 мм 6 зубьев на дюйм 8-100 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0310</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T119B 76 мм 12 зубьев на дюйм 4-30 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-92-0313</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118B 76 мм 12 зубьев на дюйм 3-6 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0314</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T301DL 132 мм 6 зубьев на дюйм 6-85 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0315</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по металлу T118G 76 мм 25 зубьев на дюйм 0,9-1,2 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0316</t>
   </si>
   <si>
     <t>Пилка для электролобзика по дереву T119BL 132 мм 12 зубьев на дюйм 4-100 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0320</t>
-[...2 lines deleted...]
-    <t>Набор полотен для электролобзика № 2 T101B/T118A/T244D (3 шт./уп.) Kranz</t>
+    <t>KR-92-0317</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T144DP 100 мм 6 зубьев на дюйм 8-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0319</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика по дереву T111D 100 мм 6 зубьев на дюйм 6-60 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0303</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм T101B (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0302</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 75 мм 20 з/д 2-20 мм фигурный рез T101AO (2 шт./уп.) (дерево) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0306</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 75 мм 21 з/д 1,5-3 мм T118A (2 шт./уп.) (металл) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0301</t>
+  </si>
+  <si>
+    <t>Пилка для электролобзика 100 мм 10 з/д 4-30 мм обр. зуб. T101BR (2 шт./уп.) (дерево) Kranz</t>
   </si>
   <si>
     <t>KR-92-0305</t>
   </si>
   <si>
     <t>Пилка для электролобзика 100 мм 8 з/д 5-60 мм T111C (2 шт./уп.) (дерево) Kranz</t>
-  </si>
-[...112 lines deleted...]
-    <t>Пилка для электролобзика 75 мм 20 з/д 2-20 мм фигурный рез T101AO (2 шт./уп.) (дерево) Kranz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz-26437" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz-26443" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101b-t118a-t244d-3-sht-up-kranz-26447" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-z-d-5-60-mm-t111c-2-sht-up-derevo-kranz-24494" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurniy-rez-2-sht-up-kranz-26439" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz-26442" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101b-t111c-t119bo-3-sht-up-kranz-26448" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurniy-rez-2-sht-up-kranz-26438" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz-26440" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz-26441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz-26444" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz-26445" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz-26446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101d-t111c-t244d-3-sht-up-kranz-26450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144d-t101br-t119bo-3-sht-up-kranz-26449" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz-24490" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-z-d-6-60-mm-t301cd-2-sht-up-derevo-kranz-24495" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz-26436" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-6-60-mm-t101d-2-sht-up-derevo-kranz-24492" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-z-d-8-60-mm-t144d-2-sht-up-derevo-kranz-24493" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-z-d-1-5-3-mm-t118a-2-sht-up-metall-kranz-24497" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-z-d-4-30-mm-t101v-2-sht-up-derevo-kranz-24491" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-z-d-2-20-mm-figurniy-rez-t101ao-2-sht-up-derevo-kranz-24496" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t244d-100-mm-6-zubev-na-dyuym-8-60-mm-figurnyy-rez-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-2-t101bt118at244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-1-t101bt111ct119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-3-t144dt101brt119bo-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-orgsteklu-t119bo-76-mm-12-zubev-na-dyuym-4-20-mm-figurnyy-rez-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-myagkomu-metallu-t127d-100-mm-8-zubev-na-dyuym-4-20-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-poloten-dlya-elektrolobzika-4-t101dt111ct244d-3-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-zd-6-60-mm-t101d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-6-zd-8-60-mm-t144d-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-115-mm-8-zd-6-60-mm-t301cd-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t344d-152-mm-6-zubev-na-dyuym-8-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119b-76-mm-12-zubev-na-dyuym-4-30-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118b-76-mm-12-zubev-na-dyuym-3-6-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t301dl-132-mm-6-zubev-na-dyuym-6-85-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-metallu-t118g-76-mm-25-zubev-na-dyuym-0-9-1-2-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t119bl-132-mm-12-zubev-na-dyuym-4-100-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t144dp-100-mm-6-zubev-na-dyuym-8-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-po-derevu-t111d-100-mm-6-zubev-na-dyuym-6-60-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-zd-4-30-mm-t101b-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-20-zd-2-20-mm-figurnyy-rez-t101ao-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-75-mm-21-zd-1-5-3-mm-t118a-2-sht-up-metall-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-10-zd-4-30-mm-obr-zub-t101br-2-sht-up-derevo-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pilka-dlya-elektrolobzika-100-mm-8-zd-5-60-mm-t111c-2-sht-up-derevo-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -680,698 +680,698 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>114.39</v>
+        <v>129.11</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4579</v>
+        <v>4525</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>120.21</v>
+        <v>189.69</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7289</v>
+        <v>1382</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>186.52</v>
+        <v>174.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1728</v>
+        <v>4497</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>119.23</v>
+        <v>194.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5309</v>
+        <v>3057</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>126.95</v>
+        <v>122.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4903</v>
+        <v>3505</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>250</v>
+        <v>324.84</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3502</v>
+        <v>1961</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>171.27</v>
+        <v>194.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>4616</v>
+        <v>2472</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>120.78</v>
+        <v>146.68</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3668</v>
+        <v>3158</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>230.77</v>
+        <v>151.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3975</v>
+        <v>5413</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>213.59</v>
+        <v>162.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>6230</v>
+        <v>2818</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>146.51</v>
+        <v>189.68</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3562</v>
+        <v>8330</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>319.41</v>
+        <v>116.33</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2082</v>
+        <v>4365</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>87.67</v>
+        <v>234.69</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4358</v>
+        <v>3786</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>191.05</v>
+        <v>217.22</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>2512</v>
+        <v>6126</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>500</v>
       </c>
       <c r="I16" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>191.05</v>
+        <v>254.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3044</v>
+        <v>3371</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>142.49</v>
+        <v>122.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2736</v>
+        <v>6204</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>159.4</v>
+        <v>149</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2943</v>
+        <v>3382</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>186.51</v>
+        <v>89.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>9465</v>
+        <v>3991</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>144.23</v>
+        <v>106.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>3223</v>
+        <v>847</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>148.61</v>
+        <v>112.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>5460</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>185.01</v>
+        <v>188.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>5530</v>
+        <v>5456</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>104.85</v>
+        <v>144.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1026</v>
+        <v>2548</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>110.32</v>
+        <v>121.26</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>780</v>
+        <v>5273</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>