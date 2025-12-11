--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пинцеты</t>
   </si>
   <si>
+    <t>12-0366</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 160мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-0381</t>
   </si>
   <si>
     <t>Пинцет прямой 160мм (блистер) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-0370</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0371</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0375</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 120мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0385</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый узкий 120мм Airy (блистер) REXANT </t>
+  </si>
+  <si>
+    <t>12-0377</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с закругленными кончиками 125мм (блистер) REXANT</t>
   </si>
   <si>
     <t>12-0358</t>
   </si>
   <si>
     <t xml:space="preserve">Пинцет изогнутый, узкий, рифленый 160мм REXANT </t>
   </si>
   <si>
-    <t>12-0370</t>
-[...34 lines deleted...]
-  <si>
     <t>12-0360</t>
   </si>
   <si>
     <t>Пинцет прямой, рифленый 125мм (блистер) REXANT</t>
   </si>
   <si>
     <t>12-0373</t>
   </si>
   <si>
     <t>Пинцет прямой 130мм (блистер) REXANT</t>
   </si>
   <si>
+    <t>12-0378</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0380</t>
+  </si>
+  <si>
+    <t>Пинцет прямой узкий 140мм Airy (блистер) REXANT</t>
+  </si>
+  <si>
     <t>12-0372</t>
   </si>
   <si>
     <t>Пинцет прямой 120мм (блистер) REXANT</t>
   </si>
   <si>
+    <t>12-0376</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
     <t>12-0368</t>
   </si>
   <si>
     <t>Пинцет прямой, рифленый 200мм (блистер) REXANT</t>
   </si>
   <si>
-    <t>12-0380</t>
-[...14 lines deleted...]
-    <t>Пинцет изогнутый, узкий 125мм (блистер) REXANT</t>
+    <t>12-0369</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 250мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0355</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий, фиксатор, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0365</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0347</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 200мм ПРОФИ</t>
   </si>
   <si>
     <t>12-0346</t>
   </si>
   <si>
     <t>Пинцет прямой, узкий, рифленый 145мм ПРОФИ</t>
   </si>
   <si>
-    <t>12-0347</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0340</t>
   </si>
   <si>
     <t>Пинцет прямой, узкий, фиксатор, рифленый 100мм ПРОФИ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пинцет изогнутый, узкий, фиксатор, рифленый 155мм ПРОФИ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant-16895" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-rifleniy-160mm-rexant-16884" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant-11917" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennimi-konchikami-125mm-blister-rexant-16886" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-160mm-blister-rexant-17757" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant-11918" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-120mm-rexant-11919" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-120mm-airy-blister-rexant-12518" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-125mm-blister-rexant-16881" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant-16885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant-16896" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-blister-rexant-16883" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant-12517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-125mm-blister-rexant-16894" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-125mm-blister-rexant-16882" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-rifleniy-145mm-profi-17125" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-profi-19852" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-155mm-profi-12516" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-250mm-profi-19979" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-rifleniy-100mm-profi-12534" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-fiksator-rifleniy-155mm-profi-12520" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-160mm-blister-rexant-17757" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant-16895" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant-11917" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant-11918" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-120mm-rexant-11919" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-120mm-airy-blister-rexant-12518" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennimi-konchikami-125mm-blister-rexant-16886" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-rifleniy-160mm-rexant-16884" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-125mm-blister-rexant-16881" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant-16885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-125mm-blister-rexant-16882" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant-12517" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant-16896" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-125mm-blister-rexant-16894" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-blister-rexant-16883" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-250mm-profi-19979" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-fiksator-rifleniy-155mm-profi-12520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-155mm-profi-12516" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-profi-19852" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-rifleniy-145mm-profi-17125" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-rifleniy-100mm-profi-12534" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,640 +668,640 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>662.27</v>
+        <v>410.42</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2064</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>643.44</v>
+        <v>662.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>731</v>
+        <v>1685</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>320</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2962</v>
+        <v>2828</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>498.13</v>
+        <v>420</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>507</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>410.42</v>
+        <v>340</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>162</v>
+        <v>2134</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>420</v>
+        <v>625.49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1112</v>
+        <v>1248</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>340</v>
+        <v>498.13</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2246</v>
+        <v>407</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>625.49</v>
+        <v>643.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1817</v>
+        <v>602</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>400</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>427.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1505</v>
+        <v>656</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>447.36</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2962</v>
+        <v>2487</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>410.42</v>
+        <v>447.36</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1917</v>
+        <v>4874</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>603.68</v>
+        <v>681.78</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3677</v>
+        <v>838</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>681.78</v>
+        <v>410.42</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1234</v>
+        <v>1696</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>400</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
         <v>420.31</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>761</v>
+        <v>661</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>400</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>447.36</v>
+        <v>603.68</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>5391</v>
+        <v>3286</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>400</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>603.68</v>
+        <v>810</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>249</v>
+        <v>33</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>740</v>
+        <v>720.89</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>25</v>
+        <v>370</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
         <v>720.89</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>94</v>
+        <v>459</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>810</v>
+        <v>740</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>188</v>
+        <v>23</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>644.33</v>
+        <v>603.68</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>720.89</v>
+        <v>644.33</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>