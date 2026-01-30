--- v1 (2025-12-11)
+++ v2 (2026-01-30)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пинцеты</t>
   </si>
   <si>
+    <t>12-0373</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 130мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0372</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0376</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0378</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0368</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 200мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0385</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый узкий 120мм Airy (блистер) REXANT </t>
+  </si>
+  <si>
     <t>12-0366</t>
   </si>
   <si>
     <t>Пинцет прямой, рифленый 160мм (блистер) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-0380</t>
+  </si>
+  <si>
+    <t>Пинцет прямой узкий 140мм Airy (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0377</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с закругленными кончиками 125мм (блистер) REXANT</t>
   </si>
   <si>
     <t>12-0381</t>
   </si>
   <si>
     <t>Пинцет прямой 160мм (блистер) REXANT</t>
   </si>
   <si>
+    <t>12-0358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый, узкий, рифленый 160мм REXANT </t>
+  </si>
+  <si>
+    <t>12-0360</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 125мм (блистер) REXANT</t>
+  </si>
+  <si>
     <t>12-0370</t>
   </si>
   <si>
     <t>Пинцет прямой 120мм REXANT</t>
   </si>
   <si>
     <t>12-0371</t>
   </si>
   <si>
     <t>Пинцет прямой 140мм REXANT</t>
   </si>
   <si>
     <t>12-0375</t>
   </si>
   <si>
     <t>Пинцет прямой с острыми кончиками 120мм REXANT</t>
   </si>
   <si>
-    <t>12-0385</t>
-[...56 lines deleted...]
-    <t>Пинцет прямой, рифленый 200мм (блистер) REXANT</t>
+    <t>12-0347</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 200мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0365</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0346</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, рифленый 145мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0355</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий, фиксатор, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0340</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, фиксатор, рифленый 100мм ПРОФИ</t>
   </si>
   <si>
     <t>12-0369</t>
   </si>
   <si>
     <t>Пинцет прямой рифленый 250мм ПРОФИ</t>
-  </si>
-[...28 lines deleted...]
-    <t>Пинцет прямой, узкий, фиксатор, рифленый 100мм ПРОФИ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-160mm-blister-rexant-17757" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant-16895" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant-11917" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant-11918" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-120mm-rexant-11919" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-120mm-airy-blister-rexant-12518" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennimi-konchikami-125mm-blister-rexant-16886" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-rifleniy-160mm-rexant-16884" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-125mm-blister-rexant-16881" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant-16885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-125mm-blister-rexant-16882" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant-12517" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant-16896" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-125mm-blister-rexant-16894" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-blister-rexant-16883" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-250mm-profi-19979" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-fiksator-rifleniy-155mm-profi-12520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-155mm-profi-12516" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-profi-19852" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-rifleniy-145mm-profi-17125" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-rifleniy-100mm-profi-12534" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-120mm-airy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-160mm-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennymi-konchikami-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-riflenyy-160mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-120mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-profi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-155mm-profi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-riflenyy-145mm-profi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-fiksator-riflenyy-155mm-profi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-riflenyy-100mm-profi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-250mm-profi" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,646 +668,646 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>410.42</v>
+        <v>454.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>2063</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>662.27</v>
+        <v>417.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1685</v>
+        <v>1396</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>320</v>
+        <v>427.46</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2828</v>
+        <v>566</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>420</v>
+        <v>454.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>4760</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>340</v>
+        <v>613.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2134</v>
+        <v>2831</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>625.49</v>
+        <v>636.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1248</v>
+        <v>1174</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>498.13</v>
+        <v>417.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>407</v>
+        <v>1295</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>643.44</v>
+        <v>693.37</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>602</v>
+        <v>652</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>400</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>427.83</v>
+        <v>506.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>656</v>
+        <v>374</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>447.36</v>
+        <v>673.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2487</v>
+        <v>1393</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>447.36</v>
+        <v>654.38</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4874</v>
+        <v>510</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>681.78</v>
+        <v>435.1</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>838</v>
+        <v>453</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>410.42</v>
+        <v>325.44</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1696</v>
+        <v>2781</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>400</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>420.31</v>
+        <v>427.14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>603.68</v>
+        <v>345.78</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3286</v>
+        <v>1992</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>400</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>810</v>
+        <v>752.58</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>33</v>
+        <v>159</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>720.89</v>
+        <v>733.15</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>370</v>
+        <v>322</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>720.89</v>
+        <v>613.94</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>459</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>740</v>
+        <v>733.15</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>23</v>
+        <v>337</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>603.68</v>
+        <v>655.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>644.33</v>
+        <v>823.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>