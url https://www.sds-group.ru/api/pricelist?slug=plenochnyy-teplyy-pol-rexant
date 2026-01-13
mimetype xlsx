--- v0 (2025-10-15)
+++ v1 (2026-01-13)
@@ -45,333 +45,333 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1 Optima</t>
   </si>
   <si>
+    <t>51-0504-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0503-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0505-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
   </si>
   <si>
     <t>51-0509-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
   </si>
   <si>
-    <t>51-0507-7</t>
-[...2 lines deleted...]
-    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+    <t>51-0510-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
   </si>
   <si>
     <t>51-0516-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
   </si>
   <si>
-    <t>51-0511-7</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0518-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-7</t>
-[...46 lines deleted...]
-  <si>
     <t>1.2 Ultra</t>
   </si>
   <si>
+    <t>51-0518-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
   </si>
   <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0508-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0512-4</t>
-[...70 lines deleted...]
-  <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
   </si>
   <si>
-    <t>51-0518-4</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Рулоны</t>
   </si>
   <si>
+    <t>51-0508-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0560-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
+  </si>
+  <si>
+    <t>51-0507-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
+  </si>
+  <si>
     <t>51-0509-5</t>
   </si>
   <si>
     <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
   </si>
   <si>
-    <t>пог. м</t>
-[...13 lines deleted...]
-  <si>
     <t>51-0550-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
   </si>
   <si>
     <t>51-0552-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
   </si>
   <si>
-    <t>51-0560-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>51-0506-5</t>
   </si>
   <si>
     <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
   </si>
   <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.5 Extrema Gold</t>
   </si>
   <si>
+    <t>51-0522-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0526-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 4м², 0,5х8м, 880Вт REXANT</t>
   </si>
   <si>
-    <t>51-0522-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0527-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 5м², 0,5х10м, 1100Вт REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
   </si>
   <si>
     <t>51-0520-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 1м², 0,5х2м, 220Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -762,51 +762,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -843,1388 +843,1388 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>3833.2</v>
+        <v>4881.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>9500</v>
+        <v>2491.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>7000</v>
+        <v>3386.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>20000</v>
+        <v>3898.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>12600</v>
+        <v>5390.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>15210</v>
+        <v>7119</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>22000</v>
+        <v>8339.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2450</v>
+        <v>9661.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3330</v>
+        <v>11187</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>4800</v>
+        <v>12814.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>5300</v>
+        <v>14238</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>8200</v>
+        <v>15468.57</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>11000</v>
+        <v>18102.6</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>14000</v>
+        <v>20340</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>17800</v>
+        <v>22374</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>5200</v>
+        <v>31527</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>9495.19</v>
+        <v>4729.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>17484.5</v>
+        <v>3762.9</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>7300</v>
+        <v>5288.4</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>22400</v>
+        <v>6610.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>1</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>12000</v>
+        <v>7424.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>2850</v>
+        <v>8136</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>15524.74</v>
+        <v>14238</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>4650</v>
+        <v>15788.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>3700</v>
+        <v>17781.74</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>6500</v>
+        <v>17797.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>8000</v>
+        <v>22780.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>14000</v>
+        <v>12204</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>17500</v>
+        <v>2898.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>29000</v>
+        <v>9656.61</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>1</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>31000</v>
+        <v>29493</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>1</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>920</v>
+        <v>862.42</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="3">
-        <v>12500</v>
+        <v>3700</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>519</v>
+        <v>544.09</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="3">
-        <v>24450</v>
+        <v>3300</v>
       </c>
       <c r="G38" s="3">
         <v>150</v>
       </c>
       <c r="H38" s="3">
         <v>150</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>848</v>
+        <v>527.82</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F39" s="3">
-        <v>5700</v>
+        <v>600</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>499</v>
+        <v>935.64</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="3">
-        <v>39450</v>
+        <v>500</v>
       </c>
       <c r="G40" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>845</v>
+        <v>507.48</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F41" s="3">
-        <v>7600</v>
+        <v>1350</v>
       </c>
       <c r="G41" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>535</v>
+        <v>859.36</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F42" s="3">
-        <v>8400</v>
+        <v>900</v>
       </c>
       <c r="G42" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>50.66</v>
+        <v>51.52</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>44000</v>
+        <v>9150</v>
       </c>
       <c r="G44" s="3">
         <v>50</v>
       </c>
       <c r="H44" s="3">
         <v>8000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>238.59</v>
+        <v>242.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>5089.96</v>
+        <v>5176.49</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>451</v>
+        <v>56</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>8</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>10300</v>
+        <v>5695.2</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>5600</v>
+        <v>7729.2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>177</v>
+        <v>3</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>1</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>12800</v>
+        <v>10475.1</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>7600</v>
+        <v>13017.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>3400</v>
+        <v>3457.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>179</v>
+        <v>86</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A47:I47"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>