--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -45,300 +45,300 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1 Optima</t>
   </si>
   <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
+    <t>51-0508-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
     <t>51-0505-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
   </si>
   <si>
-    <t>51-0507-7</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0512-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
   </si>
   <si>
-    <t>51-0513-7</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Ultra</t>
   </si>
   <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0518-4</t>
   </si>
   <si>
-    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
-[...89 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+    <t>Пленочный теплый пол Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
   </si>
   <si>
     <t>1.3 Рулоны</t>
   </si>
   <si>
     <t>51-0508-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
   </si>
   <si>
     <t>пог. м</t>
   </si>
   <si>
+    <t>51-0509-5</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
+  </si>
+  <si>
+    <t>51-0550-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
+  </si>
+  <si>
+    <t>51-0552-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
+  </si>
+  <si>
     <t>51-0560-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
   </si>
   <si>
-    <t>51-0507-5</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
+    <t>51-0506-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
+  </si>
+  <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
   </si>
   <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.5 Extrema Gold</t>
   </si>
   <si>
     <t>51-0522-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
   </si>
   <si>
     <t>51-0524-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
   </si>
   <si>
     <t>51-0526-7</t>
   </si>
@@ -762,51 +762,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vtm2-shirina-80-sm-tolshchina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vtm2-shirina100-sm-tolshchina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vtm2-shirina-50-sm-tolshchina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vtm-shirina-100sm-tolshchina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolshchina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -843,1388 +843,1388 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4881.6</v>
+        <v>3386.61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2491.65</v>
+        <v>7119</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3386.61</v>
+        <v>18102.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3898.36</v>
+        <v>2491.65</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5390.1</v>
+        <v>3898.36</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>7119</v>
+        <v>4881.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>8339.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
         <v>9661.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>11187</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>12814.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>14238</v>
+        <v>15468.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>15468.57</v>
+        <v>20340</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>18102.6</v>
+        <v>22374</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>20340</v>
+        <v>5390.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>22374</v>
+        <v>14238</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>31527</v>
+        <v>4729.05</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>4729.05</v>
+        <v>5288.4</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>3762.9</v>
+        <v>6610.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>5288.4</v>
+        <v>7424.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>6610.5</v>
+        <v>8136</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>1</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>7424.1</v>
+        <v>9656.61</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>8136</v>
+        <v>14238</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>14238</v>
+        <v>15788.66</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>21</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>15788.66</v>
+        <v>2898.45</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>17781.74</v>
+        <v>3762.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>17797.5</v>
+        <v>12204</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>22780.8</v>
+        <v>17781.74</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>12204</v>
+        <v>17797.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>2898.45</v>
+        <v>22780.8</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>9656.61</v>
+        <v>29493</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>1</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>29493</v>
+        <v>31527</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>1</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
         <v>862.42</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="3">
-        <v>3700</v>
+        <v>3500</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>544.09</v>
+        <v>935.64</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="3">
-        <v>3300</v>
+        <v>2500</v>
       </c>
       <c r="G38" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
         <v>527.82</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F39" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="G39" s="3">
         <v>150</v>
       </c>
       <c r="H39" s="3">
         <v>150</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>935.64</v>
+        <v>507.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="3">
-        <v>500</v>
+        <v>6450</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>507.48</v>
+        <v>859.36</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F41" s="3">
-        <v>1350</v>
+        <v>200</v>
       </c>
       <c r="G41" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>859.36</v>
+        <v>544.09</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F42" s="3">
-        <v>900</v>
+        <v>2250</v>
       </c>
       <c r="G42" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>51.52</v>
+        <v>242.65</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>9150</v>
+        <v>4502</v>
       </c>
       <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>8000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>242.65</v>
+        <v>51.52</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>6250</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>8000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
         <v>5176.49</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>56</v>
+        <v>241</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>8</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
         <v>5695.2</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
         <v>7729.2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>1</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
         <v>10475.1</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
         <v>13017.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
         <v>3457.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A47:I47"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>