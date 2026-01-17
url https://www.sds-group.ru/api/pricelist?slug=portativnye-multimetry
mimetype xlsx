--- v0 (2025-10-14)
+++ v1 (2026-01-17)
@@ -42,288 +42,288 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Портативные мультиметры</t>
   </si>
   <si>
+    <t>13-3011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-3021</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3012</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 (DT832) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3013</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 (DT838) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3014</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр М-182 (DT-182) PROconnect</t>
+  </si>
+  <si>
     <t>13-3022</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...32 lines deleted...]
-    <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
+    <t>13-2009</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M320 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2004</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2001</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2007</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L MASTECH</t>
+  </si>
+  <si>
+    <t>13-2008</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838 в кожухе с прозвонкой и измерением температуры MASTECH</t>
+  </si>
+  <si>
+    <t>13-2026</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MS8238 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2045</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2044</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2002</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830BZ MASTECH</t>
+  </si>
+  <si>
+    <t>13-2003</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2006</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M300 MASTECH</t>
   </si>
   <si>
     <t>13-2010</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS830B MASTECH</t>
   </si>
   <si>
-    <t>13-2001</t>
-[...64 lines deleted...]
-  <si>
     <t>13-2046</t>
   </si>
   <si>
     <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
   </si>
   <si>
-    <t>13-2003</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр M832 MASTECH</t>
+    <t>13-0051</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
+  </si>
+  <si>
+    <t>13-0063</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133B</t>
+  </si>
+  <si>
+    <t>13-0083</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT118B</t>
+  </si>
+  <si>
+    <t>13-0010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120A</t>
   </si>
   <si>
     <t>13-0055</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33A+ </t>
   </si>
   <si>
     <t>13-0056</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33B+ </t>
   </si>
   <si>
+    <t>13-0062</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133A</t>
+  </si>
+  <si>
     <t>13-0058</t>
   </si>
   <si>
     <t>Портативный мультиметр UNI-T UT33D+</t>
   </si>
   <si>
+    <t>13-0020</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный UNI-T UT123</t>
+  </si>
+  <si>
     <t>13-0019</t>
   </si>
   <si>
     <t>Портативный мультиметр UNI-T UT120C</t>
   </si>
   <si>
-    <t>13-0063</t>
-[...2 lines deleted...]
-    <t>Мультиметр универсальный UNI-T UT133B</t>
+    <t>13-0057</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33C+</t>
   </si>
   <si>
     <t>13-0052</t>
   </si>
   <si>
     <t>Мультиметр портативный СМАРТ UNI-T UT122</t>
   </si>
   <si>
-    <t>13-0062</t>
-[...32 lines deleted...]
-    <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
+    <t>13-3125</t>
+  </si>
+  <si>
+    <t>Мультиметр-пробник цифровой R8211 REXANT</t>
+  </si>
+  <si>
+    <t>13-3100</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R109L REXANT</t>
+  </si>
+  <si>
+    <t>13-3115</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R131A REXANT</t>
+  </si>
+  <si>
+    <t>13-3106</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R830L REXANT</t>
+  </si>
+  <si>
+    <t>13-3120</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R124B REXANT</t>
+  </si>
+  <si>
+    <t>13-3112</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R113C REXANT</t>
   </si>
   <si>
     <t>13-3109</t>
   </si>
   <si>
     <t>Мультиметр портативный R113A REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Мультиметр портативный R113C REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -708,51 +708,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -776,1162 +776,1162 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1200</v>
+        <v>518.67</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2050</v>
+        <v>2927</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1000</v>
+        <v>1017</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4943</v>
+        <v>2787</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>670</v>
+        <v>549.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>7928</v>
+        <v>245</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>570</v>
+        <v>630.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>12382</v>
+        <v>728</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>690</v>
+        <v>681.39</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6751</v>
+        <v>3544</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>540</v>
+        <v>1220.4</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6199</v>
+        <v>1003</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2160</v>
+        <v>2400.12</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>480</v>
+        <v>75</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1850</v>
+        <v>1708.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1145</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1810</v>
+        <v>1881.45</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>367</v>
+        <v>1124</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2700</v>
+        <v>2237.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>307</v>
+        <v>5556</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>4220</v>
+        <v>2288.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>624</v>
+        <v>3248</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2250</v>
+        <v>2745.9</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4167</v>
+        <v>254</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2200</v>
+        <v>4393.44</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6352</v>
+        <v>560</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2360</v>
+        <v>4291.74</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>205</v>
+        <v>409</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1950</v>
+        <v>1983.15</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>828</v>
+        <v>728</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1680</v>
+        <v>2105.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>667</v>
+        <v>294</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>2200</v>
+        <v>2237.4</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>948</v>
+        <v>869</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>4320</v>
+        <v>1840.77</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>626</v>
+        <v>321</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>5447.69</v>
+        <v>2196.72</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>191</v>
+        <v>393</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>2070</v>
+        <v>4678.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>314</v>
+        <v>114</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2560</v>
+        <v>3559.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>2100</v>
+        <v>3559.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>5064</v>
+        <v>64</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2080</v>
+        <v>4366.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>75</v>
+        <v>208</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4150</v>
+        <v>3183.21</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>187</v>
+        <v>68</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>3829.29</v>
+        <v>2603.52</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>60</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>4250</v>
+        <v>1983.15</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>26</v>
+        <v>1680</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>4100</v>
+        <v>4169.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3130</v>
+        <v>2013.66</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>2070</v>
+        <v>2196.72</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>257</v>
+        <v>40</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>60</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>5301</v>
+        <v>4220.55</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>214</v>
+        <v>156</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>2160</v>
+        <v>2105.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>192</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>60</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>3795</v>
+        <v>4322.25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2100</v>
+        <v>1830.6</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>783</v>
+        <v>2551</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>4111.7</v>
+        <v>1423.8</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>3100</v>
+        <v>2847.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>465</v>
+        <v>215</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>1800</v>
+        <v>1961.28</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>1670</v>
+        <v>3335.76</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>309</v>
+        <v>211</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>1928.5</v>
+        <v>3661.2</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>560</v>
+        <v>438</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>3890</v>
+        <v>2135.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>