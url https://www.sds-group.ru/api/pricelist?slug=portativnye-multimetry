--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -42,270 +42,270 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Портативные мультиметры</t>
   </si>
   <si>
+    <t>13-3021</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>13-3011</t>
   </si>
   <si>
     <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+    <t>13-3022</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
   </si>
   <si>
     <t>13-3012</t>
   </si>
   <si>
     <t>Портативный мультиметр M832 (DT832) PROconnect</t>
   </si>
   <si>
     <t>13-3013</t>
   </si>
   <si>
     <t>Портативный мультиметр M838 (DT838) PROconnect</t>
   </si>
   <si>
     <t>13-3014</t>
   </si>
   <si>
     <t>Портативный мультиметр М-182 (DT-182) PROconnect</t>
   </si>
   <si>
-    <t>13-3022</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
+    <t>13-2046</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2001</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B MASTECH</t>
   </si>
   <si>
     <t>13-2009</t>
   </si>
   <si>
     <t>Портативный мультиметр M320 MASTECH</t>
   </si>
   <si>
+    <t>13-2010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2002</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830BZ MASTECH</t>
+  </si>
+  <si>
+    <t>13-2003</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 MASTECH</t>
+  </si>
+  <si>
     <t>13-2004</t>
   </si>
   <si>
     <t>Портативный мультиметр M838 MASTECH</t>
   </si>
   <si>
-    <t>13-2001</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр M830B MASTECH</t>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2044</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2006</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M300 MASTECH</t>
   </si>
   <si>
     <t>13-2007</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS830L MASTECH</t>
   </si>
   <si>
     <t>13-2008</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS838 в кожухе с прозвонкой и измерением температуры MASTECH</t>
   </si>
   <si>
     <t>13-2026</t>
   </si>
   <si>
     <t>Портативный мультиметр MS8238 MASTECH</t>
   </si>
   <si>
     <t>13-2045</t>
   </si>
   <si>
     <t>Цифровой мультиметр-пробник MS8211D MASTECH</t>
   </si>
   <si>
-    <t>13-2044</t>
-[...38 lines deleted...]
-    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+    <t>13-0057</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33C+</t>
+  </si>
+  <si>
+    <t>13-0058</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33D+</t>
+  </si>
+  <si>
+    <t>13-0019</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120C</t>
+  </si>
+  <si>
+    <t>13-0020</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный UNI-T UT123</t>
+  </si>
+  <si>
+    <t>13-0083</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT118B</t>
   </si>
   <si>
     <t>13-0051</t>
   </si>
   <si>
     <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
   </si>
   <si>
     <t>13-0063</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT133B</t>
   </si>
   <si>
-    <t>13-0083</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0010</t>
   </si>
   <si>
     <t>Портативный мультиметр UNI-T UT120A</t>
   </si>
   <si>
     <t>13-0055</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33A+ </t>
   </si>
   <si>
     <t>13-0056</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33B+ </t>
   </si>
   <si>
     <t>13-0062</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT133A</t>
   </si>
   <si>
-    <t>13-0058</t>
-[...22 lines deleted...]
-  <si>
     <t>13-0052</t>
   </si>
   <si>
     <t>Мультиметр портативный СМАРТ UNI-T UT122</t>
   </si>
   <si>
+    <t>13-3115</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R131A REXANT</t>
+  </si>
+  <si>
     <t>13-3125</t>
   </si>
   <si>
     <t>Мультиметр-пробник цифровой R8211 REXANT</t>
   </si>
   <si>
+    <t>13-3106</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R830L REXANT</t>
+  </si>
+  <si>
     <t>13-3100</t>
   </si>
   <si>
     <t>Мультиметр портативный R109L REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Мультиметр портативный R830L REXANT</t>
   </si>
   <si>
     <t>13-3120</t>
   </si>
   <si>
     <t>Мультиметр портативный R124B REXANT</t>
   </si>
   <si>
     <t>13-3112</t>
   </si>
   <si>
     <t>Мультиметр портативный R113C REXANT</t>
   </si>
   <si>
     <t>13-3109</t>
   </si>
   <si>
     <t>Мультиметр портативный R113A REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
@@ -708,51 +708,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -776,1162 +776,1162 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>518.67</v>
+        <v>1017</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2927</v>
+        <v>1924</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1017</v>
+        <v>518.67</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2787</v>
+        <v>4382</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>549.18</v>
+        <v>1220.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>630.54</v>
+        <v>549.18</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>728</v>
+        <v>3965</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>681.39</v>
+        <v>630.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3544</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1220.4</v>
+        <v>681.39</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1003</v>
+        <v>4857</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2400.12</v>
+        <v>4678.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1708.56</v>
+        <v>1881.45</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>1103</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1881.45</v>
+        <v>2400.12</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1124</v>
+        <v>21</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2237.4</v>
+        <v>2196.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5556</v>
+        <v>343</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2288.25</v>
+        <v>1983.15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3248</v>
+        <v>690</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2745.9</v>
+        <v>2105.19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4393.44</v>
+        <v>1708.56</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>4291.74</v>
+        <v>2237.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>409</v>
+        <v>785</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1983.15</v>
+        <v>4291.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>728</v>
+        <v>317</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2105.19</v>
+        <v>1840.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
         <v>2237.4</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>869</v>
+        <v>4889</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1840.77</v>
+        <v>2288.25</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>321</v>
+        <v>2840</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2196.72</v>
+        <v>2745.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>393</v>
+        <v>214</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>4678.2</v>
+        <v>4393.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>114</v>
+        <v>531</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>3559.5</v>
+        <v>2105.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>3559.5</v>
+        <v>2013.66</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>4366.8</v>
+        <v>4220.55</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>208</v>
+        <v>136</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>3183.21</v>
+        <v>2196.72</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2603.52</v>
+        <v>4366.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>39</v>
+        <v>205</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1983.15</v>
+        <v>3559.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>4169.7</v>
+        <v>3559.5</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>2013.66</v>
+        <v>3183.21</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>2196.72</v>
+        <v>2603.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>60</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>4220.55</v>
+        <v>1983.15</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>156</v>
+        <v>1490</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>2105.19</v>
+        <v>4169.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
         <v>4322.25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1830.6</v>
+        <v>2847.6</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>2551</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>1423.8</v>
+        <v>1830.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>2317</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>2847.6</v>
+        <v>1961.28</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>1961.28</v>
+        <v>1423.8</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
         <v>3335.76</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>3661.2</v>
+        <v>3100</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>438</v>
+        <v>273</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
         <v>2135.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>569</v>
+        <v>306</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>