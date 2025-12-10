--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Предохранители</t>
   </si>
   <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>80-7021</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>наб.</t>
   </si>
   <si>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
+  </si>
+  <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
     <t>80-7024</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
   </si>
   <si>
-    <t>80-7023</t>
-[...2 lines deleted...]
-    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
   </si>
   <si>
     <t>80-7022</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
   </si>
   <si>
-    <t>16-0424</t>
-[...5 lines deleted...]
-    <t>шт</t>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
   </si>
   <si>
     <t>16-0421-4</t>
   </si>
   <si>
     <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
-  </si>
-[...106 lines deleted...]
-    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozaschischennyy-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,727 +689,727 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>73</v>
+        <v>3.96</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8228</v>
+        <v>10800</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>580</v>
+        <v>73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>1125</v>
+        <v>7939</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="3">
+        <v>88</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>501</v>
+        <v>1866</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>72</v>
+        <v>3.96</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>11051</v>
+        <v>41950</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>12000</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>145</v>
+        <v>29.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2514</v>
+        <v>20150</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>72</v>
+        <v>550</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>15600</v>
+        <v>537</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>3.96</v>
+        <v>580</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>28050</v>
+        <v>859</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12000</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>29.95</v>
+        <v>145</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>22650</v>
+        <v>525</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>11675</v>
+        <v>5606</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>2.47</v>
+        <v>205</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>37300</v>
+        <v>429</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>4.32</v>
+        <v>80</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3000</v>
+        <v>13382</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>4.32</v>
+        <v>2.22</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48300</v>
+        <v>34050</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
         <v>10000</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>3.96</v>
+        <v>4.32</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>8000</v>
+        <v>73999</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>10000</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>245</v>
+        <v>205</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>2795</v>
+        <v>1336</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>205</v>
+        <v>72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1500</v>
+        <v>29650</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>205</v>
+        <v>3.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>528</v>
+        <v>31850</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>205</v>
+        <v>4.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>639</v>
+        <v>14400</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>88</v>
+        <v>4.32</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2526</v>
+        <v>4100</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>10000</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
         <v>4.32</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>107049</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>50</v>
       </c>
       <c r="H21" s="3">
         <v>10000</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>4.32</v>
+        <v>245</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>34050</v>
+        <v>1259</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10000</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>3.96</v>
+        <v>205</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>36900</v>
+        <v>481</v>
       </c>
       <c r="G23" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>2.33</v>
+        <v>2.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>46100</v>
+        <v>42200</v>
       </c>
       <c r="G24" s="3">
         <v>50</v>
       </c>
       <c r="H24" s="3">
         <v>10000</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
         <v>4.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>7350</v>
+        <v>15600</v>
       </c>
       <c r="G25" s="3">
         <v>50</v>
       </c>
       <c r="H25" s="3">
         <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
         <v>72</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>49000</v>
+        <v>10450</v>
       </c>
       <c r="G26" s="3">
         <v>50</v>
       </c>
       <c r="H26" s="3">
         <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>