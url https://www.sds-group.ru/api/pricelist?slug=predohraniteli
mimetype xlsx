--- v1 (2025-12-10)
+++ v2 (2026-02-14)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Предохранители</t>
   </si>
   <si>
+    <t>80-7021</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>80-7022</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
+  </si>
+  <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
     <t>80-7111</t>
   </si>
   <si>
     <t>Предохранитель автомобильный Мини, 15А REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>наб.</t>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7024</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>16-0421-4</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
+  </si>
+  <si>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
   </si>
   <si>
     <t>80-7125</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
-  </si>
-[...124 lines deleted...]
-    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozaschischennyy-na-provode-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3.96</v>
+        <v>74.24</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>10800</v>
+        <v>9269</v>
       </c>
       <c r="G3" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>73</v>
+        <v>73.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7939</v>
+        <v>10534</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>88</v>
+        <v>4.03</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>1866</v>
+        <v>34850</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>12000</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>3.96</v>
+        <v>30.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>41950</v>
+        <v>15700</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>12000</v>
+        <v>1200</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>29.95</v>
+        <v>81.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>20150</v>
+        <v>17542</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>550</v>
+        <v>4.03</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>537</v>
+        <v>3500</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>580</v>
+        <v>4.03</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>859</v>
+        <v>28150</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>145</v>
+        <v>1.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>525</v>
+        <v>39250</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>72</v>
+        <v>2.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>5606</v>
+        <v>31900</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>205</v>
+        <v>4.39</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>429</v>
+        <v>19250</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>80</v>
+        <v>249.17</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>13382</v>
+        <v>1847</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>2.22</v>
+        <v>208.49</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>34050</v>
+        <v>1227</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>4.32</v>
+        <v>208.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>73999</v>
+        <v>393</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>205</v>
+        <v>73.22</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>1336</v>
+        <v>27650</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>72</v>
+        <v>4.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>29650</v>
+        <v>71600</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>3.96</v>
+        <v>559.35</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>31850</v>
+        <v>426</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>4.32</v>
+        <v>4.39</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>14400</v>
+        <v>17400</v>
       </c>
       <c r="G19" s="3">
         <v>50</v>
       </c>
       <c r="H19" s="3">
         <v>10000</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>4.32</v>
+        <v>589.86</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4100</v>
+        <v>703</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>4.32</v>
+        <v>73.22</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>21100</v>
       </c>
       <c r="G21" s="3">
         <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>245</v>
+        <v>208.49</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1259</v>
+        <v>355</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>205</v>
+        <v>4.39</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F23" s="3">
-        <v>481</v>
+        <v>19950</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H23" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>2.1</v>
+        <v>147.47</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F24" s="3">
-        <v>42200</v>
+        <v>2004</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>4.32</v>
+        <v>4.39</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>15600</v>
+        <v>28499</v>
       </c>
       <c r="G25" s="3">
         <v>50</v>
       </c>
       <c r="H25" s="3">
         <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>72</v>
+        <v>89.5</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>10450</v>
+        <v>1496</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>