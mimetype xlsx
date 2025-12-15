--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -42,393 +42,393 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Припой</t>
   </si>
   <si>
-    <t>1.1 Припой с канифолью</t>
+    <t>1.1 Припой без канифоли</t>
+  </si>
+  <si>
+    <t>09-3093</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3591</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3513</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3120</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3490</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3563</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3541</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3511</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3501</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3503</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3507</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3815</t>
+  </si>
+  <si>
+    <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
+  </si>
+  <si>
+    <t>1.2 Припой с канифолью</t>
+  </si>
+  <si>
+    <t>09-3115</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1,5мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3108</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø0,8мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
   </si>
   <si>
     <t>09-3110</t>
   </si>
   <si>
     <t>Припой с канифолью ПОС-61, 1м, Ø1мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Припой с канифолью ПОС-61, 1м, Ø1,5мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+    <t>09-3103</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø1мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3100</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3173</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3361</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3313</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3170</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3413</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1000г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3101</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3171</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
   </si>
   <si>
     <t>09-3223</t>
   </si>
   <si>
     <t>Припой с канифолью, 100г, Ø2мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
   </si>
   <si>
+    <t>09-3323</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
     <t>09-3383</t>
   </si>
   <si>
     <t>Припой с канифолью, 500г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
   </si>
   <si>
-    <t>09-3323</t>
-[...4 lines deleted...]
-  <si>
     <t>09-3393</t>
   </si>
   <si>
     <t>Припой с канифолью, 500г, Ø3мм, (олово 60%, свинец 40%), катушка REXANT</t>
   </si>
   <si>
-    <t>09-3361</t>
-[...4 lines deleted...]
-  <si>
     <t>09-3130</t>
   </si>
   <si>
     <t>Припой с канифолью, 1м, Ø0,8мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
   </si>
   <si>
     <t>09-3140</t>
   </si>
   <si>
     <t>Припой с канифолью, 1м, Ø1мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
   </si>
   <si>
+    <t>09-3150</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø2мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
     <t>09-3099</t>
   </si>
   <si>
     <t>Припой с канифолью ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
   </si>
   <si>
-    <t>09-3100</t>
-[...8 lines deleted...]
-    <t>Припой с канифолью ПОС-61, 1м, Ø0,8мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+    <t>09-3102</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3312</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3104</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø2мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3363</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3201</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø0,5мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
   </si>
   <si>
     <t>09-3203</t>
   </si>
   <si>
     <t>Припой с канифолью, 100г, Ø1мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
   </si>
   <si>
-    <t>09-3312</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3311</t>
   </si>
   <si>
     <t>Припой с канифолью, 250г, Ø0,6мм, (олово 60%, свинец 40%), катушка REXANT</t>
   </si>
   <si>
-    <t>09-3171</t>
-[...64 lines deleted...]
-  <si>
     <t>09-3172</t>
   </si>
   <si>
     <t>Припой с канифолью ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
   </si>
   <si>
     <t>09-3174</t>
   </si>
   <si>
     <t>Припой с канифолью ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
-  </si>
-[...160 lines deleted...]
-    <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -813,51 +813,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-2mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-2mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-2mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-3mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-0-8mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-0-8mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-1mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-1mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-8mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-1mm-olovo-60-svinets-40-kolba-karandash-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-6mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-2mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-2mm-olovo-60-svinets-40-kolba-karandash-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-0-5mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-20659" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant-15702" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-15710" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant-13745" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant-29568" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant-29569" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29578" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-15707" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant-13741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant-13736" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant-7728" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant-29570" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant-13737" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-15708" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-15703" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-15713" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20662" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20660" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant-29571" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29579" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20661" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-1mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29577" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-1mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29581" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29582" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka-15322" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant-7991" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant-7989" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1mm-olovo-61-svinets-39-spiral-konvert-rexant-7990" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-1mm-olovo-60-svinets-40-kolba-karandash-rexant-4262" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20366" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-29575" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-13356" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-29572" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-123" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-29573" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-2mm-olovo-60-svinets-40-katushka-blister-rexant-10056" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11712" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-3mm-olovo-60-svinets-40-katushka-rexant-13357" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-0-8mm-olovo-60-svinets-40-spiral-blister-rexant-15049" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-1mm-olovo-60-svinets-40-spiral-blister-rexant-15048" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-2mm-olovo-60-svinets-40-spiral-blister-rexant-15050" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20367" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20365" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-2007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-2mm-olovo-60-svinets-40-kolba-karandash-rexant-20368" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-0-5mm-olovo-60-svinets-40-katushka-blister-rexant-20589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-1mm-olovo-60-svinets-40-katushka-blister-rexant-2005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-6mm-olovo-60-svinets-40-katushka-rexant-2006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-29574" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-29576" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I59"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -894,1686 +894,1686 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>185.72</v>
+        <v>180</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1182</v>
+        <v>2811</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
         <v>600</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>314.19</v>
+        <v>499</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>512</v>
+        <v>135</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>600</v>
+        <v>420</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1099</v>
+        <v>1089.04</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>10305</v>
+        <v>1897</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>7239.42</v>
+        <v>2988.89</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>603</v>
+        <v>190</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>2900</v>
+        <v>24249.2</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1437</v>
+        <v>10</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="3">
+        <v>30500</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>1000</v>
+        <v>6</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>6208.76</v>
+        <v>1650</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1209</v>
+        <v>54</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>168.88</v>
+        <v>1166.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>11822</v>
+        <v>763</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>220.08</v>
+        <v>1493.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5721</v>
+        <v>368</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>400</v>
+        <v>125</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>148</v>
+        <v>1960.96</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1478</v>
+        <v>1068</v>
       </c>
       <c r="G13" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>600</v>
+        <v>125</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>163</v>
+        <v>559</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1912</v>
+        <v>68</v>
       </c>
       <c r="G14" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>600</v>
+        <v>420</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>150.67</v>
+        <v>42000</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>2367</v>
+        <v>13</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1099</v>
+        <v>1699</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>17398</v>
+        <v>406</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2949</v>
+        <v>1089.04</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1273</v>
+        <v>960</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>229</v>
+        <v>1166.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>63808</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>2949</v>
+        <v>1166.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>642</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>80</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1178.53</v>
+        <v>163</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1438</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>407.76</v>
+        <v>255.8</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3552</v>
+        <v>2056</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>255.8</v>
+        <v>56500</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F22" s="3">
-        <v>741</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>229</v>
+        <v>6100</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7399</v>
+        <v>9</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>6307.87</v>
+        <v>148</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1721</v>
+        <v>2607</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1099</v>
+        <v>1789</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>3981</v>
+        <v>753</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>11584.3</v>
+        <v>1789</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1095</v>
+        <v>890</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2900</v>
+        <v>1750.86</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3525</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>180</v>
+        <v>6399</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>14720</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>600</v>
+        <v>15</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1190.21</v>
+        <v>880</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1166.85</v>
+        <v>314.19</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4</v>
+        <v>2289</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>1079</v>
+        <v>150.67</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>96</v>
+        <v>3742</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
+      <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3">
+        <v>185.72</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>3874</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>600</v>
+      </c>
+      <c r="I33" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>559</v>
+        <v>229</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>442</v>
+        <v>43587</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>420</v>
+        <v>500</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>1699</v>
+        <v>163</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>688</v>
+        <v>2508</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H35" s="3">
-        <v>125</v>
+        <v>600</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1493.85</v>
+        <v>1099</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>307</v>
+        <v>335</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>1166.85</v>
+        <v>6208.76</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>286</v>
+        <v>1019</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="3">
+        <v>2900</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>2478</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>148</v>
+        <v>1190.21</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1195</v>
+        <v>111</v>
       </c>
       <c r="G39" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>163</v>
+        <v>11584.3</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1343</v>
+        <v>700</v>
       </c>
       <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
         <v>20</v>
       </c>
-      <c r="H40" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>2988.89</v>
+        <v>180</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>179</v>
+        <v>20884</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H41" s="3">
-        <v>125</v>
+        <v>600</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>1960.96</v>
+        <v>1178.53</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1643</v>
+        <v>1028</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>1166.85</v>
+        <v>1099</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>439</v>
+        <v>8163</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>1166.85</v>
+        <v>2900</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>403</v>
+        <v>1066</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>1089.04</v>
+        <v>7239.42</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>701</v>
+        <v>393</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>1089.04</v>
+        <v>6873.46</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>553</v>
+        <v>992</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>42000</v>
+        <v>168.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>8</v>
+        <v>10039</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2</v>
+        <v>400</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>24249.2</v>
+        <v>220.08</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>7</v>
+        <v>4952</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>2</v>
+        <v>400</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>1789</v>
+        <v>407.76</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>296</v>
+        <v>2134</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>1750.86</v>
+        <v>148</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>69</v>
+        <v>322</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>6100</v>
+        <v>255.8</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>8</v>
+        <v>1376</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H51" s="3">
-        <v>15</v>
+        <v>600</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>255.8</v>
+        <v>2949</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2527</v>
+        <v>995</v>
       </c>
       <c r="G52" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>180</v>
+        <v>229</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1944</v>
+        <v>6754</v>
       </c>
       <c r="G53" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>32119.4</v>
+        <v>6307.87</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>4</v>
+        <v>1678</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>56500</v>
+        <v>1099</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>14</v>
+        <v>3763</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>1650</v>
+        <v>1099</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>74</v>
+        <v>14930</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>1789</v>
+        <v>2949</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>203</v>
+        <v>494</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>80</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>6399</v>
+        <v>1166.85</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>4</v>
+        <v>151</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>1166.85</v>
+        <v>1079</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>179</v>
+        <v>578</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A30:I30"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
-    <hyperlink ref="D30" r:id="rId27"/>
-[...1 lines deleted...]
-    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>