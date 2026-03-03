--- v1 (2025-12-15)
+++ v2 (2026-03-03)
@@ -42,393 +42,393 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Припой</t>
   </si>
   <si>
-    <t>1.1 Припой без канифоли</t>
+    <t>1.1 Припой с канифолью</t>
+  </si>
+  <si>
+    <t>09-3108</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø0,8мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3115</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1,5мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3323</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3383</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3393</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø3мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3100</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3363</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3313</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3101</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3170</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3171</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3173</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3201</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø0,5мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3130</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø0,8мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3140</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø1мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3150</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø2мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3174</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3099</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3102</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3104</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø2мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3413</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1000г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3203</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø1мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3311</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,6мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3103</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø1мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3361</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3172</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3223</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø2мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3110</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3312</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Припой без канифоли</t>
+  </si>
+  <si>
+    <t>09-3591</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3563</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3511</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3490</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3120</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3541</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3513</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3503</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3507</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
     <t>09-3093</t>
   </si>
   <si>
     <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...133 lines deleted...]
-  <si>
     <t>09-3501</t>
   </si>
   <si>
     <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
-    <t>09-3503</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3815</t>
   </si>
   <si>
     <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
-  </si>
-[...175 lines deleted...]
-    <t>Припой с канифолью ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -813,51 +813,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-20659" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant-15702" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-15710" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant-13745" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant-29568" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant-29569" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29578" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-15707" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant-13741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant-13736" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant-7728" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant-29570" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant-13737" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-15708" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-15703" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-15713" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20662" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20660" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant-29571" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29579" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20661" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-1mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29577" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-1mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29581" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29582" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka-15322" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant-7991" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant-7989" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1mm-olovo-61-svinets-39-spiral-konvert-rexant-7990" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-1mm-olovo-60-svinets-40-kolba-karandash-rexant-4262" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20366" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-29575" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-13356" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-29572" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-123" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-29573" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-2mm-olovo-60-svinets-40-katushka-blister-rexant-10056" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11712" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-3mm-olovo-60-svinets-40-katushka-rexant-13357" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-0-8mm-olovo-60-svinets-40-spiral-blister-rexant-15049" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-1mm-olovo-60-svinets-40-spiral-blister-rexant-15048" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-2mm-olovo-60-svinets-40-spiral-blister-rexant-15050" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20367" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20365" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-2007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-2mm-olovo-60-svinets-40-kolba-karandash-rexant-20368" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-0-5mm-olovo-60-svinets-40-katushka-blister-rexant-20589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-1mm-olovo-60-svinets-40-katushka-blister-rexant-2005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-6mm-olovo-60-svinets-40-katushka-rexant-2006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-29574" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-29576" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-2mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-2mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-3mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-0-5mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-0-8mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-1mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-2mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-2mm-olovo-60-svinets-40-kolba-karandash-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-1mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-6mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-1mm-olovo-60-svinets-40-kolba-karandash-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-0-8mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-2mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-8mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I59"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -894,1686 +894,1686 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>180</v>
+        <v>153.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2811</v>
+        <v>2111</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>600</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>499</v>
+        <v>319.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>135</v>
+        <v>2102</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>420</v>
+        <v>600</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1089.04</v>
+        <v>2949.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1897</v>
+        <v>634</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2988.89</v>
+        <v>7362.49</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>190</v>
+        <v>502</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>24249.2</v>
+        <v>6990.31</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>30500</v>
+        <v>165.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>6</v>
+        <v>1538</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1650</v>
+        <v>6415.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>54</v>
+        <v>1774</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1166.85</v>
+        <v>2949.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>763</v>
+        <v>3068</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1493.85</v>
+        <v>183.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>368</v>
+        <v>10915</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H12" s="3">
-        <v>125</v>
+        <v>600</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>1960.96</v>
+        <v>1210.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1068</v>
+        <v>230</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>559</v>
+        <v>1198.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>68</v>
+        <v>788</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>42000</v>
+        <v>1117.68</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>13</v>
+        <v>299</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>1699</v>
+        <v>1117.68</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>406</v>
+        <v>3139</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>1089.04</v>
+        <v>171.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>960</v>
+        <v>7515</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1166.85</v>
+        <v>223.82</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>4042</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>1166.85</v>
+        <v>414.69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>3363</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>163</v>
+        <v>1097.34</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1438</v>
+        <v>520</v>
       </c>
       <c r="G20" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>255.8</v>
+        <v>150.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2056</v>
+        <v>2456</v>
       </c>
       <c r="G21" s="3">
         <v>20</v>
       </c>
       <c r="H21" s="3">
         <v>600</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>56500</v>
+        <v>260.15</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>3800</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>6100</v>
+        <v>232.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>9</v>
+        <v>5781</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>15</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>148</v>
+        <v>11781.23</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2607</v>
+        <v>752</v>
       </c>
       <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
         <v>20</v>
       </c>
-      <c r="H24" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>1789</v>
+        <v>1117.68</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>753</v>
+        <v>14876</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>1789</v>
+        <v>2999.13</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>890</v>
+        <v>322</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>80</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1750.86</v>
+        <v>232.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>54818</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>6399</v>
+        <v>6314.31</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>665</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3">
+        <v>1186.69</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>0</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>80</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C29" s="3">
-[...22 lines deleted...]
-      <c r="A30" s="2" t="s">
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="2"/>
-[...6 lines deleted...]
-      <c r="I30" s="2"/>
+      <c r="C30" s="3">
+        <v>1117.68</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>9069</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>96</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>314.19</v>
+        <v>188.88</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2289</v>
+        <v>2833</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>600</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>150.67</v>
+        <v>2999.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>3742</v>
+        <v>767</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>229</v>
+        <v>3039.7</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>43587</v>
+        <v>260</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>500</v>
+        <v>125</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>163</v>
+        <v>165.77</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2508</v>
+        <v>2940</v>
       </c>
       <c r="G35" s="3">
         <v>20</v>
       </c>
       <c r="H35" s="3">
         <v>600</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3">
+        <v>24661.44</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C36" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F36" s="3">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>6208.76</v>
+        <v>31018.5</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="F37" s="3">
-        <v>1019</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>2900</v>
+        <v>42714</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="F38" s="3">
-        <v>2478</v>
+        <v>2</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>1190.21</v>
+        <v>57460.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="F39" s="3">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>11584.3</v>
+        <v>1819.41</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>180</v>
+        <v>6203.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>20884</v>
+        <v>9</v>
       </c>
       <c r="G41" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>600</v>
+        <v>15</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>1178.53</v>
+        <v>568.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1028</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>1099</v>
+        <v>1186.69</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>8163</v>
+        <v>455</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>96</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>2900</v>
+        <v>1186.69</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1066</v>
+        <v>1554</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>7239.42</v>
+        <v>1186.69</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>6873.46</v>
+        <v>1107.55</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>992</v>
+        <v>1158</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>168.88</v>
+        <v>1107.55</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>10039</v>
+        <v>982</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>220.08</v>
+        <v>507.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>4952</v>
+        <v>66</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>400</v>
+        <v>420</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>407.76</v>
+        <v>1519.25</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2134</v>
+        <v>303</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>400</v>
+        <v>125</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>148</v>
+        <v>1727.88</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="G50" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>600</v>
+        <v>125</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>255.8</v>
+        <v>1994.3</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1376</v>
+        <v>822</v>
       </c>
       <c r="G51" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>600</v>
+        <v>125</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>2949</v>
+        <v>150.52</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>995</v>
+        <v>356</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H52" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>229</v>
+        <v>260.15</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>6754</v>
+        <v>1365</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>6307.87</v>
+        <v>1678.05</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1678</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>1099</v>
+        <v>1780.62</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>3763</v>
+        <v>20</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>1099</v>
+        <v>6507.78</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>14930</v>
+        <v>56</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>2949</v>
+        <v>183.06</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>494</v>
+        <v>2463</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H57" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>1166.85</v>
+        <v>1819.41</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>80</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>1079</v>
+        <v>894.96</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>578</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A33:I33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
-    <hyperlink ref="D31" r:id="rId27"/>
-[...1 lines deleted...]
-    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>