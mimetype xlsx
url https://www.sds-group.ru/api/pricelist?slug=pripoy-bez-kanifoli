--- v0 (2025-10-15)
+++ v1 (2026-01-16)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Припой без канифоли</t>
   </si>
   <si>
+    <t>09-3093</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>09-3490</t>
   </si>
   <si>
     <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>09-3501</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3120</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
   </si>
   <si>
     <t>09-3541</t>
   </si>
   <si>
     <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
   </si>
   <si>
-    <t>09-3531</t>
-[...26 lines deleted...]
-    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
   </si>
   <si>
     <t>09-3591</t>
   </si>
   <si>
     <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
   </si>
   <si>
-    <t>09-3561</t>
-[...26 lines deleted...]
-    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
   </si>
   <si>
     <t>09-3563</t>
   </si>
   <si>
     <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...5 lines deleted...]
-    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
   </si>
   <si>
     <t>09-3511</t>
   </si>
   <si>
     <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
+    <t>09-3513</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
     <t>09-3503</t>
   </si>
   <si>
     <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
     <t>09-3507</t>
   </si>
   <si>
     <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
     <t>09-3815</t>
   </si>
   <si>
     <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -701,785 +701,785 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>559</v>
+        <v>183.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>442</v>
+        <v>4946</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H3" s="3">
-        <v>420</v>
+        <v>600</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1699</v>
+        <v>568.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>688</v>
+        <v>170</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>125</v>
+        <v>420</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1493.85</v>
+        <v>1819.41</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>307</v>
+        <v>281</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1166.85</v>
+        <v>1107.55</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>286</v>
+        <v>314</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>80</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>499</v>
+        <v>150.52</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>37</v>
+        <v>1832</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H7" s="3">
-        <v>420</v>
+        <v>600</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>148</v>
+        <v>165.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1195</v>
+        <v>3648</v>
       </c>
       <c r="G8" s="3">
         <v>20</v>
       </c>
       <c r="H8" s="3">
         <v>600</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>163</v>
+        <v>260.15</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1343</v>
+        <v>1870</v>
       </c>
       <c r="G9" s="3">
         <v>20</v>
       </c>
       <c r="H9" s="3">
         <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2988.89</v>
+        <v>1186.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>179</v>
+        <v>589</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1960.96</v>
+        <v>1186.69</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1643</v>
+        <v>529</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1166.85</v>
+        <v>1186.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>439</v>
+        <v>95</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1166.85</v>
+        <v>1107.55</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>403</v>
+        <v>359</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1089.04</v>
+        <v>507.48</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>701</v>
+        <v>136</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1089.04</v>
+        <v>1519.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>553</v>
+        <v>279</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>42000</v>
+        <v>1727.88</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>8</v>
+        <v>168</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>24249.2</v>
+        <v>1994.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7</v>
+        <v>1377</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1789</v>
+        <v>3039.7</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>296</v>
+        <v>413</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>24661.44</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C19" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>6100</v>
+        <v>31018.5</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>255.8</v>
+        <v>42714</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>2527</v>
+        <v>26</v>
       </c>
       <c r="G21" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>180</v>
+        <v>57460.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F22" s="3">
-        <v>1944</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>32119.4</v>
+        <v>1819.41</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>4</v>
+        <v>178</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>56500</v>
+        <v>1678.05</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>1650</v>
+        <v>6203.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1789</v>
+        <v>1780.62</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>203</v>
+        <v>75</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>80</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>6399</v>
+        <v>6507.78</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>15</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1166.85</v>
+        <v>894.96</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>