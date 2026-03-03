--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -42,207 +42,207 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Припой без канифоли</t>
   </si>
   <si>
+    <t>09-3591</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3563</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3511</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3490</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3120</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3541</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3513</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3503</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3507</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
     <t>09-3093</t>
   </si>
   <si>
     <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3501</t>
   </si>
   <si>
     <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
-  </si>
-[...133 lines deleted...]
-    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
     <t>09-3815</t>
   </si>
   <si>
     <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -701,762 +701,762 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>183.06</v>
+        <v>3039.7</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4946</v>
+        <v>260</v>
       </c>
       <c r="G3" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>600</v>
+        <v>125</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>568.5</v>
+        <v>165.77</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>170</v>
+        <v>2940</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
-        <v>420</v>
+        <v>600</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1819.41</v>
+        <v>24661.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3">
+        <v>31018.5</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>150.52</v>
+        <v>42714</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>1832</v>
+        <v>2</v>
       </c>
       <c r="G7" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>165.77</v>
+        <v>57460.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>3648</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>260.15</v>
+        <v>1819.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1870</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1186.69</v>
+        <v>6203.7</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>589</v>
+        <v>9</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>1186.69</v>
+        <v>568.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>529</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
         <v>1186.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>95</v>
+        <v>455</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>1107.55</v>
+        <v>1186.69</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>359</v>
+        <v>1554</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>507.48</v>
+        <v>1186.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>136</v>
+        <v>377</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>1519.25</v>
+        <v>1107.55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>279</v>
+        <v>1158</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>1727.88</v>
+        <v>1107.55</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>168</v>
+        <v>982</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>1994.3</v>
+        <v>507.48</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1377</v>
+        <v>66</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>125</v>
+        <v>420</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>3039.7</v>
+        <v>1519.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>413</v>
+        <v>303</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>125</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>24661.44</v>
+        <v>1727.88</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>10</v>
+        <v>327</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>31018.5</v>
+        <v>1994.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4</v>
+        <v>822</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>42714</v>
+        <v>150.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>26</v>
+        <v>356</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>57460.5</v>
+        <v>260.15</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1365</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1819.41</v>
+        <v>1678.05</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1678.05</v>
+        <v>1780.62</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>6203.7</v>
+        <v>6507.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>15</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1780.62</v>
+        <v>183.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>75</v>
+        <v>2463</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>6507.78</v>
+        <v>1819.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
         <v>894.96</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">