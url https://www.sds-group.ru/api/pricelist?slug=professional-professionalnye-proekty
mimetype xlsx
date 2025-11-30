--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,4870 +8,4912 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3098" uniqueCount="1606">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3126" uniqueCount="1620">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 PROFESSIONAL – Профессиональные проекты</t>
   </si>
   <si>
     <t>1.1 Аксессуары для уличных гирлянд</t>
   </si>
   <si>
     <t>1.1.1 Аксессуары для подключения</t>
   </si>
   <si>
+    <t>315-001</t>
+  </si>
+  <si>
+    <t>Блок питания для уличных гирлянд 230В, 4А, белый каучук, IP67 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>315-000</t>
   </si>
   <si>
     <t>Блок питания для уличных гирлянд 230В, 4А, черный каучук, IP67 NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>531-100</t>
   </si>
   <si>
     <t>Трансформатор 230 В - 24В, 40Вт</t>
   </si>
   <si>
+    <t>245-908</t>
+  </si>
+  <si>
+    <t>Контроллер с радиопультом для RGB-гирлянд</t>
+  </si>
+  <si>
+    <t>315-003</t>
+  </si>
+  <si>
+    <t>Блок питания для уличных гирлянд (без вилки) 4А, черный каучук, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-004</t>
+  </si>
+  <si>
+    <t>Блок питания для уличных гирлянд (без вилки) 4А, белый каучук, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>217-204</t>
+  </si>
+  <si>
+    <t>Контроллер с радиопультом для уличных гирлянд Сеть и Нить управляемая (твинкл), черный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-000</t>
+  </si>
+  <si>
+    <t>Контроллер с радиопультом для гирлянд ,IP44, ON/OFF/Таймер</t>
+  </si>
+  <si>
+    <t>235-000</t>
+  </si>
+  <si>
+    <t>Контроллер для уличных гирлянд с постоянным свечением Professional, 8 режимов</t>
+  </si>
+  <si>
+    <t>303-500-1</t>
+  </si>
+  <si>
+    <t>Блок питания для уличных гирлянд 230В, 3А, белый ПВХ, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-311</t>
+  </si>
+  <si>
+    <t>Блок питания (трансформатор) для уличных гирлянд 24В, 40Вт, алюминиевый корпус, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-500</t>
+  </si>
+  <si>
+    <t>Блок питания для уличных гирлянд 230В, 3А, черный ПВХ, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>531-312</t>
+  </si>
+  <si>
+    <t>Блок питания (трансформатор) для уличных гирлянд 24В, 60Вт, алюминиевый корпус, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>531-200</t>
   </si>
   <si>
     <t>Трансформатор 230В - 24В, 80 Вт, 2 разъема подключения NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-001</t>
-[...22 lines deleted...]
-  <si>
     <t>217-203</t>
   </si>
   <si>
     <t>Контроллер с радиопультом для уличных гирлянд Сеть и Нить управляемая (твинкл), белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-000</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.2 Аксессуары для монтажа</t>
   </si>
   <si>
+    <t>315-435</t>
+  </si>
+  <si>
+    <t>Коннектор (шнур) с проводами папа-мама, 2 pin, белый каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-436</t>
+  </si>
+  <si>
+    <t>Коннектор (шнур) с проводами папа-мама, 2 pin, черный каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>124-112</t>
+  </si>
+  <si>
+    <t>Коннектор-переходник (шнур) дюралайт – гирлянда NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-420</t>
+  </si>
+  <si>
+    <t>Удлинитель (шнур) для подключения уличных гирлянд 1м белый ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-434</t>
+  </si>
+  <si>
+    <t>Разветвитель-Y (шнур) для уличных гирлянд, 1 вход, 5 выходов, белый ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>123-014</t>
+  </si>
+  <si>
+    <t>Контроллер 340W, 4 выхода, 8 программ 3-х контактный</t>
+  </si>
+  <si>
+    <t>315-411</t>
+  </si>
+  <si>
+    <t>Разветвитель-Y (шнур) для уличных гирлянд, 1 вход, 3 выхода, белый ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-426</t>
+  </si>
+  <si>
+    <t>Удлинитель (шнур) для подключения уличных гирлянд 3м черный ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-404</t>
   </si>
   <si>
     <t>Разветвитель-Y (шнур) для уличных гирлянд, 1 вход, 2 выхода, белый ПВХ NEON-NIGHT</t>
   </si>
   <si>
+    <t>315-421</t>
+  </si>
+  <si>
+    <t>Удлинитель (шнур) для подключения уличных гирлянд 3м белый ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>124-019</t>
+  </si>
+  <si>
+    <t>Коннектор-переходник (шнур) гирлянда – дюралайт NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-406</t>
+  </si>
+  <si>
+    <t>Разветвитель-шина для уличных гирлянд, 1 вход, 5 выходов, 55см, шаг 10см, белый ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-407</t>
   </si>
   <si>
     <t>Разветвитель-шина для уличных гирлянд, 1 вход, 20 выходов, 200см, шаг 10см, белый ПВХ NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-421</t>
-[...14 lines deleted...]
-    <t>Разветвитель-Y (шнур) для уличных гирлянд, 1 вход, 5 выходов, белый ПВХ NEON-NIGHT</t>
+    <t>315-409</t>
+  </si>
+  <si>
+    <t>Разветвитель-шина для уличных гирлянд, 1 вход, 5 выходов, 500см, шаг 100см, белый ПВХ NEON-NIGHT</t>
   </si>
   <si>
     <t>315-408</t>
   </si>
   <si>
     <t>Разветвитель-шина для уличных гирлянд, 1 вход, 5 выходов, 250см, шаг 50см, белый ПВХ NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-409</t>
-[...56 lines deleted...]
-    <t>1.2.1 Дюралайт с постоянным свечением</t>
+    <t>1.2 Гирлянда Клип-лайт</t>
+  </si>
+  <si>
+    <t>1.2.1 Клип-лайт в бухтах</t>
+  </si>
+  <si>
+    <t>325-146</t>
+  </si>
+  <si>
+    <t>Гирлянда LED Clip Light 12V шаг 150 мм, цвет диодов ТЕПЛЫЙ БЕЛЫЙ, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>325-125</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов Белый</t>
+  </si>
+  <si>
+    <t>325-129</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов Мульти</t>
+  </si>
+  <si>
+    <t>325-155</t>
+  </si>
+  <si>
+    <t>Гирлянда LED Клип-лайт 12 V, прозрачный ПВХ, 150 мм, цвет диодов белый</t>
+  </si>
+  <si>
+    <t>325-156</t>
+  </si>
+  <si>
+    <t>Гирлянда LED Клип-лайт 12 V, прозрачный ПВХ, 150 мм, цвет диодов теплый белый</t>
+  </si>
+  <si>
+    <t>325-121</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов Желтый</t>
+  </si>
+  <si>
+    <t>325-126</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>325-166</t>
+  </si>
+  <si>
+    <t>Гирлянда LED Клип-лайт 12 V, прозрачный ПВХ, 150 мм, цвет диодов Теплый белый, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>325-165</t>
+  </si>
+  <si>
+    <t>Гирлянда LED Клип-лайт 12 V, прозрачный ПВХ, 150 мм, цвет диодов Белый Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>325-123</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов Синий</t>
+  </si>
+  <si>
+    <t>325-145</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 12V 150 мм, цвет диодов Белый, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>1.2.2 Клип-лайт спайдер</t>
+  </si>
+  <si>
+    <t>1.2.2.1 Клип-лайт 3 нити</t>
+  </si>
+  <si>
+    <t>323-301</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 20 м, свечение с динамикой, цвет диодов Желтый</t>
+  </si>
+  <si>
+    <t>323-305</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 20 м, свечение с динамикой, цвет диодов Белый</t>
+  </si>
+  <si>
+    <t>323-309</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 20 м, свечение с динамикой, цвет диодов Мульти</t>
+  </si>
+  <si>
+    <t>323-319</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 10 метров, цвет диодов Мульти</t>
+  </si>
+  <si>
+    <t>323-612</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight - ШАРИКИ 24V, 3 нити по 20 м, цвет диодов Красный</t>
+  </si>
+  <si>
+    <t>323-615</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight - ШАРИКИ 24V, 3 нити по 20 м, цвет диодов Белый</t>
+  </si>
+  <si>
+    <t>323-302</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 20 м, свечение с динамикой, цвет диодов Красный</t>
+  </si>
+  <si>
+    <t>323-619</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight - МУЛЬТИШАРИКИ 24V, 3 нити по 20 м, медленная смена цвета, цвет диодов RGB</t>
+  </si>
+  <si>
+    <t>323-303</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 20 м, свечение с динамикой, цвет диодов Синий</t>
+  </si>
+  <si>
+    <t>323-313</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 10 метров, цвет диодов Синий</t>
+  </si>
+  <si>
+    <t>323-315</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 10 метров, цвет диодов Белый</t>
+  </si>
+  <si>
+    <t>323-316</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 3 нити по 10 метров, цвет диодов ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1.2.2.2 Клип-лайт 5 нитей</t>
+  </si>
+  <si>
+    <t>323-505</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Белый</t>
+  </si>
+  <si>
+    <t>323-503</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Синий</t>
+  </si>
+  <si>
+    <t>323-506</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>323-509</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Мульти</t>
+  </si>
+  <si>
+    <t>323-605</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Белый, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>323-501</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Желтый</t>
+  </si>
+  <si>
+    <t>323-606</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов ТЕПЛЫЙ БЕЛЫЙ, Flashing (белый)</t>
+  </si>
+  <si>
+    <t>323-603</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Синий, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>323-601</t>
+  </si>
+  <si>
+    <t>Гирлянда LED ClipLight 24V, 5 нитей по 20 метров, цвет диодов Желтый, Flashing (Белый)</t>
+  </si>
+  <si>
+    <t>1.3 Тающие сосульки</t>
+  </si>
+  <si>
+    <t>256-161</t>
+  </si>
+  <si>
+    <t>Сосулька светодиодная E27 30см двухсторонняя 24x2 LED БЕЛЫЙ IP65 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-425</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 30см, шаг 100см, 420 LED БЕЛЫЙ, черный каучук, IP65, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-426</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 50см, шаг 100см, 600 LED БЕЛЫЙ, черный каучук, IP65, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-423</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 50см, шаг 100см, 600 LED ТЕПЛЫЙ БЕЛЫЙ, белый каучук, IP67, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-427</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 50см, шаг 100см, 600 LED ТЕПЛЫЙ БЕЛЫЙ, черный каучук, IP67, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-429</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 100см, шаг 100см, 960 LED БЕЛЫЙ, черный каучук, IP65, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-428</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 100см, шаг 100см, 960 LED ТЕПЛЫЙ БЕЛЫЙ, белый каучук, IP65, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-422</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки комплект 10 шт. х 100см, шаг 100см, 960 LED ТЕПЛЫЙ БЕЛЫЙ, черный каучук, IP65, 24В, соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-162</t>
+  </si>
+  <si>
+    <t>Сосулька светодиодная E27 50см двухсторонняя 48x2 LED БЕЛЫЙ IP65 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>256-163</t>
+  </si>
+  <si>
+    <t>Сосулька светодиодная E27 100см двухсторонняя 60x2 LED БЕЛЫЙ IP65 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Гирлянда Бахрома / айсикл для улицы</t>
+  </si>
+  <si>
+    <t>1.4.1 Бахрома ПВХ</t>
+  </si>
+  <si>
+    <t>1.4.1.1 Бахрома ПВХ 1,8х0,5 м</t>
+  </si>
+  <si>
+    <t>255-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.1.2 Бахрома ПВХ 4,8х0,6 м</t>
+  </si>
+  <si>
+    <t>255-164</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-131</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-141</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-208</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230 нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок питания 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-209</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-161</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.1.3 Бахрома ПВХ 2,4х0,6 м</t>
+  </si>
+  <si>
+    <t>255-037-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-056</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-033-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-034-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-044</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-046</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-042</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-055</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-054</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2 Бахрома Каучук</t>
+  </si>
+  <si>
+    <t>1.4.2.1 Бахрома Каучук 3,2х0,6 м</t>
+  </si>
+  <si>
+    <t>255-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,6м 88 LED БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-326</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2.2 Бахрома Каучук 3,2х0,9 м</t>
+  </si>
+  <si>
+    <t>255-215</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,9м 120 LED БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-216</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,9м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-456</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,9м 120 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-336</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,9м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-466</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 3,2х0,9м 120 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2.3 Бахрома Каучук 4х0,6 м</t>
+  </si>
+  <si>
+    <t>255-223</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED СИНИЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-231</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ЖЕЛТЫЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-356-6</t>
+  </si>
+  <si>
+    <t>Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-001</t>
+  </si>
+  <si>
+    <t>255-226-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED СИНИЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-201</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ЖЕЛТЫЙ белый каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-205</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED БЕЛЫЙ белый каучук 3,3 мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-225</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-221</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ЖЕЛТЫЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-236-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-356</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-353</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED СИНИЙ белый каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-206-6</t>
+  </si>
+  <si>
+    <t>Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-001</t>
+  </si>
+  <si>
+    <t>255-203</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED СИНИЙ белый каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-226</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-355</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED БЕЛЫЙ белый каучук, 3,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-206</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,0х0,6м 128 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2.4 Бахрома Каучук 6х1,5 м</t>
+  </si>
+  <si>
+    <t>255-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 6,0х1,5м 480 LED БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 6,0х1,5м 480 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2.5 Бахрома Каучук 5х0,7 м</t>
+  </si>
+  <si>
+    <t>255-316</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-376</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-306</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-365</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED БЕЛЫЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-315</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5х0,7м 152 LED БЕЛЫЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4.2.6 Бахрома Каучук 5,6х0,9 м</t>
+  </si>
+  <si>
+    <t>255-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED БЕЛЫЙ белый каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-243</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED СИНИЙ черный каучук 3,3мм IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл), 5,6x0,9м, 240 LED ЗЕЛЕНЫЙ, белый КАУЧУК IP67, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-242</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED КРАСНЫЙ черный каучук, IP67 3,3мм постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED СИНИЙ белый каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED БЕЛЫЙ белый каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED ЖЕЛТЫЙ черный каучук 2,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED СИНИЙ белый каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 эффект мерцания 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED СИНИЙ черный каучук 2,3мм IP67 эффект мерцания 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 5,6x0,9м 240 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук 3,3мм IP67 постоянное свечение 230В нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Гирлянда Сеть</t>
+  </si>
+  <si>
+    <t>1.5.1 Сеть ПВХ</t>
+  </si>
+  <si>
+    <t>1.5.1.1 Сеть ПВХ 2х0,7 м</t>
+  </si>
+  <si>
+    <t>215-012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.1.2 Сеть ПВХ 2,5х2,5 м</t>
+  </si>
+  <si>
+    <t>215-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.1.3 Сеть ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>215-023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED МУЛЬТИ черный ПВХ IP65 постоянное свечение 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED СИНИЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-041</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 2х1,5м, свечение с динамикой, прозрачный ПВХ, 288 LED, 230 В, цвет: Жёлтый</t>
+  </si>
+  <si>
+    <t>215-021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.1.4 Сеть ПВХ 1х1,5 м</t>
+  </si>
+  <si>
+    <t>215-116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.1.5 Сеть ПВХ 1,5х2х2 м</t>
+  </si>
+  <si>
+    <t>215-056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.2 Сеть Каучук</t>
+  </si>
+  <si>
+    <t>1.5.2.1 Сеть Каучук 2х4 м</t>
+  </si>
+  <si>
+    <t>217-135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x4м 560 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.2.2 Сеть Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>217-115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x1,5м 288 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x1,5м 288 LED МУЛЬТИ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5.2.3 Сеть Каучук 2х3 м</t>
+  </si>
+  <si>
+    <t>217-126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED БЕЛЫЙ/СИНИЙ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-129</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED МУЛЬТИ черный каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>217-146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2x3м 432 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.6 Гирлянда Нить</t>
+  </si>
+  <si>
+    <t>1.6.1 Мультишарики ПВХ</t>
+  </si>
+  <si>
+    <t>303-509-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø13мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-575</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-503</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-2</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-579</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-529</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-515</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-502</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-519</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-4</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 медленная смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-589</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм Ø23мм Ø17,5мм Ø45мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.2 Нить управляемая (твинкл) ПВХ</t>
+  </si>
+  <si>
+    <t>303-154</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ФИОЛЕТОВЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-133</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-135</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-149</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-145</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-132</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED КРАСНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED РОЗОВЫЙ черный ПВХ IP65 свечение с динамикой 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-151</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ОРАНЖЕВЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-138</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗОЛОТОЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-137</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗЕЛЕНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-146</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-139</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.3 Гирлянда Кластер ПВХ</t>
+  </si>
+  <si>
+    <t>303-635</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-645</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-636</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-646</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.4 Гирлянда Кластер Каучук</t>
+  </si>
+  <si>
+    <t>315-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.5 Нить ПВХ</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
+  </si>
+  <si>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-408</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>245-409</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-232</t>
+  </si>
+  <si>
+    <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
+  </si>
+  <si>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-271</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-281</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-282</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-115</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-395</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>1.6.6 Нить Каучук / Дюраплей</t>
+  </si>
+  <si>
+    <t>315-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 эффект мерцания соединяется 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЖЕЛТЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-139</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-515</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>315-153</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>315-525</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>315-535</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>315-536</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>315-216</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-215</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-154</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЗЕЛЕНЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-506</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>315-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>315-526</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>315-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>315-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>315-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.7 Мультишарики Каучук</t>
+  </si>
+  <si>
+    <t>303-595</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-596</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-599</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-3</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишишки Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-679</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6.8 Нить управляемая (твинкл) Каучук</t>
+  </si>
+  <si>
+    <t>303-329</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 240 LED МУЛЬТИКОЛОР черный каучук IP67 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-326</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 свечение с динамикой 230В не соединяется нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7 Лампы декоративные</t>
+  </si>
+  <si>
+    <t>1.7.1 Лампа строб</t>
+  </si>
+  <si>
+    <t>411-122</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>415-115</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная накладная 30 LED, 3,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>411-125</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>411-123</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.2 Лампа 6 LED с цоколем</t>
+  </si>
+  <si>
+    <t>405-143</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, СИНИЙ, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-144</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, ЗЕЛЕНЫЙ, зеленая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-142</t>
+  </si>
+  <si>
+    <t>Лампа шар 6 LED для белт-лайта, цвет: Красный, Ø45мм, Красная колба</t>
+  </si>
+  <si>
+    <t>1.7.3 Лампа 10 Вт, накаливания</t>
+  </si>
+  <si>
+    <t>401-114</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, зеленая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>401-115</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, белая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>401-111</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, желтая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>401-113</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.4 Лампа 5 LED</t>
+  </si>
+  <si>
+    <t>405-113</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-112</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-114</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЗЕЛЕНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-115</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-513</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 3 LED, 1Вт, RGB, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-116</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-111</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЖЕЛТЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.5 Лампа 6 LED</t>
+  </si>
+  <si>
+    <t>405-123</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, СИНИЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-124</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-125</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-126</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная диаметр 45мм, E27, 6 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-127</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, РОЗОВЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.6 Лампа 9 LED</t>
+  </si>
+  <si>
+    <t>405-512</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 3Вт, RGB, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-215</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-214</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-211</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЖЕЛТЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-216</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-212</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, КРАСНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.7 Лампа 24В</t>
+  </si>
+  <si>
+    <t>405-614</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, Е27, 10 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 24В, постоянное напряжение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-626</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-612</t>
+  </si>
+  <si>
+    <t>Лампа шар e27 10 LED Ø50мм красная 24В (постоянное напряжение)</t>
+  </si>
+  <si>
+    <t>405-625</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.8 Лампа 12 LED</t>
+  </si>
+  <si>
+    <t>405-133</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, СИНИЙ, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-132</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, КРАСНЫЙ, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7.9 Лампа Ретро</t>
+  </si>
+  <si>
+    <t>601-801</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная ST45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-802</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная G45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.8 Белт-лайт</t>
+  </si>
+  <si>
+    <t>1.8.1 Белт-лайт двухжильный</t>
+  </si>
+  <si>
+    <t>331-241</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-244</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-252</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-231</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 подвесных патронов Е27, IP65, черный круглый провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-232</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 патронов Е27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-211</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-213</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 50см, 180 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-212</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-262</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
+  </si>
+  <si>
+    <t>331-243</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-242</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-264</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод ПВХ PROconnect</t>
+  </si>
+  <si>
+    <t>331-261</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
+  </si>
+  <si>
+    <t>331-210</t>
+  </si>
+  <si>
+    <t>Кабель гирлянды Белт-Лайт, 2 жилы, 2х1,5мм², 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-251</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 15см, 667 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-345</t>
+  </si>
+  <si>
+    <t>Набор ЕВРО Белт-Лайт 2 жилы, 100м, шаг 40см, 225 LED-ламп, БЕЛЫЙ, 45мм (6 LED), плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.8.2 Белт-лайт пятижильный</t>
+  </si>
+  <si>
+    <t>331-221</t>
+  </si>
+  <si>
+    <t>Гирлянда Belt-Light 5 жил, 100м, шаг 15см, 667 патронов, E27, IP65, серый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-112</t>
+  </si>
+  <si>
+    <t>Гирлянда Belt-Light 5 жил, 100м, шаг 15см, 665 патронов E27, IP20, серый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.8.3 Аксессуары для белт-лайта</t>
+  </si>
+  <si>
+    <t>331-015</t>
+  </si>
+  <si>
+    <t>Удлинитель E27, с проводом 50см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-012</t>
+  </si>
+  <si>
+    <t>Удлинитель E27, с проводом 20см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-007</t>
+  </si>
+  <si>
+    <t>Заглушка с крюком для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-005</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>332-119</t>
+  </si>
+  <si>
+    <t>Контроллер iMLamp4D_AC_7000 для Белт-Лайта и светодиодных ламп 220В, 7000Вт, 4 канала х 8,0А, 33 программы, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
+  </si>
+  <si>
+    <t>331-003</t>
+  </si>
+  <si>
+    <t>Блок питания для подключения двухжильной гирлянды Belt-light (шнур питания 1,5м с вилкой, 2 коннектора, заглушка) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>332-116</t>
+  </si>
+  <si>
+    <t>Контроллер iMLamp4D_AC_3500 для Белт-Лайта и светодиодных ламп 220В, 3500Вт, 4 канала х 4,0А, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
+  </si>
+  <si>
+    <t>331-008</t>
+  </si>
+  <si>
+    <t>Заглушка для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-013</t>
+  </si>
+  <si>
+    <t>Удлинитель E27, с проводом 30см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-001</t>
+  </si>
+  <si>
+    <t>Патрон E27 для двухжильной гирлянды Belt-light NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.9 Елки и комплекты освещения</t>
+  </si>
+  <si>
+    <t>1.9.1 Елки каркасные</t>
+  </si>
+  <si>
+    <t>533-315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сосна Евро-2 каркасная 6М (хвоя леска) </t>
+  </si>
+  <si>
+    <t>533-311</t>
+  </si>
+  <si>
+    <t>Ель Евро-2 каркасная 15М (хвоя пленка)</t>
+  </si>
+  <si>
+    <t>533-306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Евро-2 каркасная 8М (хвоя пленка) </t>
+  </si>
+  <si>
+    <t>533-316</t>
+  </si>
+  <si>
+    <t>Ель каркасная Уральская 12М (хвоя пленка)</t>
+  </si>
+  <si>
+    <t>533-308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Евро-2 каркасная 12М (хвоя пленка) </t>
+  </si>
+  <si>
+    <t>533-307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Евро-2 каркасная 10М (хвоя пленка) </t>
+  </si>
+  <si>
+    <t>533-318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Евро 2 каркасная 16М (хвоя-пленка) </t>
+  </si>
+  <si>
+    <t>533-300</t>
+  </si>
+  <si>
+    <t>Ель каркасная Уральская 10М (хвоя пленка)</t>
+  </si>
+  <si>
+    <t>533-309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Евро-2 каркасная 4М (хвоя пленка) </t>
+  </si>
+  <si>
+    <t>533-320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель каркасная Уральская 6М (хвоя пленка) </t>
+  </si>
+  <si>
+    <t>1.9.2 Елки ствольные</t>
+  </si>
+  <si>
+    <t>533-330</t>
+  </si>
+  <si>
+    <t>Комплект ограждений для елок 6 м 1,05х1 м ( в комплекте 7 щитов)</t>
+  </si>
+  <si>
+    <t>533-304</t>
+  </si>
+  <si>
+    <t>Ель Альпийская стволовая 5М (хвоя-пленка) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>533-305</t>
+  </si>
+  <si>
+    <t>Ель Альпийская стволовая 6М (хвоя-пленка)</t>
+  </si>
+  <si>
+    <t>533-328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ель Альпийская стволовая 8М (хвоя — пленка) </t>
+  </si>
+  <si>
+    <t>533-329</t>
+  </si>
+  <si>
+    <t>Ель Альпийская стволовая 3 м (хвоя-пленка)</t>
+  </si>
+  <si>
+    <t>1.10 Елочные игрушки</t>
+  </si>
+  <si>
+    <t>1.10.1 Фигуры елочные</t>
+  </si>
+  <si>
+    <t>502-362</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная 3D, 61 см, цвет красный</t>
+  </si>
+  <si>
+    <t>502-243</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 121 см, цвет синий/белый</t>
+  </si>
+  <si>
+    <t>502-373</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка классическая, 66 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-378</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет голубой</t>
+  </si>
+  <si>
+    <t>502-363</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная 3D, 61 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-376</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-375</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет серебряный</t>
+  </si>
+  <si>
+    <t>502-234</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька, 91 см, цвет зеленый</t>
+  </si>
+  <si>
+    <t>502-242</t>
+  </si>
+  <si>
+    <t>Елочная фигура Леденец, 102 см, цвет белый, красный и зеленый</t>
+  </si>
+  <si>
+    <t>502-371</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Морозко, 66 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-322</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька складная 3D, 51 см, цвет красный</t>
+  </si>
+  <si>
+    <t>502-394</t>
+  </si>
+  <si>
+    <t>Фигура Снеговик в шляпе 175*90 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-393</t>
+  </si>
+  <si>
+    <t>Фигура Елочка складная 3D, 100*84 см, цвет зеленый</t>
+  </si>
+  <si>
+    <t>502-292</t>
+  </si>
+  <si>
+    <t>Елочная фигура Клубничка 40 см, цвет бордовый</t>
+  </si>
+  <si>
+    <t>502-381</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-379</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-161</t>
+  </si>
+  <si>
+    <t>Елочная фигура Алмаз, 15 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-247</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 121 см, цвет фиолетовый/белый</t>
+  </si>
+  <si>
+    <t>502-392</t>
+  </si>
+  <si>
+    <t>Фигура Елочка складная 3D, 56*30 см, цвет красный/белый</t>
+  </si>
+  <si>
+    <t>502-323</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька складная 3D, 51 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-249</t>
+  </si>
+  <si>
+    <t>Елочная фигура Мороженое 80 см, цвет мульти</t>
+  </si>
+  <si>
+    <t>502-370</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Морозко, 66 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-372</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Морозко, 66 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-361</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная 3D, 61 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-377</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 82 см, цвет фиолетовый</t>
+  </si>
+  <si>
+    <t>502-383</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-388</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка сказочная 40 см, цвет красный/золотой</t>
+  </si>
+  <si>
+    <t>502-210</t>
+  </si>
+  <si>
+    <t>Елочная фигура Лампа, 25 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-391</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 3D, 89x78 см, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>502-374</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет шампань</t>
+  </si>
+  <si>
+    <t>502-382</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет красный</t>
+  </si>
+  <si>
+    <t>502-386</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка классическая, 66 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-321</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька складная 3D, 51 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-216</t>
+  </si>
+  <si>
+    <t>Елочная фигура Алмаз, 25 см, цвет серебряный</t>
+  </si>
+  <si>
+    <t>1.10.2 Шары елочные</t>
+  </si>
+  <si>
+    <t>502-001</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 20 см, цвет золотой глянцевый</t>
+  </si>
+  <si>
+    <t>502-261</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар в клетку 25 см, цвет золотой мульти</t>
+  </si>
+  <si>
+    <t>502-015</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 25 см, цвет серебряный глянцевый</t>
+  </si>
+  <si>
+    <t>502-022</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 15 см, цвет красный глянцевый</t>
+  </si>
+  <si>
+    <t>502-011</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 25 см, цвет золотой глянцевый</t>
+  </si>
+  <si>
+    <t>502-303</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 15 см, цвет синий матовый</t>
+  </si>
+  <si>
+    <t>502-013</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 25 см, цвет синий глянцевый</t>
+  </si>
+  <si>
+    <t>502-023</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 15 см, цвет синий глянцевый</t>
+  </si>
+  <si>
+    <t>502-025</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 15 см, цвет серебряный глянцевый</t>
+  </si>
+  <si>
+    <t>502-021</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 15 см, цвет золотой глянцевый</t>
+  </si>
+  <si>
+    <t>502-012</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 25 см, цвет красный глянцевый</t>
+  </si>
+  <si>
+    <t>502-305</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 15 см, цвет серебряный матовый</t>
+  </si>
+  <si>
+    <t>502-075</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар Ø 10 см, цвет серебряный глянцевый</t>
+  </si>
+  <si>
+    <t>502-003</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 20 см, цвет синий глянцевый</t>
+  </si>
+  <si>
+    <t>502-071</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар Ø 10 см, цвет золотой глянцевый</t>
+  </si>
+  <si>
+    <t>502-072</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар Ø 10 см, цвет красный глянцевый</t>
+  </si>
+  <si>
+    <t>502-073</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар Ø 10 см, цвет синий глянцевый</t>
+  </si>
+  <si>
+    <t>502-251</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 20 см, цвет золотой матовый</t>
+  </si>
+  <si>
+    <t>502-005</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 20 см, цвет серебряный глянцевый</t>
+  </si>
+  <si>
+    <t>502-301</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 15 см, цвет золотой матовый</t>
+  </si>
+  <si>
+    <t>502-002</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 20 см, цвет красный глянцевый</t>
+  </si>
+  <si>
+    <t>502-302</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар, 15 см, цвет красный матовый</t>
+  </si>
+  <si>
+    <t>502-252</t>
+  </si>
+  <si>
+    <t>Елочная фигура Шар 20 см, цвет красный матовый</t>
+  </si>
+  <si>
+    <t>1.11 Акриловые фигуры крупные</t>
+  </si>
+  <si>
+    <t>513-182</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус 210х75х60 см, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-305</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Бурый олень 100 см, 380 светодиодов, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-106</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Оленёнок коричневый 85х71х20 см, 150 светодиодов, IP65 понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-183</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Приветствующий Санта Клаус 76х47х120 см, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-307</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снежный олень 100 см, 380 светодиодов, IP 65, понижающий трансформатор в комплекте, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-271</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 130 см, 380 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.12 Каркасная иллюминация</t>
+  </si>
+  <si>
+    <t>1.12.1 Объемные фигуры</t>
+  </si>
+  <si>
+    <t>501-237</t>
+  </si>
+  <si>
+    <t>Фигура объемная Олень 115х195см, 528 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>S-0001</t>
+  </si>
+  <si>
+    <t>Световой арт-объект Ангел 600х250 см</t>
+  </si>
+  <si>
+    <t>503-112</t>
+  </si>
+  <si>
+    <t>Фигура олени с санями 350х195 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-235</t>
+  </si>
+  <si>
+    <t>Фигура объемная Северный олень 200х300 см, 3000 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-236</t>
+  </si>
+  <si>
+    <t>Фигура объемная Олень 115х195 см, 528 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-231</t>
+  </si>
+  <si>
+    <t>Фигура объемная Полярный медведь 210х110 см, 1500 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>S-0003</t>
+  </si>
+  <si>
+    <t>Световое пано Перо павлина 80х50 см</t>
+  </si>
+  <si>
+    <t>1.12.2 Шары</t>
+  </si>
+  <si>
+    <t>506-212</t>
+  </si>
+  <si>
+    <t>Фигура Шар, LED подсветка диам. 40см, синий NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-612</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-613</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 50 см, 200 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-614</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 80 см, 450 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-615</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Шар диаметр 50см 200 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-616</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Шар диаметр 80см 300 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-609</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-644</t>
+  </si>
+  <si>
+    <t>Шар светодиодный Ø 50 см, 200 светодиодов, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-625</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов, цвет белый</t>
+  </si>
+  <si>
+    <t>501-624</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 90 см, 372 светодиода, цвет белый</t>
+  </si>
+  <si>
+    <t>501-629</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов,эффект мерцания, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>1.12.3 Макушки для Елок</t>
+  </si>
+  <si>
+    <t>513-452</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, 160 светодиодов, красная NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-273</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 80 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-272</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-271</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-276</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 80 см, 160 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-274</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-275</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-455</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, со съемной трубой и кольцом для подвеса,160 светодиодов, белая NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-456</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 80 см, 210 светодиодов, красная NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.12.4 Снежинки и звезды</t>
+  </si>
+  <si>
+    <t>501-338</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-332</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-334</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-333</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-337</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-211-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Звездочка 30x28см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см ТЕПЛЫЙ БЕЛЫЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-335</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-325</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-326</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-363</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-313</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-211</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Звездочка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-212-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-343</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-210</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-324</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-531</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с контроллером 60x60см БЕЛЫЙ/СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-223</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см СИНИЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-212</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.12.5 Плоские фигуры</t>
+  </si>
+  <si>
+    <t>501-113</t>
+  </si>
+  <si>
+    <t>Надпись прописная светодиодная С Новым Годом красная 230x90 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-336</t>
+  </si>
+  <si>
+    <t>Фигура световая Звездный фейерверк размер 85x175 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-217</t>
+  </si>
+  <si>
+    <t>Фигура Колокольчик цвет красный, размер 36x30 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-312</t>
+  </si>
+  <si>
+    <t>Фигура световая Подарки из гибкого неона 120х120 см, 1680 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-359</t>
+  </si>
+  <si>
+    <t>Фигура световая Снежинка 125х120 см, 200 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-535</t>
+  </si>
+  <si>
+    <t>Фигура световая Факел 60х220 см, 160 LED, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-315</t>
+  </si>
+  <si>
+    <t>Фигура световая Сказочный олень из гибкого неона, 180х110 см, 2400 LED, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-314</t>
+  </si>
+  <si>
+    <t>Фигура световая Сказочный олень из гибкого неона, 140х93 см, 1680 LED, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-536</t>
+  </si>
+  <si>
+    <t>Фигура световая Хвост кометы 75х250 см, 160 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-355</t>
+  </si>
+  <si>
+    <t>Фигура световая Созвездие размер 55x100см, свечение белое NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.13 Дюралайт</t>
+  </si>
+  <si>
+    <t>1.13.1 Дюралайт с постоянным свечением</t>
+  </si>
+  <si>
+    <t>121-122</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-122-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-124-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-121</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-166</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-135</t>
   </si>
   <si>
     <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT  </t>
   </si>
   <si>
-    <t>метр</t>
+    <t>121-155</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT </t>
   </si>
   <si>
     <t>121-156</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 0,42м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-125-4</t>
-[...32 lines deleted...]
-    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+    <t>121-123-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-124</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-126-4</t>
-[...65 lines deleted...]
-    <t>1.2.2 Дюралайт с динамикой</t>
+    <t>1.13.2 Аксессуары для дюралайта</t>
+  </si>
+  <si>
+    <t>123-032</t>
+  </si>
+  <si>
+    <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 50 м</t>
+  </si>
+  <si>
+    <t>124-021</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 3W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>104-201</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта ∅13 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-221</t>
+  </si>
+  <si>
+    <t>T - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>123-034</t>
+  </si>
+  <si>
+    <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>123-013</t>
+  </si>
+  <si>
+    <t>Контроллер для двухжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>124-113</t>
+  </si>
+  <si>
+    <t>Коннектор для двухжильного дюралайта ∅10мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-018</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для двухжильного дюралайта, диаметр 13мм (коннектор с иголкой, заглушка) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>124-011</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 2W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>124-121</t>
+  </si>
+  <si>
+    <t>Коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-411</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для дюралайта, круглого гибкого неона 16мм, 1 м (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-021-3</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 2W диаметр 10мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>124-111</t>
+  </si>
+  <si>
+    <t>Коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-311</t>
+  </si>
+  <si>
+    <t>L - коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-321</t>
+  </si>
+  <si>
+    <t>L - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-200</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта ∅10 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-039</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта диаметр 13 мм, гибкого неона 12х12мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-312</t>
+  </si>
+  <si>
+    <t>Клипсы крокодил ∅13 мм (100 шт. в упаковке)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1.13.3 Дюралайт с динамикой</t>
   </si>
   <si>
     <t>121-325-4</t>
   </si>
   <si>
     <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м БЕЛЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
   </si>
   <si>
+    <t>121-329-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-322</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м КРАСНЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-325</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м БЕЛЫЙ свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-323</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-324</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м ЗЕЛЕНЫЙ свечение с динамикой модуль1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-329-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 30 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-321</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-326-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
     <t>121-323-4</t>
   </si>
   <si>
     <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
   </si>
   <si>
-    <t>121-329-4</t>
-[...10 lines deleted...]
-  <si>
     <t>121-329</t>
   </si>
   <si>
     <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-323</t>
-[...35 lines deleted...]
-    <t>1.2.3 Дюралайт с мерцанием</t>
+    <t>1.13.4 Дюралайт с мерцанием</t>
+  </si>
+  <si>
+    <t>121-253</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-256</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-255-4</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT Эконом</t>
   </si>
   <si>
-    <t>121-256</t>
-[...4 lines deleted...]
-  <si>
     <t>121-255</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-253</t>
-[...122 lines deleted...]
-    <t>1.3.1 Гибкий неон 12х26 мм</t>
+    <t>1.14 Гибкий неон</t>
+  </si>
+  <si>
+    <t>1.14.1 Гибкий неон 12х12 мм</t>
+  </si>
+  <si>
+    <t>131-071</t>
+  </si>
+  <si>
+    <t>Гибкий неон 12х12мм форма D 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.14.2 Гибкий неон 7х12 мм</t>
+  </si>
+  <si>
+    <t>131-061</t>
+  </si>
+  <si>
+    <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-065</t>
+  </si>
+  <si>
+    <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м БЕЛЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.14.3 Гибкий неон 12х26 мм</t>
+  </si>
+  <si>
+    <t>131-013</t>
+  </si>
+  <si>
+    <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-022</t>
+  </si>
+  <si>
+    <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м КРАСНЫЙ оболочка красная бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-023</t>
   </si>
   <si>
     <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ оболочка синяя бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-022</t>
-[...11 lines deleted...]
-    <t>1.3.2 Гибкий неон 15х26 мм</t>
+    <t>1.14.4 Гибкий неон 15х26 мм</t>
   </si>
   <si>
     <t>131-056</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-055</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.3.3 Гибкий неон 12х12 мм</t>
-[...8 lines deleted...]
-    <t>1.3.4 Гибкий неон 16х16 мм</t>
+    <t>1.14.5 Гибкий неон 16х16 мм</t>
+  </si>
+  <si>
+    <t>131-083</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м СИНИЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-081</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м ЖЕЛТЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-085</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-086</t>
   </si>
   <si>
     <t>Гибкий неон 16х16мм форма D 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-081</t>
-[...10 lines deleted...]
-  <si>
     <t>131-082</t>
   </si>
   <si>
     <t>Гибкий неон 16х16мм форма D 144 LED/м КРАСНЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-085</t>
-[...20 lines deleted...]
-    <t>1.3.6 Гибкий неон 8х16 мм</t>
+    <t>1.14.6 Гибкий неон 8х16 мм</t>
+  </si>
+  <si>
+    <t>131-095</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-126</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-096</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-042</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-046</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-092</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-093</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-115</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-116</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-043</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-045</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-125</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-044</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ЗЕЛЕНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-091</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-095</t>
-[...77 lines deleted...]
-    <t>1.3.7 Гибкий неон диаметр16 мм</t>
+    <t>1.14.7 Гибкий неон диаметр16 мм</t>
   </si>
   <si>
     <t>131-315</t>
   </si>
   <si>
     <t>Гибкий неон диаметр 16мм круглый 144 LED/м БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-316</t>
   </si>
   <si>
     <t>Гибкий неон диаметр 16мм круглый 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.3.8 Гибкий неон диаметр19 мм</t>
+    <t>1.14.8 Гибкий неон диаметр19 мм</t>
   </si>
   <si>
     <t>131-037</t>
   </si>
   <si>
     <t>Гибкий Неон диаметр 19мм круглый 96 LED/м РОЗОВЫЙ 230В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.3.9 Аксессуары для гибкого неона</t>
+    <t>1.14.9 Аксессуары для гибкого неона</t>
+  </si>
+  <si>
+    <t>134-038</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 15х26 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-080</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-045</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-002</t>
+  </si>
+  <si>
+    <t>Коннектор для Гибкого неона 15х26мм, провод каучук, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-009</t>
+  </si>
+  <si>
+    <t>Коннектор для соединения гибкого неона 360, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-501</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 16х16мм формы D (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEON-NIGH</t>
+  </si>
+  <si>
+    <t>134-090</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 2м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-093</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона NEON-NIGHT цилиндрическая (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-089</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона диаметром 16мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-060</t>
+  </si>
+  <si>
+    <t>T - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-061</t>
+  </si>
+  <si>
+    <t>L - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-063</t>
+  </si>
+  <si>
+    <t>L - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-050</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для одностороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-047</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, неона формы D 16мм, дюралайта, неона 7х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-049</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, неона формы D 16мм, дюралайта, неона 12х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-020</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта Ø13мм, круглого гибкого неона Ø16мм и 19мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-092</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона формы D 16х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-040</t>
+  </si>
+  <si>
+    <t>Коннектор-иглы (с термоусад. пленкой) для неона 8x16 мм, 16х16 мм</t>
+  </si>
+  <si>
+    <t>134-085</t>
+  </si>
+  <si>
+    <t>Клипса пластиковая для двухстороннего гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-008</t>
+  </si>
+  <si>
+    <t>Коннектор для гибкого неона формы D 16х16 мм, провод ПВХ, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-503</t>
+  </si>
+  <si>
+    <t>Установочный набор для одностороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
+  </si>
+  <si>
+    <t>134-098</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, коричневый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-088</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 16х16мм, 2м</t>
+  </si>
+  <si>
+    <t>134-502</t>
+  </si>
+  <si>
+    <t>Установочный набор для двухстороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
+  </si>
+  <si>
+    <t>134-091</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-504</t>
+  </si>
+  <si>
+    <t>Установочный набор для одностороннего Гибкого неона 15х26мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м</t>
+  </si>
+  <si>
+    <t>134-007</t>
+  </si>
+  <si>
+    <t>Коннектор для одностороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-083</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, черный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-012</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 360, диаметр 16 мм, провод ПВХ, 230В</t>
   </si>
   <si>
     <t>133-012</t>
   </si>
   <si>
     <t>Контроллер для Гибкого Неона 4W (4-х жильный) RGB</t>
   </si>
   <si>
-    <t>134-002</t>
-[...14 lines deleted...]
-    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 1м NEON-NIGHT</t>
+    <t>134-006</t>
+  </si>
+  <si>
+    <t>Коннектор для двухстороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-062</t>
+  </si>
+  <si>
+    <t>T - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
   </si>
   <si>
     <t>134-032</t>
   </si>
   <si>
     <t>Коннектор-иглы (с термоусад. пленкой) для неона 15x26 мм</t>
   </si>
   <si>
-    <t>134-038</t>
-[...148 lines deleted...]
-  <si>
     <t>134-051</t>
   </si>
   <si>
     <t>Коннектор с проводом для двухстороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
   </si>
   <si>
-    <t>134-098</t>
-[...23 lines deleted...]
-    <t>1.4.1.1 Занавес ПВХ 2х0,8 м</t>
+    <t>1.15 Гирлянда Занавес / дождь для улицы</t>
+  </si>
+  <si>
+    <t>1.15.1 Занавес Каучук</t>
+  </si>
+  <si>
+    <t>1.15.1.1 Занавес Каучук 2х3 м</t>
+  </si>
+  <si>
+    <t>237-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.15.1.2 Занавес Каучук 2х6 м</t>
+  </si>
+  <si>
+    <t>237-165</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>1.15.1.3 Занавес Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>237-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-122</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.15.2 Умный занавес ПВХ</t>
+  </si>
+  <si>
+    <t>245-335</t>
+  </si>
+  <si>
+    <t>Гирлянда LED - Умный дождь, 3 секции 1x3 м, 4x3 нитей, 30W, 24V, 8 каналов, 672 БЕЛЫХ диода, IP65</t>
+  </si>
+  <si>
+    <t>245-911</t>
+  </si>
+  <si>
+    <t>Трансформатор (блок питания) 24В, 100W</t>
+  </si>
+  <si>
+    <t>245-901</t>
+  </si>
+  <si>
+    <t>Контроллер 24 В</t>
+  </si>
+  <si>
+    <t>1.15.3 Занавес ПВХ</t>
+  </si>
+  <si>
+    <t>1.15.3.1 Занавес ПВХ 2х0,8 м</t>
+  </si>
+  <si>
+    <t>235-104</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-101</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-103</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-102</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-103</t>
-[...10 lines deleted...]
-  <si>
     <t>235-336</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-286</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-104</t>
-[...4 lines deleted...]
-  <si>
     <t>235-106</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.4.1.2 Занавес ПВХ 2х1,5 м</t>
+    <t>1.15.3.2 Занавес ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>235-111</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-309-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-121</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-303-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-126</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-122</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х1,5м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>235-316</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-221</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-225</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-231</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный ПВХ IP65 эффект мерцания 230 В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-302-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-223</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-226</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-309</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED RGB прозрачный ПВХ IP65 для свечения с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ зеленый ПВХ IP54 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-115</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-349</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х2м 200 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-315-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>245-309</t>
-[...4 lines deleted...]
-  <si>
     <t>235-316-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-111</t>
-[...40 lines deleted...]
-  <si>
     <t>235-306</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-122</t>
-[...125 lines deleted...]
-    <t>1.4.1.3 Занавес ПВХ 2х3 м</t>
+    <t>1.15.3.3 Занавес ПВХ 2х3 м</t>
+  </si>
+  <si>
+    <t>235-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-213</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В  нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-151-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-154-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, прозрачный провод, 230 В, диоды ЗЕЛЕНЫЕ</t>
+  </si>
+  <si>
+    <t>235-326</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-201</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-144</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500</t>
+  </si>
+  <si>
+    <t>235-211</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-158</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗОЛОТОЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-153-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-155-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-159-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-142</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ</t>
   </si>
   <si>
     <t>235-366</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
   </si>
   <si>
+    <t>235-135-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-136-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-135-6</t>
-[...125 lines deleted...]
-    <t>1.4.1.4 Занавес ПВХ эффект водопада</t>
+    <t>1.15.3.4 Занавес ПВХ эффект водопада</t>
+  </si>
+  <si>
+    <t>235-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 1520 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-465</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 360 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-275</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 2200 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-265</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х6м 1520 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется контроллер в комплекте NEON-NIGHT</t>
+    <t>235-435</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 240 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-495</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 480 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-465</t>
-[...11 lines deleted...]
-    <t>1.4.1.5 Занавес ПВХ 2х6 м</t>
+    <t>1.15.3.5 Занавес ПВХ 2х6 м</t>
+  </si>
+  <si>
+    <t>235-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-376</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-385</t>
+  </si>
+  <si>
+    <t>Гирлянда Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-396</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-386</t>
-[...16 lines deleted...]
-  <si>
     <t>235-175</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-173</t>
-[...23 lines deleted...]
-    <t>1.4.1.6 Занавес ПВХ 2х9 м</t>
+    <t>1.15.3.6 Занавес ПВХ 2х9 м</t>
+  </si>
+  <si>
+    <t>235-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-187</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 2200 LED КРАСНЫЙ черный ПВХ IP44 эффект мерцания 220В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания соединяется 230В нужен блок 303-500-1 NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>235-695</t>
+  </si>
+  <si>
+    <t>Гирлянда Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется, нужен блок 303-500-1</t>
+  </si>
+  <si>
     <t>235-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
-  </si>
-[...3346 lines deleted...]
-    <t>Акриловая светодиодная фигура Звезда 50см, 160 светодиодов, красная NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -5256,56 +5298,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-230v-4a-chernyy-kauchuk-ip67-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-230-v-24v-40vt.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-230v-24v-80-vt-2-razema-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-230v-4a-belyy-kauchuk-ip67-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-rgb-girlyand.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-bez-vilki-4a-chernyy-kauchuk-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-bez-vilki-4a-belyy-kauchuk-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-ulichnyh-girlyand-set-i-nit-upravlyaemaya-tvinkl-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-ulichnyh-girlyand-s-postoyannym-svecheniem-professional-8-rezhimov.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-230v-3a-belyy-pvh-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-transformator-dlya-ulichnyh-girlyand-24v-40vt-alyuminievyy-korpus-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-transformator-dlya-ulichnyh-girlyand-24v-60vt-alyuminievyy-korpus-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-girlyand-ip44-on-off-taymer.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-ulichnyh-girlyand-set-i-nit-upravlyaemaya-tvinkl-chernyy-neon-night.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-ulichnyh-girlyand-230v-3a-chernyy-pvh-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-shnur-dlya-ulichnyh-girlyand-1-vhod-2-vyhoda-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnyh-girlyand-1-vhod-20-vyhodov-200sm-shag-10sm-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-dlya-podklyucheniya-ulichnyh-girlyand-3m-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnyh-girlyand-1-vhod-5-vyhodov-55sm-shag-10sm-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-shnur-dlya-ulichnyh-girlyand-1-vhod-5-vyhodov-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnyh-girlyand-1-vhod-5-vyhodov-250sm-shag-50sm-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnyh-girlyand-1-vhod-5-vyhodov-500sm-shag-100sm-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-perehodnik-shnur-dyuralayt-girlyanda-neon-night.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-perehodnik-shnur-girlyanda-dyuralayt-neon-night.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-shnur-s-provodami-papa-mama-2-pin-belyy-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-340w-4-vyhoda-8-programm-3-h-kontaktnyy.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-shnur-s-provodami-papa-mama-2-pin-chernyy-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-shnur-dlya-ulichnyh-girlyand-1-vhod-3-vyhoda-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-dlya-podklyucheniya-ulichnyh-girlyand-3m-chernyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-dlya-podklyucheniya-ulichnyh-girlyand-1m-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-0-42m-buhta-100.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-teplyy-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-n.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-zelenyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-teplyy-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-zelenyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-zheltyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-belyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-multi-rygb-svechenie-s-dinamikoy-modul-4m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-belyy-svechenie-s-dinamikoy-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36led-m-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-nig.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-teplyy-belyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-30-led-m-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-zheltyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-krasnyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-zelenyy-svechenie-s-dinamikoy-modul1m-buhta-100m-neon-n.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon-night-.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-teplyy-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-belyy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-siniy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-10mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-3w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-10-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-dyuralayta-kruglogo-gibkogo-neona-16mm-1-m-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-50-m.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-diametr-13-mm-gibkogo-neona-12h12mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-10mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhzhilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-ni.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsy-krokodil-13-mm-100-sht-v-upakovke.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-siniy-obolochka-sinyaya-buhta-50m-5-komplektov-podkly.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-krasnyy-obolochka-krasnaya-buhta-50m-5-komplektov-pod.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-siniy-buhta-50m-5-komplektov-podklyucheniya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-led-m-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-led-m-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-12h12mm-forma-d-120-led-m-zheltyy-230v-buhta-100m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-n.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-zheltyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-siniy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-krasnyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-led-m-belyy-230v-buhta-100m-c-komplektom-podklyuchen.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-led-m-zheltyy-230v-buhta-100m-c-komplektom-podklyuch.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-zheltyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neo.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-zelenyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neo.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-led-m-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-neon-nig.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-led-m-teplyy-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-n.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-19mm-kruglyy-96-led-m-rozovyy-230v-buhta-50m-3-komplekta-podklyucheniya-neon-nig.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-zhilnyy-rgb.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-provod-kauchuk-dlina-20-sm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-1m-neon-night.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-15x26-mm.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-diametrom-16mm-1m-neon-night.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-provod-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13mm-kruglogo-gibkogo-neona-16mm-i-19mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-neona-formy-d-16mm-dyuralayta-neona-12h12mm-1m-n.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formy-d-16h16-mm-provod-pvh-dlina-20-sm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formy-d-16h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-16h16mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-blok-pitaniya-kauchuk-s-diodnym-mostom.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-360-diametr-16-mm-provod-pvh-230v.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom-.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom-.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-16h16mm-formy-d-blok-pitaniya-kauchuk-s-diodnym-mostom-i-vilk.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-provod-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-neona-formy-d-16mm-dyuralayta-neona-7h12mm-1m-ne.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-chernyy-neon-night.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuz.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-rgb-prozrachnyy-pvh-ip65-dlya-svecheniya-s-dinamikoy-.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuz.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h1-5m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye-shnur-p.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-pvh-ip65-effekt-mertsaniya-230-v-blok.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-zelenyy-pvh-ip54-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h2m-200-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzh.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-prozrachnyy-provod-230-v-diody-zelenye.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zolotoy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-belyy-chernyy-pvh-ip65-effekt-vodopada-230v-ne-soediny.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-1520-led-belyy-chernyy-pvh-ip65-effekt-vodopada-230v-ne-soediny.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-480-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-360-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-240-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-krasnyy-chernyy-pvh-ip44-effekt-mertsaniya-220v-blok-v.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-so.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shn.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umnyy-dozhd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belyh-dioda-ip65.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-blok-pitaniya-24v-100w.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-6m-88-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-effek.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-6m-88-led-belyy-chernyy-kauchuk-3-3mm-ip67-postoyannoe-.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-effe.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-post.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-belyy-chernyy-kauchuk-3-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-postoy.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-effekt.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-belyy-belyy-kauchuk-3-3mm-ip67-effekt-mertsa.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-effekt.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-post.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-siniy-belyy-kauchuk-2-3mm-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-zheltyy-belyy-kauchuk-2-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-belyy-belyy-kauchuk-3-3-mm-ip67-postoyannoe-.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-siniy-belyy-kauchuk-2-3mm-ip67-effekt-mertsa.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-siniy-chernyy-kauchuk-2-3mm-ip67-effekt-mert.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-belyy-chernyy-kauchuk-3-3mm-ip67-effekt-mert.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-belyy-chernyy-kauchuk-3-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-siniy-chernyy-kauchuk-2-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-zheltyy-chernyy-kauchuk-2-3mm-ip67-effekt-me.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-effe.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-postoy.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-chernyy-kauchuk-2-3mm-ip67-effe.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-chernyy-kauchuk-2-3mm-ip67-post.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-0h0-6m-128-led-zheltyy-chernyy-kauchuk-2-3mm-ip67-postoyann.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-teplyy-belyy-chernyy-kauchuk-2-3mm-ip67-effekt.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-teplyy-belyy-belyy-kauchuk-2-3mm-ip67-postoyan.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-teplyy-belyy-belyy-kauchuk-2-3mm-ip67-effekt-m.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-belyy-chernyy-kauchuk-2-3mm-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-teplyy-belyy-chernyy-kauchuk-2-3mm-ip67-postoy.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5h0-7m-152-led-belyy-chernyy-kauchuk-2-3mm-ip67-effekt-mertsa.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-siniy-chernyy-kauchuk-2-3mm-ip67-effekt-mert.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-effekt.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-belyy-belyy-kauchuk-3-3mm-ip67-effekt-mertsa.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-effe.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-belyy-belyy-kauchuk-3-3mm-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-teplyy-belyy-belyy-kauchuk-3-3mm-ip67-postoy.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-post.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-belyy-chernyy-kauchuk-3-3mm-ip67-effekt-mert.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-belyy-chernyy-kauchuk-3-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-zheltyy-chernyy-kauchuk-2-3mm-ip67-postoyann.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-siniy-chernyy-kauchuk-3-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-siniy-belyy-kauchuk-2-3mm-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-krasnyy-chernyy-kauchuk-ip67-3-3mm-postoyann.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-siniy-belyy-kauchuk-2-3mm-ip67-effekt-mertsa.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-6-0h1-5m-480-led-belyy-chernyy-kauchuk-3-3mm-ip67-postoyannoe.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-6-0h1-5m-480-led-teplyy-belyy-chernyy-kauchuk-3-3mm-ip67-post.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-sveche.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-n.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-n.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sve.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsan.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mer.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sv.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniy.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyanno.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-sve.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamik.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-blok-.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-multi-chernyy-pvh-ip65-postoyannoe-svechenie-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-siniy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachnyy-pvh-288-led-230-v-tsvet-zheltyy.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-prozrachnyy-pvh-ip65-svechenie-s-dina.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dina.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-chernyy-pvh-ip65-svechenie-s-dinamiko.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-d.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamiko.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-23.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x1-5m-288-led-multi-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x1-5m-288-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x3m-432-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x3m-432-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x3m-432-led-multi-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x3m-432-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x3m-432-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2x4m-560-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny.html" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy.html" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soediny.html" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedin.html" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soediny.html" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedi.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-so.html" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zheltyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-effekt-mertsaniya-soedinyaetsya-2.html" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v.html" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-23mm-17-5mm-45mm-10m-80-led-rgb-chernyy-pvh-ip65-bystray.html" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v.html" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-13mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2.html" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-medlennaya-smena-tsveta.html" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-.html" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsvet.html" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishishki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz.html" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz.html" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon.html" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zheltyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon.html" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller.html" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-fioletovyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-krasnyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-rozovyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-neon-nig.html" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-oranzhevyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zolotoy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zelenyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-teplyy-belyy-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-multikolor-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-n.html" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-siniy.html" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-multi.html" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-multishariki-24v-3-niti-po-20-m-medlennaya-smena-tsveta-tsvet-diodov-rgb.html" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-zheltyy.html" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-siniy.html" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-multi.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-krasnyy.html" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-shariki-24v-3-niti-po-20-m-tsvet-diodov-krasnyy.html" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-shariki-24v-3-niti-po-20-m-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-multi.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-siniy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-zheltyy.html" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-zheltyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-teplyy-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-siniy.html" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-clip-light-12v-shag-150-mm-tsvet-diodov-teplyy-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachnyy-pvh-150-mm-tsvet-diodov-teplyy-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachnyy-pvh-150-mm-tsvet-diodov-belyy-flashing-belyy.html" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-multi.html" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachnyy-pvh-150-mm-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachnyy-pvh-150-mm-tsvet-diodov-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-siniy.html" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-zheltyy.html" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-belyy.html" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-100sm-shag-100sm-960-led-belyy-chernyy-kauchuk-ip65-24.html" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-e27-30sm-dvuhstoronnyaya-24x2-led-belyy-ip65-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-e27-50sm-dvuhstoronnyaya-48x2-led-belyy-ip65-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-e27-100sm-dvuhstoronnyaya-60x2-led-belyy-ip65-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-30sm-shag-100sm-420-led-belyy-chernyy-kauchuk-ip65-24v.html" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-50sm-shag-100sm-600-led-belyy-chernyy-kauchuk-ip65-24v.html" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-100sm-shag-100sm-960-led-teplyy-belyy-chernyy-kauchuk-.html" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-100sm-shag-100sm-960-led-teplyy-belyy-belyy-kauchuk-ip.html" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-50sm-shag-100sm-600-led-teplyy-belyy-chernyy-kauchuk-i.html" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-50sm-shag-100sm-600-led-teplyy-belyy-belyy-kauchuk-ip6.html" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-15sm-667-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-n.html" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-girlyandy-belt-layt-2-zhily-2h1-5mm-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-evro-belt-layt-2-zhily-100m-shag-40sm-225-led-lamp-belyy-45mm-6-led-ploskiy-provod-kauchuk-neo.html" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-ni.html" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-nigh.html" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon-.html" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-50sm-180-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon.html" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-podvesnyh-patronov-e27-ip65-chernyy-kruglyy-provod-ka.html" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect.html" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon-.html" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-nigh.html" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-5-zhil-100m-shag-15sm-667-patronov-e27-ip65-seryy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-5-zhil-100m-shag-15sm-665-patronov-e27-ip20-seryy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-i-svetodiodnyh-lamp-220v-3500vt-4-kanala-h-4-0a-du-ip65-.html" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-neon-night.html" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-neon-night.html" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-50sm-neon-night.html" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-i-svetodiodnyh-lamp-220v-7000vt-4-kanala-h-8-0a-33-progr.html" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-s-kryukom-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhzhilnoy-girlyandy-belt-light-neon-night.html" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-podklyucheniya-dvuhzhilnoy-girlyandy-belt-light-shnur-pitaniya-1-5m-s-vilkoy-konn.html" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-sinyaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-belaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zheltaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zelenaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-teplyy-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zelenyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-siniy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zheltyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-krasnyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-3-led-1vt-rgb-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-siniy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-zelenyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-rozovyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zheltyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-krasnyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zelenyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-3vt-rgb-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-10-led-1vt-zelenyy-prozrachnaya-kolba-24v-postoyannoe-napryazhe.html" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-teplyy-belyy-matovaya-kolba-24v-neon-night.html" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-50mm-krasnaya-24v-postoyannoe-napryazhenie.html" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-belyy-matovaya-kolba-24v-neon-night.html" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-siniy-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-krasnyy-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-siniy-sinyaya-kolb.html" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-zelenyy-zelenaya-k.html" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasnyy-45mm-krasnaya-kolba.html" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-g45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-st45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-siniy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-nakladnaya-30-led-3-5vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-krasnyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-12m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-8m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-16m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-12m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-10m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-6m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-10m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosna-evro-2-karkasnaya-6m-hvoya-leska.html" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-4m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-15m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-5m-hvoya-plenka-neon-night.html" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-6m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ograzhdeniy-dlya-elok-6-m-1-05h1-m-v-komplekte-7-schitov.html" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-3-m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-8m-hvoya-plenka.html" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-serebryanyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-siniy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-10-sm-tsvet-zolotoy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-10-sm-tsvet-krasnyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-10-sm-tsvet-siniy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-10-sm-tsvet-serebryanyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-krasnyy-matovyy.html" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-zolotoy-matovyy.html" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-krasnyy-matovyy.html" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-zolotoy-matovyy.html" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-siniy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-krasnyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-siniy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-zolotoy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-krasnyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-zolotoy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-zolotoy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-krasnyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-serebryanyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-serebryanyy-glyantsevyy.html" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-serebryanyy-matovyy.html" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-siniy-matovyy.html" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-v-kletku-25-sm-tsvet-zolotoy-multi.html" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-klassicheskaya-66-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-skazochnaya-40-sm-tsvet-krasnyy-zolotoy.html" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-lampa-25-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-25-sm-tsvet-serebryanyy.html" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-15-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-siniy-belyy.html" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-fioletovyy-belyy.html" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-morozhenoe-80-sm-tsvet-multi.html" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-klubnichka-40-sm-tsvet-bordovyy.html" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-goluboy.html" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-shampan.html" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-snegurochka-82-sm-tsvet-fioletovyy.html" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-3d-89x78-sm-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-91-sm-tsvet-zelenyy.html" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-zolotoy.html" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-serebryanyy.html" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snezhinka-klassicheskaya-66-sm-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-ledenets-102-sm-tsvet-belyy-krasnyy-i-zelenyy.html" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snegovik-v-shlyape-175-90-sm-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-56-30-sm-tsvet-krasnyy-belyy.html" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-100-84-sm-tsvet-zelenyy.html" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-privetstvuyuschiy-santa-klaus-76h47h120-sm-ip65-ponizhayuschiy-trans.html" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snezhnyy-olen-100-sm-380-svetodiodov-ip-65-ponizhayuschiy-transforma.html" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-buryy-olen-100-sm-380-svetodiodov-ip-65-ponizhayuschiy-transformator.html" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-130-sm-380-svetodiodov-ip65-ponizhayuschiy-transformat.html" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-210h75h60-sm-ip65-ponizhayuschiy-transformator-v-komplek.html" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-korichnevyy-85h71h20-sm-150-svetodiodov-ip65-ponizhayuschiy.html" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-effektom-mertsaniya-55x55sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-zvezdochka-30x28sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayuschih-sosulek-60x60sm-belyy-neon-nigh.html" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayuschih-sosulek-60x60sm-siniy-belyy-neo.html" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-effektom-mertsaniya-95x95sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-kontrollerom-60x60sm-belyy-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-30x28sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayuschih-sosulek-60x60sm-teplyy-belyy-be.html" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-zvezdochka-30x28sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-komety-75h250-sm-160-led-tsvet-svecheniya-teplyy-belyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-teplyy-belyy-belyy-ne.html" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochnyy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-belyy-neon-nig.html" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snezhinka-125h120-sm-200-led-ip65-tsvet-svecheniya-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochnyy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-belyy-neon-ni.html" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novym-godom-krasnaya-230x90-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night.html" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdnyy-feyerverk-razmer-85x175-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasnyy-razmer-36x30-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarnyy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severnyy-olen-200h300-sm-3000-led-ip65-tsvet-svecheniya-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm.html" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm.html" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-350h195-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-120-sm-600-svetodiodov-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-90-sm-372-svetodioda-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-50-sm-200-svetodiodov-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-neon-nig.html" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night.html" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-teplyy-belyy-effekt-mertsaniya-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-teplyy-belyy-effekt-mertsaniya-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-teplyy-belyy-b.html" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-belyy-neon-nig.html" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-teplyy-belyy-n.html" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-.html" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-belyy-neon-n.html" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasnyy-neon.html" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasnyy-neon-.html" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night.html" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-pitaniya-dlya-girlyandi-dyurapley-4-a-podklyuchenie-do-200-m-beliy-kauchuk-230-v-27412" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-pitaniya-dlya-girlyandi-dyurapley-4a-podklyuchenie-do-200m-cherniy-kauchuk-230-v-14387" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-230-v-24v-40vt-6498" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-rgb-girlyand-28677" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-pitaniya-dlya-ulichnih-girlyand-bez-vilki-3a-tsvet-provoda-cherniy-ip65-29993" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-pitaniya-dlya-ulichnih-girlyand-bez-vilki-3a-tsvet-provoda-beliy-ip65-29994" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-ulichnih-girlyand-set-i-tvinkl-cherniy-neon-night-30049" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-girlyand-ip44-on-off-taymer-30065" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-ulichnih-girlyand-s-postoyannim-svecheniem-professional-8-rejimov-14816" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podklyucheniya-dlya-ulichnih-girlyand-230v-4a-tsvet-provoda-beliy-ip65-15208" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-transformator-dlya-ulichnih-girlyand-24v-40vt-alyuminieviy-korpus-ip65-neon-night-31187" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podklyucheniya-ulichnih-dlya-girlyand-230v-4a-tsvet-provoda-cherniy-ip65-4011" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-transformator-dlya-ulichnih-girlyand-24v-60vt-alyuminieviy-korpus-ip65-neon-night-31188" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-230v-24v-80-vt-2-podklyucheniya-po-50-m-neon-night-25506" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-s-radiopultom-dlya-ulichnih-girlyand-set-i-tvinkl-beliy-neon-night-30038" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-shnur-s-provodami-papa-mama-2-pin-beliy-kauchuk-neon-night-31322" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-shnur-s-provodami-papa-mama-2-pin-cherniy-kauchuk-neon-night-31323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-perehodnik-dlya-dyuralayta-i-girlyandi-21033" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-dlya-podklyucheniya-ulichnyh-girlyand-1m-belyy-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-dlya-ulichnih-girlyand-professional-1-vhod-5-vihodov-beliy-pvh-23617" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-340w-4-vihoda-8-programm-3-h-kontaktniy-2617" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-dlya-ulichnih-girlyand-professional-1-vhod-3-vihoda-beliy-pvh-neon-night-31324" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-svetodiodnih-girlyand-3m-professional-7648" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-y-dlya-ulichnih-girlyand-professional-1-vhod-2-vihoda-beliy-pvh-24809" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-ulichnih-girlyand-professional-3-m-beliy-pvh-24811" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-perehodnik-girlyanda-dyuralayt-neon-night-30048" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnih-girlyand-professional-1-vhod-5-vihodov-beliy-pvh-24810" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnih-girlyand-professional-1-vhod-20-vihodov-beliy-pvh-28678" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnih-girlyand-professional-1-vhod-5-vihodov-rasstoyanie-100-sm-beliy-pvh-28680" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-shina-dlya-ulichnih-girlyand-professional-1-vhod-5-vihodov-rasstoyanie-50-sm-beliy-pvh-28679" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-clip-light-12v-shag-150-mm-tsvet-diodov-tepliy-beliy-flashing-beliy-9408" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-beliy-3008" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-multi-3009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachniy-pvh-150-mm-tsvet-diodov-beliy-19733" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachniy-pvh-150-mm-tsvet-diodov-tepliy-beliy-19732" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-jeltiy-3004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-tepliy-beliy-7313" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachniy-pvh-150-mm-tsvet-diodov-tepliy-beliy-flashing-beliy-27403" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-klip-layt-12-v-prozrachniy-pvh-150-mm-tsvet-diodov-beliy-flashing-beliy-27402" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-siniy-3006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-12v-150-mm-tsvet-diodov-beliy-flashing-beliy-9407" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-jeltiy-2986" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-beliy-2990" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-multi-2991" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-multi-9436" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-shariki-24v-3-niti-po-20-m-tsvet-diodov-krasniy-6696" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-shariki-24v-3-niti-po-20-m-tsvet-diodov-beliy-6697" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-krasniy-2987" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-multishariki-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-rgb-6695" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-20-m-svechenie-s-dinamikoy-tsvet-diodov-siniy-2988" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-siniy-9433" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-beliy-9434" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-3-niti-po-10-metrov-tsvet-diodov-tepliy-beliy-9435" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-beliy-2996" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-siniy-2994" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-tepliy-beliy-6445" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-multi-2997" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-beliy-flashing-beliy-2998" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-jeltiy-2992" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-tepliy-beliy-flashing-tepliy-beliy-6447" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-siniy-flashing-beliy-3001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-cliplight-24v-5-nitey-po-20-metrov-tsvet-diodov-jeltiy-flashing-beliy-2999" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-30-sm-230-v-e27-dvuhstoronnyaya-24h2-diodov-tsvet-diodov-beliy-9977" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-24-v-komplekt-10-sht-h-30-sm-shag-100-sm-420-led-beliy-soedinyayutsya-20130" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-24-v-komplekt-10-sht-h-50-sm-shag-100-sm-600-led-beliy-soedinyayutsya-20131" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-50sm-shag-100sm-600-led-tepliy-beliy-beliy-kauchuk-24v-soedinyaetsya-neon-night-31190" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-50sm-shag-100sm-600-led-tepliy-beliy-kauchuk-24v-soedinyaetsya-neon-night-31192" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-24-v-komplekt-10-sht-h-100-sm-shag-100-sm-960-led-beliy-soedinyayutsya-neon-night-24807" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-100sm-shag-100sm-960-led-teplyy-belyy-belyy-kauchuk-ip.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-komplekt-10-sht-h-100sm-shag-100sm-960-led-teplyy-belyy-chernyy-kauchuk-.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-50-sm-230-v-e27-dvuhstoronnyaya-48h2-diodov-tsvet-diodov-beliy-9976" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosulka-svetodiodnaya-100-sm-230-v-e27-dvuhstoronnyaya-60h2-diodov-tsvet-diodov-beliy-9975" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-sinie-48-led-8201" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-belie-48-led-8202" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-tepliy-beliy-48-led-8203" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-zelyoniy-230v-15042" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-jeltie-176-led-neon-night-2852" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-jeltie-176-led-neon-night-2859" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-152-led-6393" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-belie-176-led-neon-night-2856" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-sinie-176-led-neon-night-2854" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-cherniy-provod-230v-diodi-rgb-176-led-neon-night-30032" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-152-led-6391" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-152-led-6392" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-176-led-neon-night-2857" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-176-led-neon-night-2858" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-14026" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-sinie-176-led-neon-night-2863" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-siniy-230v-15046" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-beliy-230v-15043" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-4007" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-effekt-mertsaniya-cherniy-provod-230v-diodi-sinie-176-led-neon-night-30033" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230-nujen-shnur-303-500-1-neon-night-31186" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-beliy-176-led-neon-night-27354" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-tyopliy-beliy-230v-15047" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-27355" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-rgb-176-led-neon-night-14604" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-176-led-neon-night-2862" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-jyoltiy-230v-15045" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-diodi-tepliy-beliy-176-led-7487" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-nujen-shnur-303-500-1-neon-night-31175" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-76-led-6390" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-88-led-neon-night-2843" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-4006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-88-led-neon-night-2841" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14030" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-sinie-76-led-6388" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-76-led-6389" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-zelyonie-88-led-neon-night-14021" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-belie-88-led-neon-night-2839" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-88-led-neon-night-2842" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-krasnie-88-led-neon-night-14029" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-88-led-neon-night-14024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-zelyonie-88-led-neon-night-7064" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-2-4h0-6m-effekt-mertsaniya-beliy-provod-220v-diodi-teplie-belie-88-led-neon-night-30025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-3-2-h-0-6-m-cherniy-provod-kauchuk-230-v-diodi-belie-88-led-neon-night-6905" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-3-2h0-6-m-s-effektom-mertsaniya-88-led-cherniy-provod-kauchuk-teploe-beloe-svechenie-neon-night-27413" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-3-2-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-belie-120-led-neon-night-2865" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-3-2h0-9-m-120-led-cherniy-provod-kauchuk-teploe-beloe-svechenie-neon-night-23501" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-tepliy-beliy-beliy-kauchuk-3-3mm-ip67-postoyannoe-svechenie-230v-nujen-blok-315-001-neon-night-31179" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-3-2h0-9-m-s-effektom-mertsaniya-120-led-cherniy-provod-kauchuk-teploe-beloe-svechenie-neon-night-27414" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-3-2h0-9m-120-led-tepliy-beliy-beliy-kauchuk-3-3mm-ip67-effekt-mertsaniya-230v-nujen-blok-315-001-neon-night-31180" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-cherniy-provod-kauchuk-230-v-diodi-sinie-128-led-neon-night-2868" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-jeltie-neon-night-14470" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-belyy-kauchuk-2-3mm-ip67-effekt-mertsaniya-230v-nuzhen-.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-0h0-6m-cherniy-provod-kauchuk-2-3mm-230v-diodi-tepliy-beliy-128-led-neon-night-29889" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-sinie-neon-night-14468" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-belie-neon-night-14469" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-beliy-provod-kauchuk-230-v-diodi-jeltie-128-led-14329" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-beliy-provod-kauchuk-230-v-diodi-belie-128-led-14334" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-cherniy-provod-kauchuk-230-v-diodi-belie-128-led-neon-night-2870" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-cherniy-provod-kauchuk-230-v-diodi-jeltie-128-led-neon-night-2866" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-0h0-6m-s-effektom-mertsaniya-cherniy-provod-kauchuk-2-3-mm-230v-diodi-tepliy-beliy-128-led-neon-night-29890" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-4-0h0-6-m-s-effektom-mertsaniya-beliy-provod-kauchuk-230-v-diodi-teplie-belie-neon-night-27416" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-4-0h0-6-m-s-effektom-mertsaniya-beliy-provod-kauchuk-230-v-diodi-sinie-neon-night-28703" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahroma-aysikl-4-0h0-6m-128-led-teplyy-belyy-belyy-kauchuk-2-3mm-ip67-postoyannoe-svechenie-230v-nuz.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-beliy-provod-kauchuk-230-v-diodi-sinie-128-led-14331" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-cherniy-provod-kauchuk-230-v-diodi-tepliy-beliy-128-led-neon-night-7495" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-4-0h0-6-m-s-effektom-mertsaniya-beliy-provod-kauchuk-230-v-diodi-belie-neon-night-27415" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-beliy-provod-kauchuk-230-v-diodi-tepliy-beliy-128-led-14332" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-0-h-0-6-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-tepliy-beliy-128-led-neon-night-14327" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-6-0-h-1-5-m-cherniy-provod-kauchuk-230-v-diodi-belie-480-led-neon-night-14356" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-6-0-h-1-5-m-cherniy-provod-kauchuk-230-v-diodi-tepliy-beliy-480-led-neon-night-14355" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-152-led-cherniy-provod-kauchuk-teploe-beloe-svechenie-neon-night-23502" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-152-led-beliy-provod-kauchuk-teploe-beloe-svechenie-neon-night-28699" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-s-effektom-mertsaniya-152-led-cherniy-provod-kauchuk-teploe-beloe-svechenie-neon-night-27417" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-s-effektom-mertsaniya-152-led-beliy-provod-kauchuk-teploe-beloe-svechenie-neon-night-28698" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-s-effektom-mertsaniya-152-led-cherniy-provod-kauchuk-beloe-svechenie-neon-night-28700" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-5h0-7-m-152-led-cherniy-provod-kauchuk-beloe-svechenie-neon-night-28701" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-belie-240-led-neon-night-2876" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-s-effektom-mertsaniya-beliy-provod-kauchuk-230-v-diodi-belie-240-led-neon-night-9422" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-sinie-240-led-neon-night-2874" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-beliy-provod-kauchuk-230-v-diodi-zelenie-240-led-neon-night-14362" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-krasnie-240-led-neon-night-2873" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-belie-240-led-neon-night-2877" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-beliy-provod-kauchuk-230-v-diodi-sinie-240-led-neon-night-14361" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-beliy-provod-kauchuk-230-v-diodi-belie-240-led-neon-night-14359" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-jeltie-240-led-neon-night-2872" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-cherniy-provod-kauchuk-230-v-diodi-tepliy-beliy-240-led-neon-night-7496" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-5-6x0-9m-240-led-siniy-beliy-kauchuk-2-3mm-ip67-effekt-mertsaniya-230v-nujen-blok-315-001-neon-night-31178" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-tepliy-beliy-240-led-neon-night-7497" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-s-effektom-mertsaniya-beliy-provod-kauchuk-230-v-diodi-tepliy-beliy-240-led-neon-night-9423" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-s-effektom-mertsaniya-cherniy-provod-kauchuk-230-v-diodi-sinie-240-led-neon-night-9421" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-5-6-h-0-9-m-beliy-provod-kauchuk-230-v-diodi-tepliy-beliy-240-led-neon-night-14357" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-sinie-1518" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-1517" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-krasnie-sinie-1519" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-1523" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-krasnie-sinie-1525" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-sinie-1524" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-krasnie-sinie-1522" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-multikolor-2681" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-sinie-1521" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-siniy-14885" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-beliy-14830" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-tyopliy-beliy-14862" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-tepliy-beliy-14849" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-jyoltiy-14884" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-1520" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-tyopliy-beliy-14265" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-multikolor-1527" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-beliy-14266" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-tepliy-beliy-28669" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-beliy-14836" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-tyopliy-beliy-14837" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-beliy-28668" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-multikolor-28670" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-multikolor-14904" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x4m-cherniy-kauchuk-560-led-belie-6490" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x1-5m-cherniy-kauchuk-288-led-belie-6483" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x1-5m-cherniy-kauchuk-288-led-multikolor-6484" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-cherniy-kauchuk-432-led-tepliy-beliy-6487" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-cherniy-kauchuk-432-led-belie-6486" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-beliy-kauchuk-432-led-belie-14338" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-cherniy-kauchuk-432-led-belie-sinie-6485" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-cherniy-kauchuk-432-led-multikolor-6488" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2x3m-beliy-kauchuk-432-led-tepliy-beliy-14337" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-13-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2940" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-beliy-9431" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-siniy-1480" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-beliy-1482" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-pvh-100-diodov-tsvet-rgb-4003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-rgb-7481" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-24v-2945" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-beliy-13700" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-krasniy-1479" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-rgb-7480" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-oslash-17-5mm-10m-100-led-rgb-cherniy-pvh-ip65-medlennaya-smena-tsveta-230v-nujen-blok-303-500-neon-night-31182" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-tepliy-beliy-14924" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-17-5mm-oslash-23mm-oslash-17-5mm-oslash-45mm-10m-cherniy-pvh-80-diodov-tsvet-rgb-9432" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2939" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-fioletoviy-6440" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-siniy-2924" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-beliy-2925" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-multikolor-2928" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-jeltiy-2922" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-beliy-2927" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-tepliy-beliy-3502" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-krasniy-2923" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-rozoviy-6438" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-oranjeviy-6437" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zolotoy-14482" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zeleniy-3501" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-tepliy-beliy-28631" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-multikolor-2926" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-led-beliy-soedinyaetsya-23766" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23533" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-diodov-tsvet-tepliy-beliy-21025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23534" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23539" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23541" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23540" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23542" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14861" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-jyoltiy-14865" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-krasniy-14906" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-siniy-14875" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230-v-tsvet-beliy-14848" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-jyoltiy-14868" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-14834" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-jyoltiy-14879" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-beliy-14847" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-multikolor-14901" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-beliy-14866" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-tyopliy-beliy-14878" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-zelyoniy-14920" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-jyoltiy-14855" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14923" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-siniy-14916" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-7638" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-tyopliy-beliy-14853" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-siniy-14907" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-cherniy-pvh-230v-tsvet-rgb-30031" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-prozrachniy-pvh-230v-tsvet-rgb-14606" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-tyopliy-beliy-14835" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-14905" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-multikolor-14900" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-krasniy-14839" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-siniy-14851" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-jyoltiy-14886" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-krasniy-14867" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-zelyoniy-14919" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-14908" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14895" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-multikolor-14896" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-krasniy-14857" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-siniy-14880" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-beliy-14891" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-tyopliy-beliy-14852" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-jyoltiy-14869" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-beliy-14921" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-tyopliy-beliy-14909" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-krasniy-14910" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-siniy-14922" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-krasniy-14871" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-tyopliy-beliy-14902" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-jyoltiy-14897" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-tyopliy-beliy-14890" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-jyoltiy-14893" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-krasniy-14894" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-zelyoniy-14860" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-7637" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31174" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31184" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-siniy-14911" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-200-led-23530" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-tyopliy-beliy-200-led-23532" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-200-led-23529" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31185" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-beliy-14899" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-beliy-200-led-23531" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-7639" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-siniy-14841" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-beliy-14876" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-14838" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-beliy-14858" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-multikolor-14881" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-zelyoniy-14842" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-krasniy-14864" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-siniy-14863" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-beliy-14915" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14856" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-cherniy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-315-000-31177" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2947" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2952" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6536" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6537" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-jyoltiy-14384" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-tyopliy-beliy-14381" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2949" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-beliy-27406" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2950" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-siniy-14382" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-siniy-14379" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-beliy-14380" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2948" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-beliy-6441" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-beliy-27408" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-beliy-27410" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27411" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23535" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-23538" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23536" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-23537" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-zelyoniy-7630" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27405" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-7634" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-beliy-27404" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27409" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27407" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7636" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-beliy-7631" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7635" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-tyopliy-beliy-7632" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2951" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-beliy-14850" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23mm-10m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-tepliy-beliy-30070" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-svechenie-s-dinamikoy-tsvet-rgb-14903" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishishki-10-m-cherniy-kauchuk-80-diodov-tsvet-rgb-15090" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-kauchuk-80-led-tsvet-rgb-28702" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-multikolor-2938" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-tepliy-beliy-7627" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-krasnaya-3531" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-nakladnaya-30-led-belaya-3067" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-belaya-3052" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-sinyaya-3051" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-siniy-oslash-45mm-sinyaya-kolba-14568" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-zelyoniy-oslash-45mm-zelyonaya-kolba-14572" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasniy-oslash-45mm-krasnaya-kolba-14561" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-zelenaya-kolba-3035" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-belaya-kolba-3036" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-jeltaya-kolba-3032" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-sinyaya-kolba-3034" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-sinyaya-1240" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-krasnaya-1239" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-zelenaya-1241" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-belaya-1242" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-3-led-diametr-45mm-rgb-neon-night-30047" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-tepliy-beliy-7443" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-jeltaya-1238" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-sinyaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7447" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-zelenaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7448" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-belaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7449" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-tepliy-beliy-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7450" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-rozovaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7451" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-rgb-3529" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-belaya-1247" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-zelenaya-1246" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-jeltaya-1243" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-tepliy-beliy-7444" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-krasnaya-1244" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-zelenaya-24v-postoyannoe-napryajenie-3042" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-7led-24v-diametr-45mm-tepliy-beliy-matovaya-kolba-29878" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-krasnaya-24v-postoyannoe-napryajenie-3040" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-beliy-matovaya-kolba-24v-neon-night-31183" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-sinyaya-9634" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-krasnaya-9633" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-st45-e27-2w-230v-teplaya-belaya-3000k-15418" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-g45-e27-2w-230-v-tepliy-beliy-3000-k-27787" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-2-jili-50m-shag-40sm-125-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-30026" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31299" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-9447" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-podvesnie-patroni-e27-vlagostoykaya-ip65-28671" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-pod-vint-e27-vlagostoykaya-ip65-28672" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-20-sm-patroni-e27-vlagostoykaya-ip65-3020" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-50-sm-patroni-e27-vlagostoykaya-ip65-3022" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-3021" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-31298" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-40sm-125-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31297" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-illyuminatsionniy-belt-light-dvuhjilniy-100m-7610" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-15-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-19997" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gotoviy-nabor-evro-belt-light-2-jili-shag-40-sm-belie-led-lampi-45mm-6-led-12204" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-vlagostoykaya-ip65-3023" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-3018" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-50sm-14573" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-14555" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-s-kryukom-dlya-dvuhjilnogo-kabelya-belt-light-7613" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-dvuhjilnogo-kabelya-belt-light-7615" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-svetodiodnie-lampi-220-v-7000-vt-4-kan-h-8-0-a-33-progr-du-ip65-17682" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-podklyucheniya-dvuhjilnogo-belt-light-shnur-pitaniya-1-5m-s-vilkoy-konnektor-7612" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-svetodiodnie-lampi-220-v-3500-vt-4-kan-h-4-0-a-du-ip65-12275" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhjilnogo-kabelya-belt-light-7614" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-14567" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhjilnogo-illyuminatsionnogo-kabelya-belt-light-7611" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sosna-evro-2-karkasnaya-6m-hvoya-leska-7022" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-15m-hvoya-plenka-3799" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-8m-hvoya-plenka-3320" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-12m-hvoya-plenka-7131" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-12m-hvoya-plenka-3322" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-10m-hvoya-plenka-3321" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-16m-hvoya-plenka-8441" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-10m-hvoya-plenka-15213" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-evro-2-karkasnaya-4m-hvoya-plenka-3800" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-karkasnaya-uralskaya-6m-hvoya-plenka-11103" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ograjdeniy-dlya-elok-6-m-1-05h1-m-v-komplekte-7-schitov-20361" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-5m-hvoya-plenka-neon-night-3318" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-6m-hvoya-plenka-3319" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-8m-hvoya-plenka-19388" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/el-alpiyskaya-stvolovaya-3-m-hvoya-plenka-20582" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-krasniy-8602" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-siniy-beliy-7840" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-klassicheskaya-66-sm-tsvet-siniy-6465" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-goluboy-8588" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-siniy-8601" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-beliy-8618" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-serebryaniy-8619" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-91-sm-tsvet-zeleniy-6402" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-ledenets-102-sm-tsvet-beliy-krasniy-i-zeleniy-8584" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-zolotoy-6463" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-krasniy-8626" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snegovik-v-shlyape-175-90-sm-tsvet-beliy-7846" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-100-84-sm-tsvet-zeleniy-7831" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-klubnichka-40-sm-tsvet-bordoviy-8542" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-zolotoy-8593" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-zolotoy-8587" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-15-sm-tsvet-zolotoy-8520" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-fioletoviy-beliy-7841" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-56-30-sm-tsvet-krasniy-beliy-7830" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-siniy-8605" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-morojennoe-80-sm-tsvet-multi-7842" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-beliy-8591" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-siniy-8592" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-zolotoy-8623" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-82-sm-tsvet-fioletoviy-8590" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-siniy-8594" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-skazochnaya-40-sm-tsvet-krasniy-zolotoy-8608" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-lampa-25-sm-tsvet-zolotoy-8508" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-3d-89x78-sm-tsvet-beliy-krasniy-7829" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-shampan-8589" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-krasniy-8595" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-klassicheskaya-66-sm-tsvet-zolotoy-8596" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-zolotoy-8606" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-25-sm-tsvet-serebryaniy-8513" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-zolotoy-glyantseviy-8559" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-v-kletku-25-sm-tsvet-zolotoy-multi-8538" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-serebryaniy-glyantseviy-6416" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-krasniy-glyantseviy-20106" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-zolotoy-glyantseviy-6407" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-siniy-matoviy-30067" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-siniy-glyantseviy-20104" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-siniy-glyantseviy-20108" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-serebryaniy-glyantseviy-20107" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-zolotoy-glyantseviy-20105" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-25-sm-tsvet-krasniy-glyantseviy-6410" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-serebryaniy-matoviy-30066" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-oslash-10-sm-tsvet-serebryaniy-glyantseviy-23521" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-siniy-glyantseviy-8552" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-oslash-10-sm-tsvet-zolotoy-glyantseviy-23518" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-oslash-10-sm-tsvet-krasniy-glyantseviy-23519" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-oslash-10-sm-tsvet-siniy-glyantseviy-23520" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-zolotoy-matoviy-28675" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-serebryaniy-glyantseviy-8564" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-zolotoy-matoviy-28673" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-krasniy-glyantseviy-8561" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-15-sm-tsvet-krasniy-matoviy-28674" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-shar-20-sm-tsvet-krasniy-matoviy-28676" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-210h75h60-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-2034" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-buriy-olen-100-sm-380-svetodiodov-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-6384" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenyonok-korichneviy-85h71h20-sm-150-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-6516" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-privetstvuyuschiy-santa-klaus-76h47h120-sm-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-23492" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snejniy-olen-100-sm-380-svetodiodov-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-28690" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severniy-olen-130-sm-380-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3996" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-beliy-neon-night-29891" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm-28047" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-neon-night-3079" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severniy-olen-300h200-sm-3000-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-23544" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-28667" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarniy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-beliy-neon-night-23543" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm-28049" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night-2015" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6442" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6443" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6444" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31161" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31162" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-neon-night-27398" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-oslash-50-sm-200-svetodiodov-tepliy-beliy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night-23516" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-tsvet-beliy-7719" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-90-sm-372-svetodioda-tsvet-beliy-7718" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-27399" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night-7655" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23547" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-23546" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-neon-night-23545" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28665" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28710" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-28664" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-belaya-neon-night-7654" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night-28681" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-95x95-sm-mertsayuschaya-neon-night-3098" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-siniy-razmer-95x95-sm-neon-night-1544" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55sm-neon-night-1541" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-beliy-razmer-95x95-sm-neon-night-1545" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55-sm-mertsayuschaya-neon-night-3097" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdochka-led-tsvet-beliy-razmer-30x28-sm-neon-night-6501" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-beliy-neon-night-23559" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23560" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-led-svetodiodnaya-bez-kontr-razmer-55x55sm-sinyaya-neon-night-1542" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-beliy-neon-night-23558" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-tepliy-beliy-neon-night-27397" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-svecheniya-siniy-razmer-45h38-sm-neon-night-28709" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-bolshaya-snejinka-tsvet-tepliy-beliy-razmer-95x95-sm-neon-night-1543" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-zvezdochka-tsvet-tepliy-beliy-razmer-30x28-sm-neon-night-1089" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-beliy-razmer-45x38-sm-neon-night-6502" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-siniy-neon-night-28708" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-30h28sm-14967" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-55x55-sm-neon-night-1539" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-belaya-sinyaya-razmer-60x60-sm-s-kontrollerom-neon-night-1540" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-siniy-beliy-neon-night-27396" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-45x38-sm-neon-night-1090" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novim-godom-krasnaya-230x90-sm-neon-night-1087" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdniy-feyerverk-razmer-85x175-sm-neon-night-1531" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasniy-razmer-36-30-sm-neon-night-1534" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23553" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-125h120-sm-200-led-ip65-tsvet-svecheniya-beliy-neon-night-23550" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-tepliy-beliy-neon-night-23551" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-beliy-neon-night-23549" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-beliy-neon-night-23548" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-kometi-75h250-sm-160-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23552" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night-7716" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-36-led-m-buhta-100m-neon-night-357" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-36-led-m-buhta-100m-358" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-24-led-m-oslash-10mm-buhta-100m-14495" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100m-3493" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-30-led-m-buhta-100m-3798" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-30-led-m-buhta-100m-6494" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-30-led-m-buhta-100m-3706" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-30-led-m-buhta-100m-3705" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-ekonom-24-led-m-buhta-100m-12154" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-ekonom-24-led-m-buhta-100m-12153" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100m-neon-night-360" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-ekonom-24-led-m-buhta-100m-14051" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-24-led-m-oslash-10mm-buhta-100m-14494" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-24-led-m-oslash-10mm-buhta-100m-14496" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-jeltiy-36-led-m-buhta-100m-neon-night-348" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhjilniy-24v-13mm-36-led-m-tepliy-beliy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-night-31543" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-27938" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-1-27940" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-27939" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-1-27941" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-ekonom-24-led-m-buhta-100m-12155" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-36-led-m-buhta-100m-neon-night-359" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-50-m-1421" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-3w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-305" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-13-mm-tsena-za-1-sht-4456" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1427" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1422" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1420" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-10mm-tsena-za-1-sht-17838" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhjilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-night-30027" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-377" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1426" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozrachniy-p-obrazniy-korob-1m-plastik-tsena-za-1-sht-2605" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-10mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-14498" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-313" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17145" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17142" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-10-mm-tsena-za-1-sht-2597" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-12h12-mm-tsena-za-1-sht-14298" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsi-krokodil-empty-13-mm-100-sht-v-upakovke-2603" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-ekonom-24-led-m-buhta-100m-14053" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-24-led-m-buhta-100m-14048" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-krasniy-36-led-m-buhta-100m-362" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-36-led-m-buhta-100m-361" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-buhta-100m-364" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-zeleniy-36-led-m-buhta-100m-365" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-30-led-m-buhta-100m-6495" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-jeltiy-36-led-m-buhta-100m-363" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-tepliy-beliy-24-led-m-buhta-100m-14056" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-24-led-m-buhta-100m-14050" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-36-led-m-buhta-100m-1408" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-siniy-36-led-m-buhta-100m-2614" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-tepliy-beliy-36-led-m-buhta-100m-18996" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-ekonom-24-led-m-buhta-100m-14054" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-36-led-m-buhta-100m-2616" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-12h12-mm-forma-d-jyoltiy-120-led-m-buhta-100m-14276" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-jyoltiy-120-led-m-buhta-100m-14299" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-beliy-120-led-m-buhta-100m-14283" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-buhta-50m-1083" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-krasniy-obolochka-krasnaya-buhta-50m-7559" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-obolochka-sinyaya-buhta-50m-7560" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-tepliy-beliy-120-led-m-buhta-50m-14286" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-beliy-120-led-m-buhta-50m-14272" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-siniy-144-led-m-buhta-50-m-20357" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-jeltiy-144-led-m-buhta-50-m-20356" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-beliy-144-led-m-buhta-50-m-20359" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-tepliy-beliy-144-led-m-buhta-50-m-20358" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-krasniy-120-led-m-buhta-50-m-20360" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-beliy-120-led-m-buhta-100-m-20351" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-tepliy-beliy-odnostoronniy-24v-buhta-50m-neon-night-30973" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-tepliy-beliy-120-led-m-buhta-100-m-20355" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-krasniy-120-led-m-buhta-100m-neon-night-31935" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-tepliy-beliy-120-led-m-buhta-100-m-20237" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-krasniy-120-led-m-buhta-100-m-20350" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-siniy-120-led-m-buhta-100-m-20352" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-beliy-120-led-m-50m-neon-night-30024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-tepliy-beliy-120-led-m-50m-neon-night-30050" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-siniy-120-led-m-buhta-100-m-2629" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-beliy-120-led-m-buhta-100-m-2630" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-beliy-odnostoronniy-24v-buhta-50m-neon-night-30972" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-zeleniy-120-led-m-buhta-100m-neon-night-31936" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16-mm-dvuhstoronniy-jeltiy-120-led-m-buhta-100-m-s-komplektom-podklyucheniya-28660" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-beliy-buhta-50-m-27789" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-tepliy-beliy-buhta-50-m-27788" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-rozoviy-buhta-50m-7571" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht-14275" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-8h16-mm-dlina-1-metr-20336" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-15h26mm-dlina-1-metr-tsena-za-1-sht-14302" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-dlina-20-sm-tsena-za-1-sht-14305" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-dlina-20-sm-tsena-za-1-sht-27792" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-16h16mm-formi-d-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31155" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-15h26mm-2m-neon-night-31164" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht-27791" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-oslash-16-mm-dlina-1-metr-27793" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29887" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29888" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30054" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-neon-night-30028" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-7h12mm-dlina-1-metr-tsena-za-1-sht-14293" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-12h12mm-dlina-1-metr-tsena-za-1-sht-14292" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-oslash-19-mm-neon-night-tsilindricheskaya-tsena-za-1-sht-17727" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formi-d-16h16-mm-tsena-za-1-sht-20348" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm-20349" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht-20343" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formi-d-16h16-mm-dlina-20-sm-tsena-za-1-sht-20346" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31005" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night.html" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-nakladnoy-dlya-neona-16h16mm-2m-30163" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31004" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht-20338" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-30579" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20345" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-8h16mm-2m-cherniy-neon-night-31167" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-360-oslash-16-mm-230-v-27790" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-jilniy-rgb-1430" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20339" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30053" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-15x26-mm-14277" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-neon-night-30029" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2813" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2815" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-zelenie-14365" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-krasnie-14373" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-14366" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-sinie-14374" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-zelenie-14368" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umniy-dojd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belih-dioda-ip65-3495" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-24v-100w-3496" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v-3499" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-zelenie-14824" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-jeltie-14825" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-sinie-14814" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-belie-14813" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-krasnie-14826" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-27346" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-cherniy-provod-230-v-diodi-tepliy-beliy-27347" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-tepliy-beliy-14818" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-jyoltie-6842" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2730" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-sinie-6844" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6551" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-2802" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-jyoltie-6841" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6547" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6549" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-6840" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2731" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2727" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6448" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2778" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-jyoltie-2781" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2783" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-zelyonie-2787" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2803" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-zelyonie-6843" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6545" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-krasnie-1-6546" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-1-6548" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6550" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2779" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-zelyonie-2782" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-2799" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-prozrachniy-provod-230-v-diodi-rgb-svechenie-s-dinamikoy-pri-priobretenii-kontrollera-245-908-14602" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2729" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-6838" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h2m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-rgb-200-led-9880" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28704" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28705" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2804" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-2736" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-sinie-760-led-2740" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6589" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-2737" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2748" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2747" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2774" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2742" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6582" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelenie-6587" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6449" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2763" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2741" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2743" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2773" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-tsvet-zoloto-14486" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6586" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6588" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6590" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2739" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h3-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-27349" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28706" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28707" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2796" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6700" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2798" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6699" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6701" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-2754" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-27350" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2753" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6450" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500.html" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-27352" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27351" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27353" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2755" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2762" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-mertsaniya-cherniy-provod-220v-diodi-krasnie-neon-night-3649" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-303-500-1-31181" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh.html" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6451" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I846"/>
+  <dimension ref="A1:I853"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -5359,23796 +5401,24006 @@
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>888.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>3563</v>
+        <v>2470</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>3422.22</v>
+        <v>888.19</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>972</v>
+        <v>1890</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>4861.11</v>
+        <v>3422.22</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>720</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>888.19</v>
+        <v>6023.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>3892</v>
+        <v>292</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>6023.8</v>
+        <v>790.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>333</v>
+        <v>1064</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>790.9</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1167</v>
+        <v>120</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>790.9</v>
+        <v>2198.9</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>291</v>
+        <v>1309</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>2198.9</v>
+        <v>2141.86</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>264</v>
+        <v>1386</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>2002.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>772.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>5713</v>
+        <v>4825</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>150</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>2418.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1141</v>
+        <v>979</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>3628.9</v>
+        <v>772.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>951</v>
+        <v>2892</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2141.86</v>
+        <v>3628.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1399</v>
+        <v>598</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>2198.9</v>
+        <v>4861.11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1545</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>772.69</v>
+        <v>2198.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>4537</v>
+        <v>211</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>668.74</v>
+        <v>383.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1338</v>
+        <v>28</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>4622.59</v>
+        <v>383.9</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>853.01</v>
+        <v>391.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>1482</v>
+        <v>771</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1399.81</v>
+        <v>452.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>159</v>
+        <v>1442</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>1269.34</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>762</v>
+        <v>639</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>2100.43</v>
+        <v>810.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>2520.77</v>
+        <v>900.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>391.54</v>
+        <v>853.01</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>780</v>
+        <v>825</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>372.9</v>
+        <v>668.74</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>717</v>
+        <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>383.9</v>
+        <v>853.01</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>810.1</v>
+        <v>372.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
+        <v>426</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>383.9</v>
+        <v>1399.81</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>431</v>
+        <v>28</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>900.9</v>
+        <v>4622.59</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>649</v>
+        <v>79</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>853.01</v>
+        <v>2520.77</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1045</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>452.21</v>
+        <v>2100.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1397</v>
+        <v>802</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>363.61</v>
+        <v>459.86</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>445.46</v>
+        <v>414.64</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F39" s="3">
-        <v>900</v>
+        <v>8698</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>320.83</v>
+        <v>414.64</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>3400</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>288.75</v>
+        <v>414.64</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F41" s="3">
-        <v>2200</v>
+        <v>3200</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>490</v>
+        <v>414.64</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F42" s="3">
-        <v>3800</v>
+        <v>100</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>363.61</v>
+        <v>414.64</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F43" s="3">
         <v>100</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>352.92</v>
+        <v>414.64</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>6000</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>363.61</v>
+        <v>459.86</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>410</v>
+        <v>459.86</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F46" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>320.83</v>
+        <v>414.64</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F47" s="3">
-        <v>600</v>
+        <v>2800</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>320.83</v>
+        <v>459.86</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F48" s="3">
-        <v>900</v>
+        <v>1400</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="C49" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>288.75</v>
+        <v>18588</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G51" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>288.75</v>
+        <v>18588</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G52" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>363.61</v>
+        <v>18588</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G53" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>410</v>
+        <v>12088.9</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="G54" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>410</v>
+        <v>9090.14</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>4100</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>352.92</v>
+        <v>9090.18</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C57" s="3">
+        <v>16729.2</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="3">
+        <v>15</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>2</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C57" s="3">
-[...32 lines deleted...]
-      <c r="I58" s="2"/>
+      <c r="C58" s="3">
+        <v>24351.6</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="3">
+        <v>43</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>2</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>406.39</v>
+        <v>18588</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>400</v>
+        <v>62</v>
       </c>
       <c r="G59" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>406.39</v>
+        <v>9792.01</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>406.39</v>
+        <v>12088.9</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>5000</v>
+        <v>28</v>
       </c>
       <c r="G61" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="C62" s="3">
+        <v>12088.9</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3">
+        <v>10</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>10</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C62" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>506</v>
+        <v>23148</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>406.39</v>
+        <v>23148</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="G65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>438</v>
+        <v>23148</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>1000</v>
+        <v>296</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>455.4</v>
+        <v>23148</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>506</v>
+        <v>24536</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C69" s="3">
+        <v>23148</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="3">
+        <v>17</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>4</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C69" s="3">
-[...32 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="C70" s="3">
+        <v>24536</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" s="3">
+        <v>276</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>2</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>385</v>
+        <v>24536</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3">
+        <v>24536</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>2</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="C72" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="3">
+        <v>850.52</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>50</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C74" s="3">
-[...32 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="C75" s="3">
+        <v>12934.9</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="3">
+        <v>115</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>10</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>742.19</v>
+        <v>13131.3</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>403</v>
+        <v>102</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>222.44</v>
+        <v>13131.3</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>680</v>
+        <v>1</v>
       </c>
       <c r="G77" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>222.44</v>
+        <v>13131.3</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>90</v>
+        <v>283</v>
       </c>
       <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
         <v>10</v>
       </c>
-      <c r="H78" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>183.41</v>
+        <v>17208.4</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>878</v>
+        <v>309</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>742.19</v>
+        <v>17208.4</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1369</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>11.77</v>
+        <v>17208.4</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>7250</v>
+        <v>87</v>
       </c>
       <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
         <v>10</v>
       </c>
-      <c r="H81" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>7.72</v>
+        <v>1413.97</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>7600</v>
+        <v>136</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="C83" s="3">
+        <v>2248.64</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="3">
+        <v>2316</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>50</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="C83" s="3">
-[...22 lines deleted...]
-      <c r="A84" s="3" t="s">
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="C84" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>1518.61</v>
+        <v>1499</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C88" s="3">
-        <v>742.19</v>
+        <v>1499</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>5666</v>
+        <v>207</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C89" s="3">
-        <v>1219.17</v>
+        <v>1549</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C91" s="3">
-        <v>166.75</v>
+        <v>5090</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>236</v>
+        <v>80</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C92" s="3">
-        <v>394.9</v>
+        <v>4790</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>377</v>
+        <v>158</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C93" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="3">
+        <v>208</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>30</v>
+      </c>
+      <c r="I93" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C94" s="3">
+        <v>3990</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>391</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>20</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="C95" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>51</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>30</v>
+      </c>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C96" s="3">
-        <v>1800.19</v>
+        <v>4790</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G96" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>1620.17</v>
+        <v>8490</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
+        <v>139</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>20</v>
+      </c>
+      <c r="I97" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>2222.45</v>
+        <v>3990</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>234</v>
       </c>
       <c r="G98" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C99" s="3">
+        <v>3888.15</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>718</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>20</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C100" s="3">
-        <v>1161.72</v>
+        <v>4790</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="G100" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C101" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
+        <v>372</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>20</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="C102" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>271</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>20</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C103" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>46</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>30</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="B104" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C103" s="3">
-[...32 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="C104" s="3">
+        <v>5090</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="3">
+        <v>378</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>30</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>665.54</v>
+        <v>5090</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>660</v>
+        <v>412</v>
       </c>
       <c r="G105" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>665.54</v>
+        <v>4790</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>300</v>
+        <v>422</v>
       </c>
       <c r="G106" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>665.54</v>
+        <v>5090</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>750</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>665.54</v>
+        <v>5090</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
+        <v>358</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>16</v>
+      </c>
+      <c r="I108" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="C109" s="3">
+        <v>5090</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="3">
+        <v>50</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>30</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="C109" s="3">
-[...22 lines deleted...]
-      <c r="A110" s="2" t="s">
+      <c r="B110" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B110" s="2"/>
-[...6 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="C110" s="3">
+        <v>5090</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>815</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>20</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="3">
-        <v>605.04</v>
+        <v>5090</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>416</v>
       </c>
       <c r="G111" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>406.36</v>
+        <v>8490</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="G112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
+      <c r="A113" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B113" s="2"/>
-[...6 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="B113" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C113" s="3">
+        <v>4790</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>733</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>20</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C114" s="3">
-        <v>485.89</v>
+        <v>5090</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>1300</v>
+        <v>189</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>485.89</v>
+        <v>4790</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>3850</v>
+        <v>128</v>
       </c>
       <c r="G115" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>485.89</v>
+        <v>5090</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>5300</v>
+        <v>634</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B117" s="3" t="s">
+      <c r="A117" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="C117" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C118" s="3">
-        <v>485.89</v>
+        <v>1990</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C119" s="3">
-        <v>445.24</v>
+        <v>2400</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>16200</v>
+        <v>480</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C120" s="3">
-        <v>445.24</v>
+        <v>2280</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C121" s="3">
-        <v>445.24</v>
+        <v>2280</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>7700</v>
+        <v>78</v>
       </c>
       <c r="G121" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C122" s="3">
-        <v>485.9</v>
+        <v>2280</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>8850</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>485.9</v>
+        <v>1990</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>14550</v>
+        <v>2</v>
       </c>
       <c r="G123" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>445.24</v>
+        <v>1990</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>2500</v>
+        <v>241</v>
       </c>
       <c r="G124" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C125" s="3">
-        <v>445.24</v>
+        <v>2052</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>2100</v>
+        <v>1</v>
       </c>
       <c r="G125" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>593.59</v>
+        <v>2280</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>3100</v>
+        <v>40</v>
       </c>
       <c r="G126" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>593.59</v>
+        <v>2280</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>3550</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="2" t="s">
+      <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="B128" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C128" s="3">
+        <v>2400</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>5</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>24</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>665.54</v>
+        <v>2052</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>7400</v>
+        <v>1</v>
       </c>
       <c r="G129" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>665.54</v>
+        <v>2166</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>8850</v>
+        <v>19</v>
       </c>
       <c r="G130" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="A131" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C131" s="3">
+        <v>2052</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F131" s="3">
+        <v>5</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>10</v>
+      </c>
+      <c r="I131" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C132" s="3">
-        <v>2032.79</v>
+        <v>2400</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C135" s="3">
-        <v>443.12</v>
+        <v>4032.17</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>392</v>
+        <v>1</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C136" s="3">
-        <v>390</v>
+        <v>4791.38</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>8484</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B137" s="3" t="s">
+      <c r="A137" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="C137" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C138" s="3">
-        <v>122.87</v>
+        <v>4463.42</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1402</v>
+        <v>2</v>
       </c>
       <c r="G138" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C139" s="3">
-        <v>47.48</v>
+        <v>4959.36</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>210</v>
+        <v>1</v>
       </c>
       <c r="G139" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C140" s="3">
-        <v>357.58</v>
+        <v>4959.36</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
+        <v>5</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>10</v>
+      </c>
+      <c r="I140" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C141" s="3">
-        <v>47.48</v>
+        <v>5196.56</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>2460</v>
+        <v>8</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C142" s="3">
-        <v>445.05</v>
+        <v>5196.56</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>1730</v>
+        <v>10</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
+      <c r="A143" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>452.22</v>
+        <v>4861.03</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>452.22</v>
+        <v>5158.71</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>407</v>
+        <v>4913.05</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>174</v>
+        <v>753</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>394.9</v>
+        <v>4629.55</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>4335</v>
+        <v>1</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>31.47</v>
+        <v>5158.71</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>230</v>
+        <v>87</v>
       </c>
       <c r="G148" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>109.04</v>
+        <v>5600</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>353</v>
+        <v>572</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>511.54</v>
+        <v>4861.03</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>1378</v>
+        <v>51</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>44.43</v>
+        <v>5200</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>9740</v>
+        <v>1042</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>47.48</v>
+        <v>5200</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>8470</v>
+        <v>286</v>
       </c>
       <c r="G152" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>47.48</v>
+        <v>4861.03</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>2480</v>
+        <v>109</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>511.54</v>
+        <v>4913.05</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>2572</v>
+        <v>1</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>80.24</v>
+        <v>5600</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>2723</v>
+        <v>844</v>
       </c>
       <c r="G155" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>3000</v>
+        <v>15</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>556.21</v>
+        <v>5158.71</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>2490</v>
+        <v>86</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>603.9</v>
+        <v>4629.55</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>4108</v>
+        <v>661</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>1038.34</v>
+        <v>4861.03</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>1186</v>
+        <v>2</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>477.32</v>
+        <v>5200</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>1864</v>
+        <v>1707</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>1038.34</v>
+        <v>5600</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>2949</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>1038.34</v>
+        <v>5200</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>2691</v>
+        <v>1394</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="C162" s="3">
+        <v>5600</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>1162</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>20</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="C162" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C164" s="3">
-        <v>394.9</v>
+        <v>19551.8</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>4496</v>
+        <v>3</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C165" s="3">
+        <v>19551.8</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="3">
+        <v>0</v>
+      </c>
+      <c r="G165" s="3">
+        <v>1</v>
+      </c>
+      <c r="H165" s="3">
+        <v>6</v>
+      </c>
+      <c r="I165" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C167" s="3">
+        <v>6237</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F167" s="3">
+        <v>572</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1</v>
+      </c>
+      <c r="H167" s="3">
+        <v>16</v>
+      </c>
+      <c r="I167" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B167" s="3" t="s">
+      <c r="C168" s="3">
+        <v>6237</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="3">
+        <v>26</v>
+      </c>
+      <c r="G168" s="3">
+        <v>1</v>
+      </c>
+      <c r="H168" s="3">
+        <v>16</v>
+      </c>
+      <c r="I168" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C167" s="3">
-[...22 lines deleted...]
-      <c r="A168" s="2" t="s">
+      <c r="B169" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B168" s="2"/>
-[...9 lines deleted...]
-      <c r="A169" s="2" t="s">
+      <c r="C169" s="3">
+        <v>6660.5</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="3">
+        <v>385</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>16</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B169" s="2"/>
-[...9 lines deleted...]
-      <c r="A170" s="2" t="s">
+      <c r="B170" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B170" s="2"/>
-[...6 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="C170" s="3">
+        <v>6660.5</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="3">
+        <v>131</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>16</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C171" s="3">
-        <v>4132.01</v>
+        <v>6660.5</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C172" s="3">
-        <v>5101.25</v>
+        <v>6237</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>48</v>
+        <v>92</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
+      <c r="A173" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>5725.81</v>
+        <v>8400</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>149</v>
+        <v>108</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>5101.25</v>
+        <v>8960</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>3718.83</v>
+        <v>8400</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>2</v>
+        <v>89</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="C177" s="3">
+        <v>7560</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3">
+        <v>1</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>10</v>
+      </c>
+      <c r="I177" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="C177" s="3">
-[...22 lines deleted...]
-      <c r="A178" s="2" t="s">
+      <c r="B178" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B178" s="2"/>
-[...6 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="C178" s="3">
+        <v>7560</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" s="3">
+        <v>1</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>6</v>
+      </c>
+      <c r="I178" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C179" s="3">
-        <v>6949</v>
+        <v>8960</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C180" s="3">
-        <v>20456.3</v>
+        <v>8678.88</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>5</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C181" s="3">
-        <v>6949</v>
+        <v>8400</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>221</v>
+        <v>72</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C182" s="3">
-        <v>5758.49</v>
+        <v>8678.88</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>4</v>
+        <v>134</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C183" s="3">
-        <v>8336</v>
+        <v>8400</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>10</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C184" s="3">
-        <v>6490</v>
+        <v>8960</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C185" s="3">
-        <v>6490</v>
+        <v>8960</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>977</v>
+        <v>92</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C186" s="3">
-        <v>6753.78</v>
+        <v>8960</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C187" s="3">
-        <v>6490</v>
+        <v>8960</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C188" s="3">
-        <v>5472.14</v>
+        <v>8400</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
+      <c r="A189" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="C189" s="3">
-[...22 lines deleted...]
-      <c r="A190" s="3" t="s">
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C192" s="3">
-        <v>6061.6</v>
+        <v>5547.54</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
         <v>1</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C193" s="3">
-        <v>8776.9</v>
+        <v>4493.51</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>92</v>
+        <v>1</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C194" s="3">
-        <v>8776.9</v>
+        <v>2947.78</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A195" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="B195" s="2"/>
+      <c r="C195" s="2"/>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2"/>
+      <c r="F195" s="2"/>
+      <c r="G195" s="2"/>
+      <c r="H195" s="2"/>
+      <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C196" s="3">
-        <v>7390</v>
+        <v>11317.9</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
         <v>5</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C197" s="3">
-        <v>6416.09</v>
+        <v>11317.9</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>10</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C198" s="3">
-        <v>8776.9</v>
+        <v>14010.7</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A199" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="B199" s="2"/>
+      <c r="C199" s="2"/>
+      <c r="D199" s="2"/>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2"/>
+      <c r="G199" s="2"/>
+      <c r="H199" s="2"/>
+      <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C200" s="3">
-        <v>6061.6</v>
+        <v>6853</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>1</v>
+        <v>153</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C201" s="3">
-        <v>5758.49</v>
+        <v>9400.54</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C202" s="3">
-        <v>6380.38</v>
+        <v>9400.54</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>138</v>
+        <v>1</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="C203" s="3">
-        <v>6735.11</v>
+        <v>9400.54</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C204" s="3">
-        <v>6490</v>
+        <v>9400.54</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C205" s="3">
-        <v>8336</v>
+        <v>9400.54</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C206" s="3">
-        <v>8336</v>
+        <v>9400.54</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C207" s="3">
-        <v>7390</v>
+        <v>6816.09</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>87</v>
+        <v>3</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="C208" s="3">
-        <v>8336</v>
+        <v>9400.54</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A209" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A209" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="B209" s="2"/>
+      <c r="C209" s="2"/>
+      <c r="D209" s="2"/>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2"/>
+      <c r="G209" s="2"/>
+      <c r="H209" s="2"/>
+      <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C210" s="3">
-        <v>4911.64</v>
+        <v>4762.74</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>10</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I211" s="2"/>
+      <c r="A211" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C211" s="3">
+        <v>3235.28</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="3">
+        <v>426</v>
+      </c>
+      <c r="G211" s="3">
+        <v>1</v>
+      </c>
+      <c r="H211" s="3">
+        <v>10</v>
+      </c>
+      <c r="I211" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C212" s="3">
-        <v>13890</v>
+        <v>4762.74</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>185</v>
+        <v>7</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A213" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C214" s="3">
-        <v>12490</v>
+        <v>4156.32</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="C215" s="3">
-        <v>13890</v>
+        <v>5145.51</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C216" s="3">
-        <v>12292.24</v>
+        <v>4630.96</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="C217" s="3">
-        <v>13190</v>
+        <v>4387.24</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>202</v>
+        <v>17</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C218" s="3">
-        <v>13190</v>
+        <v>4156.32</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>296</v>
+        <v>34</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="C219" s="3">
-        <v>13190</v>
+        <v>5701.4</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A220" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A220" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="B220" s="2"/>
+      <c r="C220" s="2"/>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2"/>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+      <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A221" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A221" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="B221" s="2"/>
+      <c r="C221" s="2"/>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2"/>
+      <c r="G221" s="2"/>
+      <c r="H221" s="2"/>
+      <c r="I221" s="2"/>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="C222" s="3">
-        <v>13190</v>
+        <v>24940.2</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A223" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C224" s="3">
-        <v>11790</v>
+        <v>12889.8</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>400</v>
+        <v>2</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="C225" s="3">
-        <v>9956.68</v>
+        <v>12889.8</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A226" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="B226" s="2"/>
+      <c r="C226" s="2"/>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2"/>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+      <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="C227" s="3">
-        <v>13190</v>
+        <v>18648.6</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>87</v>
+        <v>262</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C228" s="3">
-        <v>11790</v>
+        <v>18648.6</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="C229" s="3">
-        <v>13190</v>
+        <v>18648.6</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
         <v>13</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="C230" s="3">
-        <v>13890</v>
+        <v>16953.3</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>247</v>
+        <v>2</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="C231" s="3">
-        <v>11790</v>
+        <v>18648.6</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>213</v>
+        <v>136</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="C232" s="3">
-        <v>11790</v>
+        <v>18648.6</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>86</v>
+        <v>299</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A233" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H233" s="3">
+      <c r="A233" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="B233" s="2"/>
+      <c r="C233" s="2"/>
+      <c r="D233" s="2"/>
+      <c r="E233" s="2"/>
+      <c r="F233" s="2"/>
+      <c r="G233" s="2"/>
+      <c r="H233" s="2"/>
+      <c r="I233" s="2"/>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A234" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="B234" s="2"/>
+      <c r="C234" s="2"/>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2"/>
+      <c r="G234" s="2"/>
+      <c r="H234" s="2"/>
+      <c r="I234" s="2"/>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C235" s="3">
+        <v>11433.4</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F235" s="3">
+        <v>9</v>
+      </c>
+      <c r="G235" s="3">
+        <v>1</v>
+      </c>
+      <c r="H235" s="3">
         <v>10</v>
       </c>
-      <c r="I233" s="3">
-[...43 lines deleted...]
-      <c r="I235" s="2"/>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="C236" s="3">
-        <v>88766.91</v>
+        <v>7045.5</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="C237" s="3">
-        <v>63797.31</v>
+        <v>9400.6</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="C238" s="3">
-        <v>20806.4</v>
+        <v>9400.6</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="C239" s="3">
-        <v>16953.1</v>
+        <v>6351.34</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="C240" s="3">
-        <v>10325.4</v>
+        <v>7411.25</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A241" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I241" s="2"/>
+      <c r="A241" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C241" s="3">
+        <v>13858.9</v>
+      </c>
+      <c r="D241" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F241" s="3">
+        <v>0</v>
+      </c>
+      <c r="G241" s="3">
+        <v>1</v>
+      </c>
+      <c r="H241" s="3">
+        <v>10</v>
+      </c>
+      <c r="I241" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="C242" s="3">
-        <v>23100</v>
+        <v>5392.69</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="C243" s="3">
-        <v>23100</v>
+        <v>7614.49</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>210</v>
+        <v>10</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="C244" s="3">
-        <v>20698</v>
+        <v>6351.34</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="C245" s="3">
-        <v>20698</v>
+        <v>6048.9</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>88</v>
+        <v>145</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I245" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C246" s="3">
-        <v>20698</v>
+        <v>5392.69</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>140</v>
+        <v>225</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="C247" s="3">
-        <v>20698</v>
+        <v>10017.1</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C248" s="3">
-        <v>20698</v>
+        <v>10990</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>52</v>
+        <v>396</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>6</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A249" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A249" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="B249" s="2"/>
+      <c r="C249" s="2"/>
+      <c r="D249" s="2"/>
+      <c r="E249" s="2"/>
+      <c r="F249" s="2"/>
+      <c r="G249" s="2"/>
+      <c r="H249" s="2"/>
+      <c r="I249" s="2"/>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="C250" s="3">
-        <v>23100</v>
+        <v>2428.66</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A251" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I251" s="2"/>
+      <c r="A251" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C251" s="3">
+        <v>2698.5</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F251" s="3">
+        <v>1</v>
+      </c>
+      <c r="G251" s="3">
+        <v>1</v>
+      </c>
+      <c r="H251" s="3">
+        <v>10</v>
+      </c>
+      <c r="I251" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="C252" s="3">
-        <v>23717.7</v>
+        <v>2698.5</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="C253" s="3">
-        <v>32534.7</v>
+        <v>4934.86</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>57</v>
+        <v>181</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="C254" s="3">
-        <v>32534.7</v>
+        <v>1987.08</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="C255" s="3">
-        <v>33464.2</v>
+        <v>4934.86</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="C256" s="3">
-        <v>33464.19</v>
+        <v>2698.5</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
+        <v>0</v>
+      </c>
+      <c r="G256" s="3">
+        <v>1</v>
+      </c>
+      <c r="H256" s="3">
+        <v>20</v>
+      </c>
+      <c r="I256" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A257" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C257" s="3">
+        <v>2428.66</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" s="3">
+        <v>0</v>
+      </c>
+      <c r="G257" s="3">
+        <v>1</v>
+      </c>
+      <c r="H257" s="3">
+        <v>10</v>
+      </c>
+      <c r="I257" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A258" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C258" s="3">
+        <v>1770.48</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F258" s="3">
+        <v>1</v>
+      </c>
+      <c r="G258" s="3">
+        <v>1</v>
+      </c>
+      <c r="H258" s="3">
         <v>12</v>
       </c>
-      <c r="G256" s="3">
-[...33 lines deleted...]
-      <c r="I258" s="2"/>
+      <c r="I258" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="C259" s="3">
-        <v>7754.49</v>
+        <v>1770.48</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="C260" s="3">
-        <v>8616.13</v>
+        <v>2967.65</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
         <v>1</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="C261" s="3">
-        <v>8616.13</v>
+        <v>2527.87</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="C262" s="3">
-        <v>8616.13</v>
+        <v>4934.86</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="C263" s="3">
-        <v>8616.13</v>
+        <v>2698.5</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B264" s="2"/>
       <c r="C264" s="2"/>
       <c r="D264" s="2"/>
       <c r="E264" s="2"/>
       <c r="F264" s="2"/>
       <c r="G264" s="2"/>
       <c r="H264" s="2"/>
       <c r="I264" s="2"/>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="C265" s="3">
-        <v>20529</v>
+        <v>5990</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I266" s="2"/>
+      <c r="A266" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="C266" s="3">
+        <v>8313.76</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F266" s="3">
+        <v>22</v>
+      </c>
+      <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
+        <v>8</v>
+      </c>
+      <c r="I266" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="C267" s="3">
-        <v>24480.87</v>
+        <v>5990</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="A268" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C268" s="3">
+        <v>11404.3</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F268" s="3">
+        <v>0</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>5</v>
+      </c>
+      <c r="I268" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A269" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A269" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="B269" s="2"/>
+      <c r="C269" s="2"/>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2"/>
+      <c r="F269" s="2"/>
+      <c r="G269" s="2"/>
+      <c r="H269" s="2"/>
+      <c r="I269" s="2"/>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="C270" s="3">
-        <v>15305.76</v>
+        <v>6990</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="C271" s="3">
-        <v>3173.64</v>
+        <v>13188</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A272" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I272" s="2"/>
+      <c r="A272" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C272" s="3">
+        <v>6990</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F272" s="3">
+        <v>246</v>
+      </c>
+      <c r="G272" s="3">
+        <v>1</v>
+      </c>
+      <c r="H272" s="3">
+        <v>20</v>
+      </c>
+      <c r="I272" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I273" s="2"/>
+      <c r="A273" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C273" s="3">
+        <v>13188</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F273" s="3">
+        <v>0</v>
+      </c>
+      <c r="G273" s="3">
+        <v>1</v>
+      </c>
+      <c r="H273" s="3">
+        <v>20</v>
+      </c>
+      <c r="I273" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B274" s="2"/>
       <c r="C274" s="2"/>
       <c r="D274" s="2"/>
       <c r="E274" s="2"/>
       <c r="F274" s="2"/>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
       <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="C275" s="3">
-        <v>4791.38</v>
+        <v>3084</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>3</v>
+        <v>1797</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="C276" s="3">
-        <v>4032.17</v>
+        <v>2924</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>1</v>
+        <v>102</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I277" s="2"/>
+      <c r="A277" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C277" s="3">
+        <v>2631.6</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F277" s="3">
+        <v>2</v>
+      </c>
+      <c r="G277" s="3">
+        <v>1</v>
+      </c>
+      <c r="H277" s="3">
+        <v>40</v>
+      </c>
+      <c r="I277" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="C278" s="3">
-        <v>5196.56</v>
+        <v>3036</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>37</v>
+        <v>137</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C279" s="3">
-        <v>4959.36</v>
+        <v>3036</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
         <v>20</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C280" s="3">
-        <v>4463.42</v>
+        <v>2431.58</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
         <v>20</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="C281" s="3">
-        <v>4959.36</v>
+        <v>3084</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="C282" s="3">
-        <v>5196.56</v>
+        <v>3084</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A283" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I283" s="2"/>
+      <c r="A283" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B283" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C283" s="3">
+        <v>2924</v>
+      </c>
+      <c r="D283" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F283" s="3">
+        <v>73</v>
+      </c>
+      <c r="G283" s="3">
+        <v>1</v>
+      </c>
+      <c r="H283" s="3">
+        <v>50</v>
+      </c>
+      <c r="I283" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C284" s="3">
-        <v>5600</v>
+        <v>2924</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>624</v>
+        <v>17</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C285" s="3">
-        <v>5600</v>
+        <v>2924</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>1518</v>
+        <v>161</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C286" s="3">
-        <v>5200</v>
+        <v>2924</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>2708</v>
+        <v>442</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C287" s="3">
-        <v>4861.03</v>
+        <v>2424.2</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
         <v>20</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C288" s="3">
-        <v>4861.03</v>
+        <v>3694.84</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>5</v>
+        <v>151</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C289" s="3">
-        <v>5200</v>
+        <v>3036</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>773</v>
+        <v>432</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C290" s="3">
-        <v>5158.71</v>
+        <v>3036</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="C291" s="3">
-        <v>5158.71</v>
+        <v>5349.48</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="C292" s="3">
-        <v>5600</v>
+        <v>2924</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>749</v>
+        <v>319</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
         <v>20</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C293" s="3">
-        <v>5200</v>
+        <v>2924</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>880</v>
+        <v>110</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C294" s="3">
-        <v>4861.03</v>
+        <v>5336.61</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
+        <v>2</v>
+      </c>
+      <c r="G294" s="3">
+        <v>1</v>
+      </c>
+      <c r="H294" s="3">
+        <v>30</v>
+      </c>
+      <c r="I294" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C295" s="3">
-        <v>5158.71</v>
+        <v>5603.44</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C296" s="3">
-        <v>5600</v>
+        <v>3084</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>2749</v>
+        <v>23</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
         <v>20</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C297" s="3">
-        <v>5200</v>
+        <v>3084</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>1757</v>
+        <v>14</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
         <v>20</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="C298" s="3">
-        <v>4913.05</v>
+        <v>3084</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I298" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C299" s="3">
-        <v>4629.55</v>
+        <v>2924</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I299" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C300" s="3">
+        <v>2924</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" s="3">
+        <v>2</v>
+      </c>
+      <c r="G300" s="3">
+        <v>1</v>
+      </c>
+      <c r="H300" s="3">
+        <v>25</v>
+      </c>
+      <c r="I300" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B301" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B300" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I301" s="2"/>
+      <c r="C301" s="3">
+        <v>2924</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F301" s="3">
+        <v>70</v>
+      </c>
+      <c r="G301" s="3">
+        <v>1</v>
+      </c>
+      <c r="H301" s="3">
+        <v>25</v>
+      </c>
+      <c r="I301" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="C302" s="3">
-        <v>6660.5</v>
+        <v>2924</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C303" s="3">
-        <v>6237</v>
+        <v>2924</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C304" s="3">
-        <v>6660.5</v>
+        <v>2924</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>14</v>
+        <v>1023</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C305" s="3">
-        <v>6237</v>
+        <v>2924</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>140</v>
+        <v>2143</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C306" s="3">
-        <v>6237</v>
+        <v>2924</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C307" s="3">
+        <v>2693.54</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>1</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>1</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B307" s="3" t="s">
+      <c r="B308" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="C307" s="3">
-[...32 lines deleted...]
-      <c r="I308" s="2"/>
+      <c r="C308" s="3">
+        <v>2992.82</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F308" s="3">
+        <v>2</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>40</v>
+      </c>
+      <c r="I308" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="B309" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B309" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309" s="3">
-        <v>8960</v>
+        <v>3694.84</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>175</v>
+        <v>943</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B310" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B310" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" s="3">
-        <v>8960</v>
+        <v>3694.84</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
         <v>0</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B311" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="3">
-        <v>8960</v>
+        <v>3694.84</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>229</v>
+        <v>4</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B312" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="3">
-        <v>8960</v>
+        <v>3694.84</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>154</v>
+        <v>14</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B313" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B313" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C313" s="3">
-        <v>8400</v>
+        <v>3694.84</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B314" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B314" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C314" s="3">
-        <v>8400</v>
+        <v>3694.84</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B315" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B315" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C315" s="3">
-        <v>8400</v>
+        <v>3694.84</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>610</v>
+        <v>476</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B316" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B316" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C316" s="3">
-        <v>8960</v>
+        <v>2732.4</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>189</v>
+        <v>1</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B317" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B317" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C317" s="3">
-        <v>8400</v>
+        <v>3036</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>271</v>
+        <v>60</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="B318" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="B318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="3">
-        <v>8678.88</v>
+        <v>2732.4</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B319" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="3">
-        <v>8400</v>
+        <v>3036</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B320" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" s="3">
-        <v>8678.88</v>
+        <v>3036</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B321" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" s="3">
-        <v>7560</v>
+        <v>3036</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B322" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="B322" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" s="3">
-        <v>8960</v>
+        <v>3036</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I322" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B323" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="B323" s="3" t="s">
+      <c r="C323" s="3">
+        <v>4333.08</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F323" s="3">
+        <v>2</v>
+      </c>
+      <c r="G323" s="3">
+        <v>1</v>
+      </c>
+      <c r="H323" s="3">
+        <v>4</v>
+      </c>
+      <c r="I323" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="C323" s="3">
-[...22 lines deleted...]
-      <c r="A324" s="2" t="s">
+      <c r="B324" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="B324" s="2"/>
-[...6 lines deleted...]
-      <c r="I324" s="2"/>
+      <c r="C324" s="3">
+        <v>5819</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F324" s="3">
+        <v>145</v>
+      </c>
+      <c r="G324" s="3">
+        <v>1</v>
+      </c>
+      <c r="H324" s="3">
+        <v>40</v>
+      </c>
+      <c r="I324" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C325" s="3">
-        <v>19551.8</v>
+        <v>5819</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>7</v>
+        <v>250</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I325" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>621</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>622</v>
       </c>
       <c r="C326" s="3">
-        <v>19551.8</v>
+        <v>3036</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A327" s="2" t="s">
+      <c r="A327" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="B327" s="2"/>
-[...6 lines deleted...]
-      <c r="I327" s="2"/>
+      <c r="B327" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="C327" s="3">
+        <v>4705.56</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F327" s="3">
+        <v>889</v>
+      </c>
+      <c r="G327" s="3">
+        <v>1</v>
+      </c>
+      <c r="H327" s="3">
+        <v>20</v>
+      </c>
+      <c r="I327" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A328" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I328" s="2"/>
+      <c r="A328" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C328" s="3">
+        <v>5099.11</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F328" s="3">
+        <v>44</v>
+      </c>
+      <c r="G328" s="3">
+        <v>1</v>
+      </c>
+      <c r="H328" s="3">
+        <v>15</v>
+      </c>
+      <c r="I328" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C329" s="3">
-        <v>1499</v>
+        <v>4705.56</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>278</v>
+        <v>253</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C330" s="3">
-        <v>1549</v>
+        <v>5099.11</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I330" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C331" s="3">
-        <v>1499</v>
+        <v>3084</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>105</v>
+        <v>1870</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A332" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I332" s="2"/>
+      <c r="A332" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C332" s="3">
+        <v>5099.11</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F332" s="3">
+        <v>134</v>
+      </c>
+      <c r="G332" s="3">
+        <v>1</v>
+      </c>
+      <c r="H332" s="3">
+        <v>20</v>
+      </c>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C333" s="3">
-        <v>2052</v>
+        <v>6604.3</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C334" s="3">
-        <v>2280</v>
+        <v>3438.07</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="3">
-        <v>70</v>
+        <v>300</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C335" s="3">
-        <v>2166</v>
+        <v>3036</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F335" s="3">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
         <v>20</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="C336" s="3">
-        <v>2400</v>
+        <v>3084</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>0</v>
+        <v>1675</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C337" s="3">
-        <v>2400</v>
+        <v>3036</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>707</v>
+        <v>5</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
         <v>20</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C338" s="3">
-        <v>2280</v>
+        <v>2924</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F338" s="3">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C339" s="3">
-        <v>2280</v>
+        <v>3325.36</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F339" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C340" s="3">
-        <v>2280</v>
+        <v>3001.95</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F340" s="3">
-        <v>5</v>
+        <v>268</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C341" s="3">
-        <v>2052</v>
+        <v>2924</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C342" s="3">
-        <v>1990</v>
+        <v>3694.84</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>323</v>
+        <v>2247</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
         <v>20</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C343" s="3">
-        <v>1990</v>
+        <v>3463.9</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F343" s="3">
-        <v>13</v>
+        <v>2853</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A344" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A344" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="B344" s="2"/>
+      <c r="C344" s="2"/>
+      <c r="D344" s="2"/>
+      <c r="E344" s="2"/>
+      <c r="F344" s="2"/>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2"/>
+      <c r="I344" s="2"/>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C345" s="3">
-        <v>2280</v>
+        <v>7854</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F345" s="3">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I345" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C346" s="3">
-        <v>2052</v>
+        <v>3519.53</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F346" s="3">
         <v>1</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I346" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C347" s="3">
-        <v>2400</v>
+        <v>7241.85</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
         <v>10</v>
       </c>
       <c r="I347" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A348" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I348" s="2"/>
+      <c r="A348" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B348" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="C348" s="3">
+        <v>3950.1</v>
+      </c>
+      <c r="D348" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F348" s="3">
+        <v>2</v>
+      </c>
+      <c r="G348" s="3">
+        <v>1</v>
+      </c>
+      <c r="H348" s="3">
+        <v>10</v>
+      </c>
+      <c r="I348" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C349" s="3">
-        <v>5090</v>
+        <v>7241.85</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>635</v>
+        <v>114</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C350" s="3">
-        <v>5090</v>
+        <v>7461.3</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F350" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C351" s="3">
-        <v>5090</v>
+        <v>7461.3</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>559</v>
+        <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I351" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C352" s="3">
-        <v>4790</v>
+        <v>4345.1</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F352" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C353" s="3">
-        <v>5090</v>
+        <v>7652</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F353" s="3">
-        <v>621</v>
+        <v>338</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C354" s="3">
-        <v>5090</v>
+        <v>7241.85</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F354" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C355" s="3">
-        <v>5090</v>
+        <v>7241.85</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>1255</v>
+        <v>61</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C356" s="3">
-        <v>3888.15</v>
+        <v>7461.3</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>817</v>
+        <v>77</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C357" s="3">
-        <v>3990</v>
+        <v>7461.3</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>309</v>
+        <v>244</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C358" s="3">
-        <v>4790</v>
+        <v>3167.59</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>419</v>
+        <v>2</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C359" s="3">
-        <v>4790</v>
+        <v>11317.9</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>209</v>
+        <v>140</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C360" s="3">
-        <v>4790</v>
+        <v>8431.5</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="C361" s="3">
-        <v>8490</v>
+        <v>8431.5</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F361" s="3">
-        <v>75</v>
+        <v>316</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C362" s="3">
-        <v>5090</v>
+        <v>8431.5</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>201</v>
+        <v>785</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="C363" s="3">
-        <v>5090</v>
+        <v>6261.65</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F363" s="3">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
         <v>20</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C364" s="3">
-        <v>5090</v>
+        <v>7132.14</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>162</v>
+        <v>4</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I364" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C365" s="3">
-        <v>3990</v>
+        <v>7132.14</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>746</v>
+        <v>55</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
         <v>20</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C366" s="3">
-        <v>4790</v>
+        <v>6261.65</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>113</v>
+        <v>28</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C367" s="3">
-        <v>4790</v>
+        <v>7241.85</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>495</v>
+        <v>108</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C368" s="3">
-        <v>4790</v>
+        <v>7652</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F368" s="3">
-        <v>870</v>
+        <v>165</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C369" s="3">
-        <v>4790</v>
+        <v>7461.3</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="C370" s="3">
-        <v>4790</v>
+        <v>7652</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>167</v>
+        <v>366</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C371" s="3">
-        <v>4790</v>
+        <v>8431.5</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>77</v>
+        <v>468</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C372" s="3">
-        <v>4790</v>
+        <v>7652</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>501</v>
+        <v>209</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C373" s="3">
-        <v>8490</v>
+        <v>11317.9</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F373" s="3">
-        <v>163</v>
+        <v>60</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I373" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C374" s="3">
-        <v>5090</v>
+        <v>7241.85</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>670</v>
+        <v>210</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I374" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A375" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="B375" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="C375" s="3">
+        <v>7461.3</v>
+      </c>
+      <c r="D375" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F375" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I375" s="2"/>
+      <c r="G375" s="3">
+        <v>1</v>
+      </c>
+      <c r="H375" s="3">
+        <v>12</v>
+      </c>
+      <c r="I375" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A376" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I376" s="2"/>
+      <c r="A376" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="C376" s="3">
+        <v>7241.85</v>
+      </c>
+      <c r="D376" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F376" s="3">
+        <v>251</v>
+      </c>
+      <c r="G376" s="3">
+        <v>1</v>
+      </c>
+      <c r="H376" s="3">
+        <v>10</v>
+      </c>
+      <c r="I376" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A377" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I377" s="2"/>
+      <c r="A377" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="B377" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="C377" s="3">
+        <v>7241.85</v>
+      </c>
+      <c r="D377" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F377" s="3">
+        <v>338</v>
+      </c>
+      <c r="G377" s="3">
+        <v>1</v>
+      </c>
+      <c r="H377" s="3">
+        <v>12</v>
+      </c>
+      <c r="I377" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A378" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A378" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="B378" s="2"/>
+      <c r="C378" s="2"/>
+      <c r="D378" s="2"/>
+      <c r="E378" s="2"/>
+      <c r="F378" s="2"/>
+      <c r="G378" s="2"/>
+      <c r="H378" s="2"/>
+      <c r="I378" s="2"/>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="C379" s="3">
-        <v>2947.78</v>
+        <v>5773.84</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F379" s="3">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="C380" s="3">
-        <v>4493.51</v>
+        <v>5449.28</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F380" s="3">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I380" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A381" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I381" s="2"/>
+      <c r="A381" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="B381" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="C381" s="3">
+        <v>7390.84</v>
+      </c>
+      <c r="D381" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F381" s="3">
+        <v>231</v>
+      </c>
+      <c r="G381" s="3">
+        <v>1</v>
+      </c>
+      <c r="H381" s="3">
+        <v>20</v>
+      </c>
+      <c r="I381" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="C382" s="3">
-        <v>9400.54</v>
+        <v>6328.24</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F382" s="3">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="C383" s="3">
-        <v>9400.54</v>
+        <v>7004.66</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F383" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
         <v>20</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A384" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A384" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="B384" s="2"/>
+      <c r="C384" s="2"/>
+      <c r="D384" s="2"/>
+      <c r="E384" s="2"/>
+      <c r="F384" s="2"/>
+      <c r="G384" s="2"/>
+      <c r="H384" s="2"/>
+      <c r="I384" s="2"/>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="C385" s="3">
-        <v>9400.54</v>
+        <v>13716.4</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F385" s="3">
-        <v>12</v>
+        <v>191</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
         <v>10</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="C386" s="3">
-        <v>9400.54</v>
+        <v>13716.4</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F386" s="3">
-        <v>144</v>
+        <v>46</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
         <v>10</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A387" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A387" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="B387" s="2"/>
+      <c r="C387" s="2"/>
+      <c r="D387" s="2"/>
+      <c r="E387" s="2"/>
+      <c r="F387" s="2"/>
+      <c r="G387" s="2"/>
+      <c r="H387" s="2"/>
+      <c r="I387" s="2"/>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A388" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A388" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="B388" s="2"/>
+      <c r="C388" s="2"/>
+      <c r="D388" s="2"/>
+      <c r="E388" s="2"/>
+      <c r="F388" s="2"/>
+      <c r="G388" s="2"/>
+      <c r="H388" s="2"/>
+      <c r="I388" s="2"/>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C389" s="3">
-        <v>9400.54</v>
+        <v>470.52</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F389" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C390" s="3">
-        <v>6816.09</v>
+        <v>599.44</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F390" s="3">
-        <v>3</v>
+        <v>4449</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I390" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A391" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I391" s="2"/>
+      <c r="A391" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="C391" s="3">
+        <v>517.57</v>
+      </c>
+      <c r="D391" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F391" s="3">
+        <v>7</v>
+      </c>
+      <c r="G391" s="3">
+        <v>1</v>
+      </c>
+      <c r="H391" s="3">
+        <v>100</v>
+      </c>
+      <c r="I391" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C392" s="3">
-        <v>4762.74</v>
+        <v>517.57</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F392" s="3">
-        <v>62</v>
+        <v>7</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A393" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A393" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="B393" s="2"/>
+      <c r="C393" s="2"/>
+      <c r="D393" s="2"/>
+      <c r="E393" s="2"/>
+      <c r="F393" s="2"/>
+      <c r="G393" s="2"/>
+      <c r="H393" s="2"/>
+      <c r="I393" s="2"/>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C394" s="3">
-        <v>3235.28</v>
+        <v>225.52</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F394" s="3">
-        <v>406</v>
+        <v>244</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A395" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I395" s="2"/>
+      <c r="A395" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="C395" s="3">
+        <v>214.24</v>
+      </c>
+      <c r="D395" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F395" s="3">
+        <v>178</v>
+      </c>
+      <c r="G395" s="3">
+        <v>1</v>
+      </c>
+      <c r="H395" s="3">
+        <v>100</v>
+      </c>
+      <c r="I395" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C396" s="3">
-        <v>4156.32</v>
+        <v>240.44</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F396" s="3">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A397" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A397" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="B397" s="2"/>
+      <c r="C397" s="2"/>
+      <c r="D397" s="2"/>
+      <c r="E397" s="2"/>
+      <c r="F397" s="2"/>
+      <c r="G397" s="2"/>
+      <c r="H397" s="2"/>
+      <c r="I397" s="2"/>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C398" s="3">
-        <v>5701.4</v>
+        <v>91.24</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F398" s="3">
-        <v>0</v>
+        <v>618</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C399" s="3">
-        <v>4156.32</v>
+        <v>82.95</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F399" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C400" s="3">
-        <v>4630.96</v>
+        <v>91.24</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F400" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="C401" s="3">
-        <v>5145.51</v>
+        <v>91.24</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F401" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B402" s="2"/>
       <c r="C402" s="2"/>
       <c r="D402" s="2"/>
       <c r="E402" s="2"/>
       <c r="F402" s="2"/>
       <c r="G402" s="2"/>
       <c r="H402" s="2"/>
       <c r="I402" s="2"/>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C403" s="3">
-        <v>14010.7</v>
+        <v>142</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F403" s="3">
-        <v>1</v>
+        <v>6922</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C404" s="3">
-        <v>11317.9</v>
+        <v>142</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F404" s="3">
-        <v>19</v>
+        <v>2638</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C405" s="3">
-        <v>11317.9</v>
+        <v>142</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F405" s="3">
-        <v>34</v>
+        <v>449</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A406" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I406" s="2"/>
+      <c r="A406" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="C406" s="3">
+        <v>142</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F406" s="3">
+        <v>16718</v>
+      </c>
+      <c r="G406" s="3">
+        <v>1</v>
+      </c>
+      <c r="H406" s="3">
+        <v>100</v>
+      </c>
+      <c r="I406" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A407" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I407" s="2"/>
+      <c r="A407" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="B407" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="C407" s="3">
+        <v>328.9</v>
+      </c>
+      <c r="D407" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F407" s="3">
+        <v>4332</v>
+      </c>
+      <c r="G407" s="3">
+        <v>1</v>
+      </c>
+      <c r="H407" s="3">
+        <v>100</v>
+      </c>
+      <c r="I407" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C408" s="3">
-        <v>12889.8</v>
+        <v>123.2</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F408" s="3">
-        <v>9</v>
+        <v>12233</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C409" s="3">
-        <v>12889.8</v>
+        <v>142</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F409" s="3">
-        <v>3</v>
+        <v>642</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I409" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="B410" s="2"/>
       <c r="C410" s="2"/>
       <c r="D410" s="2"/>
       <c r="E410" s="2"/>
       <c r="F410" s="2"/>
       <c r="G410" s="2"/>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="C411" s="3">
-        <v>18648.6</v>
+        <v>125.2</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F411" s="3">
-        <v>300</v>
+        <v>523</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="I411" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="C412" s="3">
-        <v>18648.6</v>
+        <v>131.78</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F412" s="3">
-        <v>135</v>
+        <v>1</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="C413" s="3">
-        <v>18648.6</v>
+        <v>203.19</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F413" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="C414" s="3">
-        <v>18648.6</v>
+        <v>152.78</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F414" s="3">
-        <v>39</v>
+        <v>16425</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="C415" s="3">
-        <v>18648.6</v>
+        <v>138.72</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F415" s="3">
-        <v>307</v>
+        <v>30</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="2" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="B416" s="2"/>
       <c r="C416" s="2"/>
       <c r="D416" s="2"/>
       <c r="E416" s="2"/>
       <c r="F416" s="2"/>
       <c r="G416" s="2"/>
       <c r="H416" s="2"/>
       <c r="I416" s="2"/>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C417" s="3">
-        <v>24940.2</v>
+        <v>580.01</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F417" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A418" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I418" s="2"/>
+      <c r="A418" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="B418" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="C418" s="3">
+        <v>225.5</v>
+      </c>
+      <c r="D418" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F418" s="3">
+        <v>1619</v>
+      </c>
+      <c r="G418" s="3">
+        <v>1</v>
+      </c>
+      <c r="H418" s="3">
+        <v>100</v>
+      </c>
+      <c r="I418" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A419" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I419" s="2"/>
+      <c r="A419" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="B419" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="C419" s="3">
+        <v>250.58</v>
+      </c>
+      <c r="D419" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F419" s="3">
+        <v>40</v>
+      </c>
+      <c r="G419" s="3">
+        <v>1</v>
+      </c>
+      <c r="H419" s="3">
+        <v>100</v>
+      </c>
+      <c r="I419" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="C420" s="3">
-        <v>4705.56</v>
+        <v>278.4</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F420" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="C421" s="3">
-        <v>5099.11</v>
+        <v>292.56</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F421" s="3">
-        <v>190</v>
+        <v>936</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="C422" s="3">
-        <v>4705.56</v>
+        <v>202.97</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F422" s="3">
-        <v>1047</v>
+        <v>1364</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I422" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A423" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A423" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="B423" s="2"/>
+      <c r="C423" s="2"/>
+      <c r="D423" s="2"/>
+      <c r="E423" s="2"/>
+      <c r="F423" s="2"/>
+      <c r="G423" s="2"/>
+      <c r="H423" s="2"/>
+      <c r="I423" s="2"/>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="C424" s="3">
-        <v>5603.44</v>
+        <v>124.61</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>2</v>
+        <v>1441</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I424" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="C425" s="3">
-        <v>3084</v>
+        <v>135.24</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F425" s="3">
-        <v>183</v>
+        <v>1005</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I425" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="C426" s="3">
-        <v>3084</v>
+        <v>227.79</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F426" s="3">
-        <v>2184</v>
+        <v>30</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="C427" s="3">
-        <v>2924</v>
+        <v>135.24</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>501</v>
+        <v>5282</v>
       </c>
       <c r="G427" s="3">
         <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I427" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A428" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A428" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="B428" s="2"/>
+      <c r="C428" s="2"/>
+      <c r="D428" s="2"/>
+      <c r="E428" s="2"/>
+      <c r="F428" s="2"/>
+      <c r="G428" s="2"/>
+      <c r="H428" s="2"/>
+      <c r="I428" s="2"/>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C429" s="3">
-        <v>2631.6</v>
+        <v>384.39</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F429" s="3">
-        <v>7</v>
+        <v>1489</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C430" s="3">
-        <v>2924</v>
+        <v>405.74</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>105</v>
+        <v>203</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A431" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A431" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="B431" s="2"/>
+      <c r="C431" s="2"/>
+      <c r="D431" s="2"/>
+      <c r="E431" s="2"/>
+      <c r="F431" s="2"/>
+      <c r="G431" s="2"/>
+      <c r="H431" s="2"/>
+      <c r="I431" s="2"/>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="C432" s="3">
-        <v>2693.54</v>
+        <v>195.19</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>1</v>
+        <v>16356</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C433" s="3">
-        <v>2924</v>
+        <v>195.19</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F433" s="3">
-        <v>1560</v>
+        <v>6615</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I433" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A434" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+      <c r="I434" s="2"/>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A435" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A435" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="B435" s="2"/>
+      <c r="C435" s="2"/>
+      <c r="D435" s="2"/>
+      <c r="E435" s="2"/>
+      <c r="F435" s="2"/>
+      <c r="G435" s="2"/>
+      <c r="H435" s="2"/>
+      <c r="I435" s="2"/>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C436" s="3">
-        <v>3084</v>
+        <v>479</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F436" s="3">
-        <v>2014</v>
+        <v>0</v>
       </c>
       <c r="G436" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H436" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C437" s="3">
-        <v>3084</v>
+        <v>790</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F437" s="3">
-        <v>7</v>
+        <v>4390</v>
       </c>
       <c r="G437" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H437" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C438" s="3">
-        <v>3694.84</v>
+        <v>669</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F438" s="3">
-        <v>1001</v>
+        <v>4450</v>
       </c>
       <c r="G438" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H438" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C439" s="3">
-        <v>2924</v>
+        <v>586.52</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F439" s="3">
-        <v>685</v>
+        <v>700</v>
       </c>
       <c r="G439" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H439" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C440" s="3">
-        <v>2924</v>
+        <v>493.9</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F440" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G440" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H440" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C441" s="3">
-        <v>3694.84</v>
+        <v>990</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F441" s="3">
-        <v>138</v>
+        <v>1250</v>
       </c>
       <c r="G441" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H441" s="3">
         <v>50</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C442" s="3">
-        <v>2924</v>
+        <v>603.9</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F442" s="3">
-        <v>1295</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H442" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C443" s="3">
-        <v>2924</v>
+        <v>669</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F443" s="3">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="G443" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H443" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C444" s="3">
-        <v>2924</v>
+        <v>420</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F444" s="3">
-        <v>1194</v>
+        <v>17950</v>
       </c>
       <c r="G444" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H444" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I444" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C445" s="3">
-        <v>3036</v>
+        <v>790</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F445" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G445" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H445" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C446" s="3">
-        <v>3036</v>
+        <v>479</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F446" s="3">
-        <v>5</v>
+        <v>2600</v>
       </c>
       <c r="G446" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H446" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C447" s="3">
-        <v>2732.4</v>
+        <v>420</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F447" s="3">
-        <v>1</v>
+        <v>3549</v>
       </c>
       <c r="G447" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H447" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I447" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C448" s="3">
-        <v>3036</v>
+        <v>699</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F448" s="3">
-        <v>111</v>
+        <v>7429</v>
       </c>
       <c r="G448" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H448" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I448" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C449" s="3">
-        <v>3036</v>
+        <v>28990</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F449" s="3">
-        <v>205</v>
+        <v>56</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I449" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C450" s="3">
-        <v>3694.84</v>
+        <v>1290</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F450" s="3">
-        <v>11</v>
+        <v>1200</v>
       </c>
       <c r="G450" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H450" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C451" s="3">
-        <v>3694.84</v>
+        <v>838.22</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F451" s="3">
-        <v>554</v>
+        <v>0</v>
       </c>
       <c r="G451" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H451" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A452" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A452" s="2" t="s">
+        <v>858</v>
+      </c>
+      <c r="B452" s="2"/>
+      <c r="C452" s="2"/>
+      <c r="D452" s="2"/>
+      <c r="E452" s="2"/>
+      <c r="F452" s="2"/>
+      <c r="G452" s="2"/>
+      <c r="H452" s="2"/>
+      <c r="I452" s="2"/>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C453" s="3">
-        <v>3036</v>
+        <v>1640.75</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F453" s="3">
-        <v>540</v>
+        <v>100</v>
       </c>
       <c r="G453" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H453" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C454" s="3">
-        <v>3036</v>
+        <v>802.43</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F454" s="3">
-        <v>545</v>
+        <v>100</v>
       </c>
       <c r="G454" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H454" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I454" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A455" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B455" s="3" t="s">
+      <c r="A455" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="C455" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B455" s="2"/>
+      <c r="C455" s="2"/>
+      <c r="D455" s="2"/>
+      <c r="E455" s="2"/>
+      <c r="F455" s="2"/>
+      <c r="G455" s="2"/>
+      <c r="H455" s="2"/>
+      <c r="I455" s="2"/>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>864</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C456" s="3">
-        <v>3036</v>
+        <v>465.06</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F456" s="3">
-        <v>408</v>
+        <v>0</v>
       </c>
       <c r="G456" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H456" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>866</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>867</v>
       </c>
       <c r="C457" s="3">
-        <v>6604.3</v>
+        <v>370.21</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F457" s="3">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G457" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H457" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C458" s="3">
-        <v>2924</v>
+        <v>69.89</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G458" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H458" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>871</v>
       </c>
       <c r="C459" s="3">
-        <v>3036</v>
+        <v>169.54</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H459" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C460" s="3">
-        <v>3694.84</v>
+        <v>35306.19</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F460" s="3">
-        <v>293</v>
+        <v>2</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C461" s="3">
-        <v>3036</v>
+        <v>993.87</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F461" s="3">
-        <v>389</v>
+        <v>1346</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C462" s="3">
-        <v>2924</v>
+        <v>16339.1</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F462" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="G462" s="3">
         <v>1</v>
       </c>
       <c r="H462" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C463" s="3">
-        <v>3694.84</v>
+        <v>107.33</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F463" s="3">
-        <v>2920</v>
+        <v>350</v>
       </c>
       <c r="G463" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H463" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C464" s="3">
-        <v>2924</v>
+        <v>407.39</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F464" s="3">
-        <v>214</v>
+        <v>4</v>
       </c>
       <c r="G464" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H464" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
         <v>882</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>883</v>
       </c>
       <c r="C465" s="3">
-        <v>2992.82</v>
+        <v>185.09</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F465" s="3">
-        <v>2</v>
+        <v>3687</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A466" s="3" t="s">
+      <c r="A466" s="2" t="s">
         <v>884</v>
       </c>
-      <c r="B466" s="3" t="s">
+      <c r="B466" s="2"/>
+      <c r="C466" s="2"/>
+      <c r="D466" s="2"/>
+      <c r="E466" s="2"/>
+      <c r="F466" s="2"/>
+      <c r="G466" s="2"/>
+      <c r="H466" s="2"/>
+      <c r="I466" s="2"/>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A467" s="2" t="s">
         <v>885</v>
       </c>
-      <c r="C466" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B467" s="2"/>
+      <c r="C467" s="2"/>
+      <c r="D467" s="2"/>
+      <c r="E467" s="2"/>
+      <c r="F467" s="2"/>
+      <c r="G467" s="2"/>
+      <c r="H467" s="2"/>
+      <c r="I467" s="2"/>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="C468" s="3">
-        <v>3694.84</v>
+        <v>395000</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F468" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="C469" s="3">
-        <v>3463.9</v>
+        <v>2249000</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F469" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C470" s="3">
-        <v>2732.4</v>
+        <v>593800</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F470" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="C471" s="3">
-        <v>5349.48</v>
+        <v>1633350</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F471" s="3">
         <v>0</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C472" s="3">
-        <v>3036</v>
+        <v>1409000</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F472" s="3">
-        <v>398</v>
+        <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C473" s="3">
-        <v>3036</v>
+        <v>975000</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F473" s="3">
-        <v>1158</v>
+        <v>0</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="C474" s="3">
-        <v>2924</v>
+        <v>2336925</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F474" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C475" s="3">
-        <v>2924</v>
+        <v>1124245</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F475" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G475" s="3">
         <v>1</v>
       </c>
       <c r="H475" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C476" s="3">
-        <v>5336.61</v>
+        <v>194000</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F476" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I476" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="B477" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="C477" s="3">
+        <v>350700</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F477" s="3">
+        <v>0</v>
+      </c>
+      <c r="G477" s="3">
+        <v>1</v>
+      </c>
+      <c r="H477" s="3">
+        <v>1</v>
+      </c>
+      <c r="I477" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="2" t="s">
         <v>906</v>
       </c>
-      <c r="B477" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B478" s="2"/>
+      <c r="C478" s="2"/>
+      <c r="D478" s="2"/>
+      <c r="E478" s="2"/>
+      <c r="F478" s="2"/>
+      <c r="G478" s="2"/>
+      <c r="H478" s="2"/>
+      <c r="I478" s="2"/>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="C479" s="3">
-        <v>2924</v>
+        <v>153107</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F479" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="C480" s="3">
-        <v>2924</v>
+        <v>162800</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F480" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="C481" s="3">
-        <v>2924</v>
+        <v>223300</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F481" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="C482" s="3">
-        <v>4333.08</v>
+        <v>572100</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B483" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="C483" s="3">
+        <v>80150</v>
+      </c>
+      <c r="D483" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F483" s="3">
+        <v>0</v>
+      </c>
+      <c r="G483" s="3">
+        <v>1</v>
+      </c>
+      <c r="H483" s="3">
+        <v>1</v>
+      </c>
+      <c r="I483" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A484" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="B484" s="2"/>
+      <c r="C484" s="2"/>
+      <c r="D484" s="2"/>
+      <c r="E484" s="2"/>
+      <c r="F484" s="2"/>
+      <c r="G484" s="2"/>
+      <c r="H484" s="2"/>
+      <c r="I484" s="2"/>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="B483" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="2"/>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2"/>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+      <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="C486" s="3">
-        <v>5819</v>
+        <v>2938.2</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F486" s="3">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I486" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="C487" s="3">
-        <v>2431.58</v>
+        <v>4420.86</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F487" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="C488" s="3">
-        <v>3438.07</v>
+        <v>2346.04</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F488" s="3">
-        <v>300</v>
+        <v>17</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A489" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I489" s="2"/>
+      <c r="A489" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="B489" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="C489" s="3">
+        <v>3102.7</v>
+      </c>
+      <c r="D489" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F489" s="3">
+        <v>68</v>
+      </c>
+      <c r="G489" s="3">
+        <v>1</v>
+      </c>
+      <c r="H489" s="3">
+        <v>4</v>
+      </c>
+      <c r="I489" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="C490" s="3">
-        <v>6261.65</v>
+        <v>2027.03</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F490" s="3">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="C491" s="3">
-        <v>7132.14</v>
+        <v>2792.43</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F491" s="3">
-        <v>6</v>
+        <v>138</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="C492" s="3">
-        <v>7132.14</v>
+        <v>2792.43</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="3">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C493" s="3">
-        <v>8431.5</v>
+        <v>2606.71</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F493" s="3">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="C494" s="3">
-        <v>8431.5</v>
+        <v>8439.63</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F494" s="3">
-        <v>682</v>
+        <v>32</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C495" s="3">
-        <v>7652</v>
+        <v>2346.04</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F495" s="3">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="C496" s="3">
-        <v>8431.5</v>
+        <v>1246.11</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F496" s="3">
-        <v>1433</v>
+        <v>153</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="C497" s="3">
-        <v>7461.3</v>
+        <v>7977.53</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F497" s="3">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="C498" s="3">
-        <v>7241.85</v>
+        <v>6054.78</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="3">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="G498" s="3">
         <v>1</v>
       </c>
       <c r="H498" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="C499" s="3">
-        <v>7241.85</v>
+        <v>1363.28</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="3">
-        <v>437</v>
+        <v>94</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="C500" s="3">
-        <v>11317.9</v>
+        <v>2792.43</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="3">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="C501" s="3">
-        <v>6261.65</v>
+        <v>3102.7</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F501" s="3">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I501" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C502" s="3">
-        <v>7461.3</v>
+        <v>396.95</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F502" s="3">
-        <v>854</v>
+        <v>1</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="C503" s="3">
-        <v>7461.3</v>
+        <v>5457.85</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F503" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C504" s="3">
-        <v>7652</v>
+        <v>940.24</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="3">
-        <v>512</v>
+        <v>84</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
         <v>12</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="C505" s="3">
-        <v>8431.5</v>
+        <v>1246.11</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="3">
-        <v>348</v>
+        <v>14</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="C506" s="3">
-        <v>7652</v>
+        <v>3778.24</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="3">
-        <v>419</v>
+        <v>1</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="C507" s="3">
-        <v>7652</v>
+        <v>2346.04</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F507" s="3">
-        <v>390</v>
+        <v>9</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C508" s="3">
-        <v>7241.85</v>
+        <v>2896.34</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F508" s="3">
-        <v>287</v>
+        <v>32</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C509" s="3">
-        <v>7461.3</v>
+        <v>3101.45</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F509" s="3">
-        <v>1259</v>
+        <v>35</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
         <v>12</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="C510" s="3">
-        <v>3950.1</v>
+        <v>3102.7</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I510" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="C511" s="3">
-        <v>7241.85</v>
+        <v>3275.06</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="C512" s="3">
-        <v>7241.85</v>
+        <v>868.03</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="C513" s="3">
-        <v>3167.59</v>
+        <v>2331.47</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="3">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I513" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="C514" s="3">
-        <v>7461.3</v>
+        <v>6843.39</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I514" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="C515" s="3">
-        <v>7461.3</v>
+        <v>2792.43</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F515" s="3">
-        <v>142</v>
+        <v>75</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I515" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="C516" s="3">
-        <v>7241.85</v>
+        <v>2792.43</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F516" s="3">
-        <v>268</v>
+        <v>69</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I516" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="C517" s="3">
-        <v>7241.85</v>
+        <v>2346.04</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>454</v>
+        <v>59</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="C518" s="3">
-        <v>4345.1</v>
+        <v>1388.42</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="C519" s="3">
-        <v>11317.9</v>
+        <v>1529.69</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F519" s="3">
-        <v>154</v>
+        <v>1</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I519" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A520" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A520" s="2" t="s">
+        <v>987</v>
+      </c>
+      <c r="B520" s="2"/>
+      <c r="C520" s="2"/>
+      <c r="D520" s="2"/>
+      <c r="E520" s="2"/>
+      <c r="F520" s="2"/>
+      <c r="G520" s="2"/>
+      <c r="H520" s="2"/>
+      <c r="I520" s="2"/>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="C521" s="3">
-        <v>3519.53</v>
+        <v>1398.26</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F521" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="C522" s="3">
-        <v>7854</v>
+        <v>1585.44</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I522" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A523" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I523" s="2"/>
+      <c r="A523" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="B523" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="C523" s="3">
+        <v>2230.43</v>
+      </c>
+      <c r="D523" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F523" s="3">
+        <v>290</v>
+      </c>
+      <c r="G523" s="3">
+        <v>1</v>
+      </c>
+      <c r="H523" s="3">
+        <v>8</v>
+      </c>
+      <c r="I523" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="C524" s="3">
-        <v>6351.34</v>
+        <v>495.49</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="C525" s="3">
-        <v>7045.5</v>
+        <v>2230.43</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="C526" s="3">
-        <v>10017.1</v>
+        <v>471.9</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="I526" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="C527" s="3">
-        <v>7411.25</v>
+        <v>2230.43</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F527" s="3">
-        <v>279</v>
+        <v>29</v>
       </c>
       <c r="G527" s="3">
         <v>1</v>
       </c>
       <c r="H527" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="C528" s="3">
-        <v>5392.69</v>
+        <v>495.49</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F528" s="3">
-        <v>3</v>
+        <v>651</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="C529" s="3">
-        <v>5392.69</v>
+        <v>495.49</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F529" s="3">
-        <v>504</v>
+        <v>805</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="C530" s="3">
-        <v>11433.4</v>
+        <v>495.49</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F530" s="3">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="C531" s="3">
-        <v>9400.6</v>
+        <v>2230.43</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F531" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="C532" s="3">
-        <v>9400.6</v>
+        <v>471.9</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F532" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="I532" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="C533" s="3">
-        <v>7614.49</v>
+        <v>229.84</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F533" s="3">
-        <v>20</v>
+        <v>877</v>
       </c>
       <c r="G533" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H533" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="C534" s="3">
-        <v>13858.9</v>
+        <v>1152.8</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F534" s="3">
-        <v>0</v>
+        <v>1460</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="C535" s="3">
-        <v>6351.34</v>
+        <v>195.19</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="3">
-        <v>189</v>
+        <v>3126</v>
       </c>
       <c r="G535" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H535" s="3">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="C536" s="3">
-        <v>6048.9</v>
+        <v>195.19</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F536" s="3">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="G536" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H536" s="3">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="I536" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A537" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I537" s="2"/>
+      <c r="A537" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B537" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C537" s="3">
+        <v>229.84</v>
+      </c>
+      <c r="D537" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F537" s="3">
+        <v>153</v>
+      </c>
+      <c r="G537" s="3">
+        <v>6</v>
+      </c>
+      <c r="H537" s="3">
+        <v>192</v>
+      </c>
+      <c r="I537" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C538" s="3">
-        <v>7390.84</v>
+        <v>1398.26</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C539" s="3">
-        <v>7004.66</v>
+        <v>1398.26</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F539" s="3">
-        <v>55</v>
+        <v>1466</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C540" s="3">
-        <v>6328.24</v>
+        <v>495.49</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F540" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G540" s="3">
         <v>1</v>
       </c>
       <c r="H540" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C541" s="3">
-        <v>5773.84</v>
+        <v>1398.26</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F541" s="3">
-        <v>87</v>
+        <v>7</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B542" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C542" s="3">
+        <v>495.49</v>
+      </c>
+      <c r="D542" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F542" s="3">
+        <v>313</v>
+      </c>
+      <c r="G542" s="3">
+        <v>1</v>
+      </c>
+      <c r="H542" s="3">
+        <v>24</v>
+      </c>
+      <c r="I542" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="543" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A543" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B543" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="B542" s="3" t="s">
+      <c r="C543" s="3">
+        <v>1398.26</v>
+      </c>
+      <c r="D543" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F543" s="3">
+        <v>7</v>
+      </c>
+      <c r="G543" s="3">
+        <v>1</v>
+      </c>
+      <c r="H543" s="3">
+        <v>18</v>
+      </c>
+      <c r="I543" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A544" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="C542" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B544" s="2"/>
+      <c r="C544" s="2"/>
+      <c r="D544" s="2"/>
+      <c r="E544" s="2"/>
+      <c r="F544" s="2"/>
+      <c r="G544" s="2"/>
+      <c r="H544" s="2"/>
+      <c r="I544" s="2"/>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C545" s="3">
-        <v>4934.86</v>
+        <v>390546.9</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F545" s="3">
-        <v>161</v>
+        <v>1</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C546" s="3">
-        <v>2698.5</v>
+        <v>52337.52</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F546" s="3">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C547" s="3">
-        <v>2698.5</v>
+        <v>64377.36</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F547" s="3">
-        <v>75</v>
+        <v>2</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="C548" s="3">
-        <v>1987.08</v>
+        <v>49598.3</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F548" s="3">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C549" s="3">
-        <v>2698.5</v>
+        <v>46178.37</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F549" s="3">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="G549" s="3">
         <v>1</v>
       </c>
       <c r="H549" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I549" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B550" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C550" s="3">
+        <v>66500.5</v>
+      </c>
+      <c r="D550" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F550" s="3">
+        <v>22</v>
+      </c>
+      <c r="G550" s="3">
+        <v>1</v>
+      </c>
+      <c r="H550" s="3">
+        <v>1</v>
+      </c>
+      <c r="I550" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A551" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B551" s="2"/>
+      <c r="C551" s="2"/>
+      <c r="D551" s="2"/>
+      <c r="E551" s="2"/>
+      <c r="F551" s="2"/>
+      <c r="G551" s="2"/>
+      <c r="H551" s="2"/>
+      <c r="I551" s="2"/>
+    </row>
+    <row r="552" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A552" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="B550" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B552" s="2"/>
+      <c r="C552" s="2"/>
+      <c r="D552" s="2"/>
+      <c r="E552" s="2"/>
+      <c r="F552" s="2"/>
+      <c r="G552" s="2"/>
+      <c r="H552" s="2"/>
+      <c r="I552" s="2"/>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="C553" s="3">
-        <v>2428.66</v>
+        <v>68753.3</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F553" s="3">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I553" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="C554" s="3">
-        <v>1770.48</v>
+        <v>495000</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F554" s="3">
         <v>1</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I554" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="C555" s="3">
-        <v>1770.48</v>
+        <v>273900</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F555" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I555" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="C556" s="3">
-        <v>2967.65</v>
+        <v>230989</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F556" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="C557" s="3">
-        <v>2527.87</v>
+        <v>72190.9</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F557" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I557" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A558" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I558" s="2"/>
+      <c r="A558" s="3" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C558" s="3">
+        <v>75063.4</v>
+      </c>
+      <c r="D558" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F558" s="3">
+        <v>0</v>
+      </c>
+      <c r="G558" s="3">
+        <v>1</v>
+      </c>
+      <c r="H558" s="3">
+        <v>1</v>
+      </c>
+      <c r="I558" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B559" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C559" s="3">
+        <v>27500</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F559" s="3">
+        <v>3</v>
+      </c>
+      <c r="G559" s="3">
+        <v>1</v>
+      </c>
+      <c r="H559" s="3">
+        <v>1</v>
+      </c>
+      <c r="I559" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A560" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B560" s="2"/>
+      <c r="C560" s="2"/>
+      <c r="D560" s="2"/>
+      <c r="E560" s="2"/>
+      <c r="F560" s="2"/>
+      <c r="G560" s="2"/>
+      <c r="H560" s="2"/>
+      <c r="I560" s="2"/>
+    </row>
+    <row r="561" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A561" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B561" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="B559" s="3" t="s">
-[...64 lines deleted...]
-      <c r="I561" s="2"/>
+      <c r="C561" s="3">
+        <v>6710.22</v>
+      </c>
+      <c r="D561" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E561" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F561" s="3">
+        <v>0</v>
+      </c>
+      <c r="G561" s="3">
+        <v>1</v>
+      </c>
+      <c r="H561" s="3">
+        <v>6</v>
+      </c>
+      <c r="I561" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="C562" s="3">
-        <v>8313.76</v>
+        <v>12329.1</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F562" s="3">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="G562" s="3">
         <v>1</v>
       </c>
       <c r="H562" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I562" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="C563" s="3">
-        <v>11404.3</v>
+        <v>19633.9</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F563" s="3">
+        <v>11</v>
+      </c>
+      <c r="G563" s="3">
+        <v>1</v>
+      </c>
+      <c r="H563" s="3">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
       <c r="I563" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="C564" s="3">
-        <v>5990</v>
+        <v>27727.9</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F564" s="3">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I564" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="C565" s="3">
-        <v>5990</v>
+        <v>19633.9</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F565" s="3">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I565" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A566" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I566" s="2"/>
+      <c r="A566" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B566" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C566" s="3">
+        <v>27727.9</v>
+      </c>
+      <c r="D566" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E566" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F566" s="3">
+        <v>15</v>
+      </c>
+      <c r="G566" s="3">
+        <v>1</v>
+      </c>
+      <c r="H566" s="3">
+        <v>1</v>
+      </c>
+      <c r="I566" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="3" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C567" s="3">
-        <v>13188</v>
+        <v>12329.1</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F567" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G567" s="3">
         <v>1</v>
       </c>
       <c r="H567" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I567" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C568" s="3">
-        <v>6990</v>
+        <v>19633.9</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F568" s="3">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="G568" s="3">
         <v>1</v>
       </c>
       <c r="H568" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I568" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="C569" s="3">
-        <v>13188</v>
+        <v>43981.1</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F569" s="3">
         <v>0</v>
       </c>
       <c r="G569" s="3">
         <v>1</v>
       </c>
       <c r="H569" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I569" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B570" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C570" s="3">
+        <v>31183.9</v>
+      </c>
+      <c r="D570" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F570" s="3">
+        <v>0</v>
+      </c>
+      <c r="G570" s="3">
+        <v>1</v>
+      </c>
+      <c r="H570" s="3">
+        <v>1</v>
+      </c>
+      <c r="I570" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A571" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B571" s="3" t="s">
         <v>1085</v>
       </c>
-      <c r="B570" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I571" s="2"/>
+      <c r="C571" s="3">
+        <v>47411.7</v>
+      </c>
+      <c r="D571" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F571" s="3">
+        <v>1</v>
+      </c>
+      <c r="G571" s="3">
+        <v>1</v>
+      </c>
+      <c r="H571" s="3">
+        <v>1</v>
+      </c>
+      <c r="I571" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="2" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="B572" s="2"/>
       <c r="C572" s="2"/>
       <c r="D572" s="2"/>
       <c r="E572" s="2"/>
       <c r="F572" s="2"/>
       <c r="G572" s="2"/>
       <c r="H572" s="2"/>
       <c r="I572" s="2"/>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A573" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I573" s="2"/>
+      <c r="A573" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B573" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C573" s="3">
+        <v>17107.2</v>
+      </c>
+      <c r="D573" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E573" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F573" s="3">
+        <v>0</v>
+      </c>
+      <c r="G573" s="3">
+        <v>1</v>
+      </c>
+      <c r="H573" s="3">
+        <v>1</v>
+      </c>
+      <c r="I573" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B574" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="B574" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C574" s="3">
-        <v>12088.9</v>
+        <v>35771.3</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F574" s="3">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G574" s="3">
         <v>1</v>
       </c>
       <c r="H574" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I574" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B575" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="B575" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="3">
-        <v>9792.01</v>
+        <v>20217.9</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F575" s="3">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I575" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B576" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="B576" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="3">
-        <v>12088.9</v>
+        <v>20217.9</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F576" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="G576" s="3">
         <v>1</v>
       </c>
       <c r="H576" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I576" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B577" s="3" t="s">
         <v>1096</v>
       </c>
-      <c r="B577" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C577" s="3">
-        <v>12088.9</v>
+        <v>29423</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F577" s="3">
         <v>0</v>
       </c>
       <c r="G577" s="3">
         <v>1</v>
       </c>
       <c r="H577" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I577" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B578" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="B578" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C578" s="3">
-        <v>24351.6</v>
+        <v>46658.8</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F578" s="3">
-        <v>52</v>
+        <v>5</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I578" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B579" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="B579" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C579" s="3">
-        <v>18588</v>
+        <v>46658.8</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F579" s="3">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="G579" s="3">
         <v>1</v>
       </c>
       <c r="H579" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I579" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B580" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B580" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C580" s="3">
-        <v>18588</v>
+        <v>17107.2</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F580" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G580" s="3">
         <v>1</v>
       </c>
       <c r="H580" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I580" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B581" s="3" t="s">
         <v>1104</v>
       </c>
-      <c r="B581" s="3" t="s">
+      <c r="C581" s="3">
+        <v>20408.11</v>
+      </c>
+      <c r="D581" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F581" s="3">
+        <v>0</v>
+      </c>
+      <c r="G581" s="3">
+        <v>1</v>
+      </c>
+      <c r="H581" s="3">
+        <v>2</v>
+      </c>
+      <c r="I581" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A582" s="2" t="s">
         <v>1105</v>
       </c>
-      <c r="C581" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B582" s="2"/>
+      <c r="C582" s="2"/>
+      <c r="D582" s="2"/>
+      <c r="E582" s="2"/>
+      <c r="F582" s="2"/>
+      <c r="G582" s="2"/>
+      <c r="H582" s="2"/>
+      <c r="I582" s="2"/>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="C583" s="3">
-        <v>16729.2</v>
+        <v>14711.3</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F583" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G583" s="3">
         <v>1</v>
       </c>
       <c r="H583" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I583" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="C584" s="3">
-        <v>9090.14</v>
+        <v>12329.3</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F584" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="G584" s="3">
         <v>1</v>
       </c>
       <c r="H584" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I584" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B585" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C585" s="3">
+        <v>6147.78</v>
+      </c>
+      <c r="D585" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E585" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F585" s="3">
+        <v>163</v>
+      </c>
+      <c r="G585" s="3">
+        <v>1</v>
+      </c>
+      <c r="H585" s="3">
+        <v>10</v>
+      </c>
+      <c r="I585" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="586" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A586" s="3" t="s">
         <v>1112</v>
       </c>
-      <c r="B585" s="3" t="s">
+      <c r="B586" s="3" t="s">
         <v>1113</v>
       </c>
-      <c r="C585" s="3">
-[...32 lines deleted...]
-      <c r="I586" s="2"/>
+      <c r="C586" s="3">
+        <v>12329.3</v>
+      </c>
+      <c r="D586" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F586" s="3">
+        <v>3</v>
+      </c>
+      <c r="G586" s="3">
+        <v>1</v>
+      </c>
+      <c r="H586" s="3">
+        <v>5</v>
+      </c>
+      <c r="I586" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B587" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="B587" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C587" s="3">
-        <v>23148</v>
+        <v>6582.34</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F587" s="3">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="G587" s="3">
         <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I587" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B588" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="B588" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C588" s="3">
-        <v>24536</v>
+        <v>861.59</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F588" s="3">
-        <v>246</v>
+        <v>2</v>
       </c>
       <c r="G588" s="3">
         <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I588" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B589" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="B589" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C589" s="3">
-        <v>24536</v>
+        <v>9807.09</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F589" s="3">
-        <v>88</v>
+        <v>157</v>
       </c>
       <c r="G589" s="3">
         <v>1</v>
       </c>
       <c r="H589" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I589" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B590" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="B590" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C590" s="3">
-        <v>23148</v>
+        <v>9807.09</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F590" s="3">
-        <v>6</v>
+        <v>86</v>
       </c>
       <c r="G590" s="3">
         <v>1</v>
       </c>
       <c r="H590" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I590" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B591" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="B591" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C591" s="3">
-        <v>23148</v>
+        <v>6147.78</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F591" s="3">
-        <v>383</v>
+        <v>86</v>
       </c>
       <c r="G591" s="3">
         <v>1</v>
       </c>
       <c r="H591" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="I591" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B592" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="B592" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C592" s="3">
-        <v>24536</v>
+        <v>8826.24</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F592" s="3">
-        <v>1</v>
+        <v>91</v>
       </c>
       <c r="G592" s="3">
         <v>1</v>
       </c>
       <c r="H592" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I592" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B593" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="B593" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C593" s="3">
-        <v>24536</v>
+        <v>8826.24</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F593" s="3">
-        <v>374</v>
+        <v>88</v>
       </c>
       <c r="G593" s="3">
         <v>1</v>
       </c>
       <c r="H593" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I593" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B594" s="3" t="s">
         <v>1129</v>
       </c>
-      <c r="B594" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C594" s="3">
-        <v>23148</v>
+        <v>4622.59</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F594" s="3">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="G594" s="3">
         <v>1</v>
       </c>
       <c r="H594" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B595" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="B595" s="3" t="s">
+      <c r="C595" s="3">
+        <v>12329.3</v>
+      </c>
+      <c r="D595" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F595" s="3">
+        <v>1</v>
+      </c>
+      <c r="G595" s="3">
+        <v>1</v>
+      </c>
+      <c r="H595" s="3">
+        <v>5</v>
+      </c>
+      <c r="I595" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="596" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A596" s="3" t="s">
         <v>1132</v>
       </c>
-      <c r="C595" s="3">
-[...22 lines deleted...]
-      <c r="A596" s="2" t="s">
+      <c r="B596" s="3" t="s">
         <v>1133</v>
       </c>
-      <c r="B596" s="2"/>
-[...6 lines deleted...]
-      <c r="I596" s="2"/>
+      <c r="C596" s="3">
+        <v>803.77</v>
+      </c>
+      <c r="D596" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F596" s="3">
+        <v>555</v>
+      </c>
+      <c r="G596" s="3">
+        <v>1</v>
+      </c>
+      <c r="H596" s="3">
+        <v>10</v>
+      </c>
+      <c r="I596" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="C597" s="3">
-        <v>414.64</v>
+        <v>4622.59</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F597" s="3">
-        <v>11250</v>
+        <v>12</v>
       </c>
       <c r="G597" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H597" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I597" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="C598" s="3">
-        <v>459.86</v>
+        <v>8826.24</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F598" s="3">
-        <v>4100</v>
+        <v>90</v>
       </c>
       <c r="G598" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H598" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I598" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="C599" s="3">
-        <v>459.86</v>
+        <v>2170.56</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F599" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G599" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H599" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I599" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="B600" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="C600" s="3">
-        <v>459.86</v>
+        <v>5773.84</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F600" s="3">
-        <v>3700</v>
+        <v>108</v>
       </c>
       <c r="G600" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H600" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I600" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="C601" s="3">
-        <v>459.86</v>
+        <v>14711.3</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F601" s="3">
-        <v>3900</v>
+        <v>34</v>
       </c>
       <c r="G601" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H601" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I601" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
         <v>1144</v>
       </c>
       <c r="B602" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="C602" s="3">
-        <v>414.64</v>
+        <v>9807.09</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F602" s="3">
-        <v>5200</v>
+        <v>63</v>
       </c>
       <c r="G602" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H602" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I602" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="C603" s="3">
-        <v>414.64</v>
+        <v>4622.59</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F603" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G603" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H603" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I603" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A604" s="3" t="s">
+      <c r="A604" s="2" t="s">
         <v>1148</v>
       </c>
-      <c r="B604" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B604" s="2"/>
+      <c r="C604" s="2"/>
+      <c r="D604" s="2"/>
+      <c r="E604" s="2"/>
+      <c r="F604" s="2"/>
+      <c r="G604" s="2"/>
+      <c r="H604" s="2"/>
+      <c r="I604" s="2"/>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B605" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="B605" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C605" s="3">
-        <v>414.64</v>
+        <v>34200.4</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F605" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G605" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H605" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I605" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B606" s="3" t="s">
         <v>1152</v>
       </c>
-      <c r="B606" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C606" s="3">
-        <v>414.64</v>
+        <v>24463.9</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F606" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G606" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H606" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I606" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B607" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="B607" s="3" t="s">
+      <c r="C607" s="3">
+        <v>676.68</v>
+      </c>
+      <c r="D607" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E607" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F607" s="3">
+        <v>0</v>
+      </c>
+      <c r="G607" s="3">
+        <v>1</v>
+      </c>
+      <c r="H607" s="3">
+        <v>48</v>
+      </c>
+      <c r="I607" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="608" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A608" s="3" t="s">
         <v>1155</v>
       </c>
-      <c r="C607" s="3">
-[...22 lines deleted...]
-      <c r="A608" s="2" t="s">
+      <c r="B608" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="B608" s="2"/>
-[...6 lines deleted...]
-      <c r="I608" s="2"/>
+      <c r="C608" s="3">
+        <v>22706.5</v>
+      </c>
+      <c r="D608" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E608" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F608" s="3">
+        <v>0</v>
+      </c>
+      <c r="G608" s="3">
+        <v>1</v>
+      </c>
+      <c r="H608" s="3">
+        <v>5</v>
+      </c>
+      <c r="I608" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="B609" s="3" t="s">
         <v>1158</v>
       </c>
       <c r="C609" s="3">
-        <v>17208.4</v>
+        <v>32162.8</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F609" s="3">
-        <v>475</v>
+        <v>25</v>
       </c>
       <c r="G609" s="3">
         <v>1</v>
       </c>
       <c r="H609" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I609" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
         <v>1159</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="C610" s="3">
-        <v>850.52</v>
+        <v>16910.2</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F610" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G610" s="3">
         <v>1</v>
       </c>
       <c r="H610" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I610" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="C611" s="3">
-        <v>1413.97</v>
+        <v>35911.4</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F611" s="3">
-        <v>236</v>
+        <v>0</v>
       </c>
       <c r="G611" s="3">
         <v>1</v>
       </c>
       <c r="H611" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I611" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="B612" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="C612" s="3">
-        <v>2248.64</v>
+        <v>31064</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F612" s="3">
-        <v>2465</v>
+        <v>0</v>
       </c>
       <c r="G612" s="3">
         <v>1</v>
       </c>
       <c r="H612" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I612" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="C613" s="3">
-        <v>12934.9</v>
+        <v>16910.2</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F613" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G613" s="3">
         <v>1</v>
       </c>
       <c r="H613" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I613" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>1168</v>
       </c>
       <c r="C614" s="3">
-        <v>13131.3</v>
+        <v>5211.92</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F614" s="3">
-        <v>776</v>
+        <v>28</v>
       </c>
       <c r="G614" s="3">
         <v>1</v>
       </c>
       <c r="H614" s="3">
         <v>10</v>
       </c>
       <c r="I614" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A615" s="3" t="s">
+      <c r="A615" s="2" t="s">
         <v>1169</v>
       </c>
-      <c r="B615" s="3" t="s">
+      <c r="B615" s="2"/>
+      <c r="C615" s="2"/>
+      <c r="D615" s="2"/>
+      <c r="E615" s="2"/>
+      <c r="F615" s="2"/>
+      <c r="G615" s="2"/>
+      <c r="H615" s="2"/>
+      <c r="I615" s="2"/>
+    </row>
+    <row r="616" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A616" s="2" t="s">
         <v>1170</v>
       </c>
-      <c r="C615" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B616" s="2"/>
+      <c r="C616" s="2"/>
+      <c r="D616" s="2"/>
+      <c r="E616" s="2"/>
+      <c r="F616" s="2"/>
+      <c r="G616" s="2"/>
+      <c r="H616" s="2"/>
+      <c r="I616" s="2"/>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="C617" s="3">
-        <v>13131.3</v>
+        <v>410</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F617" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G617" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H617" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I617" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B618" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C618" s="3">
+        <v>410</v>
+      </c>
+      <c r="D618" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F618" s="3">
+        <v>200</v>
+      </c>
+      <c r="G618" s="3">
+        <v>100</v>
+      </c>
+      <c r="H618" s="3">
+        <v>100</v>
+      </c>
+      <c r="I618" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="619" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A619" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="B618" s="3" t="s">
+      <c r="B619" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="C618" s="3">
-[...22 lines deleted...]
-      <c r="A619" s="2" t="s">
+      <c r="C619" s="3">
+        <v>288.75</v>
+      </c>
+      <c r="D619" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E619" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F619" s="3">
+        <v>1100</v>
+      </c>
+      <c r="G619" s="3">
+        <v>100</v>
+      </c>
+      <c r="H619" s="3">
+        <v>100</v>
+      </c>
+      <c r="I619" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="620" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A620" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="B619" s="2"/>
-[...9 lines deleted...]
-      <c r="A620" s="2" t="s">
+      <c r="B620" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="B620" s="2"/>
-[...6 lines deleted...]
-      <c r="I620" s="2"/>
+      <c r="C620" s="3">
+        <v>410</v>
+      </c>
+      <c r="D620" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E620" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F620" s="3">
+        <v>20400</v>
+      </c>
+      <c r="G620" s="3">
+        <v>100</v>
+      </c>
+      <c r="H620" s="3">
+        <v>100</v>
+      </c>
+      <c r="I620" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>1180</v>
       </c>
       <c r="C621" s="3">
-        <v>1290</v>
+        <v>352.92</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F621" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G621" s="3">
         <v>100</v>
       </c>
       <c r="H621" s="3">
         <v>100</v>
       </c>
       <c r="I621" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
         <v>1181</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="C622" s="3">
-        <v>28990</v>
+        <v>352.92</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F622" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G622" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H622" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I622" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="C623" s="3">
-        <v>838.22</v>
+        <v>363.61</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E623" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F623" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G623" s="3">
         <v>100</v>
       </c>
       <c r="H623" s="3">
         <v>100</v>
       </c>
       <c r="I623" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="B624" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="C624" s="3">
-        <v>669</v>
+        <v>363.61</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F624" s="3">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="G624" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H624" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I624" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625" s="3" t="s">
         <v>1187</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>1188</v>
       </c>
       <c r="C625" s="3">
-        <v>493.9</v>
+        <v>320.83</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F625" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G625" s="3">
         <v>100</v>
       </c>
       <c r="H625" s="3">
         <v>100</v>
       </c>
       <c r="I625" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
         <v>1189</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>1190</v>
       </c>
       <c r="C626" s="3">
-        <v>479</v>
+        <v>320.83</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F626" s="3">
         <v>0</v>
       </c>
       <c r="G626" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H626" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I626" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="C627" s="3">
-        <v>990</v>
+        <v>410</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F627" s="3">
-        <v>5000</v>
+        <v>6500</v>
       </c>
       <c r="G627" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H627" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I627" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
         <v>1193</v>
       </c>
       <c r="B628" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="C628" s="3">
-        <v>603.9</v>
+        <v>320.83</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F628" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G628" s="3">
         <v>100</v>
       </c>
       <c r="H628" s="3">
         <v>100</v>
       </c>
       <c r="I628" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="3" t="s">
         <v>1195</v>
       </c>
       <c r="B629" s="3" t="s">
         <v>1196</v>
       </c>
       <c r="C629" s="3">
-        <v>586.52</v>
+        <v>288.75</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F629" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G629" s="3">
         <v>100</v>
       </c>
       <c r="H629" s="3">
         <v>100</v>
       </c>
       <c r="I629" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
         <v>1197</v>
       </c>
       <c r="B630" s="3" t="s">
         <v>1198</v>
       </c>
       <c r="C630" s="3">
-        <v>420</v>
+        <v>288.75</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F630" s="3">
-        <v>3599</v>
+        <v>0</v>
       </c>
       <c r="G630" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H630" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I630" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
         <v>1199</v>
       </c>
       <c r="B631" s="3" t="s">
         <v>1200</v>
       </c>
       <c r="C631" s="3">
-        <v>669</v>
+        <v>410</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F631" s="3">
-        <v>3150</v>
+        <v>700</v>
       </c>
       <c r="G631" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H631" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I631" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="C632" s="3">
-        <v>790</v>
+        <v>490</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F632" s="3">
-        <v>4300</v>
+        <v>0</v>
       </c>
       <c r="G632" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H632" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I632" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="C633" s="3">
-        <v>790</v>
+        <v>363.61</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F633" s="3">
+        <v>0</v>
+      </c>
+      <c r="G633" s="3">
         <v>100</v>
       </c>
-      <c r="G633" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H633" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I633" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="B634" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="C634" s="3">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F634" s="3">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="G634" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H634" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I634" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="C635" s="3">
-        <v>699</v>
+        <v>363.61</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F635" s="3">
-        <v>9649</v>
+        <v>0</v>
       </c>
       <c r="G635" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H635" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I635" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>1210</v>
       </c>
       <c r="C636" s="3">
-        <v>420</v>
+        <v>445.46</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F636" s="3">
-        <v>19450</v>
+        <v>0</v>
       </c>
       <c r="G636" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H636" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I636" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A637" s="2" t="s">
+      <c r="A637" s="3" t="s">
         <v>1211</v>
       </c>
-      <c r="B637" s="2"/>
-[...6 lines deleted...]
-      <c r="I637" s="2"/>
+      <c r="B637" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C637" s="3">
+        <v>320.83</v>
+      </c>
+      <c r="D637" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F637" s="3">
+        <v>100</v>
+      </c>
+      <c r="G637" s="3">
+        <v>100</v>
+      </c>
+      <c r="H637" s="3">
+        <v>100</v>
+      </c>
+      <c r="I637" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="3" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C638" s="3">
-        <v>1640.75</v>
+        <v>410</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F638" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="G638" s="3">
         <v>100</v>
       </c>
       <c r="H638" s="3">
         <v>100</v>
       </c>
       <c r="I638" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A639" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B639" s="3" t="s">
+      <c r="A639" s="2" t="s">
         <v>1215</v>
       </c>
-      <c r="C639" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B639" s="2"/>
+      <c r="C639" s="2"/>
+      <c r="D639" s="2"/>
+      <c r="E639" s="2"/>
+      <c r="F639" s="2"/>
+      <c r="G639" s="2"/>
+      <c r="H639" s="2"/>
+      <c r="I639" s="2"/>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A640" s="2" t="s">
+      <c r="A640" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="B640" s="2"/>
-[...6 lines deleted...]
-      <c r="I640" s="2"/>
+      <c r="B640" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C640" s="3">
+        <v>1219.17</v>
+      </c>
+      <c r="D640" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E640" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F640" s="3">
+        <v>37</v>
+      </c>
+      <c r="G640" s="3">
+        <v>1</v>
+      </c>
+      <c r="H640" s="3">
+        <v>24</v>
+      </c>
+      <c r="I640" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C641" s="3">
-        <v>16339.1</v>
+        <v>742.19</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F641" s="3">
-        <v>23</v>
+        <v>863</v>
       </c>
       <c r="G641" s="3">
         <v>1</v>
       </c>
       <c r="H641" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I641" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C642" s="3">
-        <v>370.21</v>
+        <v>11.77</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F642" s="3">
-        <v>1</v>
+        <v>4200</v>
       </c>
       <c r="G642" s="3">
         <v>10</v>
       </c>
       <c r="H642" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I642" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="3" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C643" s="3">
-        <v>407.39</v>
+        <v>352.98</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E643" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F643" s="3">
-        <v>4</v>
+        <v>136</v>
       </c>
       <c r="G643" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H643" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I643" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="3" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C644" s="3">
-        <v>465.06</v>
+        <v>1578.5</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F644" s="3">
-        <v>1</v>
+        <v>619</v>
       </c>
       <c r="G644" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H644" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I644" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C645" s="3">
-        <v>35306.19</v>
+        <v>1518.61</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F645" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G645" s="3">
         <v>1</v>
       </c>
       <c r="H645" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I645" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="C646" s="3">
-        <v>69.89</v>
+        <v>166.75</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F646" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="G646" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H646" s="3">
         <v>500</v>
       </c>
       <c r="I646" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="3" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C647" s="3">
-        <v>169.54</v>
+        <v>394.9</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F647" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G647" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H647" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I647" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C648" s="3">
-        <v>107.33</v>
+        <v>742.19</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F648" s="3">
-        <v>420</v>
+        <v>4054</v>
       </c>
       <c r="G648" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H648" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I648" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C649" s="3">
-        <v>185.09</v>
+        <v>183.41</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F649" s="3">
-        <v>4798</v>
+        <v>714</v>
       </c>
       <c r="G649" s="3">
         <v>1</v>
       </c>
       <c r="H649" s="3">
         <v>500</v>
       </c>
       <c r="I649" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="3" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C650" s="3">
-        <v>993.87</v>
+        <v>134.75</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F650" s="3">
-        <v>1373</v>
+        <v>33</v>
       </c>
       <c r="G650" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H650" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I650" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A651" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I651" s="2"/>
+      <c r="A651" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B651" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C651" s="3">
+        <v>742.19</v>
+      </c>
+      <c r="D651" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E651" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F651" s="3">
+        <v>347</v>
+      </c>
+      <c r="G651" s="3">
+        <v>1</v>
+      </c>
+      <c r="H651" s="3">
+        <v>100</v>
+      </c>
+      <c r="I651" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A652" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I652" s="2"/>
+      <c r="A652" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B652" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C652" s="3">
+        <v>159.56</v>
+      </c>
+      <c r="D652" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E652" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F652" s="3">
+        <v>10</v>
+      </c>
+      <c r="G652" s="3">
+        <v>1</v>
+      </c>
+      <c r="H652" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I652" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C653" s="3">
-        <v>91.24</v>
+        <v>222.44</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F653" s="3">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="G653" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H653" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I653" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C654" s="3">
-        <v>82.95</v>
+        <v>222.44</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F654" s="3">
-        <v>0</v>
+        <v>680</v>
       </c>
       <c r="G654" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H654" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I654" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="C655" s="3">
-        <v>91.24</v>
+        <v>7.72</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F655" s="3">
-        <v>0</v>
+        <v>7540</v>
       </c>
       <c r="G655" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H655" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I655" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="C656" s="3">
-        <v>91.24</v>
+        <v>31.15</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F656" s="3">
-        <v>817</v>
+        <v>20</v>
       </c>
       <c r="G656" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H656" s="3">
+        <v>200</v>
+      </c>
+      <c r="I656" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="657" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A657" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B657" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C657" s="3">
+        <v>1176.39</v>
+      </c>
+      <c r="D657" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E657" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F657" s="3">
+        <v>125</v>
+      </c>
+      <c r="G657" s="3">
+        <v>1</v>
+      </c>
+      <c r="H657" s="3">
         <v>100</v>
       </c>
-      <c r="I656" s="3">
-[...14 lines deleted...]
-      <c r="I657" s="2"/>
+      <c r="I657" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A658" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A658" s="2" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B658" s="2"/>
+      <c r="C658" s="2"/>
+      <c r="D658" s="2"/>
+      <c r="E658" s="2"/>
+      <c r="F658" s="2"/>
+      <c r="G658" s="2"/>
+      <c r="H658" s="2"/>
+      <c r="I658" s="2"/>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="C659" s="3">
-        <v>142</v>
+        <v>406.39</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F659" s="3">
-        <v>2101</v>
+        <v>0</v>
       </c>
       <c r="G659" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H659" s="3">
         <v>100</v>
       </c>
       <c r="I659" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C660" s="3">
-        <v>142</v>
+        <v>406.39</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F660" s="3">
-        <v>9846</v>
+        <v>0</v>
       </c>
       <c r="G660" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H660" s="3">
         <v>100</v>
       </c>
       <c r="I660" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="C661" s="3">
-        <v>142</v>
+        <v>506</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F661" s="3">
-        <v>2789</v>
+        <v>100</v>
       </c>
       <c r="G661" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H661" s="3">
         <v>100</v>
       </c>
       <c r="I661" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="3" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="C662" s="3">
-        <v>142</v>
+        <v>506</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F662" s="3">
-        <v>22383</v>
+        <v>100</v>
       </c>
       <c r="G662" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H662" s="3">
         <v>100</v>
       </c>
       <c r="I662" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="C663" s="3">
-        <v>142</v>
+        <v>506</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F663" s="3">
-        <v>7517</v>
+        <v>200</v>
       </c>
       <c r="G663" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H663" s="3">
         <v>100</v>
       </c>
       <c r="I663" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="C664" s="3">
-        <v>328.9</v>
+        <v>506</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F664" s="3">
-        <v>4224</v>
+        <v>0</v>
       </c>
       <c r="G664" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H664" s="3">
         <v>100</v>
       </c>
       <c r="I664" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="665" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A665" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B665" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C665" s="3">
+        <v>438</v>
+      </c>
+      <c r="D665" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E665" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F665" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I665" s="2"/>
+      <c r="G665" s="3">
+        <v>100</v>
+      </c>
+      <c r="H665" s="3">
+        <v>100</v>
+      </c>
+      <c r="I665" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="C666" s="3">
-        <v>125.2</v>
+        <v>455.4</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F666" s="3">
-        <v>647</v>
+        <v>0</v>
       </c>
       <c r="G666" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H666" s="3">
         <v>100</v>
       </c>
       <c r="I666" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="C667" s="3">
-        <v>131.78</v>
+        <v>406.39</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F667" s="3">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="G667" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H667" s="3">
         <v>100</v>
       </c>
       <c r="I667" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="C668" s="3">
-        <v>138.72</v>
+        <v>406.39</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F668" s="3">
-        <v>42</v>
+        <v>300</v>
       </c>
       <c r="G668" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H668" s="3">
         <v>100</v>
       </c>
       <c r="I668" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="C669" s="3">
-        <v>203.19</v>
+        <v>506</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F669" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G669" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H669" s="3">
         <v>100</v>
       </c>
       <c r="I669" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A670" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H670" s="3">
+      <c r="A670" s="2" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B670" s="2"/>
+      <c r="C670" s="2"/>
+      <c r="D670" s="2"/>
+      <c r="E670" s="2"/>
+      <c r="F670" s="2"/>
+      <c r="G670" s="2"/>
+      <c r="H670" s="2"/>
+      <c r="I670" s="2"/>
+    </row>
+    <row r="671" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A671" s="3" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B671" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C671" s="3">
+        <v>518.59</v>
+      </c>
+      <c r="D671" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E671" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F671" s="3">
+        <v>0</v>
+      </c>
+      <c r="G671" s="3">
         <v>100</v>
       </c>
-      <c r="I670" s="3">
-[...14 lines deleted...]
-      <c r="I671" s="2"/>
+      <c r="H671" s="3">
+        <v>100</v>
+      </c>
+      <c r="I671" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="3" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="C672" s="3">
-        <v>278.4</v>
+        <v>518.59</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F672" s="3">
-        <v>1</v>
+        <v>900</v>
       </c>
       <c r="G672" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H672" s="3">
         <v>100</v>
       </c>
       <c r="I672" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="C673" s="3">
-        <v>292.56</v>
+        <v>385</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F673" s="3">
-        <v>1189</v>
+        <v>0</v>
       </c>
       <c r="G673" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H673" s="3">
         <v>100</v>
       </c>
       <c r="I673" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="C674" s="3">
-        <v>202.97</v>
+        <v>518.59</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F674" s="3">
-        <v>1573</v>
+        <v>900</v>
       </c>
       <c r="G674" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H674" s="3">
         <v>100</v>
       </c>
       <c r="I674" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A675" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A675" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B675" s="2"/>
+      <c r="C675" s="2"/>
+      <c r="D675" s="2"/>
+      <c r="E675" s="2"/>
+      <c r="F675" s="2"/>
+      <c r="G675" s="2"/>
+      <c r="H675" s="2"/>
+      <c r="I675" s="2"/>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A676" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A676" s="2" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B676" s="2"/>
+      <c r="C676" s="2"/>
+      <c r="D676" s="2"/>
+      <c r="E676" s="2"/>
+      <c r="F676" s="2"/>
+      <c r="G676" s="2"/>
+      <c r="H676" s="2"/>
+      <c r="I676" s="2"/>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C677" s="3">
-        <v>580.01</v>
+        <v>611.14</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F677" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G677" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H677" s="3">
         <v>100</v>
       </c>
       <c r="I677" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="2" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B678" s="2"/>
       <c r="C678" s="2"/>
       <c r="D678" s="2"/>
       <c r="E678" s="2"/>
       <c r="F678" s="2"/>
       <c r="G678" s="2"/>
       <c r="H678" s="2"/>
       <c r="I678" s="2"/>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="C679" s="3">
-        <v>124.61</v>
+        <v>406.36</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F679" s="3">
-        <v>1442</v>
+        <v>100</v>
       </c>
       <c r="G679" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H679" s="3">
         <v>100</v>
       </c>
       <c r="I679" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="C680" s="3">
-        <v>135.24</v>
+        <v>605.04</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F680" s="3">
-        <v>2996</v>
+        <v>0</v>
       </c>
       <c r="G680" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H680" s="3">
         <v>100</v>
       </c>
       <c r="I680" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A681" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A681" s="2" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B681" s="2"/>
+      <c r="C681" s="2"/>
+      <c r="D681" s="2"/>
+      <c r="E681" s="2"/>
+      <c r="F681" s="2"/>
+      <c r="G681" s="2"/>
+      <c r="H681" s="2"/>
+      <c r="I681" s="2"/>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C682" s="3">
-        <v>135.24</v>
+        <v>2222.45</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F682" s="3">
-        <v>5625</v>
+        <v>0</v>
       </c>
       <c r="G682" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H682" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I682" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="683" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A683" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B683" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C683" s="3">
+        <v>1620.17</v>
+      </c>
+      <c r="D683" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E683" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F683" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I683" s="2"/>
+      <c r="G683" s="3">
+        <v>50</v>
+      </c>
+      <c r="H683" s="3">
+        <v>50</v>
+      </c>
+      <c r="I683" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C684" s="3">
-        <v>384.39</v>
+        <v>1800.19</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F684" s="3">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="G684" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H684" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I684" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A685" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A685" s="2" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B685" s="2"/>
+      <c r="C685" s="2"/>
+      <c r="D685" s="2"/>
+      <c r="E685" s="2"/>
+      <c r="F685" s="2"/>
+      <c r="G685" s="2"/>
+      <c r="H685" s="2"/>
+      <c r="I685" s="2"/>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A686" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I686" s="2"/>
+      <c r="A686" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B686" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C686" s="3">
+        <v>1161.72</v>
+      </c>
+      <c r="D686" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F686" s="3">
+        <v>0</v>
+      </c>
+      <c r="G686" s="3">
+        <v>50</v>
+      </c>
+      <c r="H686" s="3">
+        <v>50</v>
+      </c>
+      <c r="I686" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="C687" s="3">
-        <v>225.52</v>
+        <v>1161.72</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F687" s="3">
-        <v>275</v>
+        <v>3650</v>
       </c>
       <c r="G687" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H687" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I687" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A688" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A688" s="2" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B688" s="2"/>
+      <c r="C688" s="2"/>
+      <c r="D688" s="2"/>
+      <c r="E688" s="2"/>
+      <c r="F688" s="2"/>
+      <c r="G688" s="2"/>
+      <c r="H688" s="2"/>
+      <c r="I688" s="2"/>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C689" s="3">
-        <v>240.44</v>
+        <v>665.54</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F689" s="3">
-        <v>31</v>
+        <v>150</v>
       </c>
       <c r="G689" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H689" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I689" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A690" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I690" s="2"/>
+      <c r="A690" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B690" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C690" s="3">
+        <v>665.54</v>
+      </c>
+      <c r="D690" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E690" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F690" s="3">
+        <v>1500</v>
+      </c>
+      <c r="G690" s="3">
+        <v>50</v>
+      </c>
+      <c r="H690" s="3">
+        <v>50</v>
+      </c>
+      <c r="I690" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A691" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="C691" s="3">
-        <v>195.19</v>
+        <v>665.54</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F691" s="3">
-        <v>10324</v>
+        <v>3450</v>
       </c>
       <c r="G691" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H691" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I691" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="C692" s="3">
-        <v>195.19</v>
+        <v>665.54</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F692" s="3">
-        <v>17099</v>
+        <v>1000</v>
       </c>
       <c r="G692" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H692" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I692" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A693" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I693" s="2"/>
+      <c r="A693" s="3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B693" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C693" s="3">
+        <v>665.54</v>
+      </c>
+      <c r="D693" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E693" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F693" s="3">
+        <v>1550</v>
+      </c>
+      <c r="G693" s="3">
+        <v>50</v>
+      </c>
+      <c r="H693" s="3">
+        <v>50</v>
+      </c>
+      <c r="I693" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A694" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A694" s="2" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B694" s="2"/>
+      <c r="C694" s="2"/>
+      <c r="D694" s="2"/>
+      <c r="E694" s="2"/>
+      <c r="F694" s="2"/>
+      <c r="G694" s="2"/>
+      <c r="H694" s="2"/>
+      <c r="I694" s="2"/>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="3" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="C695" s="3">
-        <v>599.44</v>
+        <v>485.89</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F695" s="3">
-        <v>5266</v>
+        <v>1418</v>
       </c>
       <c r="G695" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H695" s="3">
         <v>100</v>
       </c>
       <c r="I695" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="C696" s="3">
-        <v>517.57</v>
+        <v>593.59</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F696" s="3">
-        <v>3456</v>
+        <v>1750</v>
       </c>
       <c r="G696" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H696" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I696" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C697" s="3">
-        <v>470.52</v>
+        <v>485.89</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F697" s="3">
-        <v>3</v>
+        <v>2400</v>
       </c>
       <c r="G697" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H697" s="3">
         <v>100</v>
       </c>
       <c r="I697" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A698" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I698" s="2"/>
+      <c r="A698" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B698" s="3" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C698" s="3">
+        <v>445.24</v>
+      </c>
+      <c r="D698" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E698" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F698" s="3">
+        <v>300</v>
+      </c>
+      <c r="G698" s="3">
+        <v>100</v>
+      </c>
+      <c r="H698" s="3">
+        <v>100</v>
+      </c>
+      <c r="I698" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A699" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I699" s="2"/>
+      <c r="A699" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B699" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C699" s="3">
+        <v>445.24</v>
+      </c>
+      <c r="D699" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E699" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F699" s="3">
+        <v>300</v>
+      </c>
+      <c r="G699" s="3">
+        <v>100</v>
+      </c>
+      <c r="H699" s="3">
+        <v>100</v>
+      </c>
+      <c r="I699" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="C700" s="3">
-        <v>1116770</v>
+        <v>485.89</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F700" s="3">
-        <v>0</v>
+        <v>2350</v>
       </c>
       <c r="G700" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H700" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I700" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="B701" s="3" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="C701" s="3">
-        <v>469582</v>
+        <v>485.89</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F701" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G701" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H701" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I701" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="B702" s="3" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="C702" s="3">
-        <v>1996250</v>
+        <v>485.9</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F702" s="3">
+        <v>400</v>
+      </c>
+      <c r="G702" s="3">
+        <v>50</v>
+      </c>
+      <c r="H702" s="3">
+        <v>50</v>
+      </c>
+      <c r="I702" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B703" s="3" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="C703" s="3">
-        <v>1286500</v>
+        <v>485.9</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F703" s="3">
+        <v>13300</v>
+      </c>
+      <c r="G703" s="3">
+        <v>50</v>
+      </c>
+      <c r="H703" s="3">
+        <v>50</v>
+      </c>
+      <c r="I703" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="3" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="B704" s="3" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="C704" s="3">
-        <v>772897</v>
+        <v>445.24</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F704" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G704" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H704" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I704" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="C705" s="3">
-        <v>275738</v>
+        <v>445.24</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F705" s="3">
-        <v>0</v>
+        <v>9400</v>
       </c>
       <c r="G705" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H705" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I705" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="C706" s="3">
-        <v>885727</v>
+        <v>593.59</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F706" s="3">
-        <v>0</v>
+        <v>3734</v>
       </c>
       <c r="G706" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H706" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I706" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="C707" s="3">
-        <v>310328</v>
+        <v>445.24</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F707" s="3">
+        <v>1700</v>
+      </c>
+      <c r="G707" s="3">
+        <v>100</v>
+      </c>
+      <c r="H707" s="3">
+        <v>100</v>
+      </c>
+      <c r="I707" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="C708" s="3">
-        <v>150120</v>
+        <v>485.89</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F708" s="3">
-        <v>0</v>
+        <v>1298</v>
       </c>
       <c r="G708" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H708" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I708" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A709" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A709" s="2" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B709" s="2"/>
+      <c r="C709" s="2"/>
+      <c r="D709" s="2"/>
+      <c r="E709" s="2"/>
+      <c r="F709" s="2"/>
+      <c r="G709" s="2"/>
+      <c r="H709" s="2"/>
+      <c r="I709" s="2"/>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A710" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I710" s="2"/>
+      <c r="A710" s="3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B710" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C710" s="3">
+        <v>665.54</v>
+      </c>
+      <c r="D710" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E710" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F710" s="3">
+        <v>4800</v>
+      </c>
+      <c r="G710" s="3">
+        <v>50</v>
+      </c>
+      <c r="H710" s="3">
+        <v>50</v>
+      </c>
+      <c r="I710" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="3" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="B711" s="3" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="C711" s="3">
-        <v>135703</v>
+        <v>665.54</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F711" s="3">
-        <v>0</v>
+        <v>7600</v>
       </c>
       <c r="G711" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H711" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I711" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A712" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A712" s="2" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B712" s="2"/>
+      <c r="C712" s="2"/>
+      <c r="D712" s="2"/>
+      <c r="E712" s="2"/>
+      <c r="F712" s="2"/>
+      <c r="G712" s="2"/>
+      <c r="H712" s="2"/>
+      <c r="I712" s="2"/>
     </row>
     <row r="713" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A713" s="3" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="B713" s="3" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="C713" s="3">
-        <v>153107</v>
+        <v>2032.79</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="F713" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G713" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H713" s="3">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="I713" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A714" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A714" s="2" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B714" s="2"/>
+      <c r="C714" s="2"/>
+      <c r="D714" s="2"/>
+      <c r="E714" s="2"/>
+      <c r="F714" s="2"/>
+      <c r="G714" s="2"/>
+      <c r="H714" s="2"/>
+      <c r="I714" s="2"/>
     </row>
     <row r="715" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A715" s="3" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="B715" s="3" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="C715" s="3">
-        <v>491494</v>
+        <v>47.48</v>
       </c>
       <c r="D715" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E715" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F715" s="3">
+        <v>10</v>
+      </c>
+      <c r="G715" s="3">
+        <v>10</v>
+      </c>
+      <c r="H715" s="3">
+        <v>300</v>
+      </c>
+      <c r="I715" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="716" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A716" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B716" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C716" s="3">
+        <v>390</v>
+      </c>
+      <c r="D716" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E716" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F716" s="3">
+        <v>6068</v>
+      </c>
+      <c r="G716" s="3">
+        <v>1</v>
+      </c>
+      <c r="H716" s="3">
+        <v>100</v>
+      </c>
+      <c r="I716" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="717" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A717" s="3" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B717" s="3" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C717" s="3">
+        <v>356.4</v>
+      </c>
+      <c r="D717" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E717" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F717" s="3">
         <v>0</v>
       </c>
-      <c r="G715" s="3">
-[...33 lines deleted...]
-      <c r="I717" s="2"/>
+      <c r="G717" s="3">
+        <v>1</v>
+      </c>
+      <c r="H717" s="3">
+        <v>100</v>
+      </c>
+      <c r="I717" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="718" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A718" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="B718" s="3" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C718" s="3">
-        <v>495.49</v>
+        <v>443.12</v>
       </c>
       <c r="D718" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E718" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F718" s="3">
-        <v>0</v>
+        <v>346</v>
       </c>
       <c r="G718" s="3">
         <v>1</v>
       </c>
       <c r="H718" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I718" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A719" s="3" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="B719" s="3" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="C719" s="3">
-        <v>1152.8</v>
+        <v>445.05</v>
       </c>
       <c r="D719" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E719" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F719" s="3">
-        <v>1600</v>
+        <v>1660</v>
       </c>
       <c r="G719" s="3">
         <v>1</v>
       </c>
       <c r="H719" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I719" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A720" s="3" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="B720" s="3" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="C720" s="3">
-        <v>195.19</v>
+        <v>1038.34</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E720" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F720" s="3">
+        <v>2575</v>
+      </c>
+      <c r="G720" s="3">
+        <v>1</v>
+      </c>
+      <c r="H720" s="3">
+        <v>100</v>
+      </c>
+      <c r="I720" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A721" s="3" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B721" s="3" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C721" s="3">
-        <v>195.19</v>
+        <v>713.9</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E721" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F721" s="3">
+        <v>2347</v>
+      </c>
+      <c r="G721" s="3">
+        <v>1</v>
+      </c>
+      <c r="H721" s="3">
+        <v>100</v>
+      </c>
+      <c r="I721" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A722" s="3" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B722" s="3" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C722" s="3">
-        <v>229.84</v>
+        <v>47.48</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E722" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F722" s="3">
-        <v>718</v>
+        <v>2190</v>
       </c>
       <c r="G722" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H722" s="3">
-        <v>192</v>
+        <v>500</v>
       </c>
       <c r="I722" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A723" s="3" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="B723" s="3" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="C723" s="3">
-        <v>229.84</v>
+        <v>357.58</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E723" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F723" s="3">
         <v>0</v>
       </c>
       <c r="G723" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H723" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I723" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A724" s="3" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="B724" s="3" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C724" s="3">
-        <v>495.49</v>
+        <v>452.22</v>
       </c>
       <c r="D724" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E724" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F724" s="3">
+        <v>85</v>
+      </c>
+      <c r="G724" s="3">
+        <v>1</v>
+      </c>
+      <c r="H724" s="3">
+        <v>100</v>
+      </c>
+      <c r="I724" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A725" s="3" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B725" s="3" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="C725" s="3">
-        <v>1398.26</v>
+        <v>452.22</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E725" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F725" s="3">
-        <v>105</v>
+        <v>216</v>
       </c>
       <c r="G725" s="3">
         <v>1</v>
       </c>
       <c r="H725" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I725" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A726" s="3" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="B726" s="3" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="C726" s="3">
-        <v>1398.26</v>
+        <v>407</v>
       </c>
       <c r="D726" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E726" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F726" s="3">
-        <v>569</v>
+        <v>22</v>
       </c>
       <c r="G726" s="3">
         <v>1</v>
       </c>
       <c r="H726" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I726" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A727" s="3" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="B727" s="3" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="C727" s="3">
-        <v>495.49</v>
+        <v>394.9</v>
       </c>
       <c r="D727" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E727" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F727" s="3">
+        <v>4157</v>
+      </c>
+      <c r="G727" s="3">
+        <v>1</v>
+      </c>
+      <c r="H727" s="3">
+        <v>100</v>
+      </c>
+      <c r="I727" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A728" s="3" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C728" s="3">
-        <v>2230.43</v>
+        <v>98.14</v>
       </c>
       <c r="D728" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E728" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F728" s="3">
-        <v>209</v>
+        <v>2739</v>
       </c>
       <c r="G728" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H728" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I728" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A729" s="3" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="B729" s="3" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="C729" s="3">
-        <v>495.49</v>
+        <v>109.04</v>
       </c>
       <c r="D729" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E729" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F729" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G729" s="3">
         <v>1</v>
       </c>
       <c r="H729" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I729" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A730" s="3" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="B730" s="3" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="C730" s="3">
-        <v>495.49</v>
+        <v>31.47</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E730" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F730" s="3">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="G730" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H730" s="3">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="I730" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A731" s="3" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="B731" s="3" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="C731" s="3">
-        <v>495.49</v>
+        <v>47.48</v>
       </c>
       <c r="D731" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F731" s="3">
-        <v>0</v>
+        <v>2340</v>
       </c>
       <c r="G731" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H731" s="3">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="I731" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A732" s="3" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="B732" s="3" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="C732" s="3">
-        <v>2230.43</v>
+        <v>80.24</v>
       </c>
       <c r="D732" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E732" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F732" s="3">
-        <v>988</v>
+        <v>2887</v>
       </c>
       <c r="G732" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H732" s="3">
-        <v>8</v>
+        <v>3000</v>
       </c>
       <c r="I732" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A733" s="3" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="B733" s="3" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="C733" s="3">
-        <v>2230.43</v>
+        <v>44.43</v>
       </c>
       <c r="D733" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E733" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F733" s="3">
-        <v>564</v>
+        <v>9160</v>
       </c>
       <c r="G733" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H733" s="3">
-        <v>8</v>
+        <v>2000</v>
       </c>
       <c r="I733" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A734" s="3" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="B734" s="3" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C734" s="3">
-        <v>1398.26</v>
+        <v>511.54</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E734" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F734" s="3">
-        <v>1580</v>
+        <v>1315</v>
       </c>
       <c r="G734" s="3">
         <v>1</v>
       </c>
       <c r="H734" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I734" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A735" s="3" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="B735" s="3" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="C735" s="3">
-        <v>1398.26</v>
+        <v>1038.34</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F735" s="3">
-        <v>4</v>
+        <v>2003</v>
       </c>
       <c r="G735" s="3">
         <v>1</v>
       </c>
       <c r="H735" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I735" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A736" s="3" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="B736" s="3" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="C736" s="3">
-        <v>2230.43</v>
+        <v>603.9</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F736" s="3">
+        <v>2226</v>
+      </c>
+      <c r="G736" s="3">
+        <v>1</v>
+      </c>
+      <c r="H736" s="3">
+        <v>100</v>
+      </c>
+      <c r="I736" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A737" s="3" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="B737" s="3" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="C737" s="3">
-        <v>1398.26</v>
+        <v>603.9</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E737" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F737" s="3">
-        <v>2101</v>
+        <v>2290</v>
       </c>
       <c r="G737" s="3">
         <v>1</v>
       </c>
       <c r="H737" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I737" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A738" s="3" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="B738" s="3" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="C738" s="3">
-        <v>471.9</v>
+        <v>1038.34</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F738" s="3">
-        <v>0</v>
+        <v>2403</v>
       </c>
       <c r="G738" s="3">
         <v>1</v>
       </c>
       <c r="H738" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I738" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A739" s="3" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="B739" s="3" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="C739" s="3">
-        <v>471.9</v>
+        <v>47.48</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F739" s="3">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="G739" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H739" s="3">
-        <v>64</v>
+        <v>800</v>
       </c>
       <c r="I739" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A740" s="3" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="B740" s="3" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="C740" s="3">
-        <v>1585.44</v>
+        <v>1038.34</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F740" s="3">
-        <v>2</v>
+        <v>1010</v>
       </c>
       <c r="G740" s="3">
         <v>1</v>
       </c>
       <c r="H740" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I740" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A741" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I741" s="2"/>
+      <c r="A741" s="3" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B741" s="3" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C741" s="3">
+        <v>556.21</v>
+      </c>
+      <c r="D741" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E741" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F741" s="3">
+        <v>2357</v>
+      </c>
+      <c r="G741" s="3">
+        <v>1</v>
+      </c>
+      <c r="H741" s="3">
+        <v>200</v>
+      </c>
+      <c r="I741" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="742" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A742" s="3" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="B742" s="3" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="C742" s="3">
-        <v>2792.43</v>
+        <v>603.9</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F742" s="3">
-        <v>34</v>
+        <v>2712</v>
       </c>
       <c r="G742" s="3">
         <v>1</v>
       </c>
       <c r="H742" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I742" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A743" s="3" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="B743" s="3" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="C743" s="3">
-        <v>2896.34</v>
+        <v>477.32</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F743" s="3">
-        <v>35</v>
+        <v>1664</v>
       </c>
       <c r="G743" s="3">
         <v>1</v>
       </c>
       <c r="H743" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I743" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A744" s="3" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="C744" s="3">
-        <v>2346.04</v>
+        <v>14285.32</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F744" s="3">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G744" s="3">
         <v>1</v>
       </c>
       <c r="H744" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I744" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A745" s="3" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="B745" s="3" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="C745" s="3">
-        <v>2027.03</v>
+        <v>511.54</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F745" s="3">
-        <v>77</v>
+        <v>2555</v>
       </c>
       <c r="G745" s="3">
         <v>1</v>
       </c>
       <c r="H745" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I745" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A746" s="3" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="C746" s="3">
-        <v>2938.2</v>
+        <v>452.22</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F746" s="3">
-        <v>30</v>
+        <v>372</v>
       </c>
       <c r="G746" s="3">
         <v>1</v>
       </c>
       <c r="H746" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I746" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A747" s="3" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="C747" s="3">
-        <v>1246.11</v>
+        <v>122.87</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F747" s="3">
-        <v>14</v>
+        <v>1270</v>
       </c>
       <c r="G747" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H747" s="3">
-        <v>24</v>
+        <v>2000</v>
       </c>
       <c r="I747" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A748" s="3" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="C748" s="3">
-        <v>1388.42</v>
+        <v>394.9</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F748" s="3">
-        <v>104</v>
+        <v>4402</v>
       </c>
       <c r="G748" s="3">
         <v>1</v>
       </c>
       <c r="H748" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I748" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A749" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A749" s="2" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B749" s="2"/>
+      <c r="C749" s="2"/>
+      <c r="D749" s="2"/>
+      <c r="E749" s="2"/>
+      <c r="F749" s="2"/>
+      <c r="G749" s="2"/>
+      <c r="H749" s="2"/>
+      <c r="I749" s="2"/>
     </row>
     <row r="750" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A750" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A750" s="2" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B750" s="2"/>
+      <c r="C750" s="2"/>
+      <c r="D750" s="2"/>
+      <c r="E750" s="2"/>
+      <c r="F750" s="2"/>
+      <c r="G750" s="2"/>
+      <c r="H750" s="2"/>
+      <c r="I750" s="2"/>
     </row>
     <row r="751" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A751" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A751" s="2" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B751" s="2"/>
+      <c r="C751" s="2"/>
+      <c r="D751" s="2"/>
+      <c r="E751" s="2"/>
+      <c r="F751" s="2"/>
+      <c r="G751" s="2"/>
+      <c r="H751" s="2"/>
+      <c r="I751" s="2"/>
     </row>
     <row r="752" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A752" s="3" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="B752" s="3" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="C752" s="3">
-        <v>396.95</v>
+        <v>20529</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F752" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G752" s="3">
         <v>1</v>
       </c>
       <c r="H752" s="3">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="I752" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A753" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A753" s="2" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B753" s="2"/>
+      <c r="C753" s="2"/>
+      <c r="D753" s="2"/>
+      <c r="E753" s="2"/>
+      <c r="F753" s="2"/>
+      <c r="G753" s="2"/>
+      <c r="H753" s="2"/>
+      <c r="I753" s="2"/>
     </row>
     <row r="754" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A754" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C754" s="3">
-        <v>5457.85</v>
+        <v>24480.87</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F754" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G754" s="3">
         <v>1</v>
       </c>
       <c r="H754" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I754" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A755" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A755" s="2" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B755" s="2"/>
+      <c r="C755" s="2"/>
+      <c r="D755" s="2"/>
+      <c r="E755" s="2"/>
+      <c r="F755" s="2"/>
+      <c r="G755" s="2"/>
+      <c r="H755" s="2"/>
+      <c r="I755" s="2"/>
     </row>
     <row r="756" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A756" s="3" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B756" s="3" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C756" s="3">
-        <v>1363.28</v>
+        <v>8616.13</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E756" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F756" s="3">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="G756" s="3">
         <v>1</v>
       </c>
       <c r="H756" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I756" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A757" s="3" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B757" s="3" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C757" s="3">
-        <v>3102.7</v>
+        <v>7754.49</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E757" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F757" s="3">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="G757" s="3">
         <v>1</v>
       </c>
       <c r="H757" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I757" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A758" s="3" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C758" s="3">
-        <v>2792.43</v>
+        <v>8616.13</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F758" s="3">
-        <v>76</v>
+        <v>2</v>
       </c>
       <c r="G758" s="3">
         <v>1</v>
       </c>
       <c r="H758" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I758" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A759" s="3" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C759" s="3">
-        <v>2346.04</v>
+        <v>8616.13</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F759" s="3">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G759" s="3">
         <v>1</v>
       </c>
       <c r="H759" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I759" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A760" s="3" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B760" s="3" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="C760" s="3">
-        <v>3102.7</v>
+        <v>8616.13</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E760" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F760" s="3">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="G760" s="3">
         <v>1</v>
       </c>
       <c r="H760" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I760" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A761" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B761" s="3" t="s">
+      <c r="A761" s="2" t="s">
         <v>1442</v>
       </c>
-      <c r="C761" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B761" s="2"/>
+      <c r="C761" s="2"/>
+      <c r="D761" s="2"/>
+      <c r="E761" s="2"/>
+      <c r="F761" s="2"/>
+      <c r="G761" s="2"/>
+      <c r="H761" s="2"/>
+      <c r="I761" s="2"/>
     </row>
     <row r="762" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A762" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="B762" s="3" t="s">
         <v>1444</v>
       </c>
       <c r="C762" s="3">
-        <v>3275.06</v>
+        <v>20869.24</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F762" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G762" s="3">
         <v>1</v>
       </c>
       <c r="H762" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I762" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A763" s="3" t="s">
         <v>1445</v>
       </c>
       <c r="B763" s="3" t="s">
         <v>1446</v>
       </c>
       <c r="C763" s="3">
-        <v>2792.43</v>
+        <v>15305.76</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E763" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F763" s="3">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="G763" s="3">
         <v>1</v>
       </c>
       <c r="H763" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I763" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A764" s="3" t="s">
         <v>1447</v>
       </c>
       <c r="B764" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="C764" s="3">
-        <v>6843.39</v>
+        <v>3173.64</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F764" s="3">
         <v>0</v>
       </c>
       <c r="G764" s="3">
         <v>1</v>
       </c>
       <c r="H764" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I764" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A765" s="3" t="s">
+      <c r="A765" s="2" t="s">
         <v>1449</v>
       </c>
-      <c r="B765" s="3" t="s">
+      <c r="B765" s="2"/>
+      <c r="C765" s="2"/>
+      <c r="D765" s="2"/>
+      <c r="E765" s="2"/>
+      <c r="F765" s="2"/>
+      <c r="G765" s="2"/>
+      <c r="H765" s="2"/>
+      <c r="I765" s="2"/>
+    </row>
+    <row r="766" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A766" s="2" t="s">
         <v>1450</v>
       </c>
-      <c r="C765" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B766" s="2"/>
+      <c r="C766" s="2"/>
+      <c r="D766" s="2"/>
+      <c r="E766" s="2"/>
+      <c r="F766" s="2"/>
+      <c r="G766" s="2"/>
+      <c r="H766" s="2"/>
+      <c r="I766" s="2"/>
     </row>
     <row r="767" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A767" s="3" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B767" s="3" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="C767" s="3">
-        <v>2792.43</v>
+        <v>3718.83</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E767" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F767" s="3">
-        <v>140</v>
+        <v>5</v>
       </c>
       <c r="G767" s="3">
         <v>1</v>
       </c>
       <c r="H767" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I767" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A768" s="3" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="B768" s="3" t="s">
-        <v>1456</v>
+        <v>1454</v>
       </c>
       <c r="C768" s="3">
-        <v>3101.45</v>
+        <v>3756.38</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E768" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F768" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G768" s="3">
         <v>1</v>
       </c>
       <c r="H768" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I768" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A769" s="3" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="B769" s="3" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="C769" s="3">
-        <v>2346.04</v>
+        <v>5101.25</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E769" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F769" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G769" s="3">
         <v>1</v>
       </c>
       <c r="H769" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I769" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A770" s="3" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="B770" s="3" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="C770" s="3">
-        <v>2792.43</v>
+        <v>5101.25</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E770" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F770" s="3">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="G770" s="3">
         <v>1</v>
       </c>
       <c r="H770" s="3">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I770" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A771" s="3" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="B771" s="3" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="C771" s="3">
-        <v>2346.04</v>
+        <v>4132.01</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E771" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F771" s="3">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G771" s="3">
         <v>1</v>
       </c>
       <c r="H771" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I771" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A772" s="3" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="B772" s="3" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="C772" s="3">
-        <v>8439.63</v>
+        <v>5725.81</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F772" s="3">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="G772" s="3">
         <v>1</v>
       </c>
       <c r="H772" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I772" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A773" s="3" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="B773" s="3" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="C773" s="3">
-        <v>7977.53</v>
+        <v>5101.25</v>
       </c>
       <c r="D773" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E773" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F773" s="3">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="G773" s="3">
         <v>1</v>
       </c>
       <c r="H773" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I773" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="774" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A774" s="3" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B774" s="3" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C774" s="3">
+        <v>5101.25</v>
+      </c>
+      <c r="D774" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E774" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F774" s="3">
+        <v>149</v>
+      </c>
+      <c r="G774" s="3">
+        <v>1</v>
+      </c>
+      <c r="H774" s="3">
+        <v>20</v>
+      </c>
+      <c r="I774" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="775" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A775" s="2" t="s">
         <v>1467</v>
       </c>
-      <c r="B774" s="3" t="s">
+      <c r="B775" s="2"/>
+      <c r="C775" s="2"/>
+      <c r="D775" s="2"/>
+      <c r="E775" s="2"/>
+      <c r="F775" s="2"/>
+      <c r="G775" s="2"/>
+      <c r="H775" s="2"/>
+      <c r="I775" s="2"/>
+    </row>
+    <row r="776" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A776" s="3" t="s">
         <v>1468</v>
       </c>
-      <c r="C774" s="3">
-[...22 lines deleted...]
-      <c r="A775" s="3" t="s">
+      <c r="B776" s="3" t="s">
         <v>1469</v>
       </c>
-      <c r="B775" s="3" t="s">
-[...17 lines deleted...]
-      <c r="H775" s="3">
+      <c r="C776" s="3">
+        <v>5758.49</v>
+      </c>
+      <c r="D776" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E776" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F776" s="3">
+        <v>2</v>
+      </c>
+      <c r="G776" s="3">
+        <v>1</v>
+      </c>
+      <c r="H776" s="3">
         <v>5</v>
       </c>
-      <c r="I775" s="3">
-[...14 lines deleted...]
-      <c r="I776" s="2"/>
+      <c r="I776" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="777" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A777" s="3" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="C777" s="3">
-        <v>49598.3</v>
+        <v>8336</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F777" s="3">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="G777" s="3">
         <v>1</v>
       </c>
       <c r="H777" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I777" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A778" s="3" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
       <c r="C778" s="3">
-        <v>46178.37</v>
+        <v>6753.78</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F778" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G778" s="3">
         <v>1</v>
       </c>
       <c r="H778" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I778" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A779" s="3" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="B779" s="3" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
       <c r="C779" s="3">
-        <v>52337.52</v>
+        <v>5472.14</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E779" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F779" s="3">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="G779" s="3">
         <v>1</v>
       </c>
       <c r="H779" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I779" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A780" s="3" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="C780" s="3">
-        <v>66500.5</v>
+        <v>5758.49</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E780" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F780" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="G780" s="3">
         <v>1</v>
       </c>
       <c r="H780" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I780" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A781" s="3" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="C781" s="3">
-        <v>390546.9</v>
+        <v>8336</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F781" s="3">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="G781" s="3">
         <v>1</v>
       </c>
       <c r="H781" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I781" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A782" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B782" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C782" s="3">
+        <v>6490</v>
+      </c>
+      <c r="D782" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E782" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F782" s="3">
+        <v>0</v>
+      </c>
+      <c r="G782" s="3">
+        <v>1</v>
+      </c>
+      <c r="H782" s="3">
+        <v>5</v>
+      </c>
+      <c r="I782" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="783" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A783" s="3" t="s">
         <v>1482</v>
       </c>
-      <c r="B782" s="3" t="s">
+      <c r="B783" s="3" t="s">
         <v>1483</v>
       </c>
-      <c r="C782" s="3">
-[...22 lines deleted...]
-      <c r="A783" s="2" t="s">
+      <c r="C783" s="3">
+        <v>6490</v>
+      </c>
+      <c r="D783" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E783" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F783" s="3">
+        <v>12</v>
+      </c>
+      <c r="G783" s="3">
+        <v>1</v>
+      </c>
+      <c r="H783" s="3">
+        <v>10</v>
+      </c>
+      <c r="I783" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="784" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A784" s="3" t="s">
         <v>1484</v>
       </c>
-      <c r="B783" s="2"/>
-[...9 lines deleted...]
-      <c r="A784" s="2" t="s">
+      <c r="B784" s="3" t="s">
         <v>1485</v>
       </c>
-      <c r="B784" s="2"/>
-[...6 lines deleted...]
-      <c r="I784" s="2"/>
+      <c r="C784" s="3">
+        <v>8336</v>
+      </c>
+      <c r="D784" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E784" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F784" s="3">
+        <v>55</v>
+      </c>
+      <c r="G784" s="3">
+        <v>1</v>
+      </c>
+      <c r="H784" s="3">
+        <v>6</v>
+      </c>
+      <c r="I784" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="785" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A785" s="3" t="s">
         <v>1486</v>
       </c>
       <c r="B785" s="3" t="s">
         <v>1487</v>
       </c>
       <c r="C785" s="3">
-        <v>5773.84</v>
+        <v>8336</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F785" s="3">
-        <v>225</v>
+        <v>143</v>
       </c>
       <c r="G785" s="3">
         <v>1</v>
       </c>
       <c r="H785" s="3">
         <v>10</v>
       </c>
       <c r="I785" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A786" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>1489</v>
       </c>
       <c r="C786" s="3">
-        <v>12329.3</v>
+        <v>7109.24</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F786" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G786" s="3">
         <v>1</v>
       </c>
       <c r="H786" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I786" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A787" s="3" t="s">
         <v>1490</v>
       </c>
       <c r="B787" s="3" t="s">
         <v>1491</v>
       </c>
       <c r="C787" s="3">
-        <v>6582.34</v>
+        <v>8776.9</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E787" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F787" s="3">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="G787" s="3">
         <v>1</v>
       </c>
       <c r="H787" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I787" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A788" s="3" t="s">
         <v>1492</v>
       </c>
       <c r="B788" s="3" t="s">
         <v>1493</v>
       </c>
       <c r="C788" s="3">
-        <v>861.59</v>
+        <v>8776.9</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E788" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F788" s="3">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="G788" s="3">
         <v>1</v>
       </c>
       <c r="H788" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I788" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A789" s="3" t="s">
         <v>1494</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="C789" s="3">
-        <v>6147.78</v>
+        <v>6061.6</v>
       </c>
       <c r="D789" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E789" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F789" s="3">
-        <v>339</v>
+        <v>1</v>
       </c>
       <c r="G789" s="3">
         <v>1</v>
       </c>
       <c r="H789" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I789" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A790" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="B790" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="C790" s="3">
-        <v>12329.3</v>
+        <v>8776.9</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E790" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F790" s="3">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G790" s="3">
         <v>1</v>
       </c>
       <c r="H790" s="3">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="I790" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A791" s="3" t="s">
         <v>1498</v>
       </c>
       <c r="B791" s="3" t="s">
         <v>1499</v>
       </c>
       <c r="C791" s="3">
-        <v>8826.24</v>
+        <v>6061.6</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E791" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F791" s="3">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="G791" s="3">
         <v>1</v>
       </c>
       <c r="H791" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I791" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A792" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="B792" s="3" t="s">
         <v>1501</v>
       </c>
       <c r="C792" s="3">
-        <v>9807.09</v>
+        <v>7390</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F792" s="3">
-        <v>189</v>
+        <v>83</v>
       </c>
       <c r="G792" s="3">
         <v>1</v>
       </c>
       <c r="H792" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I792" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A793" s="3" t="s">
         <v>1502</v>
       </c>
       <c r="B793" s="3" t="s">
         <v>1503</v>
       </c>
       <c r="C793" s="3">
-        <v>9807.09</v>
+        <v>5758.49</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E793" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F793" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="G793" s="3">
         <v>1</v>
       </c>
       <c r="H793" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I793" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A794" s="3" t="s">
         <v>1504</v>
       </c>
       <c r="B794" s="3" t="s">
         <v>1505</v>
       </c>
       <c r="C794" s="3">
-        <v>8826.24</v>
+        <v>6380.38</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E794" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F794" s="3">
-        <v>97</v>
+        <v>133</v>
       </c>
       <c r="G794" s="3">
         <v>1</v>
       </c>
       <c r="H794" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I794" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A795" s="3" t="s">
         <v>1506</v>
       </c>
       <c r="B795" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C795" s="3">
-        <v>14711.3</v>
+        <v>5472.13</v>
       </c>
       <c r="D795" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E795" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F795" s="3">
-        <v>105</v>
+        <v>6</v>
       </c>
       <c r="G795" s="3">
         <v>1</v>
       </c>
       <c r="H795" s="3">
         <v>5</v>
       </c>
       <c r="I795" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A796" s="3" t="s">
         <v>1508</v>
       </c>
       <c r="B796" s="3" t="s">
         <v>1509</v>
       </c>
       <c r="C796" s="3">
-        <v>4622.59</v>
+        <v>6490</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E796" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F796" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G796" s="3">
         <v>1</v>
       </c>
       <c r="H796" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I796" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A797" s="3" t="s">
         <v>1510</v>
       </c>
       <c r="B797" s="3" t="s">
         <v>1511</v>
       </c>
       <c r="C797" s="3">
-        <v>6147.78</v>
+        <v>6490</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F797" s="3">
-        <v>133</v>
+        <v>920</v>
       </c>
       <c r="G797" s="3">
         <v>1</v>
       </c>
       <c r="H797" s="3">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I797" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A798" s="3" t="s">
         <v>1512</v>
       </c>
       <c r="B798" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="C798" s="3">
-        <v>14711.3</v>
+        <v>8776.9</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F798" s="3">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G798" s="3">
         <v>1</v>
       </c>
       <c r="H798" s="3">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="I798" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A799" s="3" t="s">
         <v>1514</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>1515</v>
       </c>
       <c r="C799" s="3">
-        <v>2170.56</v>
+        <v>6735.11</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F799" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G799" s="3">
         <v>1</v>
       </c>
       <c r="H799" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I799" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A800" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="B800" s="3" t="s">
         <v>1517</v>
       </c>
       <c r="C800" s="3">
-        <v>4622.59</v>
+        <v>7390</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F800" s="3">
-        <v>153</v>
+        <v>2</v>
       </c>
       <c r="G800" s="3">
         <v>1</v>
       </c>
       <c r="H800" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I800" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A801" s="3" t="s">
         <v>1518</v>
       </c>
       <c r="B801" s="3" t="s">
         <v>1519</v>
       </c>
       <c r="C801" s="3">
-        <v>9807.09</v>
+        <v>20456.3</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F801" s="3">
-        <v>129</v>
+        <v>31</v>
       </c>
       <c r="G801" s="3">
         <v>1</v>
       </c>
       <c r="H801" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I801" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A802" s="3" t="s">
         <v>1520</v>
       </c>
       <c r="B802" s="3" t="s">
         <v>1521</v>
       </c>
       <c r="C802" s="3">
-        <v>8826.24</v>
+        <v>6416.09</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E802" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F802" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G802" s="3">
         <v>1</v>
       </c>
       <c r="H802" s="3">
         <v>10</v>
       </c>
       <c r="I802" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A803" s="3" t="s">
         <v>1522</v>
       </c>
       <c r="B803" s="3" t="s">
         <v>1523</v>
       </c>
       <c r="C803" s="3">
-        <v>4622.59</v>
+        <v>8336</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E803" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F803" s="3">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="G803" s="3">
         <v>1</v>
       </c>
       <c r="H803" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I803" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A804" s="3" t="s">
         <v>1524</v>
       </c>
       <c r="B804" s="3" t="s">
         <v>1525</v>
       </c>
       <c r="C804" s="3">
-        <v>803.77</v>
+        <v>4911.64</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F804" s="3">
-        <v>736</v>
+        <v>4</v>
       </c>
       <c r="G804" s="3">
         <v>1</v>
       </c>
       <c r="H804" s="3">
         <v>10</v>
       </c>
       <c r="I804" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A805" s="3" t="s">
         <v>1526</v>
       </c>
       <c r="B805" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="C805" s="3">
-        <v>12329.3</v>
+        <v>6949</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E805" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F805" s="3">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="G805" s="3">
         <v>1</v>
       </c>
       <c r="H805" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I805" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A806" s="2" t="s">
+      <c r="A806" s="3" t="s">
         <v>1528</v>
       </c>
-      <c r="B806" s="2"/>
-[...6 lines deleted...]
-      <c r="I806" s="2"/>
+      <c r="B806" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C806" s="3">
+        <v>6949</v>
+      </c>
+      <c r="D806" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E806" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F806" s="3">
+        <v>292</v>
+      </c>
+      <c r="G806" s="3">
+        <v>1</v>
+      </c>
+      <c r="H806" s="3">
+        <v>6</v>
+      </c>
+      <c r="I806" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="807" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A807" s="3" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B807" s="3" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="C807" s="3">
-        <v>16910.2</v>
+        <v>7390</v>
       </c>
       <c r="D807" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E807" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F807" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G807" s="3">
         <v>1</v>
       </c>
       <c r="H807" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I807" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A808" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B808" s="3" t="s">
+      <c r="A808" s="2" t="s">
         <v>1532</v>
       </c>
-      <c r="C808" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B808" s="2"/>
+      <c r="C808" s="2"/>
+      <c r="D808" s="2"/>
+      <c r="E808" s="2"/>
+      <c r="F808" s="2"/>
+      <c r="G808" s="2"/>
+      <c r="H808" s="2"/>
+      <c r="I808" s="2"/>
     </row>
     <row r="809" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A809" s="3" t="s">
         <v>1533</v>
       </c>
       <c r="B809" s="3" t="s">
         <v>1534</v>
       </c>
       <c r="C809" s="3">
-        <v>16910.2</v>
+        <v>13190</v>
       </c>
       <c r="D809" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E809" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F809" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G809" s="3">
         <v>1</v>
       </c>
       <c r="H809" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I809" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A810" s="3" t="s">
         <v>1535</v>
       </c>
       <c r="B810" s="3" t="s">
         <v>1536</v>
       </c>
       <c r="C810" s="3">
-        <v>31064</v>
+        <v>13190</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E810" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F810" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G810" s="3">
         <v>1</v>
       </c>
       <c r="H810" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I810" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A811" s="3" t="s">
         <v>1537</v>
       </c>
       <c r="B811" s="3" t="s">
         <v>1538</v>
       </c>
       <c r="C811" s="3">
-        <v>32162.8</v>
+        <v>11790</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E811" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F811" s="3">
-        <v>30</v>
+        <v>266</v>
       </c>
       <c r="G811" s="3">
         <v>1</v>
       </c>
       <c r="H811" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I811" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A812" s="3" t="s">
         <v>1539</v>
       </c>
       <c r="B812" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="C812" s="3">
-        <v>35911.4</v>
+        <v>13190</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E812" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F812" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G812" s="3">
         <v>1</v>
       </c>
       <c r="H812" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I812" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A813" s="3" t="s">
         <v>1541</v>
       </c>
       <c r="B813" s="3" t="s">
         <v>1542</v>
       </c>
       <c r="C813" s="3">
-        <v>34200.4</v>
+        <v>13190</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E813" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F813" s="3">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="G813" s="3">
         <v>1</v>
       </c>
       <c r="H813" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I813" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A814" s="3" t="s">
         <v>1543</v>
       </c>
       <c r="B814" s="3" t="s">
         <v>1544</v>
       </c>
       <c r="C814" s="3">
-        <v>5211.92</v>
+        <v>13190</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E814" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F814" s="3">
-        <v>44</v>
+        <v>177</v>
       </c>
       <c r="G814" s="3">
         <v>1</v>
       </c>
       <c r="H814" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I814" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A815" s="3" t="s">
         <v>1545</v>
       </c>
       <c r="B815" s="3" t="s">
         <v>1546</v>
       </c>
       <c r="C815" s="3">
-        <v>24463.9</v>
+        <v>13890</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E815" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F815" s="3">
         <v>0</v>
       </c>
       <c r="G815" s="3">
         <v>1</v>
       </c>
       <c r="H815" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I815" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A816" s="3" t="s">
         <v>1547</v>
       </c>
       <c r="B816" s="3" t="s">
         <v>1548</v>
       </c>
       <c r="C816" s="3">
-        <v>676.68</v>
+        <v>13190</v>
       </c>
       <c r="D816" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E816" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F816" s="3">
         <v>0</v>
       </c>
       <c r="G816" s="3">
         <v>1</v>
       </c>
       <c r="H816" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I816" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A817" s="2" t="s">
+      <c r="A817" s="3" t="s">
         <v>1549</v>
       </c>
-      <c r="B817" s="2"/>
-[...6 lines deleted...]
-      <c r="I817" s="2"/>
+      <c r="B817" s="3" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C817" s="3">
+        <v>11790</v>
+      </c>
+      <c r="D817" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E817" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F817" s="3">
+        <v>10</v>
+      </c>
+      <c r="G817" s="3">
+        <v>1</v>
+      </c>
+      <c r="H817" s="3">
+        <v>6</v>
+      </c>
+      <c r="I817" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="818" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A818" s="3" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B818" s="3" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C818" s="3">
-        <v>75063.4</v>
+        <v>9244.37</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F818" s="3">
         <v>0</v>
       </c>
       <c r="G818" s="3">
         <v>1</v>
       </c>
       <c r="H818" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I818" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A819" s="3" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B819" s="3" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C819" s="3">
-        <v>230989</v>
+        <v>13890</v>
       </c>
       <c r="D819" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E819" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F819" s="3">
-        <v>3</v>
+        <v>135</v>
       </c>
       <c r="G819" s="3">
         <v>1</v>
       </c>
       <c r="H819" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I819" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="820" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A820" s="3" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B820" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C820" s="3">
-        <v>72190.9</v>
+        <v>13890</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F820" s="3">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="G820" s="3">
         <v>1</v>
       </c>
       <c r="H820" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I820" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="821" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A821" s="3" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="B821" s="3" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="C821" s="3">
-        <v>68753.3</v>
+        <v>12292.24</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E821" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F821" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G821" s="3">
         <v>1</v>
       </c>
       <c r="H821" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I821" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A822" s="3" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="B822" s="3" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C822" s="3">
-        <v>495000</v>
+        <v>13190</v>
       </c>
       <c r="D822" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E822" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F822" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G822" s="3">
         <v>1</v>
       </c>
       <c r="H822" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I822" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="823" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A823" s="3" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B823" s="3" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C823" s="3">
-        <v>27500</v>
+        <v>13890</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E823" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F823" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G823" s="3">
         <v>1</v>
       </c>
       <c r="H823" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I823" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A824" s="3" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B824" s="3" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C824" s="3">
-        <v>273900</v>
+        <v>9956.68</v>
       </c>
       <c r="D824" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E824" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F824" s="3">
+        <v>0</v>
+      </c>
+      <c r="G824" s="3">
+        <v>1</v>
+      </c>
+      <c r="H824" s="3">
+        <v>3</v>
+      </c>
+      <c r="I824" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A825" s="3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B825" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C825" s="3">
+        <v>11790</v>
+      </c>
+      <c r="D825" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E825" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F825" s="3">
+        <v>44</v>
+      </c>
+      <c r="G825" s="3">
+        <v>1</v>
+      </c>
+      <c r="H825" s="3">
         <v>8</v>
       </c>
-      <c r="G824" s="3">
-[...20 lines deleted...]
-      <c r="I825" s="2"/>
+      <c r="I825" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="826" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A826" s="3" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="B826" s="3" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C826" s="3">
-        <v>12329.1</v>
+        <v>11790</v>
       </c>
       <c r="D826" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E826" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F826" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G826" s="3">
         <v>1</v>
       </c>
       <c r="H826" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I826" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="827" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A827" s="3" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B827" s="3" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C827" s="3">
-        <v>47411.7</v>
+        <v>11790</v>
       </c>
       <c r="D827" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E827" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F827" s="3">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="G827" s="3">
         <v>1</v>
       </c>
       <c r="H827" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I827" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="828" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A828" s="3" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B828" s="3" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C828" s="3">
-        <v>43981.1</v>
+        <v>10057.28</v>
       </c>
       <c r="D828" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E828" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F828" s="3">
         <v>0</v>
       </c>
       <c r="G828" s="3">
         <v>1</v>
       </c>
       <c r="H828" s="3">
         <v>2</v>
       </c>
       <c r="I828" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="829" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A829" s="3" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="B829" s="3" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="C829" s="3">
-        <v>31183.9</v>
+        <v>13890</v>
       </c>
       <c r="D829" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F829" s="3">
+        <v>105</v>
+      </c>
+      <c r="G829" s="3">
+        <v>1</v>
+      </c>
+      <c r="H829" s="3">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="I829" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="830" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A830" s="3" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="B830" s="3" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="C830" s="3">
-        <v>19633.9</v>
+        <v>12490</v>
       </c>
       <c r="D830" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E830" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F830" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G830" s="3">
         <v>1</v>
       </c>
       <c r="H830" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I830" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="831" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A831" s="3" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="B831" s="3" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="C831" s="3">
-        <v>6710.22</v>
+        <v>12490</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E831" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F831" s="3">
-        <v>0</v>
+        <v>133</v>
       </c>
       <c r="G831" s="3">
         <v>1</v>
       </c>
       <c r="H831" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I831" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="832" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A832" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A832" s="2" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B832" s="2"/>
+      <c r="C832" s="2"/>
+      <c r="D832" s="2"/>
+      <c r="E832" s="2"/>
+      <c r="F832" s="2"/>
+      <c r="G832" s="2"/>
+      <c r="H832" s="2"/>
+      <c r="I832" s="2"/>
     </row>
     <row r="833" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A833" s="3" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B833" s="3" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C833" s="3">
-        <v>27727.9</v>
+        <v>63797.31</v>
       </c>
       <c r="D833" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E833" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F833" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G833" s="3">
         <v>1</v>
       </c>
       <c r="H833" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I833" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="834" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A834" s="3" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B834" s="3" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C834" s="3">
-        <v>12329.1</v>
+        <v>16953.1</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E834" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F834" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G834" s="3">
         <v>1</v>
       </c>
       <c r="H834" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I834" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="835" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A835" s="3" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B835" s="3" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="C835" s="3">
-        <v>19633.9</v>
+        <v>88766.91</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E835" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F835" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G835" s="3">
         <v>1</v>
       </c>
       <c r="H835" s="3">
         <v>1</v>
       </c>
       <c r="I835" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="836" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A836" s="3" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B836" s="3" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C836" s="3">
-        <v>27727.9</v>
+        <v>10325.4</v>
       </c>
       <c r="D836" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E836" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F836" s="3">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G836" s="3">
         <v>1</v>
       </c>
       <c r="H836" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I836" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="837" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A837" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I837" s="2"/>
+      <c r="A837" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B837" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C837" s="3">
+        <v>20806.4</v>
+      </c>
+      <c r="D837" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E837" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F837" s="3">
+        <v>2</v>
+      </c>
+      <c r="G837" s="3">
+        <v>1</v>
+      </c>
+      <c r="H837" s="3">
+        <v>5</v>
+      </c>
+      <c r="I837" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="838" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A838" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A838" s="2" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B838" s="2"/>
+      <c r="C838" s="2"/>
+      <c r="D838" s="2"/>
+      <c r="E838" s="2"/>
+      <c r="F838" s="2"/>
+      <c r="G838" s="2"/>
+      <c r="H838" s="2"/>
+      <c r="I838" s="2"/>
     </row>
     <row r="839" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A839" s="3" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B839" s="3" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="C839" s="3">
-        <v>20217.9</v>
+        <v>20698</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E839" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F839" s="3">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="G839" s="3">
         <v>1</v>
       </c>
       <c r="H839" s="3">
         <v>4</v>
       </c>
       <c r="I839" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A840" s="3" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B840" s="3" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="C840" s="3">
-        <v>20217.9</v>
+        <v>20698</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E840" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F840" s="3">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="G840" s="3">
         <v>1</v>
       </c>
       <c r="H840" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I840" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="841" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A841" s="3" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B841" s="3" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="C841" s="3">
-        <v>17107.2</v>
+        <v>20698</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E841" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F841" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="G841" s="3">
         <v>1</v>
       </c>
       <c r="H841" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I841" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A842" s="3" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B842" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C842" s="3">
-        <v>46658.8</v>
+        <v>20698</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F842" s="3">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="G842" s="3">
         <v>1</v>
       </c>
       <c r="H842" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I842" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="843" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A843" s="3" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B843" s="3" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="C843" s="3">
-        <v>46658.8</v>
+        <v>23100</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F843" s="3">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="G843" s="3">
         <v>1</v>
       </c>
       <c r="H843" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I843" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="844" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A844" s="3" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B844" s="3" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="C844" s="3">
-        <v>29423</v>
+        <v>20698</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E844" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F844" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G844" s="3">
         <v>1</v>
       </c>
       <c r="H844" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I844" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="845" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A845" s="3" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="B845" s="3" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="C845" s="3">
-        <v>20408.11</v>
+        <v>23100</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E845" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F845" s="3">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="G845" s="3">
         <v>1</v>
       </c>
       <c r="H845" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I845" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="846" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A846" s="3" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B846" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="C846" s="3">
-        <v>17107.2</v>
+        <v>23100</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F846" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G846" s="3">
         <v>1</v>
       </c>
       <c r="H846" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I846" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="847" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A847" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B847" s="3" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C847" s="3">
+        <v>20698</v>
+      </c>
+      <c r="D847" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E847" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F847" s="3">
+        <v>55</v>
+      </c>
+      <c r="G847" s="3">
+        <v>1</v>
+      </c>
+      <c r="H847" s="3">
+        <v>6</v>
+      </c>
+      <c r="I847" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A848" s="2" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B848" s="2"/>
+      <c r="C848" s="2"/>
+      <c r="D848" s="2"/>
+      <c r="E848" s="2"/>
+      <c r="F848" s="2"/>
+      <c r="G848" s="2"/>
+      <c r="H848" s="2"/>
+      <c r="I848" s="2"/>
+    </row>
+    <row r="849" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A849" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B849" s="3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C849" s="3">
+        <v>32534.7</v>
+      </c>
+      <c r="D849" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E849" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F849" s="3">
+        <v>4</v>
+      </c>
+      <c r="G849" s="3">
+        <v>1</v>
+      </c>
+      <c r="H849" s="3">
+        <v>2</v>
+      </c>
+      <c r="I849" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A850" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B850" s="3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C850" s="3">
+        <v>23717.7</v>
+      </c>
+      <c r="D850" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E850" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F850" s="3">
+        <v>0</v>
+      </c>
+      <c r="G850" s="3">
+        <v>1</v>
+      </c>
+      <c r="H850" s="3">
+        <v>1</v>
+      </c>
+      <c r="I850" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="851" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A851" s="3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B851" s="3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C851" s="3">
+        <v>33464.2</v>
+      </c>
+      <c r="D851" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E851" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F851" s="3">
+        <v>76</v>
+      </c>
+      <c r="G851" s="3">
+        <v>1</v>
+      </c>
+      <c r="H851" s="3">
+        <v>2</v>
+      </c>
+      <c r="I851" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A852" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B852" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C852" s="3">
+        <v>33464.19</v>
+      </c>
+      <c r="D852" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E852" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F852" s="3">
+        <v>15</v>
+      </c>
+      <c r="G852" s="3">
+        <v>1</v>
+      </c>
+      <c r="H852" s="3">
+        <v>4</v>
+      </c>
+      <c r="I852" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A853" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B853" s="3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C853" s="3">
+        <v>32534.7</v>
+      </c>
+      <c r="D853" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E853" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F853" s="3">
+        <v>26</v>
+      </c>
+      <c r="G853" s="3">
+        <v>1</v>
+      </c>
+      <c r="H853" s="3">
+        <v>6</v>
+      </c>
+      <c r="I853" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="97">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A37:I37"/>
-    <mergeCell ref="A58:I58"/>
-[...10 lines deleted...]
-    <mergeCell ref="A131:I131"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A117:I117"/>
     <mergeCell ref="A133:I133"/>
-    <mergeCell ref="A168:I168"/>
-[...8 lines deleted...]
-    <mergeCell ref="A258:I258"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A209:I209"/>
+    <mergeCell ref="A213:I213"/>
+    <mergeCell ref="A220:I220"/>
+    <mergeCell ref="A221:I221"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A226:I226"/>
+    <mergeCell ref="A233:I233"/>
+    <mergeCell ref="A234:I234"/>
+    <mergeCell ref="A249:I249"/>
     <mergeCell ref="A264:I264"/>
-    <mergeCell ref="A266:I266"/>
-[...2 lines deleted...]
-    <mergeCell ref="A273:I273"/>
+    <mergeCell ref="A269:I269"/>
     <mergeCell ref="A274:I274"/>
-    <mergeCell ref="A277:I277"/>
-[...13 lines deleted...]
-    <mergeCell ref="A395:I395"/>
+    <mergeCell ref="A344:I344"/>
+    <mergeCell ref="A378:I378"/>
+    <mergeCell ref="A384:I384"/>
+    <mergeCell ref="A387:I387"/>
+    <mergeCell ref="A388:I388"/>
+    <mergeCell ref="A393:I393"/>
+    <mergeCell ref="A397:I397"/>
     <mergeCell ref="A402:I402"/>
-    <mergeCell ref="A406:I406"/>
-    <mergeCell ref="A407:I407"/>
     <mergeCell ref="A410:I410"/>
     <mergeCell ref="A416:I416"/>
-    <mergeCell ref="A418:I418"/>
-[...8 lines deleted...]
-    <mergeCell ref="A571:I571"/>
+    <mergeCell ref="A423:I423"/>
+    <mergeCell ref="A428:I428"/>
+    <mergeCell ref="A431:I431"/>
+    <mergeCell ref="A434:I434"/>
+    <mergeCell ref="A435:I435"/>
+    <mergeCell ref="A452:I452"/>
+    <mergeCell ref="A455:I455"/>
+    <mergeCell ref="A466:I466"/>
+    <mergeCell ref="A467:I467"/>
+    <mergeCell ref="A478:I478"/>
+    <mergeCell ref="A484:I484"/>
+    <mergeCell ref="A485:I485"/>
+    <mergeCell ref="A520:I520"/>
+    <mergeCell ref="A544:I544"/>
+    <mergeCell ref="A551:I551"/>
+    <mergeCell ref="A552:I552"/>
+    <mergeCell ref="A560:I560"/>
     <mergeCell ref="A572:I572"/>
-    <mergeCell ref="A573:I573"/>
-[...11 lines deleted...]
-    <mergeCell ref="A671:I671"/>
+    <mergeCell ref="A582:I582"/>
+    <mergeCell ref="A604:I604"/>
+    <mergeCell ref="A615:I615"/>
+    <mergeCell ref="A616:I616"/>
+    <mergeCell ref="A639:I639"/>
+    <mergeCell ref="A658:I658"/>
+    <mergeCell ref="A670:I670"/>
+    <mergeCell ref="A675:I675"/>
+    <mergeCell ref="A676:I676"/>
     <mergeCell ref="A678:I678"/>
-    <mergeCell ref="A683:I683"/>
-[...15 lines deleted...]
-    <mergeCell ref="A837:I837"/>
+    <mergeCell ref="A681:I681"/>
+    <mergeCell ref="A685:I685"/>
+    <mergeCell ref="A688:I688"/>
+    <mergeCell ref="A694:I694"/>
+    <mergeCell ref="A709:I709"/>
+    <mergeCell ref="A712:I712"/>
+    <mergeCell ref="A714:I714"/>
+    <mergeCell ref="A749:I749"/>
+    <mergeCell ref="A750:I750"/>
+    <mergeCell ref="A751:I751"/>
+    <mergeCell ref="A753:I753"/>
+    <mergeCell ref="A755:I755"/>
+    <mergeCell ref="A761:I761"/>
+    <mergeCell ref="A765:I765"/>
+    <mergeCell ref="A766:I766"/>
+    <mergeCell ref="A775:I775"/>
+    <mergeCell ref="A808:I808"/>
+    <mergeCell ref="A832:I832"/>
+    <mergeCell ref="A838:I838"/>
+    <mergeCell ref="A848:I848"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D40" r:id="rId33"/>
     <hyperlink ref="D41" r:id="rId34"/>
     <hyperlink ref="D42" r:id="rId35"/>
     <hyperlink ref="D43" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
-    <hyperlink ref="D49" r:id="rId42"/>
-[...46 lines deleted...]
-    <hyperlink ref="D103" r:id="rId89"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D64" r:id="rId54"/>
+    <hyperlink ref="D65" r:id="rId55"/>
+    <hyperlink ref="D66" r:id="rId56"/>
+    <hyperlink ref="D67" r:id="rId57"/>
+    <hyperlink ref="D68" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D75" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D78" r:id="rId67"/>
+    <hyperlink ref="D79" r:id="rId68"/>
+    <hyperlink ref="D80" r:id="rId69"/>
+    <hyperlink ref="D81" r:id="rId70"/>
+    <hyperlink ref="D82" r:id="rId71"/>
+    <hyperlink ref="D83" r:id="rId72"/>
+    <hyperlink ref="D87" r:id="rId73"/>
+    <hyperlink ref="D88" r:id="rId74"/>
+    <hyperlink ref="D89" r:id="rId75"/>
+    <hyperlink ref="D91" r:id="rId76"/>
+    <hyperlink ref="D92" r:id="rId77"/>
+    <hyperlink ref="D93" r:id="rId78"/>
+    <hyperlink ref="D94" r:id="rId79"/>
+    <hyperlink ref="D95" r:id="rId80"/>
+    <hyperlink ref="D96" r:id="rId81"/>
+    <hyperlink ref="D97" r:id="rId82"/>
+    <hyperlink ref="D98" r:id="rId83"/>
+    <hyperlink ref="D99" r:id="rId84"/>
+    <hyperlink ref="D100" r:id="rId85"/>
+    <hyperlink ref="D101" r:id="rId86"/>
+    <hyperlink ref="D102" r:id="rId87"/>
+    <hyperlink ref="D103" r:id="rId88"/>
+    <hyperlink ref="D104" r:id="rId89"/>
     <hyperlink ref="D105" r:id="rId90"/>
     <hyperlink ref="D106" r:id="rId91"/>
     <hyperlink ref="D107" r:id="rId92"/>
     <hyperlink ref="D108" r:id="rId93"/>
     <hyperlink ref="D109" r:id="rId94"/>
-    <hyperlink ref="D111" r:id="rId95"/>
-[...27 lines deleted...]
-    <hyperlink ref="D143" r:id="rId123"/>
+    <hyperlink ref="D110" r:id="rId95"/>
+    <hyperlink ref="D111" r:id="rId96"/>
+    <hyperlink ref="D112" r:id="rId97"/>
+    <hyperlink ref="D113" r:id="rId98"/>
+    <hyperlink ref="D114" r:id="rId99"/>
+    <hyperlink ref="D115" r:id="rId100"/>
+    <hyperlink ref="D116" r:id="rId101"/>
+    <hyperlink ref="D118" r:id="rId102"/>
+    <hyperlink ref="D119" r:id="rId103"/>
+    <hyperlink ref="D120" r:id="rId104"/>
+    <hyperlink ref="D121" r:id="rId105"/>
+    <hyperlink ref="D122" r:id="rId106"/>
+    <hyperlink ref="D123" r:id="rId107"/>
+    <hyperlink ref="D124" r:id="rId108"/>
+    <hyperlink ref="D125" r:id="rId109"/>
+    <hyperlink ref="D126" r:id="rId110"/>
+    <hyperlink ref="D127" r:id="rId111"/>
+    <hyperlink ref="D128" r:id="rId112"/>
+    <hyperlink ref="D129" r:id="rId113"/>
+    <hyperlink ref="D130" r:id="rId114"/>
+    <hyperlink ref="D131" r:id="rId115"/>
+    <hyperlink ref="D132" r:id="rId116"/>
+    <hyperlink ref="D135" r:id="rId117"/>
+    <hyperlink ref="D136" r:id="rId118"/>
+    <hyperlink ref="D138" r:id="rId119"/>
+    <hyperlink ref="D139" r:id="rId120"/>
+    <hyperlink ref="D140" r:id="rId121"/>
+    <hyperlink ref="D141" r:id="rId122"/>
+    <hyperlink ref="D142" r:id="rId123"/>
     <hyperlink ref="D144" r:id="rId124"/>
     <hyperlink ref="D145" r:id="rId125"/>
     <hyperlink ref="D146" r:id="rId126"/>
     <hyperlink ref="D147" r:id="rId127"/>
     <hyperlink ref="D148" r:id="rId128"/>
     <hyperlink ref="D149" r:id="rId129"/>
     <hyperlink ref="D150" r:id="rId130"/>
     <hyperlink ref="D151" r:id="rId131"/>
     <hyperlink ref="D152" r:id="rId132"/>
     <hyperlink ref="D153" r:id="rId133"/>
     <hyperlink ref="D154" r:id="rId134"/>
     <hyperlink ref="D155" r:id="rId135"/>
     <hyperlink ref="D156" r:id="rId136"/>
     <hyperlink ref="D157" r:id="rId137"/>
     <hyperlink ref="D158" r:id="rId138"/>
     <hyperlink ref="D159" r:id="rId139"/>
     <hyperlink ref="D160" r:id="rId140"/>
     <hyperlink ref="D161" r:id="rId141"/>
     <hyperlink ref="D162" r:id="rId142"/>
-    <hyperlink ref="D163" r:id="rId143"/>
-[...6 lines deleted...]
-    <hyperlink ref="D173" r:id="rId150"/>
+    <hyperlink ref="D164" r:id="rId143"/>
+    <hyperlink ref="D165" r:id="rId144"/>
+    <hyperlink ref="D167" r:id="rId145"/>
+    <hyperlink ref="D168" r:id="rId146"/>
+    <hyperlink ref="D169" r:id="rId147"/>
+    <hyperlink ref="D170" r:id="rId148"/>
+    <hyperlink ref="D171" r:id="rId149"/>
+    <hyperlink ref="D172" r:id="rId150"/>
     <hyperlink ref="D174" r:id="rId151"/>
     <hyperlink ref="D175" r:id="rId152"/>
     <hyperlink ref="D176" r:id="rId153"/>
     <hyperlink ref="D177" r:id="rId154"/>
-    <hyperlink ref="D179" r:id="rId155"/>
-[...112 lines deleted...]
-    <hyperlink ref="D307" r:id="rId268"/>
+    <hyperlink ref="D178" r:id="rId155"/>
+    <hyperlink ref="D179" r:id="rId156"/>
+    <hyperlink ref="D180" r:id="rId157"/>
+    <hyperlink ref="D181" r:id="rId158"/>
+    <hyperlink ref="D182" r:id="rId159"/>
+    <hyperlink ref="D183" r:id="rId160"/>
+    <hyperlink ref="D184" r:id="rId161"/>
+    <hyperlink ref="D185" r:id="rId162"/>
+    <hyperlink ref="D186" r:id="rId163"/>
+    <hyperlink ref="D187" r:id="rId164"/>
+    <hyperlink ref="D188" r:id="rId165"/>
+    <hyperlink ref="D192" r:id="rId166"/>
+    <hyperlink ref="D193" r:id="rId167"/>
+    <hyperlink ref="D194" r:id="rId168"/>
+    <hyperlink ref="D196" r:id="rId169"/>
+    <hyperlink ref="D197" r:id="rId170"/>
+    <hyperlink ref="D198" r:id="rId171"/>
+    <hyperlink ref="D200" r:id="rId172"/>
+    <hyperlink ref="D201" r:id="rId173"/>
+    <hyperlink ref="D202" r:id="rId174"/>
+    <hyperlink ref="D203" r:id="rId175"/>
+    <hyperlink ref="D204" r:id="rId176"/>
+    <hyperlink ref="D205" r:id="rId177"/>
+    <hyperlink ref="D206" r:id="rId178"/>
+    <hyperlink ref="D207" r:id="rId179"/>
+    <hyperlink ref="D208" r:id="rId180"/>
+    <hyperlink ref="D210" r:id="rId181"/>
+    <hyperlink ref="D211" r:id="rId182"/>
+    <hyperlink ref="D212" r:id="rId183"/>
+    <hyperlink ref="D214" r:id="rId184"/>
+    <hyperlink ref="D215" r:id="rId185"/>
+    <hyperlink ref="D216" r:id="rId186"/>
+    <hyperlink ref="D217" r:id="rId187"/>
+    <hyperlink ref="D218" r:id="rId188"/>
+    <hyperlink ref="D219" r:id="rId189"/>
+    <hyperlink ref="D222" r:id="rId190"/>
+    <hyperlink ref="D224" r:id="rId191"/>
+    <hyperlink ref="D225" r:id="rId192"/>
+    <hyperlink ref="D227" r:id="rId193"/>
+    <hyperlink ref="D228" r:id="rId194"/>
+    <hyperlink ref="D229" r:id="rId195"/>
+    <hyperlink ref="D230" r:id="rId196"/>
+    <hyperlink ref="D231" r:id="rId197"/>
+    <hyperlink ref="D232" r:id="rId198"/>
+    <hyperlink ref="D235" r:id="rId199"/>
+    <hyperlink ref="D236" r:id="rId200"/>
+    <hyperlink ref="D237" r:id="rId201"/>
+    <hyperlink ref="D238" r:id="rId202"/>
+    <hyperlink ref="D239" r:id="rId203"/>
+    <hyperlink ref="D240" r:id="rId204"/>
+    <hyperlink ref="D241" r:id="rId205"/>
+    <hyperlink ref="D242" r:id="rId206"/>
+    <hyperlink ref="D243" r:id="rId207"/>
+    <hyperlink ref="D244" r:id="rId208"/>
+    <hyperlink ref="D245" r:id="rId209"/>
+    <hyperlink ref="D246" r:id="rId210"/>
+    <hyperlink ref="D247" r:id="rId211"/>
+    <hyperlink ref="D248" r:id="rId212"/>
+    <hyperlink ref="D250" r:id="rId213"/>
+    <hyperlink ref="D251" r:id="rId214"/>
+    <hyperlink ref="D252" r:id="rId215"/>
+    <hyperlink ref="D253" r:id="rId216"/>
+    <hyperlink ref="D254" r:id="rId217"/>
+    <hyperlink ref="D255" r:id="rId218"/>
+    <hyperlink ref="D256" r:id="rId219"/>
+    <hyperlink ref="D257" r:id="rId220"/>
+    <hyperlink ref="D258" r:id="rId221"/>
+    <hyperlink ref="D259" r:id="rId222"/>
+    <hyperlink ref="D260" r:id="rId223"/>
+    <hyperlink ref="D261" r:id="rId224"/>
+    <hyperlink ref="D262" r:id="rId225"/>
+    <hyperlink ref="D263" r:id="rId226"/>
+    <hyperlink ref="D265" r:id="rId227"/>
+    <hyperlink ref="D266" r:id="rId228"/>
+    <hyperlink ref="D267" r:id="rId229"/>
+    <hyperlink ref="D268" r:id="rId230"/>
+    <hyperlink ref="D270" r:id="rId231"/>
+    <hyperlink ref="D271" r:id="rId232"/>
+    <hyperlink ref="D272" r:id="rId233"/>
+    <hyperlink ref="D273" r:id="rId234"/>
+    <hyperlink ref="D275" r:id="rId235"/>
+    <hyperlink ref="D276" r:id="rId236"/>
+    <hyperlink ref="D277" r:id="rId237"/>
+    <hyperlink ref="D278" r:id="rId238"/>
+    <hyperlink ref="D279" r:id="rId239"/>
+    <hyperlink ref="D280" r:id="rId240"/>
+    <hyperlink ref="D281" r:id="rId241"/>
+    <hyperlink ref="D282" r:id="rId242"/>
+    <hyperlink ref="D283" r:id="rId243"/>
+    <hyperlink ref="D284" r:id="rId244"/>
+    <hyperlink ref="D285" r:id="rId245"/>
+    <hyperlink ref="D286" r:id="rId246"/>
+    <hyperlink ref="D287" r:id="rId247"/>
+    <hyperlink ref="D288" r:id="rId248"/>
+    <hyperlink ref="D289" r:id="rId249"/>
+    <hyperlink ref="D290" r:id="rId250"/>
+    <hyperlink ref="D291" r:id="rId251"/>
+    <hyperlink ref="D292" r:id="rId252"/>
+    <hyperlink ref="D293" r:id="rId253"/>
+    <hyperlink ref="D294" r:id="rId254"/>
+    <hyperlink ref="D295" r:id="rId255"/>
+    <hyperlink ref="D296" r:id="rId256"/>
+    <hyperlink ref="D297" r:id="rId257"/>
+    <hyperlink ref="D298" r:id="rId258"/>
+    <hyperlink ref="D299" r:id="rId259"/>
+    <hyperlink ref="D300" r:id="rId260"/>
+    <hyperlink ref="D301" r:id="rId261"/>
+    <hyperlink ref="D302" r:id="rId262"/>
+    <hyperlink ref="D303" r:id="rId263"/>
+    <hyperlink ref="D304" r:id="rId264"/>
+    <hyperlink ref="D305" r:id="rId265"/>
+    <hyperlink ref="D306" r:id="rId266"/>
+    <hyperlink ref="D307" r:id="rId267"/>
+    <hyperlink ref="D308" r:id="rId268"/>
     <hyperlink ref="D309" r:id="rId269"/>
     <hyperlink ref="D310" r:id="rId270"/>
     <hyperlink ref="D311" r:id="rId271"/>
     <hyperlink ref="D312" r:id="rId272"/>
     <hyperlink ref="D313" r:id="rId273"/>
     <hyperlink ref="D314" r:id="rId274"/>
     <hyperlink ref="D315" r:id="rId275"/>
     <hyperlink ref="D316" r:id="rId276"/>
     <hyperlink ref="D317" r:id="rId277"/>
     <hyperlink ref="D318" r:id="rId278"/>
     <hyperlink ref="D319" r:id="rId279"/>
     <hyperlink ref="D320" r:id="rId280"/>
     <hyperlink ref="D321" r:id="rId281"/>
     <hyperlink ref="D322" r:id="rId282"/>
     <hyperlink ref="D323" r:id="rId283"/>
-    <hyperlink ref="D325" r:id="rId284"/>
-[...220 lines deleted...]
-    <hyperlink ref="D570" r:id="rId505"/>
+    <hyperlink ref="D324" r:id="rId284"/>
+    <hyperlink ref="D325" r:id="rId285"/>
+    <hyperlink ref="D326" r:id="rId286"/>
+    <hyperlink ref="D327" r:id="rId287"/>
+    <hyperlink ref="D328" r:id="rId288"/>
+    <hyperlink ref="D329" r:id="rId289"/>
+    <hyperlink ref="D330" r:id="rId290"/>
+    <hyperlink ref="D331" r:id="rId291"/>
+    <hyperlink ref="D332" r:id="rId292"/>
+    <hyperlink ref="D333" r:id="rId293"/>
+    <hyperlink ref="D334" r:id="rId294"/>
+    <hyperlink ref="D335" r:id="rId295"/>
+    <hyperlink ref="D336" r:id="rId296"/>
+    <hyperlink ref="D337" r:id="rId297"/>
+    <hyperlink ref="D338" r:id="rId298"/>
+    <hyperlink ref="D339" r:id="rId299"/>
+    <hyperlink ref="D340" r:id="rId300"/>
+    <hyperlink ref="D341" r:id="rId301"/>
+    <hyperlink ref="D342" r:id="rId302"/>
+    <hyperlink ref="D343" r:id="rId303"/>
+    <hyperlink ref="D345" r:id="rId304"/>
+    <hyperlink ref="D346" r:id="rId305"/>
+    <hyperlink ref="D347" r:id="rId306"/>
+    <hyperlink ref="D348" r:id="rId307"/>
+    <hyperlink ref="D349" r:id="rId308"/>
+    <hyperlink ref="D350" r:id="rId309"/>
+    <hyperlink ref="D351" r:id="rId310"/>
+    <hyperlink ref="D352" r:id="rId311"/>
+    <hyperlink ref="D353" r:id="rId312"/>
+    <hyperlink ref="D354" r:id="rId313"/>
+    <hyperlink ref="D355" r:id="rId314"/>
+    <hyperlink ref="D356" r:id="rId315"/>
+    <hyperlink ref="D357" r:id="rId316"/>
+    <hyperlink ref="D358" r:id="rId317"/>
+    <hyperlink ref="D359" r:id="rId318"/>
+    <hyperlink ref="D360" r:id="rId319"/>
+    <hyperlink ref="D361" r:id="rId320"/>
+    <hyperlink ref="D362" r:id="rId321"/>
+    <hyperlink ref="D363" r:id="rId322"/>
+    <hyperlink ref="D364" r:id="rId323"/>
+    <hyperlink ref="D365" r:id="rId324"/>
+    <hyperlink ref="D366" r:id="rId325"/>
+    <hyperlink ref="D367" r:id="rId326"/>
+    <hyperlink ref="D368" r:id="rId327"/>
+    <hyperlink ref="D369" r:id="rId328"/>
+    <hyperlink ref="D370" r:id="rId329"/>
+    <hyperlink ref="D371" r:id="rId330"/>
+    <hyperlink ref="D372" r:id="rId331"/>
+    <hyperlink ref="D373" r:id="rId332"/>
+    <hyperlink ref="D374" r:id="rId333"/>
+    <hyperlink ref="D375" r:id="rId334"/>
+    <hyperlink ref="D376" r:id="rId335"/>
+    <hyperlink ref="D377" r:id="rId336"/>
+    <hyperlink ref="D379" r:id="rId337"/>
+    <hyperlink ref="D380" r:id="rId338"/>
+    <hyperlink ref="D381" r:id="rId339"/>
+    <hyperlink ref="D382" r:id="rId340"/>
+    <hyperlink ref="D383" r:id="rId341"/>
+    <hyperlink ref="D385" r:id="rId342"/>
+    <hyperlink ref="D386" r:id="rId343"/>
+    <hyperlink ref="D389" r:id="rId344"/>
+    <hyperlink ref="D390" r:id="rId345"/>
+    <hyperlink ref="D391" r:id="rId346"/>
+    <hyperlink ref="D392" r:id="rId347"/>
+    <hyperlink ref="D394" r:id="rId348"/>
+    <hyperlink ref="D395" r:id="rId349"/>
+    <hyperlink ref="D396" r:id="rId350"/>
+    <hyperlink ref="D398" r:id="rId351"/>
+    <hyperlink ref="D399" r:id="rId352"/>
+    <hyperlink ref="D400" r:id="rId353"/>
+    <hyperlink ref="D401" r:id="rId354"/>
+    <hyperlink ref="D403" r:id="rId355"/>
+    <hyperlink ref="D404" r:id="rId356"/>
+    <hyperlink ref="D405" r:id="rId357"/>
+    <hyperlink ref="D406" r:id="rId358"/>
+    <hyperlink ref="D407" r:id="rId359"/>
+    <hyperlink ref="D408" r:id="rId360"/>
+    <hyperlink ref="D409" r:id="rId361"/>
+    <hyperlink ref="D411" r:id="rId362"/>
+    <hyperlink ref="D412" r:id="rId363"/>
+    <hyperlink ref="D413" r:id="rId364"/>
+    <hyperlink ref="D414" r:id="rId365"/>
+    <hyperlink ref="D415" r:id="rId366"/>
+    <hyperlink ref="D417" r:id="rId367"/>
+    <hyperlink ref="D418" r:id="rId368"/>
+    <hyperlink ref="D419" r:id="rId369"/>
+    <hyperlink ref="D420" r:id="rId370"/>
+    <hyperlink ref="D421" r:id="rId371"/>
+    <hyperlink ref="D422" r:id="rId372"/>
+    <hyperlink ref="D424" r:id="rId373"/>
+    <hyperlink ref="D425" r:id="rId374"/>
+    <hyperlink ref="D426" r:id="rId375"/>
+    <hyperlink ref="D427" r:id="rId376"/>
+    <hyperlink ref="D429" r:id="rId377"/>
+    <hyperlink ref="D430" r:id="rId378"/>
+    <hyperlink ref="D432" r:id="rId379"/>
+    <hyperlink ref="D433" r:id="rId380"/>
+    <hyperlink ref="D436" r:id="rId381"/>
+    <hyperlink ref="D437" r:id="rId382"/>
+    <hyperlink ref="D438" r:id="rId383"/>
+    <hyperlink ref="D439" r:id="rId384"/>
+    <hyperlink ref="D440" r:id="rId385"/>
+    <hyperlink ref="D441" r:id="rId386"/>
+    <hyperlink ref="D442" r:id="rId387"/>
+    <hyperlink ref="D443" r:id="rId388"/>
+    <hyperlink ref="D444" r:id="rId389"/>
+    <hyperlink ref="D445" r:id="rId390"/>
+    <hyperlink ref="D446" r:id="rId391"/>
+    <hyperlink ref="D447" r:id="rId392"/>
+    <hyperlink ref="D448" r:id="rId393"/>
+    <hyperlink ref="D449" r:id="rId394"/>
+    <hyperlink ref="D450" r:id="rId395"/>
+    <hyperlink ref="D451" r:id="rId396"/>
+    <hyperlink ref="D453" r:id="rId397"/>
+    <hyperlink ref="D454" r:id="rId398"/>
+    <hyperlink ref="D456" r:id="rId399"/>
+    <hyperlink ref="D457" r:id="rId400"/>
+    <hyperlink ref="D458" r:id="rId401"/>
+    <hyperlink ref="D459" r:id="rId402"/>
+    <hyperlink ref="D460" r:id="rId403"/>
+    <hyperlink ref="D461" r:id="rId404"/>
+    <hyperlink ref="D462" r:id="rId405"/>
+    <hyperlink ref="D463" r:id="rId406"/>
+    <hyperlink ref="D464" r:id="rId407"/>
+    <hyperlink ref="D465" r:id="rId408"/>
+    <hyperlink ref="D468" r:id="rId409"/>
+    <hyperlink ref="D469" r:id="rId410"/>
+    <hyperlink ref="D470" r:id="rId411"/>
+    <hyperlink ref="D471" r:id="rId412"/>
+    <hyperlink ref="D472" r:id="rId413"/>
+    <hyperlink ref="D473" r:id="rId414"/>
+    <hyperlink ref="D474" r:id="rId415"/>
+    <hyperlink ref="D475" r:id="rId416"/>
+    <hyperlink ref="D476" r:id="rId417"/>
+    <hyperlink ref="D477" r:id="rId418"/>
+    <hyperlink ref="D479" r:id="rId419"/>
+    <hyperlink ref="D480" r:id="rId420"/>
+    <hyperlink ref="D481" r:id="rId421"/>
+    <hyperlink ref="D482" r:id="rId422"/>
+    <hyperlink ref="D483" r:id="rId423"/>
+    <hyperlink ref="D486" r:id="rId424"/>
+    <hyperlink ref="D487" r:id="rId425"/>
+    <hyperlink ref="D488" r:id="rId426"/>
+    <hyperlink ref="D489" r:id="rId427"/>
+    <hyperlink ref="D490" r:id="rId428"/>
+    <hyperlink ref="D491" r:id="rId429"/>
+    <hyperlink ref="D492" r:id="rId430"/>
+    <hyperlink ref="D493" r:id="rId431"/>
+    <hyperlink ref="D494" r:id="rId432"/>
+    <hyperlink ref="D495" r:id="rId433"/>
+    <hyperlink ref="D496" r:id="rId434"/>
+    <hyperlink ref="D497" r:id="rId435"/>
+    <hyperlink ref="D498" r:id="rId436"/>
+    <hyperlink ref="D499" r:id="rId437"/>
+    <hyperlink ref="D500" r:id="rId438"/>
+    <hyperlink ref="D501" r:id="rId439"/>
+    <hyperlink ref="D502" r:id="rId440"/>
+    <hyperlink ref="D503" r:id="rId441"/>
+    <hyperlink ref="D504" r:id="rId442"/>
+    <hyperlink ref="D505" r:id="rId443"/>
+    <hyperlink ref="D506" r:id="rId444"/>
+    <hyperlink ref="D507" r:id="rId445"/>
+    <hyperlink ref="D508" r:id="rId446"/>
+    <hyperlink ref="D509" r:id="rId447"/>
+    <hyperlink ref="D510" r:id="rId448"/>
+    <hyperlink ref="D511" r:id="rId449"/>
+    <hyperlink ref="D512" r:id="rId450"/>
+    <hyperlink ref="D513" r:id="rId451"/>
+    <hyperlink ref="D514" r:id="rId452"/>
+    <hyperlink ref="D515" r:id="rId453"/>
+    <hyperlink ref="D516" r:id="rId454"/>
+    <hyperlink ref="D517" r:id="rId455"/>
+    <hyperlink ref="D518" r:id="rId456"/>
+    <hyperlink ref="D519" r:id="rId457"/>
+    <hyperlink ref="D521" r:id="rId458"/>
+    <hyperlink ref="D522" r:id="rId459"/>
+    <hyperlink ref="D523" r:id="rId460"/>
+    <hyperlink ref="D524" r:id="rId461"/>
+    <hyperlink ref="D525" r:id="rId462"/>
+    <hyperlink ref="D526" r:id="rId463"/>
+    <hyperlink ref="D527" r:id="rId464"/>
+    <hyperlink ref="D528" r:id="rId465"/>
+    <hyperlink ref="D529" r:id="rId466"/>
+    <hyperlink ref="D530" r:id="rId467"/>
+    <hyperlink ref="D531" r:id="rId468"/>
+    <hyperlink ref="D532" r:id="rId469"/>
+    <hyperlink ref="D533" r:id="rId470"/>
+    <hyperlink ref="D534" r:id="rId471"/>
+    <hyperlink ref="D535" r:id="rId472"/>
+    <hyperlink ref="D536" r:id="rId473"/>
+    <hyperlink ref="D537" r:id="rId474"/>
+    <hyperlink ref="D538" r:id="rId475"/>
+    <hyperlink ref="D539" r:id="rId476"/>
+    <hyperlink ref="D540" r:id="rId477"/>
+    <hyperlink ref="D541" r:id="rId478"/>
+    <hyperlink ref="D542" r:id="rId479"/>
+    <hyperlink ref="D543" r:id="rId480"/>
+    <hyperlink ref="D545" r:id="rId481"/>
+    <hyperlink ref="D546" r:id="rId482"/>
+    <hyperlink ref="D547" r:id="rId483"/>
+    <hyperlink ref="D548" r:id="rId484"/>
+    <hyperlink ref="D549" r:id="rId485"/>
+    <hyperlink ref="D550" r:id="rId486"/>
+    <hyperlink ref="D553" r:id="rId487"/>
+    <hyperlink ref="D554" r:id="rId488"/>
+    <hyperlink ref="D555" r:id="rId489"/>
+    <hyperlink ref="D556" r:id="rId490"/>
+    <hyperlink ref="D557" r:id="rId491"/>
+    <hyperlink ref="D558" r:id="rId492"/>
+    <hyperlink ref="D559" r:id="rId493"/>
+    <hyperlink ref="D561" r:id="rId494"/>
+    <hyperlink ref="D562" r:id="rId495"/>
+    <hyperlink ref="D563" r:id="rId496"/>
+    <hyperlink ref="D564" r:id="rId497"/>
+    <hyperlink ref="D565" r:id="rId498"/>
+    <hyperlink ref="D566" r:id="rId499"/>
+    <hyperlink ref="D567" r:id="rId500"/>
+    <hyperlink ref="D568" r:id="rId501"/>
+    <hyperlink ref="D569" r:id="rId502"/>
+    <hyperlink ref="D570" r:id="rId503"/>
+    <hyperlink ref="D571" r:id="rId504"/>
+    <hyperlink ref="D573" r:id="rId505"/>
     <hyperlink ref="D574" r:id="rId506"/>
     <hyperlink ref="D575" r:id="rId507"/>
     <hyperlink ref="D576" r:id="rId508"/>
     <hyperlink ref="D577" r:id="rId509"/>
     <hyperlink ref="D578" r:id="rId510"/>
     <hyperlink ref="D579" r:id="rId511"/>
     <hyperlink ref="D580" r:id="rId512"/>
     <hyperlink ref="D581" r:id="rId513"/>
-    <hyperlink ref="D582" r:id="rId514"/>
-[...2 lines deleted...]
-    <hyperlink ref="D585" r:id="rId517"/>
+    <hyperlink ref="D583" r:id="rId514"/>
+    <hyperlink ref="D584" r:id="rId515"/>
+    <hyperlink ref="D585" r:id="rId516"/>
+    <hyperlink ref="D586" r:id="rId517"/>
     <hyperlink ref="D587" r:id="rId518"/>
     <hyperlink ref="D588" r:id="rId519"/>
     <hyperlink ref="D589" r:id="rId520"/>
     <hyperlink ref="D590" r:id="rId521"/>
     <hyperlink ref="D591" r:id="rId522"/>
     <hyperlink ref="D592" r:id="rId523"/>
     <hyperlink ref="D593" r:id="rId524"/>
     <hyperlink ref="D594" r:id="rId525"/>
     <hyperlink ref="D595" r:id="rId526"/>
-    <hyperlink ref="D597" r:id="rId527"/>
-[...6 lines deleted...]
-    <hyperlink ref="D604" r:id="rId534"/>
+    <hyperlink ref="D596" r:id="rId527"/>
+    <hyperlink ref="D597" r:id="rId528"/>
+    <hyperlink ref="D598" r:id="rId529"/>
+    <hyperlink ref="D599" r:id="rId530"/>
+    <hyperlink ref="D600" r:id="rId531"/>
+    <hyperlink ref="D601" r:id="rId532"/>
+    <hyperlink ref="D602" r:id="rId533"/>
+    <hyperlink ref="D603" r:id="rId534"/>
     <hyperlink ref="D605" r:id="rId535"/>
     <hyperlink ref="D606" r:id="rId536"/>
     <hyperlink ref="D607" r:id="rId537"/>
-    <hyperlink ref="D609" r:id="rId538"/>
-[...131 lines deleted...]
-    <hyperlink ref="D761" r:id="rId670"/>
+    <hyperlink ref="D608" r:id="rId538"/>
+    <hyperlink ref="D609" r:id="rId539"/>
+    <hyperlink ref="D610" r:id="rId540"/>
+    <hyperlink ref="D611" r:id="rId541"/>
+    <hyperlink ref="D612" r:id="rId542"/>
+    <hyperlink ref="D613" r:id="rId543"/>
+    <hyperlink ref="D614" r:id="rId544"/>
+    <hyperlink ref="D617" r:id="rId545"/>
+    <hyperlink ref="D618" r:id="rId546"/>
+    <hyperlink ref="D619" r:id="rId547"/>
+    <hyperlink ref="D620" r:id="rId548"/>
+    <hyperlink ref="D621" r:id="rId549"/>
+    <hyperlink ref="D622" r:id="rId550"/>
+    <hyperlink ref="D623" r:id="rId551"/>
+    <hyperlink ref="D624" r:id="rId552"/>
+    <hyperlink ref="D625" r:id="rId553"/>
+    <hyperlink ref="D626" r:id="rId554"/>
+    <hyperlink ref="D627" r:id="rId555"/>
+    <hyperlink ref="D628" r:id="rId556"/>
+    <hyperlink ref="D629" r:id="rId557"/>
+    <hyperlink ref="D630" r:id="rId558"/>
+    <hyperlink ref="D631" r:id="rId559"/>
+    <hyperlink ref="D632" r:id="rId560"/>
+    <hyperlink ref="D633" r:id="rId561"/>
+    <hyperlink ref="D634" r:id="rId562"/>
+    <hyperlink ref="D635" r:id="rId563"/>
+    <hyperlink ref="D636" r:id="rId564"/>
+    <hyperlink ref="D637" r:id="rId565"/>
+    <hyperlink ref="D638" r:id="rId566"/>
+    <hyperlink ref="D640" r:id="rId567"/>
+    <hyperlink ref="D641" r:id="rId568"/>
+    <hyperlink ref="D642" r:id="rId569"/>
+    <hyperlink ref="D643" r:id="rId570"/>
+    <hyperlink ref="D644" r:id="rId571"/>
+    <hyperlink ref="D645" r:id="rId572"/>
+    <hyperlink ref="D646" r:id="rId573"/>
+    <hyperlink ref="D647" r:id="rId574"/>
+    <hyperlink ref="D648" r:id="rId575"/>
+    <hyperlink ref="D649" r:id="rId576"/>
+    <hyperlink ref="D650" r:id="rId577"/>
+    <hyperlink ref="D651" r:id="rId578"/>
+    <hyperlink ref="D652" r:id="rId579"/>
+    <hyperlink ref="D653" r:id="rId580"/>
+    <hyperlink ref="D654" r:id="rId581"/>
+    <hyperlink ref="D655" r:id="rId582"/>
+    <hyperlink ref="D656" r:id="rId583"/>
+    <hyperlink ref="D657" r:id="rId584"/>
+    <hyperlink ref="D659" r:id="rId585"/>
+    <hyperlink ref="D660" r:id="rId586"/>
+    <hyperlink ref="D661" r:id="rId587"/>
+    <hyperlink ref="D662" r:id="rId588"/>
+    <hyperlink ref="D663" r:id="rId589"/>
+    <hyperlink ref="D664" r:id="rId590"/>
+    <hyperlink ref="D665" r:id="rId591"/>
+    <hyperlink ref="D666" r:id="rId592"/>
+    <hyperlink ref="D667" r:id="rId593"/>
+    <hyperlink ref="D668" r:id="rId594"/>
+    <hyperlink ref="D669" r:id="rId595"/>
+    <hyperlink ref="D671" r:id="rId596"/>
+    <hyperlink ref="D672" r:id="rId597"/>
+    <hyperlink ref="D673" r:id="rId598"/>
+    <hyperlink ref="D674" r:id="rId599"/>
+    <hyperlink ref="D677" r:id="rId600"/>
+    <hyperlink ref="D679" r:id="rId601"/>
+    <hyperlink ref="D680" r:id="rId602"/>
+    <hyperlink ref="D682" r:id="rId603"/>
+    <hyperlink ref="D683" r:id="rId604"/>
+    <hyperlink ref="D684" r:id="rId605"/>
+    <hyperlink ref="D686" r:id="rId606"/>
+    <hyperlink ref="D687" r:id="rId607"/>
+    <hyperlink ref="D689" r:id="rId608"/>
+    <hyperlink ref="D690" r:id="rId609"/>
+    <hyperlink ref="D691" r:id="rId610"/>
+    <hyperlink ref="D692" r:id="rId611"/>
+    <hyperlink ref="D693" r:id="rId612"/>
+    <hyperlink ref="D695" r:id="rId613"/>
+    <hyperlink ref="D696" r:id="rId614"/>
+    <hyperlink ref="D697" r:id="rId615"/>
+    <hyperlink ref="D698" r:id="rId616"/>
+    <hyperlink ref="D699" r:id="rId617"/>
+    <hyperlink ref="D700" r:id="rId618"/>
+    <hyperlink ref="D701" r:id="rId619"/>
+    <hyperlink ref="D702" r:id="rId620"/>
+    <hyperlink ref="D703" r:id="rId621"/>
+    <hyperlink ref="D704" r:id="rId622"/>
+    <hyperlink ref="D705" r:id="rId623"/>
+    <hyperlink ref="D706" r:id="rId624"/>
+    <hyperlink ref="D707" r:id="rId625"/>
+    <hyperlink ref="D708" r:id="rId626"/>
+    <hyperlink ref="D710" r:id="rId627"/>
+    <hyperlink ref="D711" r:id="rId628"/>
+    <hyperlink ref="D713" r:id="rId629"/>
+    <hyperlink ref="D715" r:id="rId630"/>
+    <hyperlink ref="D716" r:id="rId631"/>
+    <hyperlink ref="D717" r:id="rId632"/>
+    <hyperlink ref="D718" r:id="rId633"/>
+    <hyperlink ref="D719" r:id="rId634"/>
+    <hyperlink ref="D720" r:id="rId635"/>
+    <hyperlink ref="D721" r:id="rId636"/>
+    <hyperlink ref="D722" r:id="rId637"/>
+    <hyperlink ref="D723" r:id="rId638"/>
+    <hyperlink ref="D724" r:id="rId639"/>
+    <hyperlink ref="D725" r:id="rId640"/>
+    <hyperlink ref="D726" r:id="rId641"/>
+    <hyperlink ref="D727" r:id="rId642"/>
+    <hyperlink ref="D728" r:id="rId643"/>
+    <hyperlink ref="D729" r:id="rId644"/>
+    <hyperlink ref="D730" r:id="rId645"/>
+    <hyperlink ref="D731" r:id="rId646"/>
+    <hyperlink ref="D732" r:id="rId647"/>
+    <hyperlink ref="D733" r:id="rId648"/>
+    <hyperlink ref="D734" r:id="rId649"/>
+    <hyperlink ref="D735" r:id="rId650"/>
+    <hyperlink ref="D736" r:id="rId651"/>
+    <hyperlink ref="D737" r:id="rId652"/>
+    <hyperlink ref="D738" r:id="rId653"/>
+    <hyperlink ref="D739" r:id="rId654"/>
+    <hyperlink ref="D740" r:id="rId655"/>
+    <hyperlink ref="D741" r:id="rId656"/>
+    <hyperlink ref="D742" r:id="rId657"/>
+    <hyperlink ref="D743" r:id="rId658"/>
+    <hyperlink ref="D744" r:id="rId659"/>
+    <hyperlink ref="D745" r:id="rId660"/>
+    <hyperlink ref="D746" r:id="rId661"/>
+    <hyperlink ref="D747" r:id="rId662"/>
+    <hyperlink ref="D748" r:id="rId663"/>
+    <hyperlink ref="D752" r:id="rId664"/>
+    <hyperlink ref="D754" r:id="rId665"/>
+    <hyperlink ref="D756" r:id="rId666"/>
+    <hyperlink ref="D757" r:id="rId667"/>
+    <hyperlink ref="D758" r:id="rId668"/>
+    <hyperlink ref="D759" r:id="rId669"/>
+    <hyperlink ref="D760" r:id="rId670"/>
     <hyperlink ref="D762" r:id="rId671"/>
     <hyperlink ref="D763" r:id="rId672"/>
     <hyperlink ref="D764" r:id="rId673"/>
-    <hyperlink ref="D765" r:id="rId674"/>
-[...15 lines deleted...]
-    <hyperlink ref="D782" r:id="rId690"/>
+    <hyperlink ref="D767" r:id="rId674"/>
+    <hyperlink ref="D768" r:id="rId675"/>
+    <hyperlink ref="D769" r:id="rId676"/>
+    <hyperlink ref="D770" r:id="rId677"/>
+    <hyperlink ref="D771" r:id="rId678"/>
+    <hyperlink ref="D772" r:id="rId679"/>
+    <hyperlink ref="D773" r:id="rId680"/>
+    <hyperlink ref="D774" r:id="rId681"/>
+    <hyperlink ref="D776" r:id="rId682"/>
+    <hyperlink ref="D777" r:id="rId683"/>
+    <hyperlink ref="D778" r:id="rId684"/>
+    <hyperlink ref="D779" r:id="rId685"/>
+    <hyperlink ref="D780" r:id="rId686"/>
+    <hyperlink ref="D781" r:id="rId687"/>
+    <hyperlink ref="D782" r:id="rId688"/>
+    <hyperlink ref="D783" r:id="rId689"/>
+    <hyperlink ref="D784" r:id="rId690"/>
     <hyperlink ref="D785" r:id="rId691"/>
     <hyperlink ref="D786" r:id="rId692"/>
     <hyperlink ref="D787" r:id="rId693"/>
     <hyperlink ref="D788" r:id="rId694"/>
     <hyperlink ref="D789" r:id="rId695"/>
     <hyperlink ref="D790" r:id="rId696"/>
     <hyperlink ref="D791" r:id="rId697"/>
     <hyperlink ref="D792" r:id="rId698"/>
     <hyperlink ref="D793" r:id="rId699"/>
     <hyperlink ref="D794" r:id="rId700"/>
     <hyperlink ref="D795" r:id="rId701"/>
     <hyperlink ref="D796" r:id="rId702"/>
     <hyperlink ref="D797" r:id="rId703"/>
     <hyperlink ref="D798" r:id="rId704"/>
     <hyperlink ref="D799" r:id="rId705"/>
     <hyperlink ref="D800" r:id="rId706"/>
     <hyperlink ref="D801" r:id="rId707"/>
     <hyperlink ref="D802" r:id="rId708"/>
     <hyperlink ref="D803" r:id="rId709"/>
     <hyperlink ref="D804" r:id="rId710"/>
     <hyperlink ref="D805" r:id="rId711"/>
-    <hyperlink ref="D807" r:id="rId712"/>
-    <hyperlink ref="D808" r:id="rId713"/>
+    <hyperlink ref="D806" r:id="rId712"/>
+    <hyperlink ref="D807" r:id="rId713"/>
     <hyperlink ref="D809" r:id="rId714"/>
     <hyperlink ref="D810" r:id="rId715"/>
     <hyperlink ref="D811" r:id="rId716"/>
     <hyperlink ref="D812" r:id="rId717"/>
     <hyperlink ref="D813" r:id="rId718"/>
     <hyperlink ref="D814" r:id="rId719"/>
     <hyperlink ref="D815" r:id="rId720"/>
     <hyperlink ref="D816" r:id="rId721"/>
-    <hyperlink ref="D818" r:id="rId722"/>
-[...25 lines deleted...]
-    <hyperlink ref="D846" r:id="rId748"/>
+    <hyperlink ref="D817" r:id="rId722"/>
+    <hyperlink ref="D818" r:id="rId723"/>
+    <hyperlink ref="D819" r:id="rId724"/>
+    <hyperlink ref="D820" r:id="rId725"/>
+    <hyperlink ref="D821" r:id="rId726"/>
+    <hyperlink ref="D822" r:id="rId727"/>
+    <hyperlink ref="D823" r:id="rId728"/>
+    <hyperlink ref="D824" r:id="rId729"/>
+    <hyperlink ref="D825" r:id="rId730"/>
+    <hyperlink ref="D826" r:id="rId731"/>
+    <hyperlink ref="D827" r:id="rId732"/>
+    <hyperlink ref="D828" r:id="rId733"/>
+    <hyperlink ref="D829" r:id="rId734"/>
+    <hyperlink ref="D830" r:id="rId735"/>
+    <hyperlink ref="D831" r:id="rId736"/>
+    <hyperlink ref="D833" r:id="rId737"/>
+    <hyperlink ref="D834" r:id="rId738"/>
+    <hyperlink ref="D835" r:id="rId739"/>
+    <hyperlink ref="D836" r:id="rId740"/>
+    <hyperlink ref="D837" r:id="rId741"/>
+    <hyperlink ref="D839" r:id="rId742"/>
+    <hyperlink ref="D840" r:id="rId743"/>
+    <hyperlink ref="D841" r:id="rId744"/>
+    <hyperlink ref="D842" r:id="rId745"/>
+    <hyperlink ref="D843" r:id="rId746"/>
+    <hyperlink ref="D844" r:id="rId747"/>
+    <hyperlink ref="D845" r:id="rId748"/>
+    <hyperlink ref="D846" r:id="rId749"/>
+    <hyperlink ref="D847" r:id="rId750"/>
+    <hyperlink ref="D849" r:id="rId751"/>
+    <hyperlink ref="D850" r:id="rId752"/>
+    <hyperlink ref="D851" r:id="rId753"/>
+    <hyperlink ref="D852" r:id="rId754"/>
+    <hyperlink ref="D853" r:id="rId755"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>