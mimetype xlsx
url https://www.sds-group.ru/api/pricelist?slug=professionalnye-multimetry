--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -54,186 +54,186 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Профессиональные мультиметры</t>
   </si>
   <si>
     <t>13-2029</t>
   </si>
   <si>
     <t>Профессиональный мультиметр 5 в 1 MS8229 MASTECH</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>13-2103</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8250D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2101</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8250A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2022</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8269 MASTECH</t>
+  </si>
+  <si>
     <t>13-1223</t>
   </si>
   <si>
     <t xml:space="preserve">Профессиональный мультиметр-трассоискатель MS8236 MASCTECH </t>
   </si>
   <si>
+    <t>13-2108</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2068</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8268 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2027</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8360C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2060</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8265 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2102</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8251B MASTECH</t>
+  </si>
+  <si>
     <t>13-2020</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8239C MASTECH</t>
   </si>
   <si>
-    <t>13-2091</t>
-[...2 lines deleted...]
-    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+    <t>13-2021</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8217 MASTECH</t>
   </si>
   <si>
     <t>13-2087</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8209 MASTECH</t>
   </si>
   <si>
-    <t>13-2101</t>
-[...40 lines deleted...]
-  <si>
     <t>13-2069</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8361D MASTECH</t>
   </si>
   <si>
-    <t>13-2108</t>
-[...8 lines deleted...]
-    <t>Профессиональный мультиметр MS8265 MASTECH</t>
+    <t>13-0090</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60BT</t>
+  </si>
+  <si>
+    <t>13-0087</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT15B PRO</t>
+  </si>
+  <si>
+    <t>13-0089</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT18B PRO</t>
   </si>
   <si>
     <t>13-0093</t>
   </si>
   <si>
     <t>Профессиональный мультиметр UNI-T UT61D+</t>
   </si>
   <si>
+    <t>13-0086</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT191T</t>
+  </si>
+  <si>
     <t>13-0092</t>
   </si>
   <si>
     <t>Профессиональный мультиметр UNI-T UT61B+</t>
   </si>
   <si>
+    <t>13-0094</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61E+</t>
+  </si>
+  <si>
     <t>13-0091</t>
   </si>
   <si>
     <t>Профессиональный мультиметр UNI-T 60S</t>
   </si>
   <si>
     <t>13-0088</t>
   </si>
   <si>
     <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
-  </si>
-[...28 lines deleted...]
-    <t>Мультиметр профессиональный UNI-T UT191T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -618,51 +618,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250d-mastech.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-5-v-1-ms8229-mastech-11805" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250d-mastech-25608" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250a-mastech-25606" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8269-mastech-6920" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-trassoiskatel-ms8236-masctech-11897" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms5208-mastech-25610" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8268-mastech-25605" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-smart-ms8301d-mastech-25603" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8360c-mastech-7703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8265-mastech-14964" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8251b-mastech-25607" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8239c-mastech-6918" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8217-mastech-6919" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8209-mastech-25602" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8361d-mastech-25604" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60bt-29982" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut15b-pro-30686" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut18b-pro-30688" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61d-29980" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut191t-30685" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61b-29979" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61e-29981" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60s-29983" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut17b-pro-30687" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -695,718 +695,718 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>10400</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>410</v>
+        <v>331</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>13967.6</v>
+        <v>13036.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3850</v>
+        <v>6000</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2643</v>
+        <v>47</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>7316.37</v>
+        <v>6500</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>154</v>
+        <v>190</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>9620</v>
+        <v>11900</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>179</v>
+        <v>71</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>6700</v>
+        <v>32000</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>13036.5</v>
+        <v>6340</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>12000</v>
+        <v>7316.37</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>217</v>
+        <v>154</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>6340</v>
+        <v>6200</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>389</v>
+        <v>172</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>4710</v>
+        <v>8900</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>273</v>
+        <v>401</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>7200</v>
+        <v>10000</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>7000</v>
+        <v>3850</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>297</v>
+        <v>2423</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>11500</v>
+        <v>4710</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>90</v>
+        <v>250</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>39907.6</v>
+        <v>9000</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>49</v>
+        <v>146</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>9450</v>
+        <v>9600</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>419</v>
+        <v>89</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>11850</v>
+        <v>6500</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>9280</v>
+        <v>11385</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>6220</v>
+        <v>20400</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>19051.2</v>
+        <v>11000</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>25401.6</v>
+        <v>14310</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>16490</v>
+        <v>9280</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>6900</v>
+        <v>16490</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>12650</v>
+        <v>6220</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>14310</v>
+        <v>16000</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>