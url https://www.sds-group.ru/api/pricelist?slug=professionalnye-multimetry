--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -8,232 +8,226 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="58">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Профессиональные мультиметры</t>
   </si>
   <si>
+    <t>13-2021</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8217 MASTECH</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-2027</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8360C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Профессиональный мультиметр-трассоискатель MS8236 MASCTECH </t>
+  </si>
+  <si>
+    <t>13-2022</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8269 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2102</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8251B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2068</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8268 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2087</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8209 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2060</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8265 MASTECH</t>
+  </si>
+  <si>
     <t>13-2029</t>
   </si>
   <si>
     <t>Профессиональный мультиметр 5 в 1 MS8229 MASTECH</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Профессиональный мультиметр MS8250D MASTECH</t>
+    <t>13-2020</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8239C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2069</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8361D MASTECH</t>
   </si>
   <si>
     <t>13-2101</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8250A MASTECH</t>
   </si>
   <si>
-    <t>13-2022</t>
-[...10 lines deleted...]
-  <si>
     <t>13-2108</t>
   </si>
   <si>
     <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
   </si>
   <si>
-    <t>13-2068</t>
-[...50 lines deleted...]
-    <t>Профессиональный мультиметр MS8361D MASTECH</t>
+    <t>13-0093</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61D+</t>
+  </si>
+  <si>
+    <t>13-0091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60S</t>
+  </si>
+  <si>
+    <t>13-0086</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT191T</t>
+  </si>
+  <si>
+    <t>13-0088</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
+  </si>
+  <si>
+    <t>13-0092</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61B+</t>
+  </si>
+  <si>
+    <t>13-0094</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61E+</t>
   </si>
   <si>
     <t>13-0090</t>
   </si>
   <si>
     <t>Профессиональный мультиметр UNI-T 60BT</t>
   </si>
   <si>
     <t>13-0087</t>
   </si>
   <si>
     <t>Мультиметр профессиональный UNI-T UT15B PRO</t>
   </si>
   <si>
     <t>13-0089</t>
   </si>
   <si>
     <t>Мультиметр профессиональный UNI-T UT18B PRO</t>
-  </si>
-[...34 lines deleted...]
-    <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -618,56 +612,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-5-v-1-ms8229-mastech-11805" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250d-mastech-25608" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250a-mastech-25606" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8269-mastech-6920" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-trassoiskatel-ms8236-masctech-11897" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms5208-mastech-25610" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8268-mastech-25605" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-smart-ms8301d-mastech-25603" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8360c-mastech-7703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8265-mastech-14964" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8251b-mastech-25607" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8239c-mastech-6918" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8217-mastech-6919" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8209-mastech-25602" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8361d-mastech-25604" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60bt-29982" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut15b-pro-30686" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut18b-pro-30688" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61d-29980" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut191t-30685" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61b-29979" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61e-29981" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60s-29983" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut17b-pro-30687" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -686,767 +680,737 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>10400</v>
+        <v>4790.07</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>331</v>
+        <v>212</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>13036.5</v>
+        <v>6305.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>6000</v>
+        <v>12102.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>6500</v>
+        <v>6610.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>190</v>
+        <v>142</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>11900</v>
+        <v>10170</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>32000</v>
+        <v>6447.78</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>47</v>
+        <v>374</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>6340</v>
+        <v>9153</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>384</v>
+        <v>148</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>7316.37</v>
+        <v>9051.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>154</v>
+        <v>392</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>6200</v>
+        <v>10576.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>172</v>
+        <v>295</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>8900</v>
+        <v>3915.45</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>401</v>
+        <v>2204</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>10000</v>
+        <v>7440.75</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3850</v>
+        <v>9763.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2423</v>
+        <v>89</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4710</v>
+        <v>6102</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>9000</v>
+        <v>32544</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>9600</v>
+        <v>11187</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>6500</v>
+        <v>6325.74</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>11385</v>
+        <v>14553.27</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>20400</v>
+        <v>16272</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>11000</v>
+        <v>9437.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>14310</v>
+        <v>16770.33</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>9280</v>
+        <v>6610.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>16490</v>
+        <v>11578.55</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>122</v>
+        <v>31</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>6220</v>
+        <v>18672.12</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
-    <hyperlink ref="D26" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>