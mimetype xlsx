--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6502</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6501</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...14 lines deleted...]
-    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6512</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6526</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6521</t>
-[...2 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6534</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6533</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6532</t>
-[...20 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6543</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -722,907 +722,907 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1108</v>
+        <v>1153</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>921</v>
+        <v>520</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1105</v>
+        <v>653</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>622</v>
+        <v>526</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>900</v>
+        <v>1535</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>631</v>
+        <v>508</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>900</v>
+        <v>2000</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>404</v>
+        <v>650</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1535</v>
+        <v>3300</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1171</v>
+        <v>945</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1535</v>
+        <v>3300</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>442</v>
+        <v>1031</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2000</v>
+        <v>3300</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1905</v>
+        <v>337</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1807</v>
+        <v>1883</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>698</v>
+        <v>1466</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>549</v>
+        <v>1108</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>900</v>
+        <v>1270</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>500</v>
+        <v>844</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1535</v>
+        <v>1270</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>898</v>
+        <v>983</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>3300</v>
+        <v>1270</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>331</v>
+        <v>877</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>173</v>
+        <v>1099</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1535</v>
+        <v>900</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>765</v>
+        <v>445</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>1535</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>377</v>
+        <v>1217</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2000</v>
+        <v>1535</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>651</v>
+        <v>1202</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>830</v>
+        <v>641</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
         <v>2000</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1086</v>
+        <v>1848</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>111</v>
+        <v>2063</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>921</v>
+        <v>554</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>274</v>
+        <v>753</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1535</v>
+        <v>2000</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>714</v>
+        <v>901</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1097</v>
+        <v>350</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1094</v>
+        <v>174</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>469</v>
+        <v>125</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>