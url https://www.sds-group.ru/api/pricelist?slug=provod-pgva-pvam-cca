--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6516</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6511</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6521</t>
-[...94 lines deleted...]
-  <si>
     <t>01-6513</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -722,907 +722,907 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1153</v>
+        <v>537</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>876</v>
+        <v>448</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>8</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>653</v>
+        <v>148</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>526</v>
+        <v>252</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1535</v>
+        <v>2034</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>508</v>
+        <v>623</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2000</v>
+        <v>1561.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>650</v>
+        <v>965</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>3300</v>
+        <v>1561.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>945</v>
+        <v>475</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3300</v>
+        <v>1561.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1031</v>
+        <v>158</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>3300</v>
+        <v>2034</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>337</v>
+        <v>189</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1883</v>
+        <v>392</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1466</v>
+        <v>334</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1108</v>
+        <v>238</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>844</v>
+        <v>656</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>983</v>
+        <v>321</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>877</v>
+        <v>92</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>900</v>
+        <v>3356.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1099</v>
+        <v>121</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>522</v>
+        <v>426</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>900</v>
+        <v>1561.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>445</v>
+        <v>360</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1535</v>
+        <v>3356.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1217</v>
+        <v>158</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1202</v>
+        <v>320</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>641</v>
+        <v>260</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1848</v>
+        <v>216</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>2063</v>
+        <v>522</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>554</v>
+        <v>1493</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>753</v>
+        <v>536</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>901</v>
+        <v>625</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3300</v>
+        <v>1291.59</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>350</v>
+        <v>384</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>3300</v>
+        <v>915.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>174</v>
+        <v>744</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>3300</v>
+        <v>915.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>125</v>
+        <v>251</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>