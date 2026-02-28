--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6505</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6503</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6525</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6514</t>
-[...10 lines deleted...]
-  <si>
     <t>01-6535</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6524</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6526</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6523</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6534</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6532</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6544</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6546</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6541</t>
-[...28 lines deleted...]
-  <si>
     <t>01-6542</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6516</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -722,901 +722,901 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1291.59</v>
+        <v>915.3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>537</v>
+        <v>762</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1291.59</v>
+        <v>3356.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>448</v>
+        <v>123</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1561.1</v>
+        <v>1291.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>530</v>
+        <v>832</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>148</v>
+        <v>526</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>252</v>
+        <v>438</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2034</v>
+        <v>1291.59</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>623</v>
+        <v>489</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1561.1</v>
+        <v>1291.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>965</v>
+        <v>679</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>475</v>
+        <v>756</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>158</v>
+        <v>903</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2034</v>
+        <v>915.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>189</v>
+        <v>272</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2034</v>
+        <v>915.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>392</v>
+        <v>279</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>334</v>
+        <v>446</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3356.1</v>
+        <v>1561.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3356.1</v>
+        <v>2034</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>656</v>
+        <v>226</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>3356.1</v>
+        <v>2034</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>321</v>
+        <v>705</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
         <v>3356.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>92</v>
+        <v>171</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
         <v>3356.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>121</v>
+        <v>236</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>915.3</v>
+        <v>3356.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>426</v>
+        <v>203</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>3356.1</v>
+        <v>1561.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>158</v>
+        <v>531</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>915.3</v>
+        <v>2034</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>320</v>
+        <v>449</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>1561.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>260</v>
+        <v>1010</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>216</v>
+        <v>465</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>522</v>
+        <v>348</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1493</v>
+        <v>199</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>536</v>
+        <v>1059</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>625</v>
+        <v>357</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1291.59</v>
+        <v>3356.1</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>384</v>
+        <v>665</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>915.3</v>
+        <v>3356.1</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>744</v>
+        <v>115</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>251</v>
+        <v>1415</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>