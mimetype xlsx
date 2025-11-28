--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -45,519 +45,519 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода</t>
   </si>
   <si>
     <t>1.1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6502</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6501</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...14 lines deleted...]
-    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6512</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6526</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6521</t>
-[...2 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6534</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6533</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6532</t>
-[...20 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6543</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6522</t>
-[...76 lines deleted...]
-  <si>
     <t>1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
   </si>
   <si>
     <t>01-6501-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-6506-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6504-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6511-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
   </si>
   <si>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
     <t>01-6513-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
   </si>
   <si>
     <t>01-6514-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
   </si>
   <si>
     <t>01-6515-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
   </si>
   <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
     <t>01-6522-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6524-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6523-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6526-1</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
+    <t>01-6553</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>01-6547</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6552</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
+  </si>
+  <si>
     <t>01-6548</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>наб.</t>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>01-6550</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6553</t>
-[...16 lines deleted...]
-  <si>
     <t>01-6551</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6552</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
   </si>
   <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6506-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6546-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6514-2-10</t>
-[...86 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+    <t>01-6546-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6524-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,51 +942,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1-50h3m-2-50h2m-tsvet-provoda-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1h3m-1-50h3m-2-50h2m-tsvet-provoda-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1023,2254 +1023,2254 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1108</v>
+        <v>1153</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>921</v>
+        <v>520</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1105</v>
+        <v>653</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>622</v>
+        <v>526</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>900</v>
+        <v>1535</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>631</v>
+        <v>508</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>900</v>
+        <v>2000</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>404</v>
+        <v>650</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1535</v>
+        <v>3300</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1171</v>
+        <v>945</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>1535</v>
+        <v>3300</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>442</v>
+        <v>1031</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2000</v>
+        <v>3300</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1905</v>
+        <v>337</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1807</v>
+        <v>1883</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>698</v>
+        <v>1466</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>549</v>
+        <v>1108</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>900</v>
+        <v>1270</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>500</v>
+        <v>844</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1535</v>
+        <v>1270</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>898</v>
+        <v>983</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>3300</v>
+        <v>1270</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>331</v>
+        <v>877</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>173</v>
+        <v>1099</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1535</v>
+        <v>900</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>765</v>
+        <v>445</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
         <v>1535</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>377</v>
+        <v>1217</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2000</v>
+        <v>1535</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>651</v>
+        <v>1202</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>830</v>
+        <v>641</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
         <v>2000</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1086</v>
+        <v>1848</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>111</v>
+        <v>2063</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>921</v>
+        <v>554</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>274</v>
+        <v>753</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>1535</v>
+        <v>2000</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>714</v>
+        <v>901</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1097</v>
+        <v>350</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1094</v>
+        <v>174</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>469</v>
+        <v>125</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
         <v>25.92</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="G35" s="3">
         <v>200</v>
       </c>
       <c r="H35" s="3">
         <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>25.92</v>
+        <v>35.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="3">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="G36" s="3">
         <v>200</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>25.92</v>
+        <v>35.38</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F37" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="G37" s="3">
         <v>200</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F38" s="3">
-        <v>3000</v>
+        <v>2200</v>
       </c>
       <c r="G38" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F39" s="3">
-        <v>3000</v>
+        <v>1600</v>
       </c>
       <c r="G39" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H39" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>19</v>
+        <v>25.92</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="3">
-        <v>5500</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H40" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>19</v>
+        <v>25.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="G41" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F42" s="3">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="G42" s="3">
         <v>200</v>
       </c>
       <c r="H42" s="3">
         <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F43" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>200</v>
       </c>
       <c r="H43" s="3">
         <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>200</v>
       </c>
       <c r="H44" s="3">
         <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>35.38</v>
+        <v>19</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="G45" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>35.38</v>
+        <v>19</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F46" s="3">
-        <v>1800</v>
+        <v>2000</v>
       </c>
       <c r="G46" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>35.38</v>
+        <v>19</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F47" s="3">
-        <v>1400</v>
+        <v>2000</v>
       </c>
       <c r="G47" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F48" s="3">
-        <v>1000</v>
+        <v>4500</v>
       </c>
       <c r="G48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F49" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="G49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F50" s="3">
-        <v>1200</v>
+        <v>2000</v>
       </c>
       <c r="G50" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F51" s="3">
-        <v>2500</v>
+        <v>800</v>
       </c>
       <c r="G51" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F52" s="3">
-        <v>4500</v>
+        <v>2400</v>
       </c>
       <c r="G52" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>480</v>
+        <v>533</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F54" s="3">
-        <v>394</v>
+        <v>54</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>50</v>
       </c>
       <c r="I54" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>845</v>
+        <v>446.88</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F55" s="3">
-        <v>294</v>
+        <v>2576</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
         <v>533</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F56" s="3">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>446.88</v>
+        <v>480</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F57" s="3">
-        <v>2940</v>
+        <v>332</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
         <v>550</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F58" s="3">
-        <v>386</v>
+        <v>74</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>1150</v>
+        <v>845</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="3">
-        <v>125</v>
+        <v>143</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>533</v>
+        <v>1150</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F60" s="3">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>246.96</v>
+        <v>215.91</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>341.04</v>
+        <v>246.96</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>215.91</v>
+        <v>435.12</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>114.31</v>
+        <v>215.91</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I65" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>215.91</v>
+        <v>223.44</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>25</v>
       </c>
       <c r="I66" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>139.71</v>
+        <v>114.31</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>246.96</v>
+        <v>139.71</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>25</v>
       </c>
       <c r="I68" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>139.71</v>
+        <v>317.52</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>25</v>
       </c>
       <c r="I69" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
         <v>114.31</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>162.29</v>
+        <v>139.71</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>129</v>
+        <v>80</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I71" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>317.52</v>
+        <v>246.96</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>25</v>
       </c>
       <c r="I72" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>435.12</v>
+        <v>317.52</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>25</v>
       </c>
       <c r="I73" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>341.04</v>
+        <v>162.29</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I74" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
         <v>223.44</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>25</v>
       </c>
       <c r="I75" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>223.44</v>
+        <v>435.12</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>25</v>
       </c>
       <c r="I76" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>646.8</v>
+        <v>341.04</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>25</v>
       </c>
       <c r="I77" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>317.52</v>
+        <v>646.8</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>25</v>
       </c>
       <c r="I78" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>162.29</v>
+        <v>341.04</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>333</v>
+        <v>64</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>25</v>
       </c>
       <c r="I79" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>435.12</v>
+        <v>646.8</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I80" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>646.8</v>
+        <v>162.29</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>66</v>
+        <v>265</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
+        <v>25</v>
+      </c>
+      <c r="I81" s="3">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A53:I53"/>
     <mergeCell ref="A61:I61"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>