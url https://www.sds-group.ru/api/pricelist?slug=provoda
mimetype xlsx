--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -45,519 +45,519 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода</t>
   </si>
   <si>
     <t>1.1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6516</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6511</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6521</t>
-[...94 lines deleted...]
-  <si>
     <t>01-6513</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6524</t>
-[...64 lines deleted...]
-  <si>
     <t>1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
   </si>
   <si>
+    <t>01-6523-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>01-6501-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
   </si>
   <si>
     <t>01-6521-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-6522-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-6524-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6525-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6526-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6502-1</t>
-[...76 lines deleted...]
-  <si>
     <t>1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
+    <t>01-6551</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>01-6552</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
+  </si>
+  <si>
+    <t>01-6547</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6548</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6550</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
     <t>01-6553</t>
   </si>
   <si>
     <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
   </si>
   <si>
-    <t>наб.</t>
-[...19 lines deleted...]
-  <si>
     <t>01-6549</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6550</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
   </si>
   <si>
+    <t>01-6514-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6516-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6504-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6534-2-10</t>
-[...8 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+    <t>01-6506-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6534-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
-  </si>
-[...88 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,51 +942,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1h3m-1-50h3m-2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1-50h3m-2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1023,2245 +1023,2245 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1153</v>
+        <v>537</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>876</v>
+        <v>448</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>653</v>
+        <v>148</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>526</v>
+        <v>252</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1535</v>
+        <v>2034</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>508</v>
+        <v>623</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2000</v>
+        <v>1561.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>650</v>
+        <v>965</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>3300</v>
+        <v>1561.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>945</v>
+        <v>475</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3300</v>
+        <v>1561.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1031</v>
+        <v>158</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>3300</v>
+        <v>2034</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>337</v>
+        <v>189</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1883</v>
+        <v>392</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1466</v>
+        <v>334</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1108</v>
+        <v>238</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>844</v>
+        <v>656</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>983</v>
+        <v>321</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>877</v>
+        <v>92</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>900</v>
+        <v>3356.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1099</v>
+        <v>121</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>522</v>
+        <v>426</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>900</v>
+        <v>1561.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>445</v>
+        <v>360</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1535</v>
+        <v>3356.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1217</v>
+        <v>158</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1202</v>
+        <v>320</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>641</v>
+        <v>260</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1848</v>
+        <v>216</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2063</v>
+        <v>522</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>554</v>
+        <v>1493</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>753</v>
+        <v>536</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>901</v>
+        <v>625</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>3300</v>
+        <v>1291.59</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>350</v>
+        <v>384</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>3300</v>
+        <v>915.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>174</v>
+        <v>744</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>3300</v>
+        <v>915.3</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>125</v>
+        <v>251</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>25.92</v>
+        <v>35.98</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="3">
-        <v>200</v>
+        <v>2400</v>
       </c>
       <c r="G35" s="3">
         <v>200</v>
       </c>
       <c r="H35" s="3">
         <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>35.38</v>
+        <v>26.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="3">
-        <v>1000</v>
+        <v>3200</v>
       </c>
       <c r="G36" s="3">
         <v>200</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>35.38</v>
+        <v>26.36</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F37" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="G37" s="3">
         <v>200</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>35.38</v>
+        <v>26.36</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F38" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>200</v>
       </c>
       <c r="H38" s="3">
         <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>35.38</v>
+        <v>26.36</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F39" s="3">
-        <v>1600</v>
+        <v>1200</v>
       </c>
       <c r="G39" s="3">
         <v>200</v>
       </c>
       <c r="H39" s="3">
         <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G40" s="3">
         <v>200</v>
       </c>
       <c r="H40" s="3">
         <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="3">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="G41" s="3">
         <v>200</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>25.92</v>
+        <v>19.32</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F42" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="G42" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>25.92</v>
+        <v>19.32</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G43" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>25.92</v>
+        <v>19.32</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G44" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F45" s="3">
-        <v>1500</v>
+        <v>4500</v>
       </c>
       <c r="G45" s="3">
         <v>500</v>
       </c>
       <c r="H45" s="3">
         <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F46" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="G46" s="3">
         <v>500</v>
       </c>
       <c r="H46" s="3">
         <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F47" s="3">
         <v>2000</v>
       </c>
       <c r="G47" s="3">
         <v>500</v>
       </c>
       <c r="H47" s="3">
         <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>19</v>
+        <v>35.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F48" s="3">
-        <v>4500</v>
+        <v>1000</v>
       </c>
       <c r="G48" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H48" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>19</v>
+        <v>35.98</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F49" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="G49" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>19</v>
+        <v>35.98</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F50" s="3">
-        <v>2000</v>
+        <v>2400</v>
       </c>
       <c r="G50" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F51" s="3">
-        <v>800</v>
+        <v>2200</v>
       </c>
       <c r="G51" s="3">
         <v>200</v>
       </c>
       <c r="H51" s="3">
         <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F52" s="3">
-        <v>2400</v>
+        <v>1600</v>
       </c>
       <c r="G52" s="3">
         <v>200</v>
       </c>
       <c r="H52" s="3">
         <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>533</v>
+        <v>1169.55</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F54" s="3">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I54" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>446.88</v>
+        <v>542.06</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F55" s="3">
-        <v>2576</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>533</v>
+        <v>454.48</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F56" s="3">
-        <v>24</v>
+        <v>2416</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>480</v>
+        <v>488.16</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F57" s="3">
-        <v>332</v>
+        <v>215</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>550</v>
+        <v>859.36</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F58" s="3">
-        <v>74</v>
+        <v>183</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>845</v>
+        <v>542.06</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="3">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>1150</v>
+        <v>559.35</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F60" s="3">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>215.91</v>
+        <v>219.58</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>246.96</v>
+        <v>142.09</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>435.12</v>
+        <v>251.16</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>215.91</v>
+        <v>227.24</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>223.44</v>
+        <v>442.52</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>25</v>
       </c>
       <c r="I66" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>114.31</v>
+        <v>657.8</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I67" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>139.71</v>
+        <v>346.84</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>25</v>
       </c>
       <c r="I68" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>317.52</v>
+        <v>657.8</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I69" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>114.31</v>
+        <v>116.25</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>139.71</v>
+        <v>165.05</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>246.96</v>
+        <v>219.58</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>25</v>
       </c>
       <c r="I72" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>317.52</v>
+        <v>165.05</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>75</v>
+        <v>239</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>25</v>
       </c>
       <c r="I73" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>162.29</v>
+        <v>322.92</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I74" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>223.44</v>
+        <v>442.52</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>25</v>
       </c>
       <c r="I75" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>435.12</v>
+        <v>346.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>25</v>
       </c>
       <c r="I76" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>341.04</v>
+        <v>116.25</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>646.8</v>
+        <v>251.16</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>25</v>
       </c>
       <c r="I78" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>341.04</v>
+        <v>142.09</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>25</v>
       </c>
       <c r="I79" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>646.8</v>
+        <v>322.92</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I80" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>162.29</v>
+        <v>227.24</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>265</v>
+        <v>125</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>25</v>
       </c>
       <c r="I81" s="3">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A53:I53"/>
     <mergeCell ref="A61:I61"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>