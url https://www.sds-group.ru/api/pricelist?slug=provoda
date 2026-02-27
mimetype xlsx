--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,556 +8,550 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="166">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода</t>
   </si>
   <si>
     <t>1.1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6505</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6503</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6525</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6514</t>
-[...10 lines deleted...]
-  <si>
     <t>01-6535</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6524</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6526</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6523</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6534</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6532</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6544</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6546</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6541</t>
-[...28 lines deleted...]
-  <si>
     <t>01-6542</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6516</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
   </si>
   <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-6506-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
+  </si>
+  <si>
     <t>01-6523-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...79 lines deleted...]
-  <si>
     <t>01-6522-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6524-1</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
     <t>01-6551</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6553</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
+  </si>
+  <si>
     <t>01-6552</t>
   </si>
   <si>
     <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
   </si>
   <si>
     <t>01-6547</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>01-6548</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>01-6550</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6553</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
   </si>
   <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6514-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6504-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6506-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6536-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6536-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6544-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6546-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6546-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6514-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6526-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,56 +936,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1h3m-1-50h3m-2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1-50h3m-2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1-50h3m2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1h3m1-50h3m2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I80"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1023,2340 +1017,2310 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1291.59</v>
+        <v>915.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>537</v>
+        <v>762</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1291.59</v>
+        <v>3356.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>448</v>
+        <v>123</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1561.1</v>
+        <v>1291.59</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>530</v>
+        <v>832</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>148</v>
+        <v>526</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>252</v>
+        <v>438</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2034</v>
+        <v>1291.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>623</v>
+        <v>489</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1561.1</v>
+        <v>1291.59</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>965</v>
+        <v>679</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>475</v>
+        <v>756</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>158</v>
+        <v>903</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2034</v>
+        <v>915.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>189</v>
+        <v>272</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2034</v>
+        <v>915.3</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>392</v>
+        <v>279</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>334</v>
+        <v>446</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>3356.1</v>
+        <v>1561.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>3356.1</v>
+        <v>2034</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>656</v>
+        <v>226</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>3356.1</v>
+        <v>2034</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>321</v>
+        <v>705</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>3356.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>92</v>
+        <v>171</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
         <v>3356.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>121</v>
+        <v>236</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>915.3</v>
+        <v>3356.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>426</v>
+        <v>203</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1561.1</v>
+        <v>915.3</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>3356.1</v>
+        <v>1561.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>158</v>
+        <v>531</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>915.3</v>
+        <v>2034</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>320</v>
+        <v>449</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
         <v>1561.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>260</v>
+        <v>1010</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>216</v>
+        <v>465</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>2034</v>
+        <v>1561.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>522</v>
+        <v>348</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1493</v>
+        <v>199</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>536</v>
+        <v>1059</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>1291.59</v>
+        <v>2034</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>625</v>
+        <v>357</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1291.59</v>
+        <v>3356.1</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>384</v>
+        <v>665</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>915.3</v>
+        <v>3356.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>744</v>
+        <v>115</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>915.3</v>
+        <v>1291.59</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>251</v>
+        <v>1415</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>35.98</v>
+        <v>26.36</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="3">
-        <v>2400</v>
+        <v>1200</v>
       </c>
       <c r="G35" s="3">
         <v>200</v>
       </c>
       <c r="H35" s="3">
         <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
         <v>26.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="3">
-        <v>3200</v>
+        <v>2580</v>
       </c>
       <c r="G36" s="3">
         <v>200</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>26.36</v>
+        <v>19.32</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F37" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="G37" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>26.36</v>
+        <v>19.32</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="G38" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>26.36</v>
+        <v>19.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F39" s="3">
-        <v>1200</v>
+        <v>1500</v>
       </c>
       <c r="G39" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>26.36</v>
+        <v>35.98</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="3">
-        <v>1400</v>
+        <v>1200</v>
       </c>
       <c r="G40" s="3">
         <v>200</v>
       </c>
       <c r="H40" s="3">
         <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>26.36</v>
+        <v>35.98</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="3">
-        <v>1200</v>
+        <v>980</v>
       </c>
       <c r="G41" s="3">
         <v>200</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>19.32</v>
+        <v>35.98</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F42" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="G42" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>19.32</v>
+        <v>35.98</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F43" s="3">
-        <v>2000</v>
+        <v>1200</v>
       </c>
       <c r="G43" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>19.32</v>
+        <v>26.36</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="3">
-        <v>2000</v>
+        <v>1800</v>
       </c>
       <c r="G44" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>19.32</v>
+        <v>26.36</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F45" s="3">
-        <v>4500</v>
+        <v>1400</v>
       </c>
       <c r="G45" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>19.32</v>
+        <v>26.36</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F46" s="3">
-        <v>1000</v>
+        <v>1600</v>
       </c>
       <c r="G46" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H46" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
         <v>19.32</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F47" s="3">
         <v>2000</v>
       </c>
       <c r="G47" s="3">
         <v>500</v>
       </c>
       <c r="H47" s="3">
         <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>35.98</v>
+        <v>19.32</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F48" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="G48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>35.98</v>
+        <v>19.32</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F49" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="G49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
         <v>35.98</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F50" s="3">
-        <v>2400</v>
+        <v>1000</v>
       </c>
       <c r="G50" s="3">
         <v>200</v>
       </c>
       <c r="H50" s="3">
         <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
         <v>35.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F51" s="3">
-        <v>2200</v>
+        <v>200</v>
       </c>
       <c r="G51" s="3">
         <v>200</v>
       </c>
       <c r="H51" s="3">
         <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
+      <c r="A52" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C52" s="3">
-[...22 lines deleted...]
-      <c r="A53" s="2" t="s">
+      <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="2"/>
-[...6 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="C53" s="3">
+        <v>1169.55</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F53" s="3">
+        <v>21</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>25</v>
+      </c>
+      <c r="I53" s="3">
+        <v>18</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C54" s="3">
+        <v>559.35</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F54" s="3">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>25</v>
       </c>
       <c r="I54" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
         <v>542.06</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>454.48</v>
+        <v>542.06</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F56" s="3">
-        <v>2416</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>488.16</v>
+        <v>454.48</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F57" s="3">
-        <v>215</v>
+        <v>1983</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>859.36</v>
+        <v>488.16</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F58" s="3">
-        <v>183</v>
+        <v>93</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>542.06</v>
+        <v>859.36</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F59" s="3">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="3" t="s">
+      <c r="A60" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C60" s="3">
-[...22 lines deleted...]
-      <c r="A61" s="2" t="s">
+      <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B61" s="2"/>
-[...6 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="C61" s="3">
+        <v>116.25</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>20</v>
+      </c>
+      <c r="I61" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
         <v>219.58</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
         <v>142.09</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>251.16</v>
+        <v>165.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>25</v>
       </c>
       <c r="I64" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>227.24</v>
+        <v>322.92</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>442.52</v>
+        <v>322.92</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>25</v>
       </c>
       <c r="I66" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>657.8</v>
+        <v>227.24</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>29</v>
+        <v>196</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>346.84</v>
+        <v>442.52</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>25</v>
       </c>
       <c r="I68" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>657.8</v>
+        <v>346.84</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
+        <v>25</v>
+      </c>
+      <c r="I69" s="3">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>116.25</v>
+        <v>219.58</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>165.05</v>
+        <v>142.09</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I71" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>219.58</v>
+        <v>251.16</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>25</v>
       </c>
       <c r="I72" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>165.05</v>
+        <v>227.24</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>25</v>
       </c>
       <c r="I73" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>322.92</v>
+        <v>442.52</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>25</v>
       </c>
       <c r="I74" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>442.52</v>
+        <v>657.8</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>25</v>
       </c>
       <c r="I75" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
         <v>346.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>25</v>
       </c>
       <c r="I76" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>116.25</v>
+        <v>251.16</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I77" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>251.16</v>
+        <v>657.8</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I78" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>142.09</v>
+        <v>116.25</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I79" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>322.92</v>
+        <v>165.05</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
-        <v>10</v>
-[...27 lines deleted...]
-      <c r="I81" s="3">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A34:I34"/>
-    <mergeCell ref="A53:I53"/>
-    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A60:I60"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
-    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D58" r:id="rId53"/>
     <hyperlink ref="D59" r:id="rId54"/>
-    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
-    <hyperlink ref="D81" r:id="rId75"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>