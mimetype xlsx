--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -45,213 +45,213 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода соединительные</t>
   </si>
   <si>
     <t>1.1 Провод ПВС</t>
   </si>
   <si>
+    <t>01-8031-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-8038-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2x4,0 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
     <t>01-8206-1</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 4х1,5 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>01-8034-5</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8032-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,0 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8207-1</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 4х2,5 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8032-4</t>
-[...2 lines deleted...]
-    <t>Провод соединительный ПВС 2х1,0 мм² 200 м черный ГОСТ 7399-97</t>
+    <t>01-8204-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4x0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8036-3</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2x2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8046-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8037-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8043-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8049-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8048-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х2,5 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8032-3</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 2х1,0 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8036-3</t>
-[...10 lines deleted...]
-  <si>
     <t>01-8030-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8048-4</t>
-[...2 lines deleted...]
-    <t>Провод соединительный ПВС 3х2,5 мм² 100 м белый ГОСТ 7399-97</t>
+    <t>01-8044-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8042-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8070</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 5х1,5 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8035-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 2х1,5 мм² 150 м черный ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8049-4</t>
-[...8 lines deleted...]
-    <t>Провод соединительный ПВС 2х2,5 мм² 100 м черный ГОСТ 7399-97</t>
+    <t>01-8045-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8047-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 3x1,5 мм² 150 м черный ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8070</t>
-[...40 lines deleted...]
-  <si>
     <t>01-8050-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 3х4,0 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8204-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Провод ШВВП</t>
   </si>
   <si>
     <t>01-8088-2</t>
   </si>
   <si>
     <t>Провод ШВВП 3х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
+    <t>01-8082-6</t>
+  </si>
+  <si>
+    <t>Провод ШВВП 2х0,5 мм² 300 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
     <t>01-8086-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8083-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,5 мм² 300 м черный ГОСТ 7399-97</t>
-  </si>
-[...4 lines deleted...]
-    <t>Провод ШВВП 2х0,5 мм² 300 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8087-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h1-5-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h2-5-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x2-5-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h2-5-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x2-5-mm-100-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h2-5-mm-100-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-5h1-5-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x0-75-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h0-75-mm-200-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h4-0-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4x0-75-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x4-0-mm-100-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-chernyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-belyy-gost-7399-97.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-chernyy-gost-7399-97.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h0-75-mm-sup2-200-m-cherniy-gost-7399-97-14210" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2x4-0-mm-sup2-100-m-beliy-gost-7399-97-14205" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4h1-5-mm-sup2-100-m-beliy-gost-7399-97-10512" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-5-mm-sup2-150-m-beliy-gost-7399-97-10711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-0-mm-sup2-200-m-cherniy-gost-7399-97-10676" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4h2-5-mm-sup2-100-m-beliy-gost-7399-97-10513" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4x0-75-mm-sup2-200-m-beliy-gost-7399-97-14216" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2x2-5-mm-sup2-100-m-beliy-gost-7399-97-10710" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-5-mm-sup2-150-m-beliy-gost-7399-97-12554" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h2-5-mm-sup2-100-m-cherniy-gost-7399-97-14199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h0-75-mm-sup2-200-m-cherniy-gost-7399-97-14213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x2-5-mm-sup2-100-m-cherniy-gost-7399-97-14211" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h2-5-mm-sup2-100-m-beliy-gost-7399-97-12260" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-0-mm-sup2-200-m-beliy-gost-7399-97-10660" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h0-75-mm-sup2-200-m-beliy-gost-7399-97-10709" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-0-mm-sup2-200-m-beliy-gost-7399-97-14220" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x0-75-mm-sup2-200-m-beliy-gost-7399-97-12370" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-5h1-5-mm-sup2-100-m-beliy-gost-7399-97-4632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-5-mm-sup2-150-m-cherniy-gost-7399-97-14212" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-0-mm-sup2-200-m-cherniy-gost-7399-97-14200" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-5-mm-sup2-150-m-cherniy-gost-7399-97-14197" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h4-0-mm-sup2-100-m-beliy-gost-7399-97-14218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-sup2-200-m-beliy-gost-7399-97-8317" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-sup2-300-m-beliy-gost-7399-97-12339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-sup2-200-m-beliy-gost-7399-97-12363" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-sup2-300-m-cherniy-gost-7399-97-13382" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-sup2-200-m-cherniy-gost-7399-97-13383" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -723,827 +723,827 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>175.74</v>
+        <v>50.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>500</v>
+        <v>7400</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>301.96</v>
+        <v>206.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>100</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>70.78</v>
+        <v>175.74</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>80.98</v>
+        <v>105.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>600</v>
+        <v>450</v>
       </c>
       <c r="G7" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>172.33</v>
+        <v>70.78</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>105.16</v>
+        <v>301.96</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="G9" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>52.52</v>
+        <v>96.03</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G10" s="3">
         <v>200</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>233.76</v>
+        <v>172.33</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>100.15</v>
+        <v>128.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="G12" s="3">
         <v>150</v>
       </c>
       <c r="H12" s="3">
         <v>150</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>217.64</v>
+        <v>167.28</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>167.28</v>
+        <v>80.72</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>700</v>
+        <v>1400</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>146.34</v>
+        <v>217.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="G15" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>224.54</v>
+        <v>233.76</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>128.89</v>
+        <v>80.98</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>81.91</v>
+        <v>52.52</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7000</v>
+        <v>200</v>
       </c>
       <c r="G18" s="3">
         <v>200</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>103.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>200</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>85.37</v>
+        <v>81.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2200</v>
+        <v>7800</v>
       </c>
       <c r="G20" s="3">
         <v>200</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>50.62</v>
+        <v>224.54</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>200</v>
       </c>
       <c r="G21" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>80.72</v>
+        <v>100.15</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>337.98</v>
+        <v>85.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>96.03</v>
+        <v>146.34</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>400</v>
+        <v>900</v>
       </c>
       <c r="G24" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>206.9</v>
+        <v>337.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
         <v>76.24</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="G27" s="3">
         <v>200</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>47.77</v>
+        <v>34.98</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>4600</v>
+        <v>900</v>
       </c>
       <c r="G28" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>34.5</v>
+        <v>47.77</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2700</v>
+        <v>3400</v>
       </c>
       <c r="G29" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>34.98</v>
+        <v>34.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>3600</v>
+        <v>2070</v>
       </c>
       <c r="G30" s="3">
         <v>300</v>
       </c>
       <c r="H30" s="3">
         <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>48.64</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>6184</v>
       </c>
       <c r="G31" s="3">
         <v>200</v>
       </c>
       <c r="H31" s="3">
         <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>