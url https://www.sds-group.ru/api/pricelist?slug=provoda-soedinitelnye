--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -45,186 +45,186 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода соединительные</t>
   </si>
   <si>
     <t>1.1 Провод ПВС</t>
   </si>
   <si>
+    <t>01-8070</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 5х1,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-8047-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,5 мм² 150 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8049-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8050-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х4,0 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8204-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4x0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8048-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8206-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4х1,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8043-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8207-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4х2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8034-5</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8032-3</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,0 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8032-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,0 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8030-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8036-3</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2x2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8042-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8046-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
     <t>01-8031-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>01-8035-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,5 мм² 150 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8037-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8044-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8045-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8038-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 2x4,0 мм² 100 м белый ГОСТ 7399-97</t>
-  </si>
-[...118 lines deleted...]
-    <t>Провод соединительный ПВС 3х4,0 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>1.2 Провод ШВВП</t>
   </si>
   <si>
     <t>01-8088-2</t>
   </si>
   <si>
     <t>Провод ШВВП 3х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8082-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,5 мм² 300 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8086-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8083-6</t>
   </si>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h0-75-mm-sup2-200-m-cherniy-gost-7399-97-14210" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2x4-0-mm-sup2-100-m-beliy-gost-7399-97-14205" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4h1-5-mm-sup2-100-m-beliy-gost-7399-97-10512" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-5-mm-sup2-150-m-beliy-gost-7399-97-10711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-0-mm-sup2-200-m-cherniy-gost-7399-97-10676" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4h2-5-mm-sup2-100-m-beliy-gost-7399-97-10513" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-4x0-75-mm-sup2-200-m-beliy-gost-7399-97-14216" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2x2-5-mm-sup2-100-m-beliy-gost-7399-97-10710" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-5-mm-sup2-150-m-beliy-gost-7399-97-12554" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h2-5-mm-sup2-100-m-cherniy-gost-7399-97-14199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h0-75-mm-sup2-200-m-cherniy-gost-7399-97-14213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x2-5-mm-sup2-100-m-cherniy-gost-7399-97-14211" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h2-5-mm-sup2-100-m-beliy-gost-7399-97-12260" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-0-mm-sup2-200-m-beliy-gost-7399-97-10660" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h0-75-mm-sup2-200-m-beliy-gost-7399-97-10709" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-0-mm-sup2-200-m-beliy-gost-7399-97-14220" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x0-75-mm-sup2-200-m-beliy-gost-7399-97-12370" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-5h1-5-mm-sup2-100-m-beliy-gost-7399-97-4632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-2h1-5-mm-sup2-150-m-cherniy-gost-7399-97-14212" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-0-mm-sup2-200-m-cherniy-gost-7399-97-14200" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3x1-5-mm-sup2-150-m-cherniy-gost-7399-97-14197" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelniy-pvs-3h4-0-mm-sup2-100-m-beliy-gost-7399-97-14218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-sup2-200-m-beliy-gost-7399-97-8317" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-sup2-300-m-beliy-gost-7399-97-12339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-sup2-200-m-beliy-gost-7399-97-12363" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-sup2-300-m-cherniy-gost-7399-97-13382" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-sup2-200-m-cherniy-gost-7399-97-13383" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-5h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h4-0-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x4-0-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -723,827 +723,827 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>50.62</v>
+        <v>228.36</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7400</v>
+        <v>200</v>
       </c>
       <c r="G4" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>206.9</v>
+        <v>148.83</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>175.74</v>
+        <v>221.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>300</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>105.16</v>
+        <v>343.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="G7" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>70.78</v>
+        <v>97.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G8" s="3">
         <v>200</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>301.96</v>
+        <v>237.73</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>100</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>96.03</v>
+        <v>178.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="G10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>172.33</v>
+        <v>82.09</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>300</v>
+        <v>1800</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>128.89</v>
+        <v>307.09</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="G12" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>167.28</v>
+        <v>106.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>80.72</v>
+        <v>82.36</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1400</v>
+        <v>800</v>
       </c>
       <c r="G14" s="3">
         <v>200</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>217.64</v>
+        <v>71.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>233.76</v>
+        <v>53.41</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>80.98</v>
+        <v>175.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>52.52</v>
+        <v>83.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>200</v>
+        <v>6400</v>
       </c>
       <c r="G18" s="3">
         <v>200</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>103.2</v>
+        <v>131.08</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G19" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>81.91</v>
+        <v>51.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>7800</v>
+        <v>6400</v>
       </c>
       <c r="G20" s="3">
         <v>200</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>224.54</v>
+        <v>101.85</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>100.15</v>
+        <v>170.12</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G22" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>85.37</v>
+        <v>104.95</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>200</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>146.34</v>
+        <v>86.82</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>900</v>
+        <v>1400</v>
       </c>
       <c r="G24" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H24" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>337.98</v>
+        <v>210.42</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>76.24</v>
+        <v>77.54</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="G27" s="3">
         <v>200</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>34.98</v>
+        <v>35.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="G28" s="3">
         <v>300</v>
       </c>
       <c r="H28" s="3">
         <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>47.77</v>
+        <v>48.58</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>3400</v>
+        <v>4000</v>
       </c>
       <c r="G29" s="3">
         <v>200</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>34.5</v>
+        <v>35.09</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2070</v>
+        <v>870</v>
       </c>
       <c r="G30" s="3">
         <v>300</v>
       </c>
       <c r="H30" s="3">
         <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>48.64</v>
+        <v>49.47</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>6184</v>
+        <v>10584</v>
       </c>
       <c r="G31" s="3">
         <v>200</v>
       </c>
       <c r="H31" s="3">
         <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>