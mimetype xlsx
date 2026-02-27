--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,256 +8,250 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="66">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Провода соединительные</t>
   </si>
   <si>
     <t>1.1 Провод ПВС</t>
   </si>
   <si>
+    <t>01-8048-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-8043-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
     <t>01-8070</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 5х1,5 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>01-8206-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4х1,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8207-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4х2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8032-3</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,0 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8032-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,0 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8034-5</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8030-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8036-3</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2x2,5 мм² 100 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8046-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,5 мм² 150 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8031-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8035-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х1,5 мм² 150 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8037-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 2х2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8044-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8045-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x1,0 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8049-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x2,5 мм² 100 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8204-1</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 4x0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8042-4</t>
+  </si>
+  <si>
+    <t>Провод соединительный ПВС 3x0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8047-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 3x1,5 мм² 150 м черный ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8049-4</t>
-[...4 lines deleted...]
-  <si>
     <t>01-8050-4</t>
   </si>
   <si>
     <t>Провод соединительный ПВС 3х4,0 мм² 100 м белый ГОСТ 7399-97</t>
   </si>
   <si>
-    <t>01-8204-1</t>
-[...106 lines deleted...]
-  <si>
     <t>1.2 Провод ШВВП</t>
   </si>
   <si>
+    <t>01-8083-6</t>
+  </si>
+  <si>
+    <t>Провод ШВВП 2х0,5 мм² 300 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8087-6</t>
+  </si>
+  <si>
+    <t>Провод ШВВП 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
+  </si>
+  <si>
+    <t>01-8086-6</t>
+  </si>
+  <si>
+    <t>Провод ШВВП 2х0,75 мм² 200 м белый ГОСТ 7399-97</t>
+  </si>
+  <si>
     <t>01-8088-2</t>
   </si>
   <si>
     <t>Провод ШВВП 3х0,75 мм² 200 м белый ГОСТ 7399-97</t>
   </si>
   <si>
     <t>01-8082-6</t>
   </si>
   <si>
     <t>Провод ШВВП 2х0,5 мм² 300 м белый ГОСТ 7399-97</t>
-  </si>
-[...16 lines deleted...]
-    <t>Провод ШВВП 2х0,75 мм² 200 м черный ГОСТ 7399-97</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,56 +636,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-5h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h4-0-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x4-0-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-5h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h1-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4h2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2x2-5-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-2h2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-0-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x2-5-mm-100-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-4x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3x1-5-mm-150-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-soedinitelnyy-pvs-3h4-0-mm-100-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-chernyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-3h0-75-mm-200-m-belyy-gost-7399-97" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-shvvp-2h0-5-mm-300-m-belyy-gost-7399-97" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -723,872 +717,842 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>228.36</v>
+        <v>237.73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>200</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>148.83</v>
+        <v>82.09</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H5" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>221.34</v>
+        <v>228.36</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>343.73</v>
+        <v>178.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>200</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>97.66</v>
+        <v>307.09</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="G8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>237.73</v>
+        <v>82.36</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>178.73</v>
+        <v>71.98</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>82.09</v>
+        <v>106.95</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1800</v>
+        <v>750</v>
       </c>
       <c r="G11" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>307.09</v>
+        <v>53.41</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>106.95</v>
+        <v>175.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="G13" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>82.36</v>
+        <v>131.08</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>800</v>
+        <v>450</v>
       </c>
       <c r="G14" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>71.98</v>
+        <v>51.48</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
         <v>600</v>
       </c>
       <c r="G15" s="3">
         <v>200</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>53.41</v>
+        <v>101.85</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="G16" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>175.26</v>
+        <v>170.12</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>83.3</v>
+        <v>104.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>6400</v>
+        <v>400</v>
       </c>
       <c r="G18" s="3">
         <v>200</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>131.08</v>
+        <v>86.82</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>450</v>
+        <v>1400</v>
       </c>
       <c r="G19" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>51.48</v>
+        <v>221.34</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>6400</v>
+        <v>400</v>
       </c>
       <c r="G20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>101.85</v>
+        <v>97.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G21" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>170.12</v>
+        <v>83.3</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>600</v>
+        <v>5600</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>104.95</v>
+        <v>148.83</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G23" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>86.82</v>
+        <v>343.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1400</v>
+        <v>200</v>
       </c>
       <c r="G24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C25" s="3">
-[...22 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="C26" s="3">
+        <v>35.09</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G26" s="3">
+        <v>300</v>
+      </c>
+      <c r="H26" s="3">
+        <v>300</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>77.54</v>
+        <v>49.47</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>800</v>
+        <v>5800</v>
       </c>
       <c r="G27" s="3">
         <v>200</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>35.57</v>
+        <v>48.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1200</v>
+        <v>4000</v>
       </c>
       <c r="G28" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>48.58</v>
+        <v>77.54</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>4000</v>
+        <v>400</v>
       </c>
       <c r="G29" s="3">
         <v>200</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>35.09</v>
+        <v>35.57</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>870</v>
+        <v>1500</v>
       </c>
       <c r="G30" s="3">
         <v>300</v>
       </c>
       <c r="H30" s="3">
         <v>300</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
-    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
-    <hyperlink ref="D31" r:id="rId27"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>