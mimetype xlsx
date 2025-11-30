--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -42,309 +42,309 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Прожекторы и аксессуары</t>
   </si>
   <si>
-    <t>1.1 Прожектор светодиодный</t>
+    <t>1.1 Прожектор светодиодный RGB</t>
+  </si>
+  <si>
+    <t>605-011</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 20Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>605-010</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 10Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-013</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 50Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-016</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 30Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-017</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 50Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-018</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 100Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-012</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 30Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-014</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-015</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Прожектор светодиодный с датчиком движения</t>
+  </si>
+  <si>
+    <t>605-009</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>605-008</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Прожектор светодиодный</t>
+  </si>
+  <si>
+    <t>605-002</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
     <t>605-003</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>605-004</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
-    <t>605-002</t>
-[...2 lines deleted...]
-    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, черный корпус REXANT</t>
+    <t>605-006</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 150Вт 12000Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
     <t>605-001</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 10Вт 800Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
     <t>605-005</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
-    <t>605-006</t>
-[...4 lines deleted...]
-  <si>
     <t>605-007</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 200Вт 16000Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
+    <t>605-1030</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-031</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО-АРХИТЕКТОР 20Вт 1600Лм 2700K теплый свет (110-240В, 2PIN, угол рассеивания 14°), серый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-026</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
     <t>605-023</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 10Вт 800Лм 6500K холодный свет, белый корпус REXANT</t>
   </si>
   <si>
+    <t>605-030</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-019</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-029</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-035</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-024</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-032</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-025</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-034</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-036</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
     <t>605-027</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500K холодный свет, белый корпус REXANT</t>
   </si>
   <si>
-    <t>605-025</t>
-[...26 lines deleted...]
-    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, черный корпус REXANT</t>
+    <t>605-037</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 70Вт 5600Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-028</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 3000K теплый свет, белый корпус REXANT</t>
   </si>
   <si>
     <t>605-033</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 50Вт 4000Лм 4000K нейтральный свет, черный корпус REXANT</t>
   </si>
   <si>
-    <t>605-036</t>
-[...125 lines deleted...]
-    <t>1.4 Аксессуары и крепеж</t>
+    <t>1.4 Прожектор-переноска</t>
+  </si>
+  <si>
+    <t>605-038</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 100Вт 8000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
+  </si>
+  <si>
+    <t>605-022</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 50Вт 4000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
+  </si>
+  <si>
+    <t>605-021</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 30Вт 2400Лм 6500K со шнуром 2м и евровилкой REXANT</t>
+  </si>
+  <si>
+    <t>605-020</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 20Вт 1600Лм 6500K со шнуром 2м и евровилкой REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Аксессуары и крепеж</t>
   </si>
   <si>
     <t>605-100</t>
   </si>
   <si>
     <t>Основание для крепления прожектора на грунте 165х35мм REXANT</t>
-  </si>
-[...25 lines deleted...]
-    <t>Прожектор-переноска СДО-EXPERT 100Вт 8000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -729,51 +729,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-150vt-12000lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-200vt-16000lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-arhitektor-20vt-1600lm-2700k-teplyy-svet-110-240v-2pin-ugol-rasseivaniya.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-4000k-neytralnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-4000k-neytralnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-4000k-neytralnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-3000k-teplyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-3000k-teplyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-3000k-teplyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-70vt-5600lm-6500k-holodnyy-svet-chernyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-belyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom-.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom-.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-100vt-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-30vt-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-50vt-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-prozhektora-na-grunte-165h35mm-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-20vt-1600lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant-25130" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant-25129" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant-25132" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-30vt-rexant-25135" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-50vt-rexant-25136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-100vt-rexant-25137" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant-25131" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-10vt-rexant-25133" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-20vt-rexant-25134" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-6500k-holodniy-svet-s-mikrovolnovim-nastraivaemim-datchikom-dvijeniya-rexant-21473" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-6500k-holodniy-svet-s-mikrovolnovim-nastraivaemim-datchikom-dvijeniya-rexant-21472" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-6500k-holodniy-svet-cherniy-korpus-rexant-21466" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-6500k-holodniy-svet-cherniy-korpus-rexant-21467" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21468" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-150vt-12000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21470" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-6500k-holodniy-svet-cherniy-korpus-rexant-21465" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21469" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-200vt-16000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21471" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-300vt-24000lm-6500k-holodniy-svet-beliy-korpus-rexant-31900" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-arhitektor-20vt-1600lm-2700k-tepliy-svet-110-240v-2pin-ugol-rasseivaniya-14-seriy-korpus-rexant-27581" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-5000k-neytralniy-svet-beliy-korpus-rexant-27576" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-5000k-neytralniy-svet-beliy-korpus-rexant-27573" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-300vt-2400lm-6500k-holodniy-svet-cherniy-korpus-rexant-27580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-2700k-tepliy-svet-beliy-korpus-rexant-27572" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27579" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-2700k-tepliy-svet-beliy-korpus-rexant-27585" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-5000k-neytralniy-svet-beliy-korpus-rexant-27574" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27582" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-5000k-neytralniy-svet-beliy-korpus-rexant-27575" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27584" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-5000k-neytralniy-svet-beliy-korpus-rexant-27577" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-70vt-5600lm-6500k-holodniy-svet-cherniy-korpus-rexant-29886" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-2700k-tepliy-svet-beliy-korpus-rexant-27578" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27583" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant-30320" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant-27589" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-0-5m-i-evrovilkoy-rexant-27588" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-20vt-1600lm-6500k-so-shnurom-0-5m-i-evrovilkoy-rexant-27587" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-projektora-na-grunte-165h35mm-rexant-25158" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -810,1303 +810,1303 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>390</v>
+        <v>1150</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5966</v>
+        <v>1124</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>519.23</v>
+        <v>971.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>11904</v>
+        <v>48</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>323.48</v>
+        <v>2070.67</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>9257</v>
+        <v>908</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>265.33</v>
+        <v>699.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>6370</v>
+        <v>1936</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>942.92</v>
+        <v>999.54</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3592</v>
+        <v>2587</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2500</v>
+        <v>1012.23</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1733</v>
+        <v>323</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3133.04</v>
+        <v>1757.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2777</v>
+        <v>137</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>290.45</v>
+        <v>403.12</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1418</v>
+        <v>965</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>971.48</v>
+        <v>556.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>715</v>
+        <v>1542</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>3348.47</v>
+        <v>1750</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>349</v>
+        <v>1335</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>323.48</v>
+        <v>1085.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1734</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>5610</v>
+        <v>323.48</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>970</v>
+        <v>8442</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>519.23</v>
+        <v>390</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2190</v>
+        <v>4755</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>265.33</v>
+        <v>519.23</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>736</v>
+        <v>9011</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>390</v>
+        <v>2500</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>727</v>
+        <v>1314</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>942.92</v>
+        <v>265.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>5186</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>536.67</v>
+        <v>942.92</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>945</v>
+        <v>711</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>345.12</v>
+        <v>3133.04</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>427</v>
+        <v>2343</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>345.12</v>
+        <v>5514.23</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1114</v>
+        <v>920</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>410</v>
+        <v>3348.47</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>760.23</v>
+        <v>536.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2353</v>
+        <v>1028</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="3">
+        <v>290.45</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>1199</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>40</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C27" s="3">
-[...14 lines deleted...]
-      <c r="H27" s="3">
+      <c r="C28" s="3">
+        <v>5610</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>788</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
         <v>5</v>
       </c>
-      <c r="I27" s="3">
-[...14 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>1085.71</v>
+        <v>345.12</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2154</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>323.48</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>24</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C30" s="3">
-[...14 lines deleted...]
-      <c r="H30" s="3">
+      <c r="B31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="3">
+        <v>536.67</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
         <v>20</v>
       </c>
-      <c r="I30" s="3">
-[...14 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>1150</v>
+        <v>345.12</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1345</v>
+        <v>754</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>403.12</v>
+        <v>390</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1570</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>1757.5</v>
+        <v>410</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>308</v>
+        <v>1194</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>1012.23</v>
+        <v>942.92</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>584</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>699.12</v>
+        <v>265.33</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2023</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>2070.67</v>
+        <v>971.48</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1383</v>
+        <v>203</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>556.12</v>
+        <v>760.23</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1654</v>
+        <v>1740</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>971.25</v>
+        <v>410</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>999.54</v>
+        <v>519.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2661</v>
+        <v>721</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>222.26</v>
+        <v>3304</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>4443</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>450</v>
+        <v>3</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
+      <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="2"/>
-[...6 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="B43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C43" s="3">
+        <v>2490</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>1781</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>6</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>2490</v>
+        <v>1942.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1869</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
         <v>1905.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>10</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="3" t="s">
+      <c r="A46" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="C46" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>3304</v>
+        <v>222.26</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>68</v>
+        <v>4408</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>3</v>
+        <v>450</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A46:I46"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D13" r:id="rId10"/>
-[...15 lines deleted...]
-    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
-    <hyperlink ref="D44" r:id="rId37"/>
-[...1 lines deleted...]
-    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>