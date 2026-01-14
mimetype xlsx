--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -42,309 +42,309 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Прожекторы и аксессуары</t>
   </si>
   <si>
-    <t>1.1 Прожектор светодиодный RGB</t>
+    <t>1.1 Прожектор светодиодный</t>
+  </si>
+  <si>
+    <t>605-024</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>605-026</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-027</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-028</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-033</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-035</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-001</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-002</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-003</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-004</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-005</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-007</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 200Вт 16000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-034</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-030</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-032</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-019</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-023</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-031</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО-АРХИТЕКТОР 20Вт 1600Лм 2700K теплый свет (110-240В, 2PIN, угол рассеивания 14°), серый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-029</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-037</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 70Вт 5600Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-006</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 150Вт 12000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-025</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-036</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-1030</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Прожектор светодиодный с датчиком движения</t>
+  </si>
+  <si>
+    <t>605-008</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>605-009</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Прожектор светодиодный RGB</t>
   </si>
   <si>
     <t>605-011</t>
   </si>
   <si>
     <t>Прожектор цветного свечения мультиколор (RGB) 20Вт с пультом ДУ REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>605-013</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 50Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-015</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-016</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 30Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-017</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 50Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-018</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 100Вт REXANT</t>
   </si>
   <si>
     <t>605-010</t>
   </si>
   <si>
     <t>Прожектор цветного свечения мультиколор (RGB) 10Вт с пультом ДУ REXANT</t>
   </si>
   <si>
-    <t>605-013</t>
-[...22 lines deleted...]
-  <si>
     <t>605-012</t>
   </si>
   <si>
     <t>Прожектор цветного свечения мультиколор (RGB) 30Вт с пультом ДУ REXANT</t>
   </si>
   <si>
     <t>605-014</t>
   </si>
   <si>
     <t>Прожектор цветного свечения (зеленый) 10Вт REXANT</t>
   </si>
   <si>
-    <t>605-015</t>
-[...167 lines deleted...]
-    <t>1.4 Прожектор-переноска</t>
+    <t>1.4 Аксессуары и крепеж</t>
+  </si>
+  <si>
+    <t>605-100</t>
+  </si>
+  <si>
+    <t>Основание для крепления прожектора на грунте 165х35мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Прожектор-переноска</t>
+  </si>
+  <si>
+    <t>605-020</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 20Вт 1600Лм 6500K со шнуром 2м и евровилкой REXANT</t>
+  </si>
+  <si>
+    <t>605-022</t>
+  </si>
+  <si>
+    <t>Прожектор-переноска СДО-EXPERT 50Вт 4000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
   <si>
     <t>605-038</t>
   </si>
   <si>
     <t>Прожектор-переноска СДО-EXPERT 100Вт 8000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
   <si>
-    <t>605-022</t>
-[...4 lines deleted...]
-  <si>
     <t>605-021</t>
   </si>
   <si>
     <t>Прожектор-переноска СДО-EXPERT 30Вт 2400Лм 6500K со шнуром 2м и евровилкой REXANT</t>
-  </si>
-[...13 lines deleted...]
-    <t>Основание для крепления прожектора на грунте 165х35мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -729,51 +729,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant-25130" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant-25129" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant-25132" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-30vt-rexant-25135" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-50vt-rexant-25136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-100vt-rexant-25137" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant-25131" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-10vt-rexant-25133" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-tsvetnogo-svecheniya-zeleniy-20vt-rexant-25134" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-6500k-holodniy-svet-s-mikrovolnovim-nastraivaemim-datchikom-dvijeniya-rexant-21473" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-6500k-holodniy-svet-s-mikrovolnovim-nastraivaemim-datchikom-dvijeniya-rexant-21472" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-6500k-holodniy-svet-cherniy-korpus-rexant-21466" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-6500k-holodniy-svet-cherniy-korpus-rexant-21467" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21468" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-150vt-12000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21470" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-6500k-holodniy-svet-cherniy-korpus-rexant-21465" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21469" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-200vt-16000lm-6500k-holodniy-svet-cherniy-korpus-rexant-21471" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-300vt-24000lm-6500k-holodniy-svet-beliy-korpus-rexant-31900" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-arhitektor-20vt-1600lm-2700k-tepliy-svet-110-240v-2pin-ugol-rasseivaniya-14-seriy-korpus-rexant-27581" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-5000k-neytralniy-svet-beliy-korpus-rexant-27576" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-5000k-neytralniy-svet-beliy-korpus-rexant-27573" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-300vt-2400lm-6500k-holodniy-svet-cherniy-korpus-rexant-27580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-2700k-tepliy-svet-beliy-korpus-rexant-27572" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27579" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-2700k-tepliy-svet-beliy-korpus-rexant-27585" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-20vt-1600lm-5000k-neytralniy-svet-beliy-korpus-rexant-27574" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27582" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-5000k-neytralniy-svet-beliy-korpus-rexant-27575" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27584" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-10vt-800lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-100vt-8000lm-5000k-neytralniy-svet-beliy-korpus-rexant-27577" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-70vt-5600lm-6500k-holodniy-svet-cherniy-korpus-rexant-29886" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-30vt-2400lm-2700k-tepliy-svet-beliy-korpus-rexant-27578" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-svetodiodniy-sdo-50vt-4000lm-4000k-neytralniy-svet-cherniy-korpus-rexant-27583" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant-30320" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant-27589" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-0-5m-i-evrovilkoy-rexant-27588" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/projektor-perenoska-sdo-expert-20vt-1600lm-6500k-so-shnurom-0-5m-i-evrovilkoy-rexant-27587" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-projektora-na-grunte-165h35mm-rexant-25158" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-200vt-16000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-arhitektor-20vt-1600lm-2700k-teplyy-svet-110-240v-2pin-ugol-rasseivaniya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-70vt-5600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-150vt-12000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-20vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-30vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-50vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-100vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-10vt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-prozhektora-na-grunte-165h35mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-20vt-1600lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -810,1303 +810,1303 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1150</v>
+        <v>350.99</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1124</v>
+        <v>630</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>971.25</v>
+        <v>545.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>48</v>
+        <v>940</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2070.67</v>
+        <v>988</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>908</v>
+        <v>60</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>699.12</v>
+        <v>416.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1936</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>999.54</v>
+        <v>528.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2587</v>
+        <v>571</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1012.23</v>
+        <v>545.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>323</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1757.5</v>
+        <v>269.84</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>137</v>
+        <v>3457</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>403.12</v>
+        <v>328.98</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>965</v>
+        <v>7843</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>556.12</v>
+        <v>396.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1542</v>
+        <v>4108</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="3">
+        <v>528.06</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>8342</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>20</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1750</v>
+        <v>958.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1335</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1085.71</v>
+        <v>2708.36</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1734</v>
+        <v>1724</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="3">
+        <v>958.95</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>0</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>12</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>323.48</v>
+        <v>4849.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>8442</v>
+        <v>729</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>390</v>
+        <v>396.63</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>4755</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>519.23</v>
+        <v>350.99</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>9011</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>2500</v>
+        <v>295.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1314</v>
+        <v>985</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>265.33</v>
+        <v>3405.39</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>5186</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>942.92</v>
+        <v>328.98</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>711</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>3133.04</v>
+        <v>773.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2343</v>
+        <v>1404</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>5514.23</v>
+        <v>2542.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>3348.47</v>
+        <v>416.97</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>27</v>
+        <v>995</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>536.67</v>
+        <v>269.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1028</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>290.45</v>
+        <v>4766.78</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1199</v>
+        <v>926</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A28" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>345.12</v>
+        <v>1104.17</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1689</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>323.48</v>
+        <v>1779.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>1352</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C31" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>345.12</v>
+        <v>1052.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>390</v>
+        <v>1958.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>454</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>410</v>
+        <v>565.57</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1194</v>
+        <v>1390</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>942.92</v>
+        <v>639.9</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>1821</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>265.33</v>
+        <v>914.88</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>2564</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>971.48</v>
+        <v>1029.44</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>203</v>
+        <v>104</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>760.23</v>
+        <v>987.76</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1740</v>
+        <v>8</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>410</v>
+        <v>1787.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>519.23</v>
+        <v>409.97</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>721</v>
+        <v>420</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>3304</v>
+        <v>226.04</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>4376</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>3</v>
+        <v>450</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>1942.5</v>
+        <v>1937.89</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3">
+        <v>2279.1</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>1741</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>6</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="C45" s="3">
-[...8 lines deleted...]
-      <c r="F45" s="3">
+      <c r="B46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C46" s="3">
+        <v>3360.17</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
         <v>0</v>
       </c>
-      <c r="G45" s="3">
-[...20 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>3</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>222.26</v>
+        <v>1975.52</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>4408</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>450</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A31:I31"/>
     <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
-[...15 lines deleted...]
-    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
-    <hyperlink ref="D43" r:id="rId37"/>
-[...1 lines deleted...]
-    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>