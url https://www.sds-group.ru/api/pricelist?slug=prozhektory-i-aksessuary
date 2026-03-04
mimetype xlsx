--- v2 (2026-01-14)
+++ v3 (2026-03-04)
@@ -8,325 +8,319 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="95">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Прожекторы и аксессуары</t>
   </si>
   <si>
     <t>1.1 Прожектор светодиодный</t>
   </si>
   <si>
+    <t>605-004</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>605-006</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 150Вт 12000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-025</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-028</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-033</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 50Вт 4000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-036</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-037</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 70Вт 5600Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-027</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500K холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-1030</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-001</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 10Вт 800Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
     <t>605-024</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500K холодный свет, белый корпус REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>605-026</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500K холодный свет, белый корпус REXANT</t>
   </si>
   <si>
-    <t>605-027</t>
-[...14 lines deleted...]
-    <t>Прожектор светодиодный СДО 50Вт 4000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+    <t>605-003</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 30Вт 2400Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-007</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 200Вт 16000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-034</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 4000K нейтральный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-002</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-005</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 100Вт 8000Лм 6500К холодный свет, черный корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-019</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 3000K теплый свет, белый корпус REXANT</t>
+  </si>
+  <si>
+    <t>605-029</t>
+  </si>
+  <si>
+    <t>Прожектор светодиодный СДО 20Вт 1600Лм 4000K нейтральный свет, черный корпус REXANT</t>
   </si>
   <si>
     <t>605-035</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 50Вт 4000Лм 3000K теплый свет, белый корпус REXANT</t>
   </si>
   <si>
-    <t>605-001</t>
-[...40 lines deleted...]
-  <si>
     <t>605-030</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 300Вт 24000Лм 6500К холодный свет, черный корпус REXANT</t>
   </si>
   <si>
     <t>605-032</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 30Вт 2400Лм 4000K нейтральный свет, черный корпус REXANT</t>
   </si>
   <si>
-    <t>605-019</t>
-[...4 lines deleted...]
-  <si>
     <t>605-023</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 10Вт 800Лм 6500K холодный свет, белый корпус REXANT</t>
   </si>
   <si>
     <t>605-031</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО-АРХИТЕКТОР 20Вт 1600Лм 2700K теплый свет (110-240В, 2PIN, угол рассеивания 14°), серый корпус REXANT</t>
   </si>
   <si>
-    <t>605-029</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2 Прожектор светодиодный с датчиком движения</t>
   </si>
   <si>
     <t>605-008</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 20Вт 1600Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
   </si>
   <si>
     <t>605-009</t>
   </si>
   <si>
     <t>Прожектор светодиодный СДО 50Вт 4000Лм 6500К холодный свет, с микроволновым настраиваемым датчиком движения REXANT</t>
   </si>
   <si>
     <t>1.3 Прожектор светодиодный RGB</t>
   </si>
   <si>
+    <t>605-012</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 30Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-014</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-013</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения мультиколор (RGB) 50Вт с пультом ДУ REXANT</t>
+  </si>
+  <si>
+    <t>605-018</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 100Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-015</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>605-016</t>
+  </si>
+  <si>
+    <t>Прожектор цветного свечения (зеленый) 30Вт REXANT</t>
+  </si>
+  <si>
     <t>605-011</t>
   </si>
   <si>
     <t>Прожектор цветного свечения мультиколор (RGB) 20Вт с пультом ДУ REXANT</t>
   </si>
   <si>
-    <t>605-013</t>
-[...16 lines deleted...]
-  <si>
     <t>605-017</t>
   </si>
   <si>
     <t>Прожектор цветного свечения (зеленый) 50Вт REXANT</t>
   </si>
   <si>
-    <t>605-018</t>
-[...4 lines deleted...]
-  <si>
     <t>605-010</t>
   </si>
   <si>
     <t>Прожектор цветного свечения мультиколор (RGB) 10Вт с пультом ДУ REXANT</t>
   </si>
   <si>
-    <t>605-012</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Аксессуары и крепеж</t>
   </si>
   <si>
     <t>605-100</t>
   </si>
   <si>
     <t>Основание для крепления прожектора на грунте 165х35мм REXANT</t>
   </si>
   <si>
     <t>1.5 Прожектор-переноска</t>
-  </si>
-[...4 lines deleted...]
-    <t>Прожектор-переноска СДО-EXPERT 20Вт 1600Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
   <si>
     <t>605-022</t>
   </si>
   <si>
     <t>Прожектор-переноска СДО-EXPERT 50Вт 4000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
   <si>
     <t>605-038</t>
   </si>
   <si>
     <t>Прожектор-переноска СДО-EXPERT 100Вт 8000Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
   <si>
     <t>605-021</t>
   </si>
   <si>
     <t>Прожектор-переноска СДО-EXPERT 30Вт 2400Лм 6500K со шнуром 2м и евровилкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
@@ -729,56 +723,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-200vt-16000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-arhitektor-20vt-1600lm-2700k-teplyy-svet-110-240v-2pin-ugol-rasseivaniya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-70vt-5600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-150vt-12000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-20vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-30vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-50vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-100vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-10vt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-prozhektora-na-grunte-165h35mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-20vt-1600lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-150vt-12000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-70vt-5600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-200vt-16000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-100vt-8000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-3000k-teplyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-300vt-24000lm-6500k-holodnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-30vt-2400lm-4000k-neytralnyy-svet-chernyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-10vt-800lm-6500k-holodnyy-svet-belyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-arhitektor-20vt-1600lm-2700k-teplyy-svet-110-240v-2pin-ugol-rasseivaniya-14-seryy-korpus-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-20vt-1600lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-svetodiodnyy-sdo-50vt-4000lm-6500k-holodnyy-svet-s-mikrovolnovym-nastraivaemym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-30vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-10vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-50vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-100vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-20vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-30vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-20vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-zelenyy-50vt-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-tsvetnogo-svecheniya-multikolor-rgb-10vt-s-pultom-du-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/osnovanie-dlya-krepleniya-prozhektora-na-grunte-165h35mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-50vt-4000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-100vt-8000lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozhektor-perenoska-sdo-expert-30vt-2400lm-6500k-so-shnurom-2m-i-evrovilkoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I46"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -810,1251 +804,1222 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>350.99</v>
+        <v>528.06</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>630</v>
+        <v>7896</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>545.79</v>
+        <v>2542.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>940</v>
+        <v>753</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>988</v>
+        <v>416.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>60</v>
+        <v>944</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>416.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>528.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>571</v>
+        <v>83</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>545.79</v>
+        <v>269.84</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1829</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>269.84</v>
+        <v>773.15</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3457</v>
+        <v>1293</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>328.98</v>
+        <v>988</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>7843</v>
+        <v>851</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>396.63</v>
+        <v>4766.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>4108</v>
+        <v>904</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>528.06</v>
+        <v>269.84</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>8342</v>
+        <v>5129</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>958.95</v>
+        <v>350.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>606</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2708.36</v>
+        <v>545.79</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1724</v>
+        <v>850</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>958.95</v>
+        <v>396.63</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>4013</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>4849.56</v>
+        <v>2708.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>729</v>
+        <v>1460</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>5</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>396.63</v>
+        <v>958.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1234</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>350.99</v>
+        <v>328.98</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>13037</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>295.39</v>
+        <v>958.95</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>985</v>
+        <v>1128</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>3405.39</v>
+        <v>350.99</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>1586</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
         <v>328.98</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1206</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>773.15</v>
+        <v>545.79</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1404</v>
+        <v>1078</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2542.5</v>
+        <v>4849.56</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>927</v>
+        <v>691</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>416.97</v>
+        <v>396.63</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>995</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>269.84</v>
+        <v>295.39</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>965</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>4766.78</v>
+        <v>3405.39</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>926</v>
+        <v>103</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>1104.17</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1689</v>
+        <v>2661</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
         <v>1779.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1352</v>
+        <v>1271</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>1052.6</v>
+        <v>1787.38</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>758</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>1958.46</v>
+        <v>409.97</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>454</v>
+        <v>399</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>565.57</v>
+        <v>1958.46</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1390</v>
+        <v>400</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>639.9</v>
+        <v>1029.44</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1821</v>
+        <v>59</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>914.88</v>
+        <v>565.57</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2564</v>
+        <v>1359</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>1029.44</v>
+        <v>639.9</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>104</v>
+        <v>1820</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>987.76</v>
+        <v>1052.6</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>8</v>
+        <v>719</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>24</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>1787.38</v>
+        <v>914.88</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>2493</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>409.97</v>
+        <v>987.76</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>420</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
         <v>226.04</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>4376</v>
+        <v>4207</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>450</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>1937.89</v>
+        <v>2114.61</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>2279.1</v>
+        <v>3360.17</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1741</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>3360.17</v>
+        <v>1975.52</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
@@ -2063,51 +2028,50 @@
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
-    <hyperlink ref="D47" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>