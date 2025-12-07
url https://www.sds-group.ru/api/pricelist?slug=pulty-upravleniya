--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пульты управления</t>
   </si>
   <si>
-    <t>1.1 Пульты управления для ТВ</t>
+    <t>1.1 Пульты управления для Ресиверов</t>
+  </si>
+  <si>
+    <t>38-0009</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0016</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера Ростелеком REXANT</t>
+  </si>
+  <si>
+    <t>38-0035</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера Триколор ТВ REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Пульты управления для ТВ</t>
+  </si>
+  <si>
+    <t>38-0017</t>
+  </si>
+  <si>
+    <t>Пульт универсальный обучаемый на 3 устройства REXANT</t>
+  </si>
+  <si>
+    <t>38-0102</t>
+  </si>
+  <si>
+    <t>Пульт универсальный на 8 устройств REXANT</t>
+  </si>
+  <si>
+    <t>38-0004</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-04) REXANT</t>
+  </si>
+  <si>
+    <t>38-0006</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-05) REXANT</t>
+  </si>
+  <si>
+    <t>38-0018</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG REXANT</t>
   </si>
   <si>
     <t>38-0019</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизора PHILIPS REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>38-0030</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора с функцией SMART TV (ST-01) REXANT</t>
+  </si>
+  <si>
+    <t>38-0015</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-E877 REXANT</t>
+  </si>
+  <si>
+    <t>38-0005</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-952 REXANT</t>
+  </si>
+  <si>
+    <t>38-0001</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-951 REXANT</t>
+  </si>
+  <si>
+    <t>38-0025</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-188 REXANT</t>
+  </si>
+  <si>
+    <t>38-0002</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-03) REXANT</t>
+  </si>
+  <si>
+    <t>38-0011</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-707E REXANT</t>
+  </si>
+  <si>
+    <t>38-0003</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-708E REXANT</t>
+  </si>
+  <si>
+    <t>38-0007</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Sony REXANT</t>
+  </si>
+  <si>
+    <t>38-0104</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Haier REXANT</t>
+  </si>
+  <si>
+    <t>38-0200</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-02) REXANT</t>
+  </si>
+  <si>
+    <t>38-0008</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Panasonic REXANT</t>
   </si>
   <si>
     <t>38-0020</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизора Samsung REXANT</t>
   </si>
   <si>
-    <t>38-0011</t>
-[...58 lines deleted...]
-  <si>
     <t>38-0013</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизоров TELEFUNKEN/VESTEL/BEKO REXANT</t>
   </si>
   <si>
-    <t>38-0007</t>
-[...41 lines deleted...]
-    <t>1.2 Пульты управления для Кондиционеров</t>
+    <t>1.3 Пульты управления для Кондиционеров</t>
+  </si>
+  <si>
+    <t>38-0103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пульт универсальный для кондиционеров RX-101AII REXANT </t>
   </si>
   <si>
     <t>38-0101</t>
   </si>
   <si>
     <t>Пульт универсальный для кондиционеров (RX-100AII) REXANT</t>
   </si>
   <si>
-    <t>38-0103</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0105</t>
   </si>
   <si>
     <t>Пульт универсальный для кондиционеров (RX-102AII) REXANT</t>
   </si>
   <si>
-    <t>1.3 Пульты управления для Приставок DVB-T2</t>
+    <t>1.4 Пульты управления для Приставок DVB-T2</t>
   </si>
   <si>
     <t>38-0012</t>
   </si>
   <si>
     <t>Пульт универсальный для приставки DVB-T2 REXANT</t>
   </si>
   <si>
     <t>38-0014</t>
   </si>
   <si>
     <t>Пульт универсальный для приставки DVB-T2 с функцией управления телевизором REXANT</t>
-  </si>
-[...19 lines deleted...]
-    <t>Пульт универсальный для ресивера Триколор ТВ REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-rexant-26222" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-rostelekom-rexant-26224" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-trikolor-tv-rexant-12187" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-obuchaemiy-na-3-ustroystva-rexant-26225" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-na-8-ustroystv-rexant-26226" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant-30300" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant-30301" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-rexant-26227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-philips-rexant-26228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant-12098" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-e877-rexant-26778" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-952-rexant-10517" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-951-rexant-10516" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-188-rexant-10521" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant-30298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-707e-rexant-10518" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-708e-rexant-30299" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-sony-rexant-30302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-haier-rexant-30306" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant-30297" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-panasonic-rexant-30303" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-rexant-26229" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizorov-telefunken-vestel-beko-rexant-30283" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-101aii-rexant-30305" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-100aii-rexant-10520" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-102aii-rexant-30286" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-pristavki-dvb-t2-rexant-26223" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant-15792" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,928 +735,928 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>302.4</v>
+        <v>304.37</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3408</v>
+        <v>3238</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>317.52</v>
+        <v>185.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>7844</v>
+        <v>4162</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>381.02</v>
+        <v>320</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>14246</v>
+        <v>5822</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>355.62</v>
+        <v>315.49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>1248</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>462.27</v>
+        <v>308.63</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>7379</v>
+        <v>5463</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>317.52</v>
+        <v>977.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
+        <v>16</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>150</v>
+      </c>
+      <c r="I10" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>350.54</v>
+        <v>550</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1399</v>
+        <v>776</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>342.92</v>
+        <v>300</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5820</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>304.82</v>
+        <v>302.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>754</v>
+        <v>2875</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>282.6</v>
+        <v>397</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4206</v>
+        <v>6320</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>457.23</v>
+        <v>323</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>2892</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>532.22</v>
+        <v>304.82</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1534</v>
+        <v>626</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>444.53</v>
+        <v>232.69</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>655</v>
+        <v>3029</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>423.36</v>
+        <v>266</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>221</v>
+        <v>4122</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>419.13</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>386.67</v>
+        <v>345</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>270</v>
+        <v>12543</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>250</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>596.94</v>
+        <v>354</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>828</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>250</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>977.96</v>
+        <v>411</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>131</v>
+        <v>244</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C23" s="3">
         <v>444.53</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1186</v>
+        <v>1074</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
+      <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="C24" s="3">
+        <v>385</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>503</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>200</v>
+      </c>
+      <c r="I24" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>603.29</v>
+        <v>423.36</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>13124</v>
+        <v>96</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>635.04</v>
+        <v>300</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>263</v>
+        <v>2839</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>720</v>
+        <v>532.22</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>943</v>
+        <v>1478</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>422.94</v>
+        <v>635.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2355</v>
+        <v>1679</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>417.22</v>
+        <v>603.29</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2050</v>
+        <v>12964</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
+        <v>100</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="3">
+        <v>720</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>907</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
         <v>250</v>
       </c>
-      <c r="I30" s="3">
-[...14 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>194.84</v>
+        <v>422.94</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>5877</v>
+        <v>3160</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>320</v>
+        <v>417.22</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>8610</v>
+        <v>1365</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A7:I7"/>
     <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A32:I32"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-[...15 lines deleted...]
-    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">