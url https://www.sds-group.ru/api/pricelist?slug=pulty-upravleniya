--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Пульты управления</t>
   </si>
   <si>
-    <t>1.1 Пульты управления для Ресиверов</t>
+    <t>1.1 Пульты управления для ТВ</t>
+  </si>
+  <si>
+    <t>38-0008</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Panasonic REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0017</t>
+  </si>
+  <si>
+    <t>Пульт универсальный обучаемый на 3 устройства REXANT</t>
+  </si>
+  <si>
+    <t>38-0018</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG REXANT</t>
+  </si>
+  <si>
+    <t>38-0019</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора PHILIPS REXANT</t>
+  </si>
+  <si>
+    <t>38-0025</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-188 REXANT</t>
+  </si>
+  <si>
+    <t>38-0003</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-708E REXANT</t>
+  </si>
+  <si>
+    <t>38-0004</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-04) REXANT</t>
+  </si>
+  <si>
+    <t>38-0104</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Haier REXANT</t>
+  </si>
+  <si>
+    <t>38-0102</t>
+  </si>
+  <si>
+    <t>Пульт универсальный на 8 устройств REXANT</t>
+  </si>
+  <si>
+    <t>38-0020</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung REXANT</t>
+  </si>
+  <si>
+    <t>38-0001</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-951 REXANT</t>
+  </si>
+  <si>
+    <t>38-0005</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-952 REXANT</t>
+  </si>
+  <si>
+    <t>38-0011</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-707E REXANT</t>
+  </si>
+  <si>
+    <t>38-0015</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-E877 REXANT</t>
+  </si>
+  <si>
+    <t>38-0013</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизоров TELEFUNKEN/VESTEL/BEKO REXANT</t>
+  </si>
+  <si>
+    <t>38-0200</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-02) REXANT</t>
+  </si>
+  <si>
+    <t>38-0002</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-03) REXANT</t>
+  </si>
+  <si>
+    <t>38-0006</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-05) REXANT</t>
+  </si>
+  <si>
+    <t>38-0007</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Sony REXANT</t>
+  </si>
+  <si>
+    <t>38-0030</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора с функцией SMART TV (ST-01) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Пульты управления для Кондиционеров</t>
+  </si>
+  <si>
+    <t>38-0101</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для кондиционеров (RX-100AII) REXANT</t>
+  </si>
+  <si>
+    <t>38-0105</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для кондиционеров (RX-102AII) REXANT</t>
+  </si>
+  <si>
+    <t>38-0103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пульт универсальный для кондиционеров RX-101AII REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Пульты управления для Приставок DVB-T2</t>
+  </si>
+  <si>
+    <t>38-0012</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для приставки DVB-T2 REXANT</t>
+  </si>
+  <si>
+    <t>38-0014</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для приставки DVB-T2 с функцией управления телевизором REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Пульты управления для Ресиверов</t>
+  </si>
+  <si>
+    <t>38-0016</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера Ростелеком REXANT</t>
   </si>
   <si>
     <t>38-0009</t>
   </si>
   <si>
     <t>Пульт универсальный для ресивера REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>38-0035</t>
   </si>
   <si>
     <t>Пульт универсальный для ресивера Триколор ТВ REXANT</t>
-  </si>
-[...157 lines deleted...]
-    <t>Пульт универсальный для приставки DVB-T2 с функцией управления телевизором REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-rexant-26222" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-rostelekom-rexant-26224" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-resivera-trikolor-tv-rexant-12187" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-obuchaemiy-na-3-ustroystva-rexant-26225" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-na-8-ustroystv-rexant-26226" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant-30300" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant-30301" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-rexant-26227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-philips-rexant-26228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant-12098" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-e877-rexant-26778" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-952-rexant-10517" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-951-rexant-10516" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-188-rexant-10521" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant-30298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-707e-rexant-10518" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-rx-708e-rexant-30299" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-sony-rexant-30302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-haier-rexant-30306" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant-30297" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-panasonic-rexant-30303" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizora-samsung-rexant-26229" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-televizorov-telefunken-vestel-beko-rexant-30283" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-101aii-rexant-30305" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-100aii-rexant-10520" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-konditsionerov-rx-102aii-rexant-30286" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-pristavki-dvb-t2-rexant-26223" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalniy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant-15792" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -735,928 +735,928 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>304.37</v>
+        <v>430.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3238</v>
+        <v>793</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>185.1</v>
+        <v>304.81</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4162</v>
+        <v>878</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>320</v>
+        <v>305.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5822</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>307.54</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>1569</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>100</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>315.49</v>
+        <v>270.52</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1248</v>
+        <v>4022</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>308.63</v>
+        <v>360.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5463</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>977.96</v>
+        <v>994.59</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>150</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>550</v>
+        <v>452.09</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>776</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>300</v>
+        <v>282.49</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>5115</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>302.4</v>
+        <v>305.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2875</v>
+        <v>58</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>397</v>
+        <v>224.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6320</v>
+        <v>2157</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2892</v>
+        <v>532</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>304.82</v>
+        <v>350.87</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>626</v>
+        <v>3087</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>232.69</v>
+        <v>328.49</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3029</v>
+        <v>2586</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>266</v>
+        <v>541.27</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>4122</v>
+        <v>1450</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>419.13</v>
+        <v>391.55</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>345</v>
+        <v>426.26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>12543</v>
+        <v>2364</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>354</v>
+        <v>559.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>553</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>250</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>411</v>
+        <v>417.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>244</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>444.53</v>
+        <v>403.75</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1074</v>
+        <v>5638</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="3" t="s">
+      <c r="A24" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C24" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>423.36</v>
+        <v>613.55</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>96</v>
+        <v>3647</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>300</v>
+        <v>732.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2839</v>
+        <v>888</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>250</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>532.22</v>
+        <v>645.84</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1478</v>
+        <v>1587</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>635.04</v>
+        <v>430.13</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1679</v>
+        <v>1868</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>603.29</v>
+        <v>424.31</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>12964</v>
+        <v>1724</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
+        <v>250</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="3">
+        <v>188.25</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>2889</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
         <v>100</v>
       </c>
-      <c r="I30" s="3">
-[...43 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>422.94</v>
+        <v>309.54</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>3160</v>
+        <v>2792</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>417.22</v>
+        <v>325.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1365</v>
+        <v>4025</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A24:I24"/>
     <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A31:I31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-[...15 lines deleted...]
-    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">