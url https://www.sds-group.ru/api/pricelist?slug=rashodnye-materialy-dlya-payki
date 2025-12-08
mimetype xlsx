--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -45,564 +45,564 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Расходные материалы для пайки</t>
   </si>
   <si>
     <t>1.1 Медная лента для удаления припоя</t>
   </si>
   <si>
+    <t>09-3001</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3034</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3002</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3004</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3033</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
     <t>09-3003</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...47 lines deleted...]
-    <t>1.2 Губки для очистки жал</t>
+    <t>1.2 Химия и смазочные материалы</t>
+  </si>
+  <si>
+    <t>09-3882</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3981</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-1, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3495</t>
+  </si>
+  <si>
+    <t>Жидкое олово (химическое лужение плат), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3722</t>
+  </si>
+  <si>
+    <t>Глицерин, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3790</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-4121</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 100мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4125</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 500мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3936</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3955</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая термостойкая, модель 221, до +350°C, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3791</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3901</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3957</t>
+  </si>
+  <si>
+    <t>Смазка антифрикционная, ЦИАТИМ-201, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3801</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3750</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 5мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3751</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3908</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4110</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 1л, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3944</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 2мл, шприц, «Демпферное» REXANT</t>
+  </si>
+  <si>
+    <t>09-3807</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3945</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3982</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-2, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3970</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3941</t>
+  </si>
+  <si>
+    <t>Масло бытовое смазочное, 100мл, масленка REXANT</t>
+  </si>
+  <si>
+    <t>09-4105</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 200мл, флакон с распылителем (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4101</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 100мл, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3950</t>
+  </si>
+  <si>
+    <t>Смазка графитовая, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3905</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-400 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3909</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-4130</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 1л, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3796</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3802</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3967</t>
+  </si>
+  <si>
+    <t>Средство для ремонта пластика (холодная сварка), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3881</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3946</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3921</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3789</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4112</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 5л, канистра (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3911</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3912</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3780</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3930</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3808</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3907</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3935</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3983</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-3, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3910</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3721</t>
+  </si>
+  <si>
+    <t>Глицерин, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3985</t>
+  </si>
+  <si>
+    <t>Компаунд силиконовый, ПК-68, 100г, двухкомпонентный, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>09-3931</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3788</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3795</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3781</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3922</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3932</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3972</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3782</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3948</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая многоцелевая, 400мл, аэрозоль</t>
+  </si>
+  <si>
+    <t>1.3 Аэрозоли для электроники</t>
+  </si>
+  <si>
+    <t>KR-181-001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель DUST OFF, 520мл (400мл), аэрозоль KRANZ</t>
+  </si>
+  <si>
+    <t>85-0001-2</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 1000мл (720мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-1</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (230мл), аэрозоль, инверторный REXANT</t>
+  </si>
+  <si>
+    <t>85-0002</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный CLEANER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0003</t>
+  </si>
+  <si>
+    <t>Очиститель печатных плат FLUX OFF, 520 мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
+  </si>
+  <si>
+    <t>85-0005</t>
+  </si>
+  <si>
+    <t>Аэрозоль-охладитель FREEZER, 520мл (400мл) REXANT</t>
+  </si>
+  <si>
+    <t>85-0006</t>
+  </si>
+  <si>
+    <t>Очиститель обезжириватель DEGREASER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0007</t>
+  </si>
+  <si>
+    <t>Смазка контактов KONTAKT 61, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Губки для очистки жал</t>
+  </si>
+  <si>
+    <t>12-0191</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 93x50 мм REXANT</t>
   </si>
   <si>
     <t>12-0193</t>
   </si>
   <si>
     <t>Губка для очистки паяльного жала 56x36 мм REXANT</t>
   </si>
   <si>
-    <t>12-0191</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0192</t>
   </si>
   <si>
     <t>Губка для очистки паяльного жала 70x40 мм REXANT</t>
   </si>
   <si>
-    <t>1.3 Химия и смазочные материалы</t>
-[...406 lines deleted...]
-  <si>
     <t>1.5 Стеклотекстолит</t>
   </si>
   <si>
+    <t>09-4035</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4045</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4065</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x300x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
     <t>09-4055</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
-    <t>09-4065</t>
-[...10 lines deleted...]
-  <si>
     <t>09-4040</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -987,51 +987,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant-402" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant-12668" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant-12669" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant-3590" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant-3592" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant-12671" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant-12670" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant-3591" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-1000g-banka-rexant-30785" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant-26458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkoe-olovo-himicheskoe-lujenie-plat-100ml-flakon-rexant-7730" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant-19113" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant-7410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant-8840" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant-8837" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant-26220" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant-7416" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant-26451" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10681" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant-7994" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant-26454" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant-7407" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant-7408" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant-26218" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-1l-flakon-absolyutirovanniy-99-7-rexant-7727" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant-12208" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant-26456" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant-7731" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant-26459" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant-19112" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bitovoe-smazochnoe-100ml-maslenka-rexant-13235" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-200ml-flakon-s-raspilitelem-absolyutirovanniy-99-7-rexant-7726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-100ml-flakon-absolyutirovanniy-99-7-rexant-7725" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant-7415" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10679" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10680" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant-8838" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant-26453" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant-26455" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-plastmassi-30ml-flakon-rexant-7988" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-250g-banka-rexant-30784" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant-26221" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant-7412" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-100ml-flakon-rexant-13739" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-5l-kanistra-absolyutirovanniy-99-7-rexant-23707" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant-17779" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant-17790" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-100g-banka-rexant-7409" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-7413" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant-26457" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant-26217" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant-26219" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant-26460" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-17778" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant-19111" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonoviy-pk-68-100g-dvuhkomponentniy-prozrachniy-rexant-7735" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant-7509" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-30ml-flakon-rexant-13743" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant-26452" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-250g-banka-rexant-7508" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant-17799" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant-17784" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant-19109" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-1000-banka-rexant-30783" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol-rexant-11731" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-kranz-400-ml-aerozol-27874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-1000ml-720ml-aerozol-rexant-21950" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-230ml-aerozol-invertorniy-rexant-21951" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-cleaner-520ml-400ml-aerozol-rexant-12262" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-400ml-aerozol-rexant-12261" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnih-plat-flux-off-520-ml-400ml-aerozol-rexant-12263" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant-12264" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant-12929" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezjirivatel-degreaser-520ml-400ml-aerozol-rexant-12931" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant-12927" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-93x50-mm-rexant-3584" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-56x36-mm-rexant-3586" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-70x40-mm-rexant-3585" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant-17801" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant-17775" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant-17786" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant-17793" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant-17803" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I90"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1068,2586 +1068,2586 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>234.02</v>
+        <v>145</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>14453</v>
+        <v>3312</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>190</v>
+        <v>302.04</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5402</v>
+        <v>1140</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>209.72</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2594</v>
+        <v>2580</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>5994</v>
+        <v>3</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>250.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1740</v>
+        <v>1910</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>238.18</v>
+        <v>275.66</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>352</v>
+        <v>587</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>302.04</v>
+        <v>238.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1340</v>
+        <v>307</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>275.66</v>
+        <v>234.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>772</v>
+        <v>13100</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>149</v>
+        <v>1229</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4031</v>
+        <v>1</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4000</v>
+        <v>11</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>7336</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>180</v>
+        <v>271.18</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>4194</v>
+        <v>447</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4000</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+      <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="B16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="3">
+        <v>1050.05</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>281</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>24</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>552</v>
+        <v>4648</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>360</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>259</v>
+        <v>153.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>543</v>
+        <v>965</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>259</v>
+        <v>524.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>6</v>
+        <v>420</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>259</v>
+        <v>3269.29</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>259</v>
+        <v>155.5</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>900</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>146</v>
+        <v>259</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>951</v>
+        <v>190</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>360</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>139</v>
+        <v>219.11</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1765</v>
+        <v>564</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>155.5</v>
+        <v>96.94</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>900</v>
+        <v>400</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>1229</v>
+        <v>146</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>35</v>
+        <v>814</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>11</v>
+        <v>360</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>219.11</v>
+        <v>157.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>310</v>
+        <v>1303</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>219.11</v>
+        <v>124.66</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1111</v>
+        <v>2630</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>350</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>219.11</v>
+        <v>3152.49</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>816.45</v>
+        <v>829</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>60</v>
+        <v>585</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>153.01</v>
+        <v>110.66</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1260</v>
+        <v>612</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>80</v>
+        <v>350</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>829</v>
+        <v>146</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>389</v>
+        <v>308</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>15</v>
+        <v>360</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>279</v>
+        <v>816.45</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2675</v>
+        <v>18</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>45</v>
+        <v>140</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>124.66</v>
+        <v>259</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>3696</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>157.68</v>
+        <v>91</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>600</v>
+        <v>2012</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>420</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>110.66</v>
+        <v>153.01</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>350</v>
+        <v>70</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>213</v>
+        <v>2843</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>153.01</v>
+        <v>165</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1027</v>
+        <v>1366</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>239</v>
+        <v>79.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>195</v>
+        <v>332</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>921.56</v>
+        <v>219.11</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>293</v>
+        <v>235</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>91</v>
+        <v>219.11</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2</v>
+        <v>745</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>189</v>
+        <v>886.53</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>419</v>
+        <v>757</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>317.01</v>
+        <v>259</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>99</v>
+        <v>252</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>886.53</v>
+        <v>259</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>866</v>
+        <v>540</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>271.18</v>
+        <v>197.39</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>436</v>
+        <v>1195</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>3629</v>
+        <v>419</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>438</v>
+        <v>119</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>165</v>
+        <v>3375.57</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1493</v>
+        <v>16</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>96.94</v>
+        <v>826.59</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>268</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>400</v>
+        <v>140</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>79.42</v>
+        <v>921.56</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>324</v>
+        <v>146</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>269</v>
+        <v>3629</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>209</v>
+        <v>984</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>826.59</v>
+        <v>699</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>250</v>
+        <v>65</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>140</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>215.31</v>
+        <v>2799</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>599</v>
+        <v>20</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>139</v>
+        <v>269</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1754</v>
+        <v>251</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>360</v>
+        <v>42</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>3152.49</v>
+        <v>215.31</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>64</v>
+        <v>592</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>3269.29</v>
+        <v>259</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>37</v>
+        <v>299</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
         <v>701.57</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>140</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
         <v>953.59</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>140</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>3375.57</v>
+        <v>279</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1</v>
+        <v>355</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58" s="3">
+        <v>189</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>307</v>
+      </c>
+      <c r="G58" s="3">
+        <v>10</v>
+      </c>
+      <c r="H58" s="3">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>42</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>826.59</v>
+        <v>317.01</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>410</v>
+        <v>74</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>524.44</v>
+        <v>863.17</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>666</v>
+        <v>1266</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>290.83</v>
+        <v>826.59</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1277</v>
+        <v>182</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>297.84</v>
+        <v>315</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>330</v>
+        <v>665</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>260</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>3152.49</v>
+        <v>139</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>93</v>
+        <v>978</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>24</v>
+        <v>360</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>2799</v>
+        <v>409</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>411</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65" s="3">
         <v>3152.49</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>225</v>
+        <v>58</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>24</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>419</v>
+        <v>3152.49</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>46</v>
+        <v>266</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>279</v>
+        <v>290.83</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>500</v>
+        <v>2668</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>863.17</v>
+        <v>1179</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>579</v>
+        <v>57</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>197.39</v>
+        <v>502.25</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>3451</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>210</v>
+        <v>24</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="3" t="s">
+      <c r="A70" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="C70" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>1050.05</v>
+        <v>329</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>6</v>
+        <v>798</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>1179</v>
+        <v>369</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>502.25</v>
+        <v>295</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>4956</v>
+        <v>786</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
+      <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B74" s="2"/>
-[...6 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="B74" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74" s="3">
+        <v>442.68</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
+        <v>309</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>12</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>329</v>
+        <v>265</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>542</v>
+        <v>2170</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>433</v>
+        <v>609</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>875</v>
+        <v>1757</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>384.27</v>
+        <v>325.88</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>514</v>
+        <v>1861</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>12</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>325.88</v>
+        <v>421.6</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>66</v>
+        <v>6397</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>12</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>759.22</v>
+        <v>573.2</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>678</v>
+        <v>1</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>12</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>421.6</v>
+        <v>435</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>3253</v>
+        <v>1319</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>12</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C81" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>299</v>
+        <v>209</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>94</v>
+        <v>7026</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>12</v>
+        <v>3000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>442.68</v>
+        <v>149</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>886</v>
+        <v>3275</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>573.2</v>
+        <v>180</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>588</v>
+        <v>3862</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>785</v>
+        <v>197.39</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>110</v>
+        <v>360</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>1179</v>
+        <v>407.64</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="G87" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>407.64</v>
+        <v>1179</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H88" s="3">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>295.51</v>
+        <v>785</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>309</v>
+        <v>92</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>280</v>
+        <v>110</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
-        <v>197.39</v>
+        <v>295.51</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>324</v>
+        <v>240</v>
       </c>
       <c r="G90" s="3">
         <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>360</v>
+        <v>280</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A16:I16"/>
-    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A81:I81"/>
     <mergeCell ref="A85:I85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D17" r:id="rId12"/>
-[...52 lines deleted...]
-    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D64" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId61"/>
+    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D67" r:id="rId63"/>
+    <hyperlink ref="D68" r:id="rId64"/>
+    <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D73" r:id="rId68"/>
-    <hyperlink ref="D75" r:id="rId69"/>
-[...5 lines deleted...]
-    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D86" r:id="rId79"/>
     <hyperlink ref="D87" r:id="rId80"/>
     <hyperlink ref="D88" r:id="rId81"/>
     <hyperlink ref="D89" r:id="rId82"/>
     <hyperlink ref="D90" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>