--- v1 (2025-12-08)
+++ v2 (2026-02-04)
@@ -45,564 +45,564 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Расходные материалы для пайки</t>
   </si>
   <si>
     <t>1.1 Медная лента для удаления припоя</t>
   </si>
   <si>
+    <t>09-3002</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3004</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3033</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
     <t>09-3001</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3003</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
   </si>
   <si>
     <t>09-3034</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
   </si>
   <si>
-    <t>09-3031</t>
-[...35 lines deleted...]
-    <t>1.2 Химия и смазочные материалы</t>
+    <t>1.2 Губки для очистки жал</t>
+  </si>
+  <si>
+    <t>12-0192</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 70x40 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0191</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 93x50 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0193</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 56x36 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Химия и смазочные материалы</t>
+  </si>
+  <si>
+    <t>09-3795</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3722</t>
+  </si>
+  <si>
+    <t>Глицерин, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3972</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3982</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-2, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-4130</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 1л, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4101</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 100мл, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4105</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 200мл, флакон с распылителем (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4110</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 1л, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3495</t>
+  </si>
+  <si>
+    <t>Жидкое олово (химическое лужение плат), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3801</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-4125</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 500мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3791</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3796</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3807</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3751</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3802</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3908</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3936</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
   </si>
   <si>
     <t>09-3882</t>
   </si>
   <si>
     <t>Хлорное железо 6-ти водное, 1000г, банка REXANT</t>
   </si>
   <si>
+    <t>09-3750</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 5мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3955</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая термостойкая, модель 221, до +350°C, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3985</t>
+  </si>
+  <si>
+    <t>Компаунд силиконовый, ПК-68, 100г, двухкомпонентный, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>09-3945</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
     <t>09-3981</t>
   </si>
   <si>
     <t>Смазка для кулеров (вентиляторов) SX-1, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
   </si>
   <si>
-    <t>09-3495</t>
-[...8 lines deleted...]
-    <t>Глицерин, 500мл, флакон REXANT</t>
+    <t>09-3950</t>
+  </si>
+  <si>
+    <t>Смазка графитовая, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3921</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3930</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3808</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3983</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-3, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3970</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-4112</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 5л, канистра (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3910</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-4121</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 100мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3931</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3780</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3907</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3935</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3946</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3721</t>
+  </si>
+  <si>
+    <t>Глицерин, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3905</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-400 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3782</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3881</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3909</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3781</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3788</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3912</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3911</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3922</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3932</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3941</t>
+  </si>
+  <si>
+    <t>Масло бытовое смазочное, 100мл, масленка REXANT</t>
+  </si>
+  <si>
+    <t>09-3789</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 100мл, флакон REXANT</t>
   </si>
   <si>
     <t>09-3790</t>
   </si>
   <si>
     <t>Паста ГОИ полировальная № 2, 30г, баночка REXANT</t>
   </si>
   <si>
-    <t>09-4121</t>
-[...26 lines deleted...]
-    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+    <t>09-3967</t>
+  </si>
+  <si>
+    <t>Средство для ремонта пластика (холодная сварка), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3957</t>
+  </si>
+  <si>
+    <t>Смазка антифрикционная, ЦИАТИМ-201, 20мл, банка REXANT</t>
   </si>
   <si>
     <t>09-3901</t>
   </si>
   <si>
     <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
   </si>
   <si>
-    <t>09-3957</t>
-[...34 lines deleted...]
-  <si>
     <t>09-3944</t>
   </si>
   <si>
     <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 2мл, шприц, «Демпферное» REXANT</t>
   </si>
   <si>
-    <t>09-3807</t>
-[...226 lines deleted...]
-  <si>
     <t>09-3948</t>
   </si>
   <si>
     <t>Смазка силиконовая многоцелевая, 400мл, аэрозоль</t>
   </si>
   <si>
-    <t>1.3 Аэрозоли для электроники</t>
+    <t>1.4 Аэрозоли для электроники</t>
   </si>
   <si>
     <t>KR-181-001</t>
   </si>
   <si>
     <t>Пневматический очиститель DUST OFF, 520мл (400мл), аэрозоль KRANZ</t>
   </si>
   <si>
+    <t>85-0001-1</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (230мл), аэрозоль, инверторный REXANT</t>
+  </si>
+  <si>
+    <t>85-0001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
     <t>85-0001-2</t>
   </si>
   <si>
     <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 1000мл (720мл), аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0001-1</t>
-[...4 lines deleted...]
-  <si>
     <t>85-0002</t>
   </si>
   <si>
     <t>Очиститель универсальный CLEANER, 520мл (400мл), аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0001</t>
-[...2 lines deleted...]
-    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+    <t>85-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
   </si>
   <si>
     <t>85-0003</t>
   </si>
   <si>
     <t>Очиститель печатных плат FLUX OFF, 520 мл (400мл), аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0004</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
+    <t>85-0007</t>
+  </si>
+  <si>
+    <t>Смазка контактов KONTAKT 61, 520мл (400мл), аэрозоль REXANT</t>
   </si>
   <si>
     <t>85-0005</t>
   </si>
   <si>
     <t>Аэрозоль-охладитель FREEZER, 520мл (400мл) REXANT</t>
   </si>
   <si>
     <t>85-0006</t>
   </si>
   <si>
     <t>Очиститель обезжириватель DEGREASER, 520мл (400мл), аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0007</t>
-[...25 lines deleted...]
-  <si>
     <t>1.5 Стеклотекстолит</t>
   </si>
   <si>
     <t>09-4035</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
+    <t>09-4040</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
     <t>09-4045</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x200x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
     <t>09-4065</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 200x300x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
     <t>09-4055</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -987,51 +987,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant-402" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant-12668" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant-12669" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant-3590" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant-3592" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant-12671" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant-12670" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant-3591" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-1000g-banka-rexant-30785" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant-26458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkoe-olovo-himicheskoe-lujenie-plat-100ml-flakon-rexant-7730" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant-19113" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant-7410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant-8840" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant-8837" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant-26220" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant-7416" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant-26451" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10681" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant-7994" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant-26454" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant-7407" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant-7408" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant-26218" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-1l-flakon-absolyutirovanniy-99-7-rexant-7727" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant-12208" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant-26456" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant-7731" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant-26459" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant-19112" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bitovoe-smazochnoe-100ml-maslenka-rexant-13235" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-200ml-flakon-s-raspilitelem-absolyutirovanniy-99-7-rexant-7726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-100ml-flakon-absolyutirovanniy-99-7-rexant-7725" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant-7415" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10679" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10680" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant-8838" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant-26453" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant-26455" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-plastmassi-30ml-flakon-rexant-7988" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-250g-banka-rexant-30784" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant-26221" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant-7412" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-100ml-flakon-rexant-13739" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-5l-kanistra-absolyutirovanniy-99-7-rexant-23707" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant-17779" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant-17790" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-100g-banka-rexant-7409" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-7413" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant-26457" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant-26217" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant-26219" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant-26460" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-17778" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant-19111" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonoviy-pk-68-100g-dvuhkomponentniy-prozrachniy-rexant-7735" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant-7509" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-30ml-flakon-rexant-13743" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant-26452" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-250g-banka-rexant-7508" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant-17799" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant-17784" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant-19109" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-1000-banka-rexant-30783" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol-rexant-11731" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-kranz-400-ml-aerozol-27874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-1000ml-720ml-aerozol-rexant-21950" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-230ml-aerozol-invertorniy-rexant-21951" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-cleaner-520ml-400ml-aerozol-rexant-12262" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-400ml-aerozol-rexant-12261" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnih-plat-flux-off-520-ml-400ml-aerozol-rexant-12263" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant-12264" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant-12929" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezjirivatel-degreaser-520ml-400ml-aerozol-rexant-12931" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant-12927" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-93x50-mm-rexant-3584" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-56x36-mm-rexant-3586" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-70x40-mm-rexant-3585" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant-17801" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant-17775" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant-17786" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant-17793" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant-17803" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I90"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1068,2586 +1068,2586 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>145</v>
+        <v>193.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3312</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>302.04</v>
+        <v>254.87</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1140</v>
+        <v>972</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>209.72</v>
+        <v>280.35</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2580</v>
+        <v>913</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>190</v>
+        <v>242.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3</v>
+        <v>901</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>250.61</v>
+        <v>147.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1910</v>
+        <v>2045</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>275.66</v>
+        <v>213.29</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>587</v>
+        <v>2342</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>238.18</v>
+        <v>238</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>234.02</v>
+        <v>307.17</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>13100</v>
+        <v>881</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1229</v>
+        <v>183.06</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>11</v>
+        <v>4000</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>239</v>
+        <v>212.55</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1</v>
+        <v>6611</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>271.18</v>
+        <v>151.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>447</v>
+        <v>2216</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>4000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>139</v>
+        <v>141.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4648</v>
+        <v>1320</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>360</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>153.01</v>
+        <v>1067.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>965</v>
+        <v>180</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>524.44</v>
+        <v>295.77</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>420</v>
+        <v>999</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>3269.29</v>
+        <v>263.4</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>50</v>
+        <v>153</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>155.5</v>
+        <v>901.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>715</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>900</v>
+        <v>15</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>259</v>
+        <v>167.81</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>190</v>
+        <v>1082</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>219.11</v>
+        <v>283.74</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>564</v>
+        <v>2536</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>96.94</v>
+        <v>843.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>510</v>
+        <v>185</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>15</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>146</v>
+        <v>275.79</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>814</v>
+        <v>53</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>360</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>157.68</v>
+        <v>148.48</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1303</v>
+        <v>361</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>124.66</v>
+        <v>533.36</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2630</v>
+        <v>418</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>3152.49</v>
+        <v>263.4</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>105</v>
+        <v>412</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>829</v>
+        <v>263.4</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>585</v>
+        <v>627</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>110.66</v>
+        <v>148.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>612</v>
+        <v>230</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>146</v>
+        <v>126.78</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>308</v>
+        <v>877</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>816.45</v>
+        <v>263.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>18</v>
+        <v>387</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>259</v>
+        <v>3206.08</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>91</v>
+        <v>3324.87</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2012</v>
+        <v>29</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>420</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>153.01</v>
+        <v>1249.89</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>477</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>279</v>
+        <v>160.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2843</v>
+        <v>1307</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>165</v>
+        <v>158.14</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1366</v>
+        <v>700</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>900</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>79.42</v>
+        <v>877.84</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>332</v>
+        <v>585</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>420</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>219.11</v>
+        <v>830.33</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>219.11</v>
+        <v>243.06</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>745</v>
+        <v>430</v>
       </c>
       <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>886.53</v>
+        <v>80.77</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>757</v>
+        <v>487</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>15</v>
+        <v>420</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>259</v>
+        <v>840.64</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>252</v>
+        <v>186</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>259</v>
+        <v>218.97</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>197.39</v>
+        <v>263.4</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1195</v>
+        <v>167</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>419</v>
+        <v>283.74</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>119</v>
+        <v>264</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>3375.57</v>
+        <v>92.55</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>16</v>
+        <v>1956</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>24</v>
+        <v>420</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>826.59</v>
+        <v>3690.69</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>268</v>
+        <v>685</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>140</v>
+        <v>4</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>921.56</v>
+        <v>192.21</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>146</v>
+        <v>299</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>3629</v>
+        <v>155.61</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>984</v>
+        <v>1030</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>699</v>
+        <v>840.64</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>65</v>
+        <v>158</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>140</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>2799</v>
+        <v>273.57</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>269</v>
+        <v>713.5</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>251</v>
+        <v>41</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>215.31</v>
+        <v>969.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>592</v>
+        <v>85</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>259</v>
+        <v>3432.95</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>299</v>
+        <v>10</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>701.57</v>
+        <v>322.4</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>64</v>
+        <v>124</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>953.59</v>
+        <v>222.83</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>279</v>
+        <v>1199.04</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>355</v>
+        <v>52</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>189</v>
+        <v>426.12</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>307</v>
+        <v>117</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>42</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>317.01</v>
+        <v>222.83</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>74</v>
+        <v>419</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>863.17</v>
+        <v>415.95</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1266</v>
+        <v>238</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>826.59</v>
+        <v>320.36</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>182</v>
+        <v>442</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>140</v>
+        <v>260</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>315</v>
+        <v>2846.58</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>665</v>
+        <v>69</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>139</v>
+        <v>710.88</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>978</v>
+        <v>41</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>360</v>
+        <v>140</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>409</v>
+        <v>3206.08</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>411</v>
+        <v>86</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>3152.49</v>
+        <v>3206.08</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>58</v>
+        <v>225</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>24</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>3152.49</v>
+        <v>155.61</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>266</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>290.83</v>
+        <v>937.23</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>2668</v>
+        <v>114</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>1179</v>
+        <v>141.36</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>57</v>
+        <v>3759</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>11</v>
+        <v>360</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="C69" s="3">
+        <v>200.75</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>1351</v>
+      </c>
+      <c r="G69" s="3">
+        <v>10</v>
+      </c>
+      <c r="H69" s="3">
+        <v>210</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C69" s="3">
-[...22 lines deleted...]
-      <c r="A70" s="2" t="s">
+      <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B70" s="2"/>
-[...6 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="C70" s="3">
+        <v>98.59</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" s="3">
+        <v>283</v>
+      </c>
+      <c r="G70" s="3">
+        <v>10</v>
+      </c>
+      <c r="H70" s="3">
+        <v>400</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>329</v>
+        <v>222.83</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>798</v>
+        <v>106</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>369</v>
+        <v>112.54</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>18</v>
+        <v>858</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>6</v>
+        <v>350</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>295</v>
+        <v>510.79</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>786</v>
+        <v>19</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>265</v>
+        <v>334.59</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>2170</v>
+        <v>541</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>609</v>
+        <v>300.02</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>1757</v>
+        <v>101</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>12</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>325.88</v>
+        <v>269.51</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>1861</v>
+        <v>1575</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>12</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>421.6</v>
+        <v>375.27</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>6397</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>573.2</v>
+        <v>450.21</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1</v>
+        <v>1537</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>12</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>435</v>
+        <v>331.42</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1319</v>
+        <v>573</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>12</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
+      <c r="A81" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="2"/>
-[...6 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="C81" s="3">
+        <v>619.35</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>3731</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>12</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>209</v>
+        <v>442.4</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>7026</v>
+        <v>1043</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>3000</v>
+        <v>12</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>149</v>
+        <v>428.77</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>3275</v>
+        <v>8434</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>4000</v>
+        <v>12</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>180</v>
+        <v>582.94</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3862</v>
+        <v>514</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>4000</v>
+        <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>197.39</v>
+        <v>200.75</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
         <v>360</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>407.64</v>
+        <v>300.53</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>246</v>
+        <v>197</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>180</v>
+        <v>280</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>1179</v>
+        <v>414.57</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>222</v>
+        <v>786</v>
       </c>
       <c r="G88" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>785</v>
+        <v>1199.04</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>92</v>
+        <v>181</v>
       </c>
       <c r="G89" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H89" s="3">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
-        <v>295.51</v>
+        <v>798.34</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>240</v>
+        <v>71</v>
       </c>
       <c r="G90" s="3">
         <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>280</v>
+        <v>110</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A70:I70"/>
-    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A74:I74"/>
     <mergeCell ref="A85:I85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D16" r:id="rId12"/>
-[...52 lines deleted...]
-    <hyperlink ref="D69" r:id="rId65"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D73" r:id="rId68"/>
-    <hyperlink ref="D74" r:id="rId69"/>
-[...5 lines deleted...]
-    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D75" r:id="rId69"/>
+    <hyperlink ref="D76" r:id="rId70"/>
+    <hyperlink ref="D77" r:id="rId71"/>
+    <hyperlink ref="D78" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId73"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D86" r:id="rId79"/>
     <hyperlink ref="D87" r:id="rId80"/>
     <hyperlink ref="D88" r:id="rId81"/>
     <hyperlink ref="D89" r:id="rId82"/>
     <hyperlink ref="D90" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>