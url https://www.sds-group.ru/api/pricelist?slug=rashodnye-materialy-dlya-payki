--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -45,564 +45,564 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Расходные материалы для пайки</t>
   </si>
   <si>
     <t>1.1 Медная лента для удаления припоя</t>
   </si>
   <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
     <t>09-3002</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>09-3004</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
   </si>
   <si>
     <t>09-3033</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
   </si>
   <si>
-    <t>09-3032</t>
-[...2 lines deleted...]
-    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+    <t>09-3034</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3003</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
   </si>
   <si>
     <t>09-3001</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>09-3031</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Губки для очистки жал</t>
   </si>
   <si>
     <t>12-0192</t>
   </si>
   <si>
     <t>Губка для очистки паяльного жала 70x40 мм REXANT</t>
   </si>
   <si>
     <t>12-0191</t>
   </si>
   <si>
     <t>Губка для очистки паяльного жала 93x50 мм REXANT</t>
   </si>
   <si>
     <t>12-0193</t>
   </si>
   <si>
     <t>Губка для очистки паяльного жала 56x36 мм REXANT</t>
   </si>
   <si>
     <t>1.3 Химия и смазочные материалы</t>
   </si>
   <si>
+    <t>09-3791</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3796</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3801</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3941</t>
+  </si>
+  <si>
+    <t>Масло бытовое смазочное, 100мл, масленка REXANT</t>
+  </si>
+  <si>
     <t>09-3795</t>
   </si>
   <si>
     <t>Паста ГОИ полировальная № 1, 30г, баночка REXANT</t>
   </si>
   <si>
+    <t>09-3802</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3807</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3808</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3789</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3910</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3788</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3782</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3921</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3930</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3931</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3911</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3912</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3922</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3932</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3750</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 5мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3751</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3790</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3955</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая термостойкая, модель 221, до +350°C, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3981</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-1, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3982</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-2, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-4101</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 100мл, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4130</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 1л, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4121</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 100мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4105</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 200мл, флакон с распылителем (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4110</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 1л, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3495</t>
+  </si>
+  <si>
+    <t>Жидкое олово (химическое лужение плат), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3945</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3901</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3905</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-400 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3909</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3948</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая многоцелевая, 400мл, аэрозоль</t>
+  </si>
+  <si>
+    <t>09-3957</t>
+  </si>
+  <si>
+    <t>Смазка антифрикционная, ЦИАТИМ-201, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3944</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 2мл, шприц, «Демпферное» REXANT</t>
+  </si>
+  <si>
+    <t>09-3721</t>
+  </si>
+  <si>
+    <t>Глицерин, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3970</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-4112</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 5л, канистра (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3780</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3950</t>
+  </si>
+  <si>
+    <t>Смазка графитовая, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3907</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3908</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3935</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3936</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3946</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3983</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-3, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3781</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-4125</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 500мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3985</t>
+  </si>
+  <si>
+    <t>Компаунд силиконовый, ПК-68, 100г, двухкомпонентный, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>09-3967</t>
+  </si>
+  <si>
+    <t>Средство для ремонта пластика (холодная сварка), 30мл, флакон REXANT</t>
+  </si>
+  <si>
     <t>09-3722</t>
   </si>
   <si>
     <t>Глицерин, 500мл, флакон REXANT</t>
   </si>
   <si>
     <t>09-3972</t>
   </si>
   <si>
     <t>Вазелин технический, ВТВ-1, 100мл, банка REXANT</t>
   </si>
   <si>
-    <t>09-3982</t>
-[...86 lines deleted...]
-    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+    <t>09-3881</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 250г, банка REXANT</t>
   </si>
   <si>
     <t>09-3882</t>
   </si>
   <si>
     <t>Хлорное железо 6-ти водное, 1000г, банка REXANT</t>
   </si>
   <si>
-    <t>09-3750</t>
-[...226 lines deleted...]
-  <si>
     <t>1.4 Аэрозоли для электроники</t>
   </si>
   <si>
+    <t>85-0005</t>
+  </si>
+  <si>
+    <t>Аэрозоль-охладитель FREEZER, 520мл (400мл) REXANT</t>
+  </si>
+  <si>
+    <t>85-0006</t>
+  </si>
+  <si>
+    <t>Очиститель обезжириватель DEGREASER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0007</t>
+  </si>
+  <si>
+    <t>Смазка контактов KONTAKT 61, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-2</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 1000мл (720мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-1</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (230мл), аэрозоль, инверторный REXANT</t>
+  </si>
+  <si>
+    <t>85-0001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0002</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный CLEANER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0003</t>
+  </si>
+  <si>
+    <t>Очиститель печатных плат FLUX OFF, 520 мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
+  </si>
+  <si>
     <t>KR-181-001</t>
   </si>
   <si>
     <t>Пневматический очиститель DUST OFF, 520мл (400мл), аэрозоль KRANZ</t>
   </si>
   <si>
-    <t>85-0001-1</t>
-[...52 lines deleted...]
-  <si>
     <t>1.5 Стеклотекстолит</t>
   </si>
   <si>
     <t>09-4035</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
     <t>09-4040</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
     <t>09-4045</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 100x200x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
   <si>
+    <t>09-4055</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
     <t>09-4065</t>
   </si>
   <si>
     <t>Стеклотекстолит 1-сторонний 200x300x1.5 мм 35/00 (35 мкм) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -987,51 +987,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350c-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I90"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1068,2496 +1068,2496 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>193.23</v>
+        <v>205.9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>254.87</v>
+        <v>149.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>280.35</v>
+        <v>135.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>913</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>242.23</v>
+        <v>216.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>147.47</v>
+        <v>238.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2045</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>213.29</v>
+        <v>245.74</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2342</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>238</v>
+        <v>202.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>307.17</v>
+        <v>125.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>881</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>183.06</v>
+        <v>155.6</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>4000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>212.55</v>
+        <v>180.67</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6611</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>151.53</v>
+        <v>128.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2216</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>4000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>141.36</v>
+        <v>223.89</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1320</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>360</v>
+        <v>150</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>1067.9</v>
+        <v>223.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>295.77</v>
+        <v>126.21</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>263.4</v>
+        <v>132.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>153</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>901.6</v>
+        <v>120.16</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>15</v>
+        <v>360</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>167.81</v>
+        <v>223.89</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1082</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>283.74</v>
+        <v>126.21</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2536</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>45</v>
+        <v>360</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>843.09</v>
+        <v>223.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>275.79</v>
+        <v>749.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>148.48</v>
+        <v>163.38</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>533.36</v>
+        <v>272.31</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>418</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>24</v>
+        <v>260</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>263.4</v>
+        <v>947.24</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>412</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>150</v>
+        <v>11</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>263.4</v>
+        <v>672.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>627</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>148.48</v>
+        <v>153.28</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>126.78</v>
+        <v>672.51</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>877</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>350</v>
+        <v>140</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>263.4</v>
+        <v>497.62</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>387</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>3206.08</v>
+        <v>2191.87</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>24</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>3324.87</v>
+        <v>2244.26</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>1249.89</v>
+        <v>2468.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>160.36</v>
+        <v>136.31</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1307</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>158.14</v>
+        <v>107.76</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>900</v>
+        <v>350</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>877.84</v>
+        <v>120.16</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>830.33</v>
+        <v>134.42</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>140</v>
+        <v>900</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>243.06</v>
+        <v>170.14</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>80.77</v>
+        <v>184.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>487</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>840.64</v>
+        <v>117.47</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>218.97</v>
+        <v>721.28</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>263.4</v>
+        <v>132.27</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>167</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>283.74</v>
+        <v>241.18</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>92.55</v>
+        <v>630.04</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1956</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>3690.69</v>
+        <v>234.42</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>685</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>192.21</v>
+        <v>581.23</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>155.61</v>
+        <v>189.41</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>840.64</v>
+        <v>189.41</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>273.57</v>
+        <v>189.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>42</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>713.5</v>
+        <v>408.63</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>969.8</v>
+        <v>83.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>140</v>
+        <v>400</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>3432.95</v>
+        <v>78.78</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
         <v>10</v>
       </c>
-      <c r="G54" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H54" s="3">
-        <v>24</v>
+        <v>350</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>322.4</v>
+        <v>274.04</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>80</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>222.83</v>
+        <v>64.79</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>1199.04</v>
+        <v>2694.2</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>426.12</v>
+        <v>232.53</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>42</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>222.83</v>
+        <v>68.65</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>419</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>415.95</v>
+        <v>570.8</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>320.36</v>
+        <v>2244.26</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>442</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>2846.58</v>
+        <v>775.84</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>710.88</v>
+        <v>2560.15</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>3206.08</v>
+        <v>2506.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>24</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>3206.08</v>
+        <v>198.62</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>155.61</v>
+        <v>332.76</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>937.23</v>
+        <v>426.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>141.36</v>
+        <v>702.27</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>3759</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>200.75</v>
+        <v>170.64</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1351</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
         <v>210</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>98.59</v>
+        <v>854.32</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>222.83</v>
+        <v>251.4</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>112.54</v>
+        <v>340.9</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>350</v>
+        <v>42</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>510.79</v>
+        <v>987.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>334.59</v>
+        <v>343.02</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>541</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>300.02</v>
+        <v>466.35</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>12</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>269.51</v>
+        <v>353.92</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>1575</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>12</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>375.27</v>
+        <v>300.22</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>6</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>450.21</v>
+        <v>255.02</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1537</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>12</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>331.42</v>
+        <v>229.08</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>573</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>12</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>619.35</v>
+        <v>360.17</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>3731</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>12</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>442.4</v>
+        <v>495.48</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1043</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>12</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>428.77</v>
+        <v>281.71</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>8434</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>12</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>582.94</v>
+        <v>284.4</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>514</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>200.75</v>
+        <v>170.64</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
         <v>360</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>300.53</v>
+        <v>255.45</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
         <v>280</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>414.57</v>
+        <v>290.2</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>786</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
         <v>180</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>1199.04</v>
+        <v>638.67</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
-        <v>798.34</v>
+        <v>959.23</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H90" s="3">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A74:I74"/>
     <mergeCell ref="A85:I85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>